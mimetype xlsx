--- v0 (2025-10-13)
+++ v1 (2026-02-05)
@@ -8,294 +8,193 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
   <workbookPr defaultThemeVersion="124226"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice Requires="x15">
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="E:\Downloads\"/>
+    </mc:Choice>
+  </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFD57912-3CCE-4119-954F-3554EF092737}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12060"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12060" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId1"/>
     <sheet name="KO-Runde" sheetId="2" r:id="rId2"/>
     <sheet name="Plan" sheetId="3" r:id="rId3"/>
     <sheet name="Calc" sheetId="10" state="hidden" r:id="rId4"/>
     <sheet name="Calc2" sheetId="9" state="hidden" r:id="rId5"/>
     <sheet name="Factors" sheetId="6" state="hidden" r:id="rId6"/>
     <sheet name="Tie-Break" sheetId="7" r:id="rId7"/>
     <sheet name="Language" sheetId="8" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="Sverweis">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="145621"/>
+  <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K22" i="10" l="1"/>
   <c r="AH21" i="2" l="1"/>
   <c r="AH20" i="2"/>
   <c r="AH19" i="2"/>
   <c r="AH18" i="2"/>
   <c r="AH26" i="2"/>
   <c r="AH25" i="2"/>
   <c r="H60" i="3" l="1"/>
   <c r="G60" i="3"/>
-  <c r="I60" i="3" s="1"/>
   <c r="H59" i="3"/>
   <c r="G59" i="3"/>
-  <c r="I59" i="3" s="1"/>
   <c r="H58" i="3"/>
   <c r="G58" i="3"/>
-  <c r="I58" i="3" s="1"/>
   <c r="H57" i="3"/>
   <c r="G57" i="3"/>
-  <c r="I57" i="3" s="1"/>
   <c r="H56" i="3"/>
   <c r="G56" i="3"/>
-  <c r="I56" i="3" s="1"/>
   <c r="H55" i="3"/>
   <c r="G55" i="3"/>
-  <c r="I55" i="3" s="1"/>
   <c r="H54" i="3"/>
   <c r="G54" i="3"/>
-  <c r="I54" i="3" s="1"/>
   <c r="H53" i="3"/>
   <c r="G53" i="3"/>
-  <c r="I53" i="3" s="1"/>
   <c r="H52" i="3"/>
   <c r="G52" i="3"/>
-  <c r="I52" i="3" s="1"/>
   <c r="H51" i="3"/>
   <c r="G51" i="3"/>
   <c r="H50" i="3"/>
   <c r="G50" i="3"/>
-  <c r="I50" i="3" s="1"/>
   <c r="H49" i="3"/>
   <c r="G49" i="3"/>
-  <c r="I49" i="3" s="1"/>
   <c r="H48" i="3"/>
   <c r="G48" i="3"/>
-  <c r="I48" i="3" s="1"/>
   <c r="H47" i="3"/>
   <c r="G47" i="3"/>
-  <c r="I47" i="3" s="1"/>
   <c r="H46" i="3"/>
   <c r="G46" i="3"/>
-  <c r="I46" i="3" s="1"/>
   <c r="H45" i="3"/>
   <c r="G45" i="3"/>
-  <c r="I45" i="3" s="1"/>
   <c r="H44" i="3"/>
   <c r="G44" i="3"/>
-  <c r="I44" i="3" s="1"/>
   <c r="H43" i="3"/>
   <c r="G43" i="3"/>
-  <c r="I43" i="3" s="1"/>
   <c r="H42" i="3"/>
   <c r="G42" i="3"/>
   <c r="H41" i="3"/>
   <c r="G41" i="3"/>
-  <c r="I41" i="3" s="1"/>
   <c r="H40" i="3"/>
   <c r="G40" i="3"/>
-  <c r="I40" i="3" s="1"/>
   <c r="H39" i="3"/>
   <c r="G39" i="3"/>
-  <c r="I39" i="3" s="1"/>
   <c r="H38" i="3"/>
   <c r="G38" i="3"/>
-  <c r="I38" i="3" s="1"/>
   <c r="H37" i="3"/>
   <c r="G37" i="3"/>
-  <c r="I37" i="3" s="1"/>
   <c r="H36" i="3"/>
   <c r="G36" i="3"/>
-  <c r="I36" i="3" s="1"/>
   <c r="H35" i="3"/>
   <c r="G35" i="3"/>
-  <c r="I35" i="3" s="1"/>
   <c r="H34" i="3"/>
   <c r="G34" i="3"/>
   <c r="H33" i="3"/>
   <c r="G33" i="3"/>
   <c r="H32" i="3"/>
   <c r="G32" i="3"/>
-  <c r="I32" i="3" s="1"/>
   <c r="H31" i="3"/>
   <c r="G31" i="3"/>
-  <c r="I31" i="3" s="1"/>
   <c r="H30" i="3"/>
   <c r="G30" i="3"/>
-  <c r="I30" i="3" s="1"/>
   <c r="H29" i="3"/>
   <c r="G29" i="3"/>
-  <c r="I29" i="3" s="1"/>
   <c r="H28" i="3"/>
   <c r="G28" i="3"/>
-  <c r="I28" i="3" s="1"/>
   <c r="H27" i="3"/>
   <c r="G27" i="3"/>
-  <c r="I27" i="3" s="1"/>
   <c r="H26" i="3"/>
   <c r="G26" i="3"/>
-  <c r="I26" i="3" s="1"/>
   <c r="H25" i="3"/>
   <c r="G25" i="3"/>
-  <c r="I25" i="3" s="1"/>
   <c r="H24" i="3"/>
   <c r="G24" i="3"/>
-  <c r="I24" i="3" s="1"/>
   <c r="H23" i="3"/>
   <c r="G23" i="3"/>
-  <c r="I23" i="3" s="1"/>
   <c r="H22" i="3"/>
   <c r="G22" i="3"/>
-  <c r="I22" i="3" s="1"/>
   <c r="H21" i="3"/>
   <c r="G21" i="3"/>
-  <c r="I21" i="3" s="1"/>
   <c r="H20" i="3"/>
   <c r="G20" i="3"/>
-  <c r="I20" i="3" s="1"/>
   <c r="H19" i="3"/>
   <c r="G19" i="3"/>
-  <c r="I19" i="3" s="1"/>
   <c r="H18" i="3"/>
   <c r="G18" i="3"/>
-  <c r="I18" i="3" s="1"/>
   <c r="H17" i="3"/>
   <c r="G17" i="3"/>
-  <c r="I17" i="3" s="1"/>
   <c r="H16" i="3"/>
   <c r="G16" i="3"/>
-  <c r="I16" i="3" s="1"/>
   <c r="H15" i="3"/>
   <c r="G15" i="3"/>
-  <c r="I15" i="3" s="1"/>
   <c r="H14" i="3"/>
   <c r="G14" i="3"/>
-  <c r="I14" i="3" s="1"/>
   <c r="H13" i="3"/>
   <c r="G13" i="3"/>
-  <c r="I13" i="3" s="1"/>
   <c r="H12" i="3"/>
   <c r="G12" i="3"/>
   <c r="H11" i="3"/>
   <c r="G11" i="3"/>
-  <c r="I11" i="3" s="1"/>
   <c r="H10" i="3"/>
   <c r="G10" i="3"/>
-  <c r="I10" i="3" s="1"/>
   <c r="H9" i="3"/>
   <c r="G9" i="3"/>
-  <c r="I9" i="3" s="1"/>
   <c r="H8" i="3"/>
   <c r="G8" i="3"/>
-  <c r="I8" i="3" s="1"/>
-[...57 lines deleted...]
-  <c r="F60" i="3"/>
   <c r="AP13" i="2" l="1"/>
   <c r="AP14" i="2"/>
   <c r="AP15" i="2"/>
   <c r="AP12" i="2"/>
   <c r="AN13" i="2"/>
   <c r="AN14" i="2"/>
   <c r="AN15" i="2"/>
   <c r="AN12" i="2"/>
   <c r="AM13" i="2"/>
   <c r="AM14" i="2"/>
   <c r="AM15" i="2"/>
   <c r="AM12" i="2"/>
   <c r="AK13" i="2"/>
   <c r="AK14" i="2"/>
   <c r="AK15" i="2"/>
   <c r="AK12" i="2"/>
   <c r="AJ13" i="2"/>
   <c r="AJ14" i="2"/>
   <c r="AJ15" i="2"/>
   <c r="AJ12" i="2"/>
   <c r="AH13" i="2"/>
   <c r="AH14" i="2"/>
   <c r="AH15" i="2"/>
   <c r="AH12" i="2"/>
   <c r="U5" i="10" l="1"/>
@@ -531,61 +430,58 @@
   <c r="G52" i="9"/>
   <c r="H18" i="1"/>
   <c r="G13" i="9"/>
   <c r="B8" i="3" l="1"/>
   <c r="B9" i="3"/>
   <c r="B10" i="3"/>
   <c r="B11" i="3"/>
   <c r="B12" i="3"/>
   <c r="B13" i="3"/>
   <c r="B14" i="3"/>
   <c r="B15" i="3"/>
   <c r="B16" i="3"/>
   <c r="B17" i="3"/>
   <c r="B18" i="3"/>
   <c r="B19" i="3"/>
   <c r="B20" i="3"/>
   <c r="B21" i="3"/>
   <c r="B22" i="3"/>
   <c r="B23" i="3"/>
   <c r="B24" i="3"/>
   <c r="B7" i="3"/>
   <c r="Q60" i="3"/>
   <c r="F57" i="9" s="1"/>
   <c r="Q59" i="3"/>
   <c r="F56" i="9" s="1"/>
-  <c r="J110" i="9" s="1"/>
   <c r="Q58" i="3"/>
   <c r="F55" i="9" s="1"/>
-  <c r="J109" i="9" s="1"/>
   <c r="Q57" i="3"/>
   <c r="F54" i="9" s="1"/>
   <c r="Q56" i="3"/>
   <c r="F53" i="9" s="1"/>
   <c r="Q55" i="3"/>
   <c r="F52" i="9" s="1"/>
-  <c r="J106" i="9" s="1"/>
   <c r="Q54" i="3"/>
   <c r="F51" i="9" s="1"/>
   <c r="S53" i="3"/>
   <c r="G50" i="9" s="1"/>
   <c r="Q53" i="3"/>
   <c r="F50" i="9" s="1"/>
   <c r="S52" i="3"/>
   <c r="G49" i="9" s="1"/>
   <c r="Q52" i="3"/>
   <c r="F49" i="9" s="1"/>
   <c r="S51" i="3"/>
   <c r="G48" i="9" s="1"/>
   <c r="Q51" i="3"/>
   <c r="F48" i="9" s="1"/>
   <c r="S50" i="3"/>
   <c r="G47" i="9" s="1"/>
   <c r="Q50" i="3"/>
   <c r="F47" i="9" s="1"/>
   <c r="S49" i="3"/>
   <c r="G46" i="9" s="1"/>
   <c r="Q49" i="3"/>
   <c r="F46" i="9" s="1"/>
   <c r="S48" i="3"/>
   <c r="G45" i="9" s="1"/>
   <c r="Q48" i="3"/>
@@ -672,190 +568,269 @@
   <c r="F22" i="9" s="1"/>
   <c r="S24" i="3"/>
   <c r="G21" i="9" s="1"/>
   <c r="Q24" i="3"/>
   <c r="F21" i="9" s="1"/>
   <c r="S23" i="3"/>
   <c r="Q23" i="3"/>
   <c r="S22" i="3"/>
   <c r="Q22" i="3"/>
   <c r="S21" i="3"/>
   <c r="Q21" i="3"/>
   <c r="F18" i="9" s="1"/>
   <c r="S20" i="3"/>
   <c r="Q20" i="3"/>
   <c r="F17" i="9" s="1"/>
   <c r="Q19" i="3"/>
   <c r="F16" i="9" s="1"/>
   <c r="Q18" i="3"/>
   <c r="Q17" i="3"/>
   <c r="Q16" i="3"/>
   <c r="F13" i="9" s="1"/>
   <c r="H9" i="1"/>
   <c r="F9" i="1"/>
   <c r="H7" i="3"/>
   <c r="G7" i="3"/>
-  <c r="AF3" i="2"/>
-[...5 lines deleted...]
-  <c r="X3" i="2"/>
   <c r="H13" i="1"/>
   <c r="E10" i="1"/>
   <c r="E11" i="1"/>
   <c r="E12" i="1"/>
   <c r="E13" i="1"/>
   <c r="E14" i="1"/>
   <c r="E15" i="1"/>
   <c r="E16" i="1"/>
   <c r="E17" i="1"/>
   <c r="E9" i="1"/>
   <c r="D10" i="1"/>
   <c r="D11" i="1"/>
   <c r="D12" i="1"/>
   <c r="D13" i="1"/>
   <c r="D14" i="1"/>
   <c r="D15" i="1"/>
   <c r="D16" i="1"/>
   <c r="D17" i="1"/>
   <c r="D9" i="1"/>
-  <c r="J95" i="9" l="1"/>
+  <c r="I8" i="3" l="1"/>
+  <c r="I49" i="3"/>
+  <c r="I50" i="3"/>
+  <c r="I23" i="3"/>
+  <c r="I59" i="3"/>
+  <c r="I36" i="3"/>
+  <c r="I51" i="3"/>
+  <c r="F15" i="3"/>
+  <c r="F31" i="3"/>
+  <c r="F47" i="3"/>
+  <c r="F10" i="3"/>
+  <c r="F26" i="3"/>
+  <c r="F42" i="3"/>
+  <c r="F58" i="3"/>
+  <c r="F33" i="3"/>
+  <c r="F49" i="3"/>
+  <c r="F28" i="3"/>
+  <c r="I9" i="3"/>
+  <c r="I53" i="3"/>
+  <c r="I54" i="3"/>
+  <c r="I27" i="3"/>
+  <c r="I26" i="3"/>
+  <c r="I40" i="3"/>
+  <c r="I42" i="3"/>
+  <c r="J93" i="9" s="1"/>
+  <c r="F17" i="3"/>
+  <c r="F12" i="3"/>
+  <c r="F60" i="3"/>
+  <c r="I17" i="3"/>
+  <c r="I57" i="3"/>
+  <c r="I10" i="3"/>
+  <c r="I31" i="3"/>
+  <c r="I38" i="3"/>
+  <c r="J89" i="9" s="1"/>
+  <c r="I44" i="3"/>
+  <c r="I34" i="3"/>
+  <c r="F19" i="3"/>
+  <c r="F35" i="3"/>
+  <c r="F51" i="3"/>
+  <c r="F14" i="3"/>
+  <c r="F30" i="3"/>
+  <c r="F46" i="3"/>
+  <c r="F39" i="3"/>
+  <c r="F18" i="3"/>
+  <c r="F50" i="3"/>
+  <c r="F27" i="3"/>
+  <c r="F38" i="3"/>
+  <c r="I25" i="3"/>
+  <c r="I22" i="3"/>
+  <c r="I30" i="3"/>
+  <c r="I35" i="3"/>
+  <c r="I14" i="3"/>
+  <c r="I48" i="3"/>
+  <c r="I33" i="3"/>
+  <c r="F21" i="3"/>
+  <c r="F37" i="3"/>
+  <c r="F53" i="3"/>
+  <c r="F16" i="3"/>
+  <c r="F32" i="3"/>
+  <c r="F48" i="3"/>
+  <c r="F55" i="3"/>
+  <c r="F34" i="3"/>
+  <c r="I15" i="3"/>
+  <c r="F11" i="3"/>
+  <c r="F22" i="3"/>
+  <c r="I29" i="3"/>
+  <c r="I13" i="3"/>
+  <c r="I46" i="3"/>
+  <c r="I39" i="3"/>
+  <c r="I16" i="3"/>
+  <c r="I52" i="3"/>
+  <c r="I12" i="3"/>
+  <c r="F23" i="3"/>
+  <c r="I28" i="3"/>
+  <c r="F59" i="3"/>
+  <c r="I37" i="3"/>
+  <c r="I21" i="3"/>
+  <c r="I11" i="3"/>
+  <c r="I43" i="3"/>
+  <c r="I24" i="3"/>
+  <c r="I56" i="3"/>
+  <c r="J107" i="9" s="1"/>
+  <c r="F9" i="3"/>
+  <c r="F25" i="3"/>
+  <c r="F41" i="3"/>
+  <c r="F57" i="3"/>
+  <c r="F20" i="3"/>
+  <c r="F36" i="3"/>
+  <c r="F52" i="3"/>
+  <c r="I41" i="3"/>
+  <c r="J92" i="9" s="1"/>
+  <c r="I58" i="3"/>
+  <c r="J109" i="9" s="1"/>
+  <c r="I47" i="3"/>
+  <c r="I60" i="3"/>
+  <c r="J111" i="9" s="1"/>
+  <c r="F43" i="3"/>
+  <c r="F54" i="3"/>
+  <c r="I45" i="3"/>
+  <c r="I18" i="3"/>
+  <c r="I19" i="3"/>
+  <c r="I55" i="3"/>
+  <c r="J52" i="9" s="1"/>
+  <c r="I32" i="3"/>
+  <c r="I20" i="3"/>
+  <c r="F13" i="3"/>
+  <c r="F29" i="3"/>
+  <c r="F45" i="3"/>
+  <c r="F8" i="3"/>
+  <c r="F24" i="3"/>
+  <c r="F40" i="3"/>
+  <c r="F56" i="3"/>
+  <c r="F44" i="3"/>
+  <c r="J110" i="9"/>
+  <c r="J95" i="9"/>
   <c r="J99" i="9"/>
   <c r="J103" i="9"/>
   <c r="H4" i="9"/>
   <c r="I4" i="9"/>
   <c r="J85" i="9"/>
-  <c r="J89" i="9"/>
-  <c r="J93" i="9"/>
   <c r="J101" i="9"/>
   <c r="J90" i="9"/>
   <c r="J94" i="9"/>
   <c r="J98" i="9"/>
   <c r="J102" i="9"/>
   <c r="J76" i="9"/>
   <c r="J88" i="9"/>
   <c r="J104" i="9"/>
   <c r="F24" i="1"/>
   <c r="F19" i="9"/>
   <c r="J37" i="9"/>
   <c r="J42" i="9"/>
   <c r="J53" i="9"/>
   <c r="J57" i="9"/>
   <c r="H24" i="1"/>
   <c r="G19" i="9"/>
   <c r="H29" i="1"/>
   <c r="G24" i="9"/>
   <c r="F37" i="1"/>
   <c r="F32" i="9"/>
   <c r="J86" i="9" s="1"/>
   <c r="J91" i="9"/>
   <c r="J96" i="9"/>
   <c r="J45" i="9"/>
   <c r="J50" i="9"/>
-  <c r="J111" i="9"/>
   <c r="F29" i="1"/>
   <c r="F24" i="9"/>
   <c r="J22" i="9"/>
   <c r="H32" i="1"/>
   <c r="G27" i="9"/>
-  <c r="J81" i="9" s="1"/>
   <c r="F35" i="1"/>
   <c r="F30" i="9"/>
   <c r="J84" i="9" s="1"/>
-  <c r="J35" i="9"/>
   <c r="J40" i="9"/>
   <c r="J48" i="9"/>
   <c r="J54" i="9"/>
   <c r="H22" i="1"/>
   <c r="G17" i="9"/>
   <c r="F25" i="1"/>
   <c r="F20" i="9"/>
-  <c r="J38" i="9"/>
   <c r="J43" i="9"/>
   <c r="F19" i="1"/>
   <c r="F14" i="9"/>
   <c r="H25" i="1"/>
   <c r="G20" i="9"/>
   <c r="H30" i="1"/>
   <c r="G25" i="9"/>
-  <c r="J79" i="9" s="1"/>
   <c r="F33" i="1"/>
   <c r="F28" i="9"/>
   <c r="J82" i="9" s="1"/>
   <c r="J33" i="9"/>
-  <c r="J92" i="9"/>
   <c r="J97" i="9"/>
   <c r="J46" i="9"/>
   <c r="J51" i="9"/>
-  <c r="J55" i="9"/>
   <c r="F28" i="1"/>
   <c r="F23" i="9"/>
   <c r="J87" i="9"/>
   <c r="J36" i="9"/>
   <c r="J41" i="9"/>
   <c r="J100" i="9"/>
-  <c r="J107" i="9"/>
   <c r="F20" i="1"/>
   <c r="F15" i="9"/>
   <c r="H23" i="1"/>
   <c r="G18" i="9"/>
   <c r="H28" i="1"/>
   <c r="G23" i="9"/>
   <c r="F31" i="1"/>
   <c r="F26" i="9"/>
   <c r="J31" i="9"/>
-  <c r="J39" i="9"/>
   <c r="J44" i="9"/>
   <c r="J49" i="9"/>
-  <c r="J52" i="9"/>
   <c r="J56" i="9"/>
   <c r="J108" i="9"/>
   <c r="H31" i="1"/>
   <c r="G26" i="9"/>
   <c r="F34" i="1"/>
   <c r="F29" i="9"/>
   <c r="J34" i="9"/>
   <c r="J47" i="9"/>
   <c r="J105" i="9"/>
-  <c r="Z80" i="1"/>
-[...14 lines deleted...]
-  <c r="T59" i="1"/>
   <c r="F32" i="1"/>
   <c r="F27" i="1"/>
   <c r="F40" i="1"/>
   <c r="F45" i="1"/>
   <c r="F53" i="1"/>
   <c r="H55" i="1"/>
   <c r="F58" i="1"/>
   <c r="H27" i="1"/>
   <c r="F30" i="1"/>
   <c r="H35" i="1"/>
   <c r="H40" i="1"/>
   <c r="F43" i="1"/>
   <c r="H45" i="1"/>
   <c r="F48" i="1"/>
   <c r="H53" i="1"/>
   <c r="F61" i="1"/>
   <c r="H43" i="1"/>
   <c r="F51" i="1"/>
   <c r="F56" i="1"/>
   <c r="H33" i="1"/>
   <c r="H38" i="1"/>
   <c r="F41" i="1"/>
   <c r="F46" i="1"/>
   <c r="H51" i="1"/>
   <c r="F59" i="1"/>
@@ -887,54 +862,61 @@
   <c r="H42" i="1"/>
   <c r="H47" i="1"/>
   <c r="F50" i="1"/>
   <c r="F55" i="1"/>
   <c r="F21" i="1"/>
   <c r="F18" i="1"/>
   <c r="F22" i="1"/>
   <c r="H37" i="1"/>
   <c r="H50" i="1"/>
   <c r="H11" i="1"/>
   <c r="H16" i="1"/>
   <c r="H10" i="1"/>
   <c r="H15" i="1"/>
   <c r="H12" i="1"/>
   <c r="H17" i="1"/>
   <c r="H14" i="1"/>
   <c r="F13" i="1"/>
   <c r="F14" i="1"/>
   <c r="F16" i="1"/>
   <c r="F10" i="1"/>
   <c r="F15" i="1"/>
   <c r="F12" i="1"/>
   <c r="F17" i="1"/>
   <c r="F11" i="1"/>
   <c r="F7" i="3"/>
-  <c r="F6" i="3" s="1"/>
   <c r="B6" i="3"/>
   <c r="I7" i="3"/>
-  <c r="H11" i="9" l="1"/>
+  <c r="J39" i="9" l="1"/>
+  <c r="J38" i="9"/>
+  <c r="J35" i="9"/>
+  <c r="F6" i="3"/>
+  <c r="J55" i="9"/>
+  <c r="J79" i="9"/>
+  <c r="J106" i="9"/>
+  <c r="J81" i="9"/>
+  <c r="H11" i="9"/>
   <c r="I11" i="9"/>
   <c r="H45" i="9"/>
   <c r="I45" i="9"/>
   <c r="N45" i="9" s="1"/>
   <c r="I48" i="9"/>
   <c r="N48" i="9" s="1"/>
   <c r="H48" i="9"/>
   <c r="I14" i="9"/>
   <c r="N14" i="9" s="1"/>
   <c r="H14" i="9"/>
   <c r="M14" i="9" s="1"/>
   <c r="H32" i="9"/>
   <c r="M32" i="9" s="1"/>
   <c r="I32" i="9"/>
   <c r="N32" i="9" s="1"/>
   <c r="I9" i="9"/>
   <c r="H9" i="9"/>
   <c r="I52" i="9"/>
   <c r="N52" i="9" s="1"/>
   <c r="H52" i="9"/>
   <c r="H57" i="9"/>
   <c r="I57" i="9"/>
   <c r="N57" i="9" s="1"/>
   <c r="H21" i="9"/>
   <c r="I21" i="9"/>
@@ -1133,259 +1115,266 @@
   <c r="J10" i="9"/>
   <c r="J64" i="9"/>
   <c r="K14" i="9" l="1"/>
   <c r="K68" i="9" s="1"/>
   <c r="O16" i="10"/>
   <c r="K5" i="9"/>
   <c r="K59" i="9" s="1"/>
   <c r="O5" i="10"/>
   <c r="O12" i="10"/>
   <c r="G5" i="10"/>
   <c r="O20" i="10"/>
   <c r="G6" i="10"/>
   <c r="G4" i="10"/>
   <c r="O7" i="10"/>
   <c r="O8" i="10"/>
   <c r="M5" i="9"/>
   <c r="G7" i="10"/>
   <c r="O4" i="10"/>
   <c r="H5" i="10"/>
   <c r="H7" i="10"/>
   <c r="O14" i="10"/>
   <c r="H6" i="10"/>
   <c r="O6" i="10"/>
   <c r="K27" i="9"/>
   <c r="K81" i="9" s="1"/>
-  <c r="L81" i="9" s="1"/>
   <c r="H4" i="10"/>
   <c r="P17" i="10" a="1"/>
   <c r="O18" i="10"/>
   <c r="H11" i="10"/>
   <c r="G9" i="10"/>
   <c r="O10" i="10"/>
   <c r="K20" i="9"/>
   <c r="K74" i="9" s="1"/>
   <c r="K17" i="9"/>
   <c r="K71" i="9" s="1"/>
   <c r="L12" i="10" a="1"/>
   <c r="N11" i="10" a="1"/>
   <c r="M12" i="10" a="1"/>
   <c r="K32" i="9"/>
-  <c r="L32" i="9" s="1"/>
   <c r="P16" i="10" a="1"/>
   <c r="K21" i="10" a="1"/>
   <c r="H9" i="10"/>
   <c r="L19" i="10" a="1"/>
   <c r="P7" i="10" a="1"/>
   <c r="P11" i="10" a="1"/>
   <c r="P11" i="10" s="1"/>
   <c r="M6" i="10" a="1"/>
   <c r="M8" i="10" a="1"/>
+  <c r="M8" i="10" s="1"/>
   <c r="N6" i="10" a="1"/>
   <c r="M13" i="10" a="1"/>
   <c r="M15" i="10" a="1"/>
   <c r="K8" i="10" a="1"/>
   <c r="P15" i="10" a="1"/>
   <c r="N17" i="10" a="1"/>
   <c r="N17" i="10" s="1"/>
   <c r="K19" i="9"/>
   <c r="M34" i="9"/>
   <c r="K34" i="9"/>
   <c r="N7" i="9"/>
   <c r="O11" i="10"/>
   <c r="H10" i="10"/>
   <c r="M50" i="9"/>
   <c r="K50" i="9"/>
   <c r="M46" i="9"/>
   <c r="K46" i="9"/>
   <c r="M44" i="9"/>
   <c r="K44" i="9"/>
   <c r="M54" i="9"/>
   <c r="K54" i="9"/>
   <c r="M38" i="9"/>
   <c r="K38" i="9"/>
   <c r="K28" i="9"/>
   <c r="M40" i="9"/>
   <c r="K40" i="9"/>
   <c r="L14" i="10" a="1"/>
   <c r="K14" i="10" a="1"/>
   <c r="K14" i="10" s="1"/>
   <c r="N14" i="10" a="1"/>
   <c r="M4" i="10" a="1"/>
   <c r="N20" i="10" a="1"/>
   <c r="N20" i="10" s="1"/>
   <c r="M20" i="10" a="1"/>
   <c r="M20" i="10" s="1"/>
   <c r="L11" i="10" a="1"/>
+  <c r="L11" i="10" s="1"/>
   <c r="L13" i="10" a="1"/>
   <c r="L13" i="10" s="1"/>
   <c r="N13" i="10" a="1"/>
   <c r="P13" i="10" a="1"/>
   <c r="P13" i="10" s="1"/>
   <c r="K10" i="10" a="1"/>
   <c r="L8" i="10" a="1"/>
   <c r="P12" i="10" a="1"/>
   <c r="P12" i="10" s="1"/>
   <c r="M33" i="9"/>
   <c r="K33" i="9"/>
   <c r="M45" i="9"/>
   <c r="K45" i="9"/>
   <c r="K29" i="9"/>
   <c r="M41" i="9"/>
   <c r="K41" i="9"/>
   <c r="K24" i="9"/>
   <c r="L18" i="10" a="1"/>
   <c r="L18" i="10" s="1"/>
   <c r="P6" i="10" a="1"/>
   <c r="N9" i="10" a="1"/>
   <c r="N9" i="10" s="1"/>
   <c r="P21" i="10" a="1"/>
   <c r="K16" i="10" a="1"/>
+  <c r="K16" i="10" s="1"/>
   <c r="K9" i="10" a="1"/>
   <c r="L6" i="10" a="1"/>
   <c r="M11" i="10" a="1"/>
   <c r="M11" i="10" s="1"/>
   <c r="P14" i="10" a="1"/>
   <c r="P14" i="10" s="1"/>
   <c r="N19" i="10" a="1"/>
+  <c r="N19" i="10" s="1"/>
   <c r="K6" i="10" a="1"/>
   <c r="K6" i="10" s="1"/>
   <c r="P5" i="10" a="1"/>
   <c r="K5" i="10" a="1"/>
   <c r="K5" i="10" s="1"/>
   <c r="K12" i="10" a="1"/>
   <c r="P9" i="10" a="1"/>
   <c r="K17" i="10" a="1"/>
   <c r="K17" i="10" s="1"/>
   <c r="M36" i="9"/>
   <c r="K36" i="9"/>
   <c r="M37" i="9"/>
   <c r="K37" i="9"/>
   <c r="M42" i="9"/>
   <c r="K42" i="9"/>
   <c r="M43" i="9"/>
   <c r="K43" i="9"/>
   <c r="L9" i="10" a="1"/>
   <c r="K11" i="10" a="1"/>
+  <c r="K11" i="10" s="1"/>
   <c r="K4" i="10" a="1"/>
   <c r="P18" i="10" a="1"/>
   <c r="P18" i="10" s="1"/>
   <c r="N16" i="10" a="1"/>
   <c r="N16" i="10" s="1"/>
   <c r="M9" i="10" a="1"/>
   <c r="K15" i="10" a="1"/>
   <c r="M5" i="10" a="1"/>
   <c r="M5" i="10" s="1"/>
   <c r="L15" i="10" a="1"/>
   <c r="L15" i="10" s="1"/>
   <c r="L17" i="10" a="1"/>
+  <c r="L17" i="10" s="1"/>
   <c r="N7" i="10" a="1"/>
   <c r="M48" i="9"/>
   <c r="K48" i="9"/>
   <c r="M39" i="9"/>
   <c r="K39" i="9"/>
   <c r="N12" i="10" a="1"/>
   <c r="N12" i="10" s="1"/>
   <c r="N4" i="10" a="1"/>
   <c r="N4" i="10" s="1"/>
   <c r="M21" i="10" a="1"/>
   <c r="M21" i="10" s="1"/>
   <c r="N18" i="10" a="1"/>
   <c r="N18" i="10" s="1"/>
   <c r="N5" i="10" a="1"/>
   <c r="N5" i="10" s="1"/>
   <c r="P8" i="10" a="1"/>
+  <c r="P8" i="10" s="1"/>
   <c r="M7" i="10" a="1"/>
   <c r="M7" i="10" s="1"/>
   <c r="L10" i="10" a="1"/>
   <c r="M55" i="9"/>
   <c r="K55" i="9"/>
   <c r="M31" i="9"/>
   <c r="K31" i="9"/>
   <c r="M52" i="9"/>
   <c r="K52" i="9"/>
   <c r="K23" i="9"/>
   <c r="M51" i="9"/>
   <c r="K51" i="9"/>
   <c r="M10" i="10" a="1"/>
   <c r="M10" i="10" s="1"/>
   <c r="P19" i="10" a="1"/>
   <c r="P19" i="10" s="1"/>
   <c r="M14" i="10" a="1"/>
   <c r="M14" i="10" s="1"/>
   <c r="M16" i="10" a="1"/>
   <c r="N21" i="10" a="1"/>
+  <c r="N21" i="10" s="1"/>
   <c r="L5" i="10" a="1"/>
   <c r="L16" i="10" a="1"/>
   <c r="L16" i="10" s="1"/>
   <c r="P20" i="10" a="1"/>
   <c r="L20" i="10" a="1"/>
   <c r="L20" i="10" s="1"/>
   <c r="M18" i="10" a="1"/>
   <c r="M18" i="10" s="1"/>
   <c r="M16" i="9"/>
   <c r="K16" i="9"/>
   <c r="M47" i="9"/>
   <c r="K47" i="9"/>
   <c r="M56" i="9"/>
   <c r="K56" i="9"/>
   <c r="K30" i="9"/>
   <c r="M22" i="9"/>
   <c r="K22" i="9"/>
   <c r="M17" i="10" a="1"/>
   <c r="L4" i="10" a="1"/>
   <c r="L4" i="10" s="1"/>
   <c r="K25" i="9"/>
   <c r="M49" i="9"/>
   <c r="K49" i="9"/>
   <c r="M6" i="9"/>
   <c r="K6" i="9"/>
   <c r="G8" i="10"/>
   <c r="M35" i="9"/>
   <c r="K35" i="9"/>
   <c r="M21" i="9"/>
   <c r="K21" i="9"/>
   <c r="M57" i="9"/>
   <c r="K57" i="9"/>
   <c r="K18" i="9"/>
   <c r="L21" i="10" a="1"/>
   <c r="L21" i="10" s="1"/>
   <c r="K18" i="10" a="1"/>
   <c r="K20" i="10" a="1"/>
   <c r="K20" i="10" s="1"/>
   <c r="K19" i="10" a="1"/>
   <c r="K19" i="10" s="1"/>
   <c r="M19" i="10" a="1"/>
   <c r="M19" i="10" s="1"/>
   <c r="P4" i="10" a="1"/>
   <c r="P4" i="10" s="1"/>
   <c r="L7" i="10" a="1"/>
   <c r="K13" i="10" a="1"/>
   <c r="K13" i="10" s="1"/>
   <c r="P10" i="10" a="1"/>
   <c r="P10" i="10" s="1"/>
   <c r="N8" i="10" a="1"/>
+  <c r="N8" i="10" s="1"/>
   <c r="N10" i="10" a="1"/>
   <c r="N10" i="10" s="1"/>
   <c r="K7" i="10" a="1"/>
   <c r="K7" i="10" s="1"/>
   <c r="N15" i="10" a="1"/>
   <c r="N15" i="10" s="1"/>
   <c r="K26" i="9"/>
   <c r="M7" i="9"/>
   <c r="G10" i="10"/>
   <c r="K7" i="9"/>
   <c r="K15" i="9"/>
   <c r="M53" i="9"/>
   <c r="K53" i="9"/>
   <c r="N6" i="9"/>
   <c r="H8" i="10"/>
   <c r="O9" i="10"/>
   <c r="G11" i="10"/>
   <c r="N9" i="9"/>
   <c r="H14" i="10"/>
   <c r="G15" i="10"/>
   <c r="O15" i="10"/>
   <c r="G16" i="10"/>
   <c r="H17" i="10"/>
   <c r="N10" i="9"/>
   <c r="G17" i="10"/>
@@ -1402,241 +1391,163 @@
   <c r="H21" i="10"/>
   <c r="G20" i="10"/>
   <c r="N8" i="9"/>
   <c r="O13" i="10"/>
   <c r="G13" i="10"/>
   <c r="H12" i="10"/>
   <c r="N12" i="9"/>
   <c r="O21" i="10"/>
   <c r="G21" i="10"/>
   <c r="H20" i="10"/>
   <c r="H15" i="10"/>
   <c r="G14" i="10"/>
   <c r="K13" i="9"/>
   <c r="M13" i="9"/>
   <c r="K12" i="9"/>
   <c r="M12" i="9"/>
   <c r="K11" i="9"/>
   <c r="M11" i="9"/>
   <c r="M10" i="9"/>
   <c r="K10" i="9"/>
   <c r="M9" i="9"/>
   <c r="K9" i="9"/>
   <c r="M8" i="9"/>
   <c r="P16" i="10"/>
   <c r="P6" i="10"/>
-  <c r="P8" i="10"/>
   <c r="P21" i="10"/>
   <c r="P20" i="10"/>
   <c r="P15" i="10"/>
   <c r="P7" i="10"/>
   <c r="P5" i="10"/>
   <c r="K8" i="9"/>
   <c r="P9" i="10"/>
   <c r="P17" i="10"/>
   <c r="N6" i="10"/>
-  <c r="L11" i="10"/>
   <c r="K18" i="10"/>
-  <c r="N21" i="10"/>
   <c r="N7" i="10"/>
-  <c r="K11" i="10"/>
   <c r="K12" i="10"/>
   <c r="K21" i="10"/>
   <c r="K10" i="10"/>
   <c r="N11" i="10"/>
   <c r="L7" i="10"/>
   <c r="L8" i="10"/>
   <c r="M9" i="10"/>
   <c r="K15" i="10"/>
-  <c r="K16" i="10"/>
   <c r="M16" i="10"/>
-  <c r="N19" i="10"/>
   <c r="M17" i="10"/>
   <c r="M12" i="10"/>
   <c r="K4" i="10"/>
   <c r="N13" i="10"/>
   <c r="L5" i="10"/>
   <c r="M4" i="10"/>
-  <c r="L17" i="10"/>
   <c r="K8" i="10"/>
   <c r="M6" i="10"/>
   <c r="K9" i="10"/>
   <c r="N14" i="10"/>
   <c r="L12" i="10"/>
-  <c r="M8" i="10"/>
   <c r="L9" i="10"/>
   <c r="M13" i="10"/>
   <c r="L6" i="10"/>
   <c r="L19" i="10"/>
   <c r="L14" i="10"/>
   <c r="M15" i="10"/>
-  <c r="N8" i="10"/>
   <c r="L10" i="10"/>
   <c r="C7" i="7"/>
   <c r="C8" i="7"/>
   <c r="C9" i="7"/>
   <c r="C10" i="7"/>
   <c r="C11" i="7"/>
   <c r="C12" i="7"/>
   <c r="C13" i="7"/>
   <c r="C14" i="7"/>
   <c r="C15" i="7"/>
   <c r="C16" i="7"/>
   <c r="C17" i="7"/>
   <c r="C18" i="7"/>
   <c r="C19" i="7"/>
   <c r="C20" i="7"/>
   <c r="C21" i="7"/>
   <c r="C22" i="7"/>
   <c r="C23" i="7"/>
   <c r="C6" i="7"/>
   <c r="C5" i="8"/>
   <c r="C4" i="8"/>
   <c r="C3" i="8"/>
-  <c r="I7" i="10" l="1"/>
+  <c r="K22" i="10" l="1"/>
+  <c r="I7" i="10"/>
   <c r="I5" i="10"/>
   <c r="K86" i="9"/>
-  <c r="L86" i="9" s="1"/>
   <c r="I4" i="10"/>
   <c r="I6" i="10"/>
-  <c r="L27" i="9"/>
   <c r="I11" i="10"/>
   <c r="I9" i="10"/>
   <c r="I21" i="10"/>
   <c r="I10" i="10"/>
   <c r="K111" i="9"/>
-  <c r="L111" i="9" s="1"/>
-  <c r="L57" i="9"/>
   <c r="K84" i="9"/>
-  <c r="L84" i="9" s="1"/>
-[...1 lines deleted...]
-  <c r="L53" i="9"/>
   <c r="K107" i="9"/>
-  <c r="L107" i="9" s="1"/>
   <c r="K79" i="9"/>
-  <c r="L79" i="9" s="1"/>
-  <c r="L25" i="9"/>
   <c r="K101" i="9"/>
-  <c r="L101" i="9" s="1"/>
-  <c r="L47" i="9"/>
   <c r="K77" i="9"/>
-  <c r="L77" i="9" s="1"/>
-  <c r="L23" i="9"/>
   <c r="K90" i="9"/>
-  <c r="L90" i="9" s="1"/>
-  <c r="L36" i="9"/>
   <c r="K99" i="9"/>
-  <c r="L99" i="9" s="1"/>
-  <c r="L45" i="9"/>
   <c r="K98" i="9"/>
-  <c r="L98" i="9" s="1"/>
-[...1 lines deleted...]
-  <c r="L40" i="9"/>
   <c r="K94" i="9"/>
-  <c r="L94" i="9" s="1"/>
   <c r="K88" i="9"/>
-  <c r="L88" i="9" s="1"/>
-  <c r="L34" i="9"/>
   <c r="K69" i="9"/>
   <c r="K70" i="9"/>
   <c r="K106" i="9"/>
-  <c r="L106" i="9" s="1"/>
-[...1 lines deleted...]
-  <c r="L43" i="9"/>
   <c r="K97" i="9"/>
-  <c r="L97" i="9" s="1"/>
   <c r="K87" i="9"/>
-  <c r="L87" i="9" s="1"/>
-  <c r="L33" i="9"/>
   <c r="K100" i="9"/>
-  <c r="L100" i="9" s="1"/>
-  <c r="L46" i="9"/>
   <c r="E11" i="8"/>
   <c r="B6" i="1" s="1"/>
   <c r="K61" i="9"/>
   <c r="I8" i="10"/>
-  <c r="L22" i="9"/>
   <c r="K76" i="9"/>
-  <c r="L76" i="9" s="1"/>
-  <c r="L48" i="9"/>
   <c r="K102" i="9"/>
-  <c r="L102" i="9" s="1"/>
   <c r="K82" i="9"/>
-  <c r="L82" i="9" s="1"/>
-  <c r="L28" i="9"/>
   <c r="K73" i="9"/>
   <c r="K93" i="9"/>
-  <c r="L93" i="9" s="1"/>
-  <c r="L39" i="9"/>
   <c r="K72" i="9"/>
   <c r="K60" i="9"/>
   <c r="K85" i="9"/>
-  <c r="L85" i="9" s="1"/>
-  <c r="L31" i="9"/>
   <c r="K96" i="9"/>
-  <c r="L96" i="9" s="1"/>
-  <c r="L42" i="9"/>
   <c r="K78" i="9"/>
-  <c r="L78" i="9" s="1"/>
-[...1 lines deleted...]
-  <c r="L38" i="9"/>
   <c r="K92" i="9"/>
-  <c r="L92" i="9" s="1"/>
   <c r="K104" i="9"/>
-  <c r="L104" i="9" s="1"/>
-  <c r="L50" i="9"/>
   <c r="K95" i="9"/>
-  <c r="L95" i="9" s="1"/>
-  <c r="L41" i="9"/>
   <c r="K89" i="9"/>
-  <c r="L89" i="9" s="1"/>
-  <c r="L35" i="9"/>
   <c r="K80" i="9"/>
-  <c r="L80" i="9" s="1"/>
-[...1 lines deleted...]
-  <c r="L49" i="9"/>
   <c r="K103" i="9"/>
-  <c r="L103" i="9" s="1"/>
   <c r="K110" i="9"/>
-  <c r="L110" i="9" s="1"/>
-[...1 lines deleted...]
-  <c r="L51" i="9"/>
   <c r="K105" i="9"/>
-  <c r="L105" i="9" s="1"/>
-  <c r="L55" i="9"/>
   <c r="K109" i="9"/>
-  <c r="L109" i="9" s="1"/>
-  <c r="L37" i="9"/>
   <c r="K91" i="9"/>
-  <c r="L91" i="9" s="1"/>
-  <c r="L54" i="9"/>
   <c r="K108" i="9"/>
-  <c r="L108" i="9" s="1"/>
   <c r="K75" i="9"/>
   <c r="K83" i="9"/>
-  <c r="L83" i="9" s="1"/>
-  <c r="L29" i="9"/>
   <c r="I14" i="10"/>
   <c r="I13" i="10"/>
   <c r="I18" i="10"/>
   <c r="I17" i="10"/>
   <c r="I19" i="10"/>
   <c r="I16" i="10"/>
   <c r="I20" i="10"/>
   <c r="I12" i="10"/>
   <c r="I15" i="10"/>
   <c r="K67" i="9"/>
   <c r="K66" i="9"/>
   <c r="K65" i="9"/>
   <c r="K64" i="9"/>
   <c r="K63" i="9"/>
   <c r="K62" i="9"/>
   <c r="Q15" i="10"/>
   <c r="J15" i="10" s="1"/>
   <c r="Q20" i="10"/>
   <c r="J20" i="10" s="1"/>
   <c r="Q17" i="10"/>
   <c r="J17" i="10" s="1"/>
   <c r="Q8" i="10"/>
   <c r="J8" i="10" s="1"/>
   <c r="Q19" i="10"/>
   <c r="J19" i="10" s="1"/>
@@ -1655,158 +1566,267 @@
   <c r="Q5" i="10"/>
   <c r="J5" i="10" s="1"/>
   <c r="Q10" i="10"/>
   <c r="J10" i="10" s="1"/>
   <c r="Q14" i="10"/>
   <c r="J14" i="10" s="1"/>
   <c r="Q16" i="10"/>
   <c r="J16" i="10" s="1"/>
   <c r="Q7" i="10"/>
   <c r="J7" i="10" s="1"/>
   <c r="T7" i="10" s="1"/>
   <c r="Q12" i="10"/>
   <c r="J12" i="10" s="1"/>
   <c r="Q6" i="10"/>
   <c r="J6" i="10" s="1"/>
   <c r="E12" i="8"/>
   <c r="E71" i="8"/>
   <c r="P31" i="1" s="1"/>
   <c r="E28" i="8"/>
   <c r="E79" i="8"/>
   <c r="P43" i="1" s="1"/>
   <c r="E45" i="8"/>
   <c r="E72" i="8"/>
   <c r="P32" i="1" s="1"/>
   <c r="E37" i="8"/>
-  <c r="B24" i="2" s="1"/>
   <c r="E21" i="8"/>
   <c r="Q8" i="1" s="1"/>
   <c r="E36" i="8"/>
   <c r="B18" i="2" s="1"/>
   <c r="E20" i="8"/>
   <c r="E62" i="8"/>
   <c r="E29" i="8"/>
+  <c r="Y8" i="1" s="1"/>
   <c r="E61" i="8"/>
   <c r="E88" i="8"/>
+  <c r="G2" i="2" s="1"/>
   <c r="E54" i="8"/>
   <c r="E87" i="8"/>
   <c r="E53" i="8"/>
   <c r="E80" i="8"/>
   <c r="P44" i="1" s="1"/>
   <c r="E46" i="8"/>
   <c r="M4" i="3" s="1"/>
   <c r="E13" i="8"/>
   <c r="E85" i="8"/>
   <c r="E77" i="8"/>
   <c r="O40" i="1" s="1"/>
   <c r="E69" i="8"/>
   <c r="E59" i="8"/>
   <c r="E51" i="8"/>
+  <c r="F67" i="8" s="1"/>
   <c r="E43" i="8"/>
   <c r="R6" i="1" s="1"/>
   <c r="E34" i="8"/>
   <c r="E26" i="8"/>
+  <c r="X8" i="1" s="1"/>
   <c r="E18" i="8"/>
   <c r="Y7" i="1" s="1"/>
   <c r="E10" i="8"/>
   <c r="E84" i="8"/>
   <c r="O50" i="1" s="1"/>
   <c r="E76" i="8"/>
   <c r="O37" i="1" s="1"/>
   <c r="E66" i="8"/>
+  <c r="AB8" i="1" s="1"/>
   <c r="E58" i="8"/>
   <c r="E50" i="8"/>
+  <c r="F5" i="8" s="1"/>
   <c r="E42" i="8"/>
   <c r="T2" i="2" s="1"/>
   <c r="E33" i="8"/>
   <c r="E25" i="8"/>
+  <c r="U8" i="1" s="1"/>
   <c r="E17" i="8"/>
   <c r="E9" i="8"/>
   <c r="E6" i="8"/>
   <c r="B2" i="7" s="1"/>
   <c r="E83" i="8"/>
   <c r="O48" i="1" s="1"/>
   <c r="E75" i="8"/>
   <c r="P35" i="1" s="1"/>
   <c r="E65" i="8"/>
   <c r="L8" i="1" s="1"/>
   <c r="E57" i="8"/>
   <c r="E49" i="8"/>
+  <c r="F1" i="8" s="1"/>
   <c r="E40" i="8"/>
   <c r="C3" i="7" s="1"/>
   <c r="E32" i="8"/>
   <c r="E24" i="8"/>
+  <c r="T8" i="1" s="1"/>
   <c r="E16" i="8"/>
   <c r="E8" i="8"/>
   <c r="E90" i="8"/>
   <c r="L15" i="9" s="1"/>
   <c r="E82" i="8"/>
   <c r="P46" i="1" s="1"/>
   <c r="E74" i="8"/>
   <c r="P34" i="1" s="1"/>
   <c r="E64" i="8"/>
   <c r="E56" i="8"/>
   <c r="E6" i="3" s="1"/>
   <c r="E48" i="8"/>
   <c r="N6" i="3" s="1"/>
   <c r="E39" i="8"/>
   <c r="S3" i="2" s="1"/>
   <c r="E31" i="8"/>
   <c r="E23" i="8"/>
+  <c r="S8" i="1" s="1"/>
   <c r="E15" i="8"/>
   <c r="E7" i="8"/>
   <c r="E89" i="8"/>
   <c r="E81" i="8"/>
   <c r="P45" i="1" s="1"/>
   <c r="E73" i="8"/>
   <c r="P33" i="1" s="1"/>
   <c r="E63" i="8"/>
   <c r="D5" i="7" s="1"/>
   <c r="E55" i="8"/>
   <c r="E47" i="8"/>
   <c r="M6" i="3" s="1"/>
   <c r="E38" i="8"/>
   <c r="B2" i="2" s="1"/>
   <c r="E30" i="8"/>
+  <c r="Z8" i="1" s="1"/>
   <c r="E22" i="8"/>
   <c r="R8" i="1" s="1"/>
   <c r="E14" i="8"/>
   <c r="F8" i="1" s="1"/>
   <c r="E86" i="8"/>
   <c r="L1" i="8" s="1"/>
   <c r="E78" i="8"/>
   <c r="P42" i="1" s="1"/>
   <c r="E70" i="8"/>
   <c r="O29" i="1" s="1"/>
   <c r="E60" i="8"/>
   <c r="E52" i="8"/>
   <c r="E44" i="8"/>
+  <c r="C2" i="3" s="1"/>
   <c r="E35" i="8"/>
   <c r="B10" i="2" s="1"/>
   <c r="E27" i="8"/>
+  <c r="AA8" i="1" s="1"/>
   <c r="E19" i="8"/>
-  <c r="T5" i="10" l="1"/>
+  <c r="L97" i="9" l="1"/>
+  <c r="L85" i="9"/>
+  <c r="L91" i="9"/>
+  <c r="L22" i="9"/>
+  <c r="L50" i="9"/>
+  <c r="L39" i="9"/>
+  <c r="L110" i="9"/>
+  <c r="L38" i="9"/>
+  <c r="L26" i="9"/>
+  <c r="L54" i="9"/>
+  <c r="L49" i="9"/>
+  <c r="L92" i="9"/>
+  <c r="L76" i="9"/>
+  <c r="L87" i="9"/>
+  <c r="L98" i="9"/>
+  <c r="L45" i="9"/>
+  <c r="L107" i="9"/>
+  <c r="Y3" i="2"/>
+  <c r="T80" i="1"/>
+  <c r="T59" i="1"/>
+  <c r="AB59" i="1"/>
+  <c r="AB80" i="1"/>
+  <c r="L37" i="9"/>
+  <c r="L80" i="9"/>
+  <c r="L24" i="9"/>
+  <c r="L106" i="9"/>
+  <c r="L53" i="9"/>
+  <c r="AF3" i="2"/>
+  <c r="AA59" i="1"/>
+  <c r="AA80" i="1"/>
+  <c r="L109" i="9"/>
+  <c r="L35" i="9"/>
+  <c r="L36" i="9"/>
+  <c r="L86" i="9"/>
+  <c r="B24" i="2"/>
+  <c r="B26" i="2"/>
+  <c r="L29" i="9"/>
+  <c r="L55" i="9"/>
+  <c r="L96" i="9"/>
+  <c r="L28" i="9"/>
+  <c r="L90" i="9"/>
+  <c r="L111" i="9"/>
+  <c r="AE3" i="2"/>
+  <c r="Z59" i="1"/>
+  <c r="Z80" i="1"/>
+  <c r="Z3" i="2"/>
+  <c r="U59" i="1"/>
+  <c r="U80" i="1"/>
+  <c r="L83" i="9"/>
+  <c r="L105" i="9"/>
+  <c r="L95" i="9"/>
+  <c r="L31" i="9"/>
+  <c r="L82" i="9"/>
+  <c r="L46" i="9"/>
+  <c r="L34" i="9"/>
+  <c r="L88" i="9"/>
+  <c r="L101" i="9"/>
+  <c r="X3" i="2"/>
+  <c r="S59" i="1"/>
+  <c r="S80" i="1"/>
+  <c r="AC3" i="2"/>
+  <c r="X80" i="1"/>
+  <c r="X59" i="1"/>
+  <c r="AD3" i="2"/>
+  <c r="Y59" i="1"/>
+  <c r="Y80" i="1"/>
+  <c r="L103" i="9"/>
+  <c r="L104" i="9"/>
+  <c r="L48" i="9"/>
+  <c r="L33" i="9"/>
+  <c r="L94" i="9"/>
+  <c r="L25" i="9"/>
+  <c r="L81" i="9"/>
+  <c r="L51" i="9"/>
+  <c r="L89" i="9"/>
+  <c r="L78" i="9"/>
+  <c r="L93" i="9"/>
+  <c r="L43" i="9"/>
+  <c r="L40" i="9"/>
+  <c r="L77" i="9"/>
+  <c r="L84" i="9"/>
+  <c r="L108" i="9"/>
+  <c r="L56" i="9"/>
+  <c r="L41" i="9"/>
+  <c r="L42" i="9"/>
+  <c r="L52" i="9"/>
+  <c r="L44" i="9"/>
+  <c r="L47" i="9"/>
+  <c r="L57" i="9"/>
+  <c r="L102" i="9"/>
+  <c r="L100" i="9"/>
+  <c r="L99" i="9"/>
+  <c r="L79" i="9"/>
+  <c r="L23" i="9"/>
+  <c r="L30" i="9"/>
+  <c r="L27" i="9"/>
+  <c r="L32" i="9"/>
+  <c r="T5" i="10"/>
   <c r="T6" i="10"/>
   <c r="T11" i="10"/>
   <c r="T4" i="10"/>
   <c r="L12" i="9"/>
   <c r="L8" i="9"/>
   <c r="L16" i="9"/>
   <c r="L63" i="9"/>
   <c r="L60" i="9"/>
   <c r="L70" i="9"/>
   <c r="L64" i="9"/>
   <c r="L18" i="9"/>
   <c r="L68" i="9"/>
   <c r="L59" i="9"/>
   <c r="L11" i="9"/>
   <c r="L21" i="9"/>
   <c r="L72" i="9"/>
   <c r="L69" i="9"/>
   <c r="L65" i="9"/>
   <c r="L75" i="9"/>
   <c r="L66" i="9"/>
   <c r="L73" i="9"/>
   <c r="L61" i="9"/>
   <c r="L74" i="9"/>
   <c r="L62" i="9"/>
   <c r="L67" i="9"/>
@@ -1976,98 +1996,98 @@
   <c r="R19" i="1" s="1"/>
   <c r="O10" i="1"/>
   <c r="AE10" i="1" s="1"/>
   <c r="Q17" i="1"/>
   <c r="R17" i="1" s="1"/>
   <c r="Q26" i="1"/>
   <c r="R26" i="1" s="1"/>
   <c r="Q11" i="1"/>
   <c r="R11" i="1" s="1"/>
   <c r="Q12" i="1"/>
   <c r="R12" i="1" s="1"/>
   <c r="Q23" i="1"/>
   <c r="R23" i="1" s="1"/>
   <c r="P13" i="1"/>
   <c r="P17" i="1"/>
   <c r="P11" i="1"/>
   <c r="P12" i="1"/>
   <c r="P23" i="1"/>
   <c r="AU8" i="1" s="1"/>
   <c r="P21" i="1"/>
   <c r="AS8" i="1" s="1"/>
   <c r="P10" i="1"/>
   <c r="P26" i="1"/>
   <c r="AF26" i="1" s="1"/>
   <c r="P9" i="1"/>
-  <c r="G12" i="2" s="1"/>
   <c r="P20" i="1"/>
   <c r="P14" i="1"/>
   <c r="P18" i="1"/>
   <c r="P25" i="1"/>
   <c r="AC25" i="1" s="1"/>
   <c r="AW7" i="1" s="1"/>
   <c r="P22" i="1"/>
   <c r="AC22" i="1" s="1"/>
   <c r="AT7" i="1" s="1"/>
   <c r="P15" i="1"/>
   <c r="P19" i="1"/>
   <c r="AF19" i="1" s="1"/>
   <c r="P16" i="1"/>
   <c r="P24" i="1"/>
   <c r="AC24" i="1" s="1"/>
   <c r="AV7" i="1" s="1"/>
   <c r="Q14" i="1"/>
   <c r="R14" i="1" s="1"/>
   <c r="Q9" i="1"/>
   <c r="T9" i="1" s="1"/>
   <c r="Q25" i="1"/>
   <c r="R25" i="1" s="1"/>
   <c r="Q10" i="1"/>
   <c r="R10" i="1" s="1"/>
   <c r="Q24" i="1"/>
   <c r="R24" i="1" s="1"/>
   <c r="Q21" i="1"/>
   <c r="R21" i="1" s="1"/>
   <c r="AB19" i="1"/>
   <c r="AB10" i="1"/>
   <c r="AB11" i="1"/>
   <c r="AB14" i="1"/>
   <c r="AB9" i="1"/>
   <c r="AB15" i="1"/>
   <c r="AB12" i="1"/>
   <c r="AB16" i="1"/>
   <c r="AB18" i="1"/>
   <c r="AB26" i="1"/>
   <c r="AB13" i="1"/>
   <c r="AB23" i="1"/>
   <c r="AB21" i="1"/>
   <c r="AB24" i="1"/>
   <c r="AB20" i="1"/>
   <c r="AB17" i="1"/>
   <c r="AB22" i="1"/>
   <c r="AB25" i="1"/>
-  <c r="AI18" i="2" l="1"/>
+  <c r="G12" i="2" l="1"/>
+  <c r="AI18" i="2"/>
   <c r="E20" i="2" s="1"/>
   <c r="AI25" i="2" s="1"/>
   <c r="E26" i="2" s="1"/>
   <c r="E30" i="2" s="1"/>
   <c r="U18" i="1"/>
   <c r="T16" i="1"/>
   <c r="Y16" i="1"/>
   <c r="S15" i="1"/>
   <c r="Y15" i="1"/>
   <c r="W15" i="1"/>
   <c r="T15" i="1"/>
   <c r="Z15" i="1"/>
   <c r="S17" i="1"/>
   <c r="AA22" i="1"/>
   <c r="W22" i="1"/>
   <c r="AC20" i="1"/>
   <c r="AR7" i="1" s="1"/>
   <c r="E7" i="2"/>
   <c r="AC19" i="1"/>
   <c r="AQ7" i="1" s="1"/>
   <c r="E6" i="2"/>
   <c r="AC11" i="1"/>
   <c r="AI7" i="1" s="1"/>
   <c r="G14" i="2"/>
   <c r="AI20" i="2" s="1"/>
@@ -3348,51 +3368,51 @@
   <c r="R68" i="1"/>
   <c r="Z73" i="1"/>
   <c r="X64" i="1"/>
   <c r="Q66" i="1"/>
   <c r="W68" i="1"/>
   <c r="V72" i="1"/>
   <c r="V60" i="1"/>
   <c r="R67" i="1"/>
   <c r="S68" i="1"/>
   <c r="AB61" i="1"/>
   <c r="Q68" i="1"/>
   <c r="AA68" i="1"/>
   <c r="AB65" i="1"/>
   <c r="R73" i="1"/>
   <c r="P64" i="1"/>
   <c r="U76" i="1"/>
   <c r="Q65" i="1"/>
   <c r="V77" i="1"/>
   <c r="S64" i="1"/>
   <c r="Y64" i="1"/>
   <c r="Z64" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="697" uniqueCount="271">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="683" uniqueCount="271">
   <si>
     <t>Sprache wählen</t>
   </si>
   <si>
     <t>deutsch</t>
   </si>
   <si>
     <t>←</t>
   </si>
   <si>
     <t>Hier klicken und Sprache wählen</t>
   </si>
   <si>
     <t>english</t>
   </si>
   <si>
     <t>my language</t>
   </si>
   <si>
     <t>Überschriften</t>
   </si>
   <si>
     <t>Tie-Break</t>
   </si>
   <si>
@@ -4036,90 +4056,72 @@
   <si>
     <t>HF 1</t>
   </si>
   <si>
     <t>WIN VF 1</t>
   </si>
   <si>
     <t>WIN VF 2</t>
   </si>
   <si>
     <t>HF 2</t>
   </si>
   <si>
     <t>WIN VF 3</t>
   </si>
   <si>
     <t>WIN VF 4</t>
   </si>
   <si>
     <t>WIN HF 1</t>
   </si>
   <si>
     <t>WIN HF 2</t>
   </si>
   <si>
-    <t>https://www.uefa.com/uefachampionsleague/standings/</t>
-[...1 lines deleted...]
-  <si>
     <t>Siehe §18 des UEFA Reglements:</t>
   </si>
   <si>
     <t>https://documents.uefa.com/r/Reglement-der-UEFA-Champions-League-2024/25/Artikel-18-Punktegleichheit-Ligaphase-Online</t>
   </si>
   <si>
     <t>oder:</t>
   </si>
   <si>
     <t>https://de.uefa.com/uefachampionsleague/news/0291-1bd8c79c85fa-31c2596c42f5-1000--tabelle-der-ligaphase-der-champions-league-vorgehen-bei-p/</t>
   </si>
   <si>
     <t>PTS</t>
   </si>
   <si>
     <t>PLD</t>
   </si>
   <si>
     <t>Number of Teams</t>
   </si>
   <si>
-    <t>Womans Champions League 2025/26</t>
-[...1 lines deleted...]
-  <si>
     <t>:</t>
-  </si>
-[...10 lines deleted...]
-    <t>WIN PO 3/4</t>
   </si>
   <si>
     <t>Champion 2026:</t>
   </si>
   <si>
     <t>Atletico Madrid</t>
   </si>
   <si>
     <t>FC Bayern München</t>
   </si>
   <si>
     <t>Manchester United</t>
   </si>
   <si>
     <t>OL Lyonnes</t>
   </si>
   <si>
     <t>Paris FC</t>
   </si>
   <si>
     <t>Real Madrid</t>
   </si>
   <si>
     <t>number of matches played</t>
   </si>
@@ -4159,66 +4161,85 @@
   <si>
     <t>Juventus FC</t>
   </si>
   <si>
     <t>11./12.02.2026</t>
   </si>
   <si>
     <t>18./19.02.2026</t>
   </si>
   <si>
     <t>24./25.03 2026</t>
   </si>
   <si>
     <t>01./02.04.2026</t>
   </si>
   <si>
     <t>25./26.04.2026</t>
   </si>
   <si>
     <t>02./03.05.2026</t>
   </si>
   <si>
     <t>Hans Hocheder</t>
   </si>
   <si>
-    <t>Version 1.4</t>
+    <t>https://www.uefa.com/womenschampionsleague/standings/</t>
   </si>
   <si>
-    <t>Stand: 27.09.2025</t>
+    <t>WIN PO 1</t>
+  </si>
+  <si>
+    <t>WIN PO 3</t>
+  </si>
+  <si>
+    <t>WIN PO 2</t>
+  </si>
+  <si>
+    <t>WIN PO 4</t>
+  </si>
+  <si>
+    <t>Stand: 18.12.2025</t>
+  </si>
+  <si>
+    <t>Version 1.5</t>
+  </si>
+  <si>
+    <t>Champions League Frauen 2025/26</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
-  <numFmts count="5">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+  <numFmts count="6">
     <numFmt numFmtId="164" formatCode="0&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="h:mm;@"/>
     <numFmt numFmtId="166" formatCode=";;;"/>
     <numFmt numFmtId="167" formatCode="\+0_ ;[Red]\-0\ "/>
     <numFmt numFmtId="168" formatCode="#,##0.000"/>
+    <numFmt numFmtId="169" formatCode="ddd\,\ dd/mm/yyyy"/>
   </numFmts>
   <fonts count="63" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -4690,51 +4711,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFDECE3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFE0B3"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFB8E08C"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="201">
+  <borders count="202">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thick">
         <color rgb="FF9ACA02"/>
       </left>
       <right style="thick">
         <color rgb="FF9ACA02"/>
       </right>
       <top style="thick">
         <color rgb="FF9ACA02"/>
@@ -7240,59 +7261,74 @@
       <bottom style="medium">
         <color rgb="FF00B0F0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="2" tint="-0.499984740745262"/>
       </top>
       <bottom style="medium">
         <color rgb="FF00B0F0"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thin">
         <color theme="2" tint="-0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="2" tint="-0.499984740745262"/>
+      </top>
+      <bottom style="thin">
+        <color theme="2" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
   <cellStyleXfs count="5">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="569">
+  <cellXfs count="573">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="7" borderId="20" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="47" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="48" xfId="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="41" xfId="1" applyBorder="1" applyAlignment="1">
@@ -7300,86 +7336,80 @@
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="50" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="49" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="40" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="69" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection hidden="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="40" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="41" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="61" xfId="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="61" xfId="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="14" fontId="25" fillId="0" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="25" fillId="0" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="6" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="13" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="12" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="57" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="14" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="13" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="58" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="62" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="63" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="14" fontId="25" fillId="0" borderId="64" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="165" fontId="25" fillId="0" borderId="64" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="65" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="63" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="56" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="6" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="3"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="13" xfId="3" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -7687,61 +7717,50 @@
     <xf numFmtId="0" fontId="37" fillId="4" borderId="105" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="106" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="104" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="105" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="107" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="38" fillId="4" borderId="103" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="38" fillId="4" borderId="108" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    </xf>
     <xf numFmtId="1" fontId="29" fillId="0" borderId="112" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="164" fontId="36" fillId="0" borderId="109" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="110" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="37" fillId="4" borderId="113" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="114" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="115" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="38" fillId="4" borderId="109" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
@@ -7847,98 +7866,61 @@
     <xf numFmtId="0" fontId="12" fillId="4" borderId="132" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="133" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="134" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="135" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...26 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="151" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
-    </xf>
-[...7 lines deleted...]
-      <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="155" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="156" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="3" borderId="157" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="166" fontId="28" fillId="3" borderId="131" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -8353,53 +8335,50 @@
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="164" fontId="9" fillId="12" borderId="171" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" indent="1" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="12" borderId="172" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="177" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="178" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="179" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="14" fontId="25" fillId="0" borderId="180" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="165" fontId="25" fillId="0" borderId="180" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="181" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="181" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="72" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="181" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="182" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="179" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="183" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -8719,219 +8698,259 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="198" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="200" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="199" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="62" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="169" fontId="25" fillId="0" borderId="46" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="25" fillId="0" borderId="64" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="169" fontId="25" fillId="0" borderId="180" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="201" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="9" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="10" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="12" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="54" fillId="12" borderId="131" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center" indent="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="53" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="54" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="4" borderId="55" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="4" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="60" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="4" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="3" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...32 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="44" fillId="13" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="13" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="44" fillId="13" borderId="143" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="4" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="145" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="146" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="147" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="45" fillId="14" borderId="148" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="29" fillId="0" borderId="117" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="60" fillId="0" borderId="117" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="60" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="29" fillId="0" borderId="118" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="29" fillId="0" borderId="119" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="29" fillId="0" borderId="116" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="44" fillId="13" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...61 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="34" fillId="0" borderId="96" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -8942,57 +8961,87 @@
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="8" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="8" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="52" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="135" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="138" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="139" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="140" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
   </cellXfs>
   <cellStyles count="5">
-    <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
+    <cellStyle name="Link" xfId="4" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
-    <cellStyle name="Standard 2" xfId="2"/>
-[...1 lines deleted...]
-    <cellStyle name="Standard 4" xfId="3"/>
+    <cellStyle name="Standard 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
+    <cellStyle name="Standard 3" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
+    <cellStyle name="Standard 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
   </cellStyles>
   <dxfs count="55">
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFDA0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFDA0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFDA0000"/>
       </font>
@@ -9232,245 +9281,291 @@
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1424940</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>83663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1"/>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2301240" y="365761"/>
           <a:ext cx="1874520" cy="1356202"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>960120</xdr:colOff>
-      <xdr:row>2</xdr:row>
-      <xdr:rowOff>45721</xdr:rowOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>379096</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" name="Grafik 1"/>
+        <xdr:cNvPr id="2" name="Grafik 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2781300" y="198121"/>
           <a:ext cx="960120" cy="579120"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Larissa">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Larissa">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Larissa">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -9599,7849 +9694,8073 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.uefa.com/uefachampionsleague/news/0291-1bd8c79c85fa-31c2596c42f5-1000--tabelle-der-ligaphase-der-champions-league-vorgehen-bei-p/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.uefa.com/r/Reglement-der-UEFA-Champions-League-2024/25/Artikel-18-Punktegleichheit-Ligaphase-Online" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uefa.com/uefachampionsleague/standings/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.uefa.com/uefachampionsleague/news/0291-1bd8c79c85fa-31c2596c42f5-1000--tabelle-der-ligaphase-der-champions-league-vorgehen-bei-p/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.uefa.com/r/Reglement-der-UEFA-Champions-League-2024/25/Artikel-18-Punktegleichheit-Ligaphase-Online" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uefa.com/womenschampionsleague/standings/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:BP99"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="I9" sqref="I9"/>
+    <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="Q6" sqref="Q6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="3.44140625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="26.6640625" customWidth="1"/>
+    <col min="1" max="1" width="3.42578125" customWidth="1"/>
+    <col min="2" max="2" width="11.5703125" customWidth="1"/>
+    <col min="3" max="3" width="6.7109375" customWidth="1"/>
+    <col min="4" max="4" width="11.85546875" customWidth="1"/>
+    <col min="5" max="5" width="6.5703125" customWidth="1"/>
+    <col min="6" max="6" width="26.7109375" customWidth="1"/>
     <col min="7" max="7" width="3" customWidth="1"/>
-    <col min="8" max="8" width="26.6640625" customWidth="1"/>
-    <col min="9" max="9" width="6.6640625" customWidth="1"/>
+    <col min="8" max="8" width="26.7109375" customWidth="1"/>
+    <col min="9" max="9" width="6.7109375" customWidth="1"/>
     <col min="10" max="10" width="2" customWidth="1"/>
-    <col min="11" max="13" width="6.6640625" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="51" max="51" width="11.5546875" customWidth="1"/>
+    <col min="11" max="13" width="6.7109375" customWidth="1"/>
+    <col min="14" max="14" width="9.42578125" customWidth="1"/>
+    <col min="15" max="15" width="7.42578125" customWidth="1"/>
+    <col min="16" max="16" width="26.7109375" customWidth="1"/>
+    <col min="17" max="21" width="6.7109375" customWidth="1"/>
+    <col min="22" max="22" width="2.140625" customWidth="1"/>
+    <col min="23" max="28" width="6.7109375" customWidth="1"/>
+    <col min="29" max="29" width="11.42578125" hidden="1" customWidth="1"/>
+    <col min="30" max="30" width="4.85546875" customWidth="1"/>
+    <col min="31" max="31" width="6.85546875" customWidth="1"/>
+    <col min="32" max="32" width="23.7109375" customWidth="1"/>
+    <col min="33" max="50" width="7.85546875" customWidth="1"/>
+    <col min="51" max="51" width="11.5703125" customWidth="1"/>
     <col min="52" max="68" width="0" hidden="1" customWidth="1"/>
-    <col min="69" max="16384" width="11.5546875" hidden="1"/>
+    <col min="69" max="16384" width="11.5703125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:68" x14ac:dyDescent="0.3">
-      <c r="B1" s="494" t="s">
+    <row r="1" spans="2:68" x14ac:dyDescent="0.25">
+      <c r="B1" s="476" t="s">
         <v>269</v>
       </c>
     </row>
-    <row r="2" spans="2:68" x14ac:dyDescent="0.3">
-[...17 lines deleted...]
-      <c r="Q3" s="507"/>
+    <row r="2" spans="2:68" x14ac:dyDescent="0.25">
+      <c r="B2" s="477">
+        <v>46028</v>
+      </c>
+    </row>
+    <row r="3" spans="2:68" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="G3" s="498" t="s">
+        <v>270</v>
+      </c>
+      <c r="H3" s="499"/>
+      <c r="I3" s="499"/>
+      <c r="J3" s="499"/>
+      <c r="K3" s="499"/>
+      <c r="L3" s="499"/>
+      <c r="M3" s="499"/>
+      <c r="N3" s="499"/>
+      <c r="O3" s="499"/>
+      <c r="P3" s="499"/>
+      <c r="Q3" s="500"/>
     </row>
     <row r="4" spans="2:68" ht="23.25" x14ac:dyDescent="0.25">
-      <c r="G4" s="508" t="s">
-[...11 lines deleted...]
-      <c r="Q4" s="510"/>
+      <c r="G4" s="501" t="s">
+        <v>268</v>
+      </c>
+      <c r="H4" s="502"/>
+      <c r="I4" s="502"/>
+      <c r="J4" s="502"/>
+      <c r="K4" s="502"/>
+      <c r="L4" s="502"/>
+      <c r="M4" s="502"/>
+      <c r="N4" s="502"/>
+      <c r="O4" s="502"/>
+      <c r="P4" s="502"/>
+      <c r="Q4" s="503"/>
     </row>
     <row r="5" spans="2:68" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="6" spans="2:68" ht="28.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
-      <c r="B6" s="213" t="str">
+    <row r="6" spans="2:68" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="196" t="str">
         <f>Language!$E$11</f>
         <v>Ergebnisse</v>
       </c>
-      <c r="O6" s="511" t="str">
+      <c r="O6" s="504" t="str">
         <f>Language!$E$17</f>
         <v>Spieltag</v>
       </c>
-      <c r="P6" s="511"/>
-[...1 lines deleted...]
-      <c r="R6" s="519" t="str">
+      <c r="P6" s="504"/>
+      <c r="Q6" s="466"/>
+      <c r="R6" s="512" t="str">
         <f>Language!$E$43</f>
         <v>TABELLE UNGÜLTIG</v>
       </c>
-      <c r="S6" s="519"/>
-[...20 lines deleted...]
-      <c r="Y7" s="503" t="str">
+      <c r="S6" s="512"/>
+      <c r="T6" s="512"/>
+      <c r="U6" s="512"/>
+      <c r="V6" s="512"/>
+      <c r="W6" s="512"/>
+      <c r="X6" s="512"/>
+      <c r="Y6" s="512"/>
+      <c r="Z6" s="512"/>
+      <c r="AA6" s="512"/>
+    </row>
+    <row r="7" spans="2:68" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="O7" s="51"/>
+      <c r="P7" s="51"/>
+      <c r="Q7" s="51"/>
+      <c r="R7" s="51"/>
+      <c r="S7" s="51"/>
+      <c r="T7" s="51"/>
+      <c r="U7" s="51"/>
+      <c r="V7" s="51"/>
+      <c r="W7" s="51"/>
+      <c r="X7" s="51"/>
+      <c r="Y7" s="491" t="str">
         <f>Language!$E$18</f>
         <v>Auswärtsspiele</v>
       </c>
-      <c r="Z7" s="504"/>
-[...4 lines deleted...]
-      <c r="AG7" s="217" t="str">
+      <c r="Z7" s="492"/>
+      <c r="AA7" s="51"/>
+      <c r="AB7" s="51"/>
+      <c r="AE7" s="51"/>
+      <c r="AF7" s="51"/>
+      <c r="AG7" s="200" t="str">
         <f>AC9</f>
-        <v>Arsenal.</v>
-[...1 lines deleted...]
-      <c r="AH7" s="218" t="str">
+        <v>FC Barc.</v>
+      </c>
+      <c r="AH7" s="201" t="str">
         <f>AC10</f>
-        <v>Atletic.</v>
-[...1 lines deleted...]
-      <c r="AI7" s="218" t="str">
+        <v>OL Lyon.</v>
+      </c>
+      <c r="AI7" s="201" t="str">
         <f>AC11</f>
-        <v>FC Barc.</v>
-[...1 lines deleted...]
-      <c r="AJ7" s="218" t="str">
+        <v>Chelsea.</v>
+      </c>
+      <c r="AJ7" s="201" t="str">
         <f>AC12</f>
         <v>FC Baye.</v>
       </c>
-      <c r="AK7" s="218" t="str">
+      <c r="AK7" s="201" t="str">
         <f>AC13</f>
-        <v>SL Benf.</v>
-[...1 lines deleted...]
-      <c r="AL7" s="218" t="str">
+        <v>Arsenal.</v>
+      </c>
+      <c r="AL7" s="201" t="str">
         <f>AC14</f>
-        <v>Chelsea.</v>
-[...1 lines deleted...]
-      <c r="AM7" s="218" t="str">
+        <v>Manches.</v>
+      </c>
+      <c r="AM7" s="201" t="str">
         <f>AC15</f>
+        <v>Real Ma.</v>
+      </c>
+      <c r="AN7" s="201" t="str">
+        <f>AC16</f>
         <v>Juventu.</v>
       </c>
-      <c r="AN7" s="218" t="str">
-[...3 lines deleted...]
-      <c r="AO7" s="218" t="str">
+      <c r="AO7" s="201" t="str">
         <f>AC17</f>
+        <v>VfL Wol.</v>
+      </c>
+      <c r="AP7" s="201" t="str">
+        <f>AC18</f>
+        <v>Paris F.</v>
+      </c>
+      <c r="AQ7" s="201" t="str">
+        <f>AC19</f>
+        <v>Atletic.</v>
+      </c>
+      <c r="AR7" s="201" t="str">
+        <f>AC20</f>
         <v>Oud-Hev.</v>
       </c>
-      <c r="AP7" s="218" t="str">
-[...11 lines deleted...]
-      <c r="AS7" s="218" t="str">
+      <c r="AS7" s="201" t="str">
         <f>AC21</f>
-        <v>Real Ma.</v>
-[...1 lines deleted...]
-      <c r="AT7" s="218" t="str">
+        <v>Valeren.</v>
+      </c>
+      <c r="AT7" s="201" t="str">
         <f>AC22</f>
         <v>AS Rom</v>
       </c>
-      <c r="AU7" s="218" t="str">
+      <c r="AU7" s="201" t="str">
         <f>AC23</f>
+        <v>FC Twen.</v>
+      </c>
+      <c r="AV7" s="201" t="str">
+        <f>AC24</f>
+        <v>SL Benf.</v>
+      </c>
+      <c r="AW7" s="201" t="str">
+        <f>AC25</f>
+        <v>Paris S.</v>
+      </c>
+      <c r="AX7" s="215" t="str">
+        <f>AC26</f>
         <v>SKN St..</v>
       </c>
-      <c r="AV7" s="218" t="str">
-[...31 lines deleted...]
-      <c r="B8" s="35" t="str">
+      <c r="AY7" s="213"/>
+      <c r="AZ7" s="213"/>
+      <c r="BA7" s="213"/>
+      <c r="BB7" s="213"/>
+      <c r="BC7" s="213"/>
+      <c r="BD7" s="213"/>
+      <c r="BE7" s="213"/>
+      <c r="BF7" s="213"/>
+      <c r="BG7" s="213"/>
+      <c r="BH7" s="213"/>
+      <c r="BI7" s="213"/>
+      <c r="BJ7" s="213"/>
+      <c r="BK7" s="213"/>
+      <c r="BL7" s="213"/>
+      <c r="BM7" s="213"/>
+      <c r="BN7" s="213"/>
+      <c r="BO7" s="213"/>
+      <c r="BP7" s="213"/>
+    </row>
+    <row r="8" spans="2:68" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B8" s="33" t="str">
         <f>Language!$E$17</f>
         <v>Spieltag</v>
       </c>
-      <c r="C8" s="23" t="str">
+      <c r="C8" s="22" t="str">
         <f>Language!$E$9</f>
         <v>Nr.</v>
       </c>
-      <c r="D8" s="25" t="str">
+      <c r="D8" s="24" t="str">
         <f>Language!$E$59</f>
         <v>Datum</v>
       </c>
-      <c r="E8" s="25" t="str">
+      <c r="E8" s="24" t="str">
         <f>Language!$E$62</f>
         <v>Zeit</v>
       </c>
-      <c r="F8" s="512" t="str">
+      <c r="F8" s="505" t="str">
         <f>Language!$E$14</f>
         <v>Spielpaarung</v>
       </c>
-      <c r="G8" s="513"/>
-[...1 lines deleted...]
-      <c r="I8" s="515" t="str">
+      <c r="G8" s="506"/>
+      <c r="H8" s="507"/>
+      <c r="I8" s="508" t="str">
         <f>Language!$E$15</f>
         <v>Ergebnis</v>
       </c>
-      <c r="J8" s="513"/>
-[...1 lines deleted...]
-      <c r="L8" s="517" t="str">
+      <c r="J8" s="506"/>
+      <c r="K8" s="509"/>
+      <c r="L8" s="510" t="str">
         <f>Language!$E$65</f>
         <v>Strafpunkte</v>
       </c>
-      <c r="M8" s="518"/>
-[...2 lines deleted...]
-      <c r="Q8" s="54" t="str">
+      <c r="M8" s="511"/>
+      <c r="O8" s="493"/>
+      <c r="P8" s="494"/>
+      <c r="Q8" s="52" t="str">
         <f>Language!$E$21</f>
         <v>Sp</v>
       </c>
-      <c r="R8" s="55" t="str">
+      <c r="R8" s="53" t="str">
         <f>Language!$E$22</f>
         <v>G</v>
       </c>
-      <c r="S8" s="55" t="s">
-[...27 lines deleted...]
-      <c r="AG8" s="221" t="str">
+      <c r="S8" s="53" t="str">
+        <f>Language!$E$23</f>
+        <v>U</v>
+      </c>
+      <c r="T8" s="54" t="str">
+        <f>Language!$E$24</f>
+        <v>V</v>
+      </c>
+      <c r="U8" s="495" t="str">
+        <f>Language!$E$25</f>
+        <v>Tore</v>
+      </c>
+      <c r="V8" s="496"/>
+      <c r="W8" s="497"/>
+      <c r="X8" s="53" t="str">
+        <f>Language!$E$26</f>
+        <v>TD</v>
+      </c>
+      <c r="Y8" s="54" t="str">
+        <f>Language!$E$29</f>
+        <v>ATore</v>
+      </c>
+      <c r="Z8" s="54" t="str">
+        <f>Language!$E$30</f>
+        <v>AGew</v>
+      </c>
+      <c r="AA8" s="55" t="str">
+        <f>Language!$E$27</f>
+        <v>Pkt</v>
+      </c>
+      <c r="AB8" s="56" t="str">
+        <f>Language!$E$66</f>
+        <v>Strafp.</v>
+      </c>
+      <c r="AE8" s="202"/>
+      <c r="AF8" s="203"/>
+      <c r="AG8" s="204" t="str">
         <f>P9</f>
-        <v>Arsenal WFC</v>
-[...1 lines deleted...]
-      <c r="AH8" s="222" t="str">
+        <v>FC Barcelona</v>
+      </c>
+      <c r="AH8" s="205" t="str">
         <f>P10</f>
-        <v>Atletico Madrid</v>
-[...1 lines deleted...]
-      <c r="AI8" s="222" t="str">
+        <v>OL Lyonnes</v>
+      </c>
+      <c r="AI8" s="205" t="str">
         <f>P11</f>
-        <v>FC Barcelona</v>
-[...1 lines deleted...]
-      <c r="AJ8" s="222" t="str">
+        <v>Chelsea FC</v>
+      </c>
+      <c r="AJ8" s="205" t="str">
         <f>P12</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="AK8" s="222" t="str">
+      <c r="AK8" s="205" t="str">
         <f>P13</f>
-        <v>SL Benfica</v>
-[...1 lines deleted...]
-      <c r="AL8" s="222" t="str">
+        <v>Arsenal WFC</v>
+      </c>
+      <c r="AL8" s="205" t="str">
         <f>P14</f>
-        <v>Chelsea FC</v>
-[...1 lines deleted...]
-      <c r="AM8" s="222" t="str">
+        <v>Manchester United</v>
+      </c>
+      <c r="AM8" s="205" t="str">
         <f>P15</f>
+        <v>Real Madrid</v>
+      </c>
+      <c r="AN8" s="205" t="str">
+        <f>P16</f>
         <v>Juventus FC</v>
       </c>
-      <c r="AN8" s="222" t="str">
-[...3 lines deleted...]
-      <c r="AO8" s="222" t="str">
+      <c r="AO8" s="205" t="str">
         <f>P17</f>
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="AP8" s="205" t="str">
+        <f>P18</f>
+        <v>Paris FC</v>
+      </c>
+      <c r="AQ8" s="205" t="str">
+        <f>P19</f>
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="AR8" s="205" t="str">
+        <f>P20</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="AP8" s="222" t="str">
-[...11 lines deleted...]
-      <c r="AS8" s="222" t="str">
+      <c r="AS8" s="205" t="str">
         <f>P21</f>
-        <v>Real Madrid</v>
-[...1 lines deleted...]
-      <c r="AT8" s="222" t="str">
+        <v>Valerenga IF</v>
+      </c>
+      <c r="AT8" s="205" t="str">
         <f>P22</f>
         <v>AS Rom</v>
       </c>
-      <c r="AU8" s="222" t="str">
+      <c r="AU8" s="205" t="str">
         <f>P23</f>
+        <v>FC Twente</v>
+      </c>
+      <c r="AV8" s="205" t="str">
+        <f>P24</f>
+        <v>SL Benfica</v>
+      </c>
+      <c r="AW8" s="205" t="str">
+        <f>P25</f>
+        <v>Paris St. Germain</v>
+      </c>
+      <c r="AX8" s="216" t="str">
+        <f>P26</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="AV8" s="222" t="str">
-[...37 lines deleted...]
-      <c r="D9" s="19">
+      <c r="AY8" s="239"/>
+      <c r="AZ8" s="239"/>
+      <c r="BA8" s="239"/>
+      <c r="BB8" s="239"/>
+      <c r="BC8" s="239"/>
+      <c r="BD8" s="239"/>
+      <c r="BE8" s="239"/>
+      <c r="BF8" s="239"/>
+      <c r="BG8" s="239"/>
+      <c r="BH8" s="239"/>
+      <c r="BI8" s="239"/>
+      <c r="BJ8" s="239"/>
+      <c r="BK8" s="239"/>
+      <c r="BL8" s="239"/>
+      <c r="BM8" s="239"/>
+      <c r="BN8" s="239"/>
+      <c r="BO8" s="239"/>
+      <c r="BP8" s="239"/>
+    </row>
+    <row r="9" spans="2:68" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B9" s="23">
+        <v>1</v>
+      </c>
+      <c r="C9" s="21">
+        <v>1</v>
+      </c>
+      <c r="D9" s="479">
         <f>IF(Plan!$T7="","",Plan!$T7)</f>
         <v>45937</v>
       </c>
-      <c r="E9" s="20">
+      <c r="E9" s="19">
         <f>IF(Plan!$U7="","",Plan!$U7)</f>
         <v>0.78125</v>
       </c>
-      <c r="F9" s="47" t="str">
+      <c r="F9" s="45" t="str">
         <f>Plan!$Q7</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G9" s="21" t="s">
+      <c r="G9" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H9" s="47" t="str">
+      <c r="H9" s="45" t="str">
         <f>Plan!$S7</f>
         <v>SL Benfica</v>
       </c>
-      <c r="I9" s="49"/>
-[...6 lines deleted...]
-      <c r="O9" s="59" t="str">
+      <c r="I9" s="47">
+        <v>2</v>
+      </c>
+      <c r="J9" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K9" s="49">
+        <v>1</v>
+      </c>
+      <c r="L9" s="25"/>
+      <c r="M9" s="26"/>
+      <c r="O9" s="57">
         <f>IF(Calc!$K$22=0,"",1)</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="P9" s="60" t="str">
+        <v>1</v>
+      </c>
+      <c r="P9" s="58" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C4,VLOOKUP(Calc!B4,Calc!$C$4:$N$21,4,0))</f>
-        <v>Arsenal WFC</v>
-[...1 lines deleted...]
-      <c r="Q9" s="61" t="str">
+        <v>FC Barcelona</v>
+      </c>
+      <c r="Q9" s="59">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,9,0))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R9" s="62" t="str">
+        <v>6</v>
+      </c>
+      <c r="R9" s="60">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,10,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="S9" s="62" t="str">
+        <v>5</v>
+      </c>
+      <c r="S9" s="60">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,11,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="T9" s="63" t="str">
+        <v>1</v>
+      </c>
+      <c r="T9" s="61">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,12,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="U9" s="64" t="str">
+        <v>0</v>
+      </c>
+      <c r="U9" s="62">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,5,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V9" s="65" t="str">
+        <v>20</v>
+      </c>
+      <c r="V9" s="63" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W9" s="66" t="str">
+      <c r="W9" s="64">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X9" s="67" t="str">
+        <v>3</v>
+      </c>
+      <c r="X9" s="65">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y9" s="68" t="str">
+        <v>17</v>
+      </c>
+      <c r="Y9" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z9" s="68" t="str">
+        <v>7</v>
+      </c>
+      <c r="Z9" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA9" s="69" t="str">
+        <v>2</v>
+      </c>
+      <c r="AA9" s="67">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB9" s="70" t="str">
+        <v>16</v>
+      </c>
+      <c r="AB9" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B4,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC9" t="str">
         <f>IF(IFERROR(VLOOKUP($P9,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P9)&gt;Factors!$D$12,LEFT(P9,Factors!$D$12)&amp;".",P9),VLOOKUP($P9,Plan!$D$7:$E$42,2,0))</f>
-        <v>Arsenal.</v>
-[...1 lines deleted...]
-      <c r="AE9" s="223" t="str">
+        <v>FC Barc.</v>
+      </c>
+      <c r="AE9" s="206">
         <f>O9</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF9" s="224" t="str">
+        <v>1</v>
+      </c>
+      <c r="AF9" s="207" t="str">
         <f>P9</f>
-        <v>Arsenal WFC</v>
-[...2 lines deleted...]
-      <c r="AH9" s="419" t="str">
+        <v>FC Barcelona</v>
+      </c>
+      <c r="AG9" s="400"/>
+      <c r="AH9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI9" s="419" t="str">
+      <c r="AI9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AJ9" s="419" t="str">
+        <v>1 : 1</v>
+      </c>
+      <c r="AJ9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AK9" s="419" t="str">
+        <v>7 : 1</v>
+      </c>
+      <c r="AK9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL9" s="419" t="str">
+      <c r="AL9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM9" s="419" t="str">
+      <c r="AM9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN9" s="419" t="str">
+      <c r="AN9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO9" s="419" t="str">
+      <c r="AO9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP9" s="419" t="str">
+      <c r="AP9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AQ9" s="419" t="str">
+        <v>2 : 0</v>
+      </c>
+      <c r="AQ9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR9" s="419" t="str">
+      <c r="AR9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AS9" s="419" t="str">
+        <v>3 : 0</v>
+      </c>
+      <c r="AS9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT9" s="419" t="str">
+      <c r="AT9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AU9" s="419" t="str">
+        <v>4 : 0</v>
+      </c>
+      <c r="AU9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV9" s="419" t="str">
+      <c r="AV9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AW9" s="419" t="str">
+        <v>3 : 1</v>
+      </c>
+      <c r="AW9" s="401" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX9" s="420" t="str">
+      <c r="AX9" s="402" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY9" s="229"/>
-[...20 lines deleted...]
-      <c r="C10" s="22">
+      <c r="AY9" s="212"/>
+      <c r="AZ9" s="212"/>
+      <c r="BA9" s="212"/>
+      <c r="BB9" s="212"/>
+      <c r="BC9" s="212"/>
+      <c r="BD9" s="212"/>
+      <c r="BE9" s="212"/>
+      <c r="BF9" s="212"/>
+      <c r="BG9" s="212"/>
+      <c r="BH9" s="212"/>
+      <c r="BI9" s="212"/>
+      <c r="BJ9" s="212"/>
+      <c r="BK9" s="212"/>
+      <c r="BL9" s="212"/>
+      <c r="BM9" s="212"/>
+      <c r="BN9" s="212"/>
+      <c r="BO9" s="212"/>
+      <c r="BP9" s="212"/>
+    </row>
+    <row r="10" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B10" s="23"/>
+      <c r="C10" s="21">
         <v>2</v>
       </c>
-      <c r="D10" s="19">
+      <c r="D10" s="479">
         <f>IF(Plan!$T8="","",Plan!$T8)</f>
         <v>45937</v>
       </c>
-      <c r="E10" s="20">
+      <c r="E10" s="19">
         <f>IF(Plan!$U8="","",Plan!$U8)</f>
         <v>0.875</v>
       </c>
-      <c r="F10" s="47" t="str">
+      <c r="F10" s="45" t="str">
         <f>Plan!$Q8</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G10" s="21" t="s">
+      <c r="G10" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H10" s="47" t="str">
+      <c r="H10" s="45" t="str">
         <f>Plan!$S8</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="I10" s="49"/>
-[...6 lines deleted...]
-      <c r="O10" s="59" t="str">
+      <c r="I10" s="47">
+        <v>1</v>
+      </c>
+      <c r="J10" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K10" s="49">
+        <v>2</v>
+      </c>
+      <c r="L10" s="25"/>
+      <c r="M10" s="26"/>
+      <c r="O10" s="57">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B5,Calc!$C$4:$E$21,3,0)=MAX(O$9:O9),VLOOKUP(Calc!B5,Calc!$C$4:$E$21,3,0),Calc!B5))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="P10" s="60" t="str">
+        <v>2</v>
+      </c>
+      <c r="P10" s="58" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C5,VLOOKUP(Calc!B5,Calc!$C$4:$N$21,4,0))</f>
-        <v>Atletico Madrid</v>
-[...1 lines deleted...]
-      <c r="Q10" s="61" t="str">
+        <v>OL Lyonnes</v>
+      </c>
+      <c r="Q10" s="59">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,9,0))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R10" s="62" t="str">
+        <v>6</v>
+      </c>
+      <c r="R10" s="60">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,10,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="S10" s="62" t="str">
+        <v>5</v>
+      </c>
+      <c r="S10" s="60">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,11,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="T10" s="63" t="str">
+        <v>1</v>
+      </c>
+      <c r="T10" s="61">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,12,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="U10" s="64" t="str">
+        <v>0</v>
+      </c>
+      <c r="U10" s="62">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,5,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V10" s="65" t="str">
+        <v>18</v>
+      </c>
+      <c r="V10" s="63" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W10" s="66" t="str">
+      <c r="W10" s="64">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X10" s="67" t="str">
+        <v>5</v>
+      </c>
+      <c r="X10" s="65">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y10" s="68" t="str">
+        <v>13</v>
+      </c>
+      <c r="Y10" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z10" s="68" t="str">
+        <v>8</v>
+      </c>
+      <c r="Z10" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA10" s="69" t="str">
+        <v>2</v>
+      </c>
+      <c r="AA10" s="67">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB10" s="70" t="str">
+        <v>16</v>
+      </c>
+      <c r="AB10" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B5,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC10" t="str">
         <f>IF(IFERROR(VLOOKUP($P10,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P10)&gt;Factors!$D$12,LEFT(P10,Factors!$D$12)&amp;".",P10),VLOOKUP($P10,Plan!$D$7:$E$42,2,0))</f>
-        <v>Atletic.</v>
-[...1 lines deleted...]
-      <c r="AE10" s="225" t="str">
+        <v>OL Lyon.</v>
+      </c>
+      <c r="AE10" s="208">
         <f t="shared" ref="AE10:AF26" si="0">O10</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF10" s="226" t="str">
+        <v>2</v>
+      </c>
+      <c r="AF10" s="209" t="str">
         <f t="shared" si="0"/>
-        <v>Atletico Madrid</v>
-[...1 lines deleted...]
-      <c r="AG10" s="421" t="str">
+        <v>OL Lyonnes</v>
+      </c>
+      <c r="AG10" s="403" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH10" s="422"/>
-      <c r="AI10" s="423" t="str">
+      <c r="AH10" s="404"/>
+      <c r="AI10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ10" s="423" t="str">
+      <c r="AJ10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK10" s="423" t="str">
+      <c r="AK10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AL10" s="423" t="str">
+        <v>2 : 1</v>
+      </c>
+      <c r="AL10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AM10" s="423" t="str">
+        <v>3 : 0</v>
+      </c>
+      <c r="AM10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN10" s="423" t="str">
+      <c r="AN10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AO10" s="423" t="str">
+        <v>3 : 3</v>
+      </c>
+      <c r="AO10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AP10" s="423" t="str">
+        <v>3 : 1</v>
+      </c>
+      <c r="AP10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ10" s="423" t="str">
+      <c r="AQ10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AR10" s="423" t="str">
+        <v>4 : 0</v>
+      </c>
+      <c r="AR10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS10" s="423" t="str">
+      <c r="AS10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT10" s="423" t="str">
+      <c r="AT10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU10" s="423" t="str">
+      <c r="AU10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV10" s="423" t="str">
+      <c r="AV10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW10" s="423" t="str">
+      <c r="AW10" s="405" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX10" s="424" t="str">
+      <c r="AX10" s="406" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...22 lines deleted...]
-      <c r="C11" s="22">
+        <v>3 : 0</v>
+      </c>
+      <c r="AY10" s="212"/>
+      <c r="AZ10" s="212"/>
+      <c r="BA10" s="212"/>
+      <c r="BB10" s="212"/>
+      <c r="BC10" s="212"/>
+      <c r="BD10" s="212"/>
+      <c r="BE10" s="212"/>
+      <c r="BF10" s="212"/>
+      <c r="BG10" s="212"/>
+      <c r="BH10" s="212"/>
+      <c r="BI10" s="212"/>
+      <c r="BJ10" s="212"/>
+      <c r="BK10" s="212"/>
+      <c r="BL10" s="212"/>
+      <c r="BM10" s="212"/>
+      <c r="BN10" s="212"/>
+      <c r="BO10" s="212"/>
+      <c r="BP10" s="212"/>
+    </row>
+    <row r="11" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B11" s="23"/>
+      <c r="C11" s="21">
         <v>3</v>
       </c>
-      <c r="D11" s="19">
+      <c r="D11" s="479">
         <f>IF(Plan!$T9="","",Plan!$T9)</f>
         <v>45937</v>
       </c>
-      <c r="E11" s="20">
+      <c r="E11" s="19">
         <f>IF(Plan!$U9="","",Plan!$U9)</f>
         <v>0.875</v>
       </c>
-      <c r="F11" s="47" t="str">
+      <c r="F11" s="45" t="str">
         <f>Plan!$Q9</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G11" s="21" t="s">
+      <c r="G11" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H11" s="47" t="str">
+      <c r="H11" s="45" t="str">
         <f>Plan!$S9</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="I11" s="49"/>
-[...6 lines deleted...]
-      <c r="O11" s="59" t="str">
+      <c r="I11" s="47">
+        <v>7</v>
+      </c>
+      <c r="J11" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K11" s="49">
+        <v>1</v>
+      </c>
+      <c r="L11" s="25"/>
+      <c r="M11" s="26"/>
+      <c r="O11" s="57">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B6,Calc!$C$4:$E$21,3,0)=MAX(O$9:O10),VLOOKUP(Calc!B6,Calc!$C$4:$E$21,3,0),Calc!B6))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="P11" s="60" t="str">
+        <v>3</v>
+      </c>
+      <c r="P11" s="58" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C6,VLOOKUP(Calc!B6,Calc!$C$4:$N$21,4,0))</f>
-        <v>FC Barcelona</v>
-[...1 lines deleted...]
-      <c r="Q11" s="61" t="str">
+        <v>Chelsea FC</v>
+      </c>
+      <c r="Q11" s="59">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,9,0))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R11" s="62" t="str">
+        <v>6</v>
+      </c>
+      <c r="R11" s="60">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,10,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="S11" s="62" t="str">
+        <v>4</v>
+      </c>
+      <c r="S11" s="60">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,11,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="T11" s="63" t="str">
+        <v>2</v>
+      </c>
+      <c r="T11" s="61">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,12,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="U11" s="64" t="str">
+        <v>0</v>
+      </c>
+      <c r="U11" s="62">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,5,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V11" s="65" t="str">
+        <v>20</v>
+      </c>
+      <c r="V11" s="63" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W11" s="66" t="str">
+      <c r="W11" s="64">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X11" s="67" t="str">
+        <v>3</v>
+      </c>
+      <c r="X11" s="65">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y11" s="68" t="str">
+        <v>17</v>
+      </c>
+      <c r="Y11" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z11" s="68" t="str">
+        <v>9</v>
+      </c>
+      <c r="Z11" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA11" s="69" t="str">
+        <v>2</v>
+      </c>
+      <c r="AA11" s="67">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB11" s="70" t="str">
+        <v>14</v>
+      </c>
+      <c r="AB11" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B6,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC11" t="str">
         <f>IF(IFERROR(VLOOKUP($P11,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P11)&gt;Factors!$D$12,LEFT(P11,Factors!$D$12)&amp;".",P11),VLOOKUP($P11,Plan!$D$7:$E$42,2,0))</f>
-        <v>FC Barc.</v>
-[...1 lines deleted...]
-      <c r="AE11" s="225" t="str">
+        <v>Chelsea.</v>
+      </c>
+      <c r="AE11" s="208">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF11" s="226" t="str">
+        <v>3</v>
+      </c>
+      <c r="AF11" s="209" t="str">
         <f t="shared" si="0"/>
-        <v>FC Barcelona</v>
-[...1 lines deleted...]
-      <c r="AG11" s="421" t="str">
+        <v>Chelsea FC</v>
+      </c>
+      <c r="AG11" s="403" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AH11" s="423" t="str">
+        <v>1 : 1</v>
+      </c>
+      <c r="AH11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI11" s="422"/>
-      <c r="AJ11" s="423" t="str">
+      <c r="AI11" s="404"/>
+      <c r="AJ11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK11" s="423" t="str">
+      <c r="AK11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL11" s="423" t="str">
+      <c r="AL11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM11" s="423" t="str">
+      <c r="AM11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN11" s="423" t="str">
+      <c r="AN11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO11" s="423" t="str">
+      <c r="AO11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AP11" s="423" t="str">
+        <v>2 : 1</v>
+      </c>
+      <c r="AP11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AQ11" s="423" t="str">
+        <v>4 : 0</v>
+      </c>
+      <c r="AQ11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR11" s="423" t="str">
+      <c r="AR11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS11" s="423" t="str">
+      <c r="AS11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT11" s="423" t="str">
+      <c r="AT11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AU11" s="423" t="str">
+        <v>6 : 0</v>
+      </c>
+      <c r="AU11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AV11" s="423" t="str">
+        <v>1 : 1</v>
+      </c>
+      <c r="AV11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW11" s="423" t="str">
+      <c r="AW11" s="405" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX11" s="424" t="str">
+      <c r="AX11" s="406" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...22 lines deleted...]
-      <c r="C12" s="22">
+        <v>6 : 0</v>
+      </c>
+      <c r="AY11" s="212"/>
+      <c r="AZ11" s="212"/>
+      <c r="BA11" s="212"/>
+      <c r="BB11" s="212"/>
+      <c r="BC11" s="212"/>
+      <c r="BD11" s="212"/>
+      <c r="BE11" s="212"/>
+      <c r="BF11" s="212"/>
+      <c r="BG11" s="212"/>
+      <c r="BH11" s="212"/>
+      <c r="BI11" s="212"/>
+      <c r="BJ11" s="212"/>
+      <c r="BK11" s="212"/>
+      <c r="BL11" s="212"/>
+      <c r="BM11" s="212"/>
+      <c r="BN11" s="212"/>
+      <c r="BO11" s="212"/>
+      <c r="BP11" s="212"/>
+    </row>
+    <row r="12" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B12" s="23"/>
+      <c r="C12" s="21">
         <v>4</v>
       </c>
-      <c r="D12" s="19">
+      <c r="D12" s="479">
         <f>IF(Plan!$T10="","",Plan!$T10)</f>
         <v>45937</v>
       </c>
-      <c r="E12" s="20">
+      <c r="E12" s="19">
         <f>IF(Plan!$U10="","",Plan!$U10)</f>
         <v>0.875</v>
       </c>
-      <c r="F12" s="47" t="str">
+      <c r="F12" s="45" t="str">
         <f>Plan!$Q10</f>
         <v>Paris FC</v>
       </c>
-      <c r="G12" s="21" t="s">
+      <c r="G12" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H12" s="47" t="str">
+      <c r="H12" s="45" t="str">
         <f>Plan!$S10</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="I12" s="49"/>
-[...6 lines deleted...]
-      <c r="O12" s="59" t="str">
+      <c r="I12" s="47">
+        <v>2</v>
+      </c>
+      <c r="J12" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K12" s="49">
+        <v>2</v>
+      </c>
+      <c r="L12" s="25"/>
+      <c r="M12" s="26"/>
+      <c r="O12" s="57">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B7,Calc!$C$4:$E$21,3,0)=MAX(O$9:O11),VLOOKUP(Calc!B7,Calc!$C$4:$E$21,3,0),Calc!B7))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="P12" s="60" t="str">
+        <v>4</v>
+      </c>
+      <c r="P12" s="58" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C7,VLOOKUP(Calc!B7,Calc!$C$4:$N$21,4,0))</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="Q12" s="61" t="str">
+      <c r="Q12" s="59">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,9,0))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R12" s="62" t="str">
+        <v>6</v>
+      </c>
+      <c r="R12" s="60">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,10,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="S12" s="62" t="str">
+        <v>4</v>
+      </c>
+      <c r="S12" s="60">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,11,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="T12" s="63" t="str">
+        <v>1</v>
+      </c>
+      <c r="T12" s="61">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,12,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="U12" s="64" t="str">
+        <v>1</v>
+      </c>
+      <c r="U12" s="62">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,5,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V12" s="65" t="str">
+        <v>14</v>
+      </c>
+      <c r="V12" s="63" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W12" s="66" t="str">
+      <c r="W12" s="64">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X12" s="67" t="str">
+        <v>13</v>
+      </c>
+      <c r="X12" s="65">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y12" s="68" t="str">
+        <v>1</v>
+      </c>
+      <c r="Y12" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z12" s="68" t="str">
+        <v>6</v>
+      </c>
+      <c r="Z12" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA12" s="69" t="str">
+        <v>1</v>
+      </c>
+      <c r="AA12" s="67">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB12" s="70" t="str">
+        <v>13</v>
+      </c>
+      <c r="AB12" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B7,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC12" t="str">
         <f>IF(IFERROR(VLOOKUP($P12,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P12)&gt;Factors!$D$12,LEFT(P12,Factors!$D$12)&amp;".",P12),VLOOKUP($P12,Plan!$D$7:$E$42,2,0))</f>
         <v>FC Baye.</v>
       </c>
-      <c r="AE12" s="225" t="str">
+      <c r="AE12" s="208">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF12" s="226" t="str">
+        <v>4</v>
+      </c>
+      <c r="AF12" s="209" t="str">
         <f t="shared" si="0"/>
         <v>FC Bayern München</v>
       </c>
-      <c r="AG12" s="421" t="str">
+      <c r="AG12" s="403" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AH12" s="423" t="str">
+        <v>1 : 7</v>
+      </c>
+      <c r="AH12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI12" s="423" t="str">
+      <c r="AI12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ12" s="422"/>
-      <c r="AK12" s="423" t="str">
+      <c r="AJ12" s="404"/>
+      <c r="AK12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AL12" s="423" t="str">
+        <v>3 : 2</v>
+      </c>
+      <c r="AL12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM12" s="423" t="str">
+      <c r="AM12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN12" s="423" t="str">
+      <c r="AN12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AO12" s="423" t="str">
+        <v>2 : 1</v>
+      </c>
+      <c r="AO12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP12" s="423" t="str">
+      <c r="AP12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ12" s="423" t="str">
+      <c r="AQ12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AR12" s="423" t="str">
+        <v>2 : 2</v>
+      </c>
+      <c r="AR12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS12" s="423" t="str">
+      <c r="AS12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AT12" s="423" t="str">
+        <v>3 : 0</v>
+      </c>
+      <c r="AT12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU12" s="423" t="str">
+      <c r="AU12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV12" s="423" t="str">
+      <c r="AV12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW12" s="423" t="str">
+      <c r="AW12" s="405" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AX12" s="424" t="str">
+        <v>3 : 1</v>
+      </c>
+      <c r="AX12" s="406" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY12" s="229"/>
-[...20 lines deleted...]
-      <c r="C13" s="22">
+      <c r="AY12" s="212"/>
+      <c r="AZ12" s="212"/>
+      <c r="BA12" s="212"/>
+      <c r="BB12" s="212"/>
+      <c r="BC12" s="212"/>
+      <c r="BD12" s="212"/>
+      <c r="BE12" s="212"/>
+      <c r="BF12" s="212"/>
+      <c r="BG12" s="212"/>
+      <c r="BH12" s="212"/>
+      <c r="BI12" s="212"/>
+      <c r="BJ12" s="212"/>
+      <c r="BK12" s="212"/>
+      <c r="BL12" s="212"/>
+      <c r="BM12" s="212"/>
+      <c r="BN12" s="212"/>
+      <c r="BO12" s="212"/>
+      <c r="BP12" s="212"/>
+    </row>
+    <row r="13" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B13" s="23"/>
+      <c r="C13" s="21">
         <v>5</v>
       </c>
-      <c r="D13" s="19">
+      <c r="D13" s="479">
         <f>IF(Plan!$T11="","",Plan!$T11)</f>
         <v>45938</v>
       </c>
-      <c r="E13" s="20">
+      <c r="E13" s="19">
         <f>IF(Plan!$U11="","",Plan!$U11)</f>
         <v>0.78125</v>
       </c>
-      <c r="F13" s="47" t="str">
+      <c r="F13" s="45" t="str">
         <f>Plan!$Q11</f>
         <v>FC Twente</v>
       </c>
-      <c r="G13" s="21" t="s">
+      <c r="G13" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H13" s="47" t="str">
+      <c r="H13" s="45" t="str">
         <f>Plan!$S11</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="I13" s="49"/>
-[...6 lines deleted...]
-      <c r="O13" s="258" t="str">
+      <c r="I13" s="47">
+        <v>1</v>
+      </c>
+      <c r="J13" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K13" s="49">
+        <v>1</v>
+      </c>
+      <c r="L13" s="25"/>
+      <c r="M13" s="26"/>
+      <c r="O13" s="241">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B8,Calc!$C$4:$E$21,3,0)=MAX(O$9:O12),VLOOKUP(Calc!B8,Calc!$C$4:$E$21,3,0),Calc!B8))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="P13" s="259" t="str">
+        <v>5</v>
+      </c>
+      <c r="P13" s="242" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C8,VLOOKUP(Calc!B8,Calc!$C$4:$N$21,4,0))</f>
-        <v>SL Benfica</v>
-[...1 lines deleted...]
-      <c r="Q13" s="260" t="str">
+        <v>Arsenal WFC</v>
+      </c>
+      <c r="Q13" s="243">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,9,0))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R13" s="261" t="str">
+        <v>6</v>
+      </c>
+      <c r="R13" s="244">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,10,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="S13" s="261" t="str">
+        <v>4</v>
+      </c>
+      <c r="S13" s="244">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,11,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="T13" s="262" t="str">
+        <v>0</v>
+      </c>
+      <c r="T13" s="245">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,12,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="U13" s="263" t="str">
+        <v>2</v>
+      </c>
+      <c r="U13" s="246">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,5,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V13" s="264" t="str">
+        <v>11</v>
+      </c>
+      <c r="V13" s="247" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W13" s="265" t="str">
+      <c r="W13" s="248">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X13" s="266" t="str">
+        <v>6</v>
+      </c>
+      <c r="X13" s="249">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y13" s="267" t="str">
+        <v>5</v>
+      </c>
+      <c r="Y13" s="250">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z13" s="267" t="str">
+        <v>7</v>
+      </c>
+      <c r="Z13" s="250">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA13" s="268" t="str">
+        <v>2</v>
+      </c>
+      <c r="AA13" s="251">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB13" s="70" t="str">
+        <v>12</v>
+      </c>
+      <c r="AB13" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B8,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC13" t="str">
         <f>IF(IFERROR(VLOOKUP($P13,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P13)&gt;Factors!$D$12,LEFT(P13,Factors!$D$12)&amp;".",P13),VLOOKUP($P13,Plan!$D$7:$E$42,2,0))</f>
-        <v>SL Benf.</v>
-[...1 lines deleted...]
-      <c r="AE13" s="225" t="str">
+        <v>Arsenal.</v>
+      </c>
+      <c r="AE13" s="208">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF13" s="226" t="str">
+        <v>5</v>
+      </c>
+      <c r="AF13" s="209" t="str">
         <f t="shared" si="0"/>
-        <v>SL Benfica</v>
-[...1 lines deleted...]
-      <c r="AG13" s="421" t="str">
+        <v>Arsenal WFC</v>
+      </c>
+      <c r="AG13" s="403" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH13" s="423" t="str">
+      <c r="AH13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AI13" s="423" t="str">
+        <v>1 : 2</v>
+      </c>
+      <c r="AI13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ13" s="423" t="str">
+      <c r="AJ13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...2 lines deleted...]
-      <c r="AL13" s="423" t="str">
+        <v>2 : 3</v>
+      </c>
+      <c r="AK13" s="404"/>
+      <c r="AL13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM13" s="423" t="str">
+      <c r="AM13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AN13" s="423" t="str">
+        <v>2 : 1</v>
+      </c>
+      <c r="AN13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO13" s="423" t="str">
+      <c r="AO13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP13" s="423" t="str">
+      <c r="AP13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ13" s="423" t="str">
+      <c r="AQ13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR13" s="423" t="str">
+      <c r="AR13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AS13" s="423" t="str">
+        <v>3 : 0</v>
+      </c>
+      <c r="AS13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT13" s="423" t="str">
+      <c r="AT13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU13" s="423" t="str">
+      <c r="AU13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AV13" s="423" t="str">
+        <v>1 : 0</v>
+      </c>
+      <c r="AV13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AW13" s="423" t="str">
+        <v>2 : 0</v>
+      </c>
+      <c r="AW13" s="405" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX13" s="424" t="str">
+      <c r="AX13" s="406" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY13" s="229"/>
-[...20 lines deleted...]
-      <c r="C14" s="22">
+      <c r="AY13" s="212"/>
+      <c r="AZ13" s="212"/>
+      <c r="BA13" s="212"/>
+      <c r="BB13" s="212"/>
+      <c r="BC13" s="212"/>
+      <c r="BD13" s="212"/>
+      <c r="BE13" s="212"/>
+      <c r="BF13" s="212"/>
+      <c r="BG13" s="212"/>
+      <c r="BH13" s="212"/>
+      <c r="BI13" s="212"/>
+      <c r="BJ13" s="212"/>
+      <c r="BK13" s="212"/>
+      <c r="BL13" s="212"/>
+      <c r="BM13" s="212"/>
+      <c r="BN13" s="212"/>
+      <c r="BO13" s="212"/>
+      <c r="BP13" s="212"/>
+    </row>
+    <row r="14" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B14" s="23"/>
+      <c r="C14" s="21">
         <v>6</v>
       </c>
-      <c r="D14" s="19">
+      <c r="D14" s="479">
         <f>IF(Plan!$T12="","",Plan!$T12)</f>
         <v>45938</v>
       </c>
-      <c r="E14" s="20">
+      <c r="E14" s="19">
         <f>IF(Plan!$U12="","",Plan!$U12)</f>
         <v>0.78125</v>
       </c>
-      <c r="F14" s="47" t="str">
+      <c r="F14" s="45" t="str">
         <f>Plan!$Q12</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G14" s="21" t="s">
+      <c r="G14" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H14" s="47" t="str">
+      <c r="H14" s="45" t="str">
         <f>Plan!$S12</f>
         <v>AS Rom</v>
       </c>
-      <c r="I14" s="49"/>
-[...6 lines deleted...]
-      <c r="O14" s="258" t="str">
+      <c r="I14" s="47">
+        <v>6</v>
+      </c>
+      <c r="J14" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K14" s="49">
+        <v>2</v>
+      </c>
+      <c r="L14" s="25"/>
+      <c r="M14" s="26"/>
+      <c r="O14" s="241">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B9,Calc!$C$4:$E$21,3,0)=MAX(O$9:O13),VLOOKUP(Calc!B9,Calc!$C$4:$E$21,3,0),Calc!B9))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="P14" s="259" t="str">
+        <v>6</v>
+      </c>
+      <c r="P14" s="242" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C9,VLOOKUP(Calc!B9,Calc!$C$4:$N$21,4,0))</f>
-        <v>Chelsea FC</v>
-[...1 lines deleted...]
-      <c r="Q14" s="260" t="str">
+        <v>Manchester United</v>
+      </c>
+      <c r="Q14" s="243">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,9,0))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R14" s="261" t="str">
+        <v>6</v>
+      </c>
+      <c r="R14" s="244">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,10,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="S14" s="261" t="str">
+        <v>4</v>
+      </c>
+      <c r="S14" s="244">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,11,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="T14" s="262" t="str">
+        <v>0</v>
+      </c>
+      <c r="T14" s="245">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,12,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="U14" s="263" t="str">
+        <v>2</v>
+      </c>
+      <c r="U14" s="246">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,5,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V14" s="264" t="str">
+        <v>7</v>
+      </c>
+      <c r="V14" s="247" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W14" s="265" t="str">
+      <c r="W14" s="248">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X14" s="266" t="str">
+        <v>9</v>
+      </c>
+      <c r="X14" s="249">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y14" s="267" t="str">
+        <v>-2</v>
+      </c>
+      <c r="Y14" s="250">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z14" s="267" t="str">
+        <v>4</v>
+      </c>
+      <c r="Z14" s="250">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA14" s="268" t="str">
+        <v>2</v>
+      </c>
+      <c r="AA14" s="251">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB14" s="70" t="str">
+        <v>12</v>
+      </c>
+      <c r="AB14" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B9,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC14" t="str">
         <f>IF(IFERROR(VLOOKUP($P14,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P14)&gt;Factors!$D$12,LEFT(P14,Factors!$D$12)&amp;".",P14),VLOOKUP($P14,Plan!$D$7:$E$42,2,0))</f>
-        <v>Chelsea.</v>
-[...1 lines deleted...]
-      <c r="AE14" s="225" t="str">
+        <v>Manches.</v>
+      </c>
+      <c r="AE14" s="208">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF14" s="226" t="str">
+        <v>6</v>
+      </c>
+      <c r="AF14" s="209" t="str">
         <f t="shared" si="0"/>
-        <v>Chelsea FC</v>
-[...1 lines deleted...]
-      <c r="AG14" s="421" t="str">
+        <v>Manchester United</v>
+      </c>
+      <c r="AG14" s="403" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH14" s="423" t="str">
+      <c r="AH14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AI14" s="423" t="str">
+        <v>0 : 3</v>
+      </c>
+      <c r="AI14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ14" s="423" t="str">
+      <c r="AJ14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK14" s="423" t="str">
+      <c r="AK14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL14" s="422"/>
-      <c r="AM14" s="423" t="str">
+      <c r="AL14" s="404"/>
+      <c r="AM14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN14" s="423" t="str">
+      <c r="AN14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AO14" s="423" t="str">
+        <v>1 : 0</v>
+      </c>
+      <c r="AO14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AP14" s="423" t="str">
+        <v>2 : 5</v>
+      </c>
+      <c r="AP14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ14" s="423" t="str">
+      <c r="AQ14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AR14" s="423" t="str">
+        <v>1 : 0</v>
+      </c>
+      <c r="AR14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS14" s="423" t="str">
+      <c r="AS14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AT14" s="423" t="str">
+        <v>1 : 0</v>
+      </c>
+      <c r="AT14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU14" s="423" t="str">
+      <c r="AU14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV14" s="423" t="str">
+      <c r="AV14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW14" s="423" t="str">
+      <c r="AW14" s="405" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AX14" s="424" t="str">
+        <v>2 : 1</v>
+      </c>
+      <c r="AX14" s="406" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY14" s="229"/>
-[...20 lines deleted...]
-      <c r="C15" s="22">
+      <c r="AY14" s="212"/>
+      <c r="AZ14" s="212"/>
+      <c r="BA14" s="212"/>
+      <c r="BB14" s="212"/>
+      <c r="BC14" s="212"/>
+      <c r="BD14" s="212"/>
+      <c r="BE14" s="212"/>
+      <c r="BF14" s="212"/>
+      <c r="BG14" s="212"/>
+      <c r="BH14" s="212"/>
+      <c r="BI14" s="212"/>
+      <c r="BJ14" s="212"/>
+      <c r="BK14" s="212"/>
+      <c r="BL14" s="212"/>
+      <c r="BM14" s="212"/>
+      <c r="BN14" s="212"/>
+      <c r="BO14" s="212"/>
+      <c r="BP14" s="212"/>
+    </row>
+    <row r="15" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B15" s="23"/>
+      <c r="C15" s="21">
         <v>7</v>
       </c>
-      <c r="D15" s="19">
+      <c r="D15" s="479">
         <f>IF(Plan!$T13="","",Plan!$T13)</f>
         <v>45938</v>
       </c>
-      <c r="E15" s="20">
+      <c r="E15" s="19">
         <f>IF(Plan!$U13="","",Plan!$U13)</f>
         <v>0.875</v>
       </c>
-      <c r="F15" s="47" t="str">
+      <c r="F15" s="45" t="str">
         <f>Plan!$Q13</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G15" s="21" t="s">
+      <c r="G15" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H15" s="47" t="str">
+      <c r="H15" s="45" t="str">
         <f>Plan!$S13</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="I15" s="49"/>
-[...6 lines deleted...]
-      <c r="O15" s="258" t="str">
+      <c r="I15" s="47">
+        <v>4</v>
+      </c>
+      <c r="J15" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K15" s="49">
+        <v>0</v>
+      </c>
+      <c r="L15" s="25"/>
+      <c r="M15" s="26"/>
+      <c r="O15" s="241">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B10,Calc!$C$4:$E$21,3,0)=MAX(O$9:O14),VLOOKUP(Calc!B10,Calc!$C$4:$E$21,3,0),Calc!B10))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="P15" s="259" t="str">
+        <v>7</v>
+      </c>
+      <c r="P15" s="242" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C10,VLOOKUP(Calc!B10,Calc!$C$4:$N$21,4,0))</f>
-        <v>Juventus FC</v>
-[...1 lines deleted...]
-      <c r="Q15" s="260" t="str">
+        <v>Real Madrid</v>
+      </c>
+      <c r="Q15" s="243">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,9,0))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R15" s="261" t="str">
+        <v>6</v>
+      </c>
+      <c r="R15" s="244">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,10,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="S15" s="261" t="str">
+        <v>3</v>
+      </c>
+      <c r="S15" s="244">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,11,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="T15" s="262" t="str">
+        <v>2</v>
+      </c>
+      <c r="T15" s="245">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,12,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="U15" s="263" t="str">
+        <v>1</v>
+      </c>
+      <c r="U15" s="246">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,5,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V15" s="264" t="str">
+        <v>13</v>
+      </c>
+      <c r="V15" s="247" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W15" s="265" t="str">
+      <c r="W15" s="248">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X15" s="266" t="str">
+        <v>7</v>
+      </c>
+      <c r="X15" s="249">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y15" s="267" t="str">
+        <v>6</v>
+      </c>
+      <c r="Y15" s="250">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z15" s="267" t="str">
+        <v>4</v>
+      </c>
+      <c r="Z15" s="250">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA15" s="268" t="str">
+        <v>1</v>
+      </c>
+      <c r="AA15" s="251">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB15" s="70" t="str">
+        <v>11</v>
+      </c>
+      <c r="AB15" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B10,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC15" t="str">
         <f>IF(IFERROR(VLOOKUP($P15,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P15)&gt;Factors!$D$12,LEFT(P15,Factors!$D$12)&amp;".",P15),VLOOKUP($P15,Plan!$D$7:$E$42,2,0))</f>
+        <v>Real Ma.</v>
+      </c>
+      <c r="AE15" s="208">
+        <f t="shared" si="0"/>
+        <v>7</v>
+      </c>
+      <c r="AF15" s="209" t="str">
+        <f t="shared" si="0"/>
+        <v>Real Madrid</v>
+      </c>
+      <c r="AG15" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AH15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AI15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AJ15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AK15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AL15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AM15" s="404"/>
+      <c r="AN15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AO15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 0</v>
+      </c>
+      <c r="AP15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AQ15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AR15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AS15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AT15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>6 : 2</v>
+      </c>
+      <c r="AU15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AV15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AW15" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 1</v>
+      </c>
+      <c r="AX15" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P15&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AY15" s="212"/>
+      <c r="AZ15" s="212"/>
+      <c r="BA15" s="212"/>
+      <c r="BB15" s="212"/>
+      <c r="BC15" s="212"/>
+      <c r="BD15" s="212"/>
+      <c r="BE15" s="212"/>
+      <c r="BF15" s="212"/>
+      <c r="BG15" s="212"/>
+      <c r="BH15" s="212"/>
+      <c r="BI15" s="212"/>
+      <c r="BJ15" s="212"/>
+      <c r="BK15" s="212"/>
+      <c r="BL15" s="212"/>
+      <c r="BM15" s="212"/>
+      <c r="BN15" s="212"/>
+      <c r="BO15" s="212"/>
+      <c r="BP15" s="212"/>
+    </row>
+    <row r="16" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B16" s="23"/>
+      <c r="C16" s="21">
+        <v>8</v>
+      </c>
+      <c r="D16" s="479">
+        <f>IF(Plan!$T14="","",Plan!$T14)</f>
+        <v>45938</v>
+      </c>
+      <c r="E16" s="19">
+        <f>IF(Plan!$U14="","",Plan!$U14)</f>
+        <v>0.875</v>
+      </c>
+      <c r="F16" s="45" t="str">
+        <f>Plan!$Q14</f>
+        <v>SKN St. Pölten</v>
+      </c>
+      <c r="G16" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="H16" s="45" t="str">
+        <f>Plan!$S14</f>
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="I16" s="47">
+        <v>0</v>
+      </c>
+      <c r="J16" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K16" s="49">
+        <v>6</v>
+      </c>
+      <c r="L16" s="25"/>
+      <c r="M16" s="26"/>
+      <c r="O16" s="241">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B11,Calc!$C$4:$E$21,3,0)=MAX(O$9:O15),VLOOKUP(Calc!B11,Calc!$C$4:$E$21,3,0),Calc!B11))</f>
+        <v>8</v>
+      </c>
+      <c r="P16" s="242" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C11,VLOOKUP(Calc!B11,Calc!$C$4:$N$21,4,0))</f>
+        <v>Juventus FC</v>
+      </c>
+      <c r="Q16" s="243">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R16" s="244">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,10,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="S16" s="244">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,11,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="T16" s="245">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,12,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="U16" s="246">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,5,0)))</f>
+        <v>13</v>
+      </c>
+      <c r="V16" s="247" t="str">
+        <f>Language!$E$90</f>
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W16" s="248">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,6,0)))</f>
+        <v>8</v>
+      </c>
+      <c r="X16" s="249">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,7,0)))</f>
+        <v>5</v>
+      </c>
+      <c r="Y16" s="250">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$P$21,13,0)))</f>
+        <v>8</v>
+      </c>
+      <c r="Z16" s="250">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$P$21,14,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="AA16" s="251">
+        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,8,0)))</f>
+        <v>10</v>
+      </c>
+      <c r="AB16" s="68" t="str">
+        <f>IF(VLOOKUP(Calc!B11,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$Q$21,15,0))</f>
+        <v/>
+      </c>
+      <c r="AC16" t="str">
+        <f>IF(IFERROR(VLOOKUP($P16,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P16)&gt;Factors!$D$12,LEFT(P16,Factors!$D$12)&amp;".",P16),VLOOKUP($P16,Plan!$D$7:$E$42,2,0))</f>
         <v>Juventu.</v>
       </c>
-      <c r="AE15" s="225" t="str">
+      <c r="AE16" s="208">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF15" s="226" t="str">
+        <v>8</v>
+      </c>
+      <c r="AF16" s="209" t="str">
         <f t="shared" si="0"/>
         <v>Juventus FC</v>
       </c>
-      <c r="AG15" s="421" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AG16" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AH16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>3 : 3</v>
+      </c>
+      <c r="AI16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AJ16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AK16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AL16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 1</v>
+      </c>
+      <c r="AM16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AN16" s="404"/>
+      <c r="AO16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AP16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM15" s="422"/>
-[...1 lines deleted...]
-        <f>IFERROR(VLOOKUP($P15&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AQ16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 1</v>
+      </c>
+      <c r="AR16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AS16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AT16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AU16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR15" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P15&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AV16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 1</v>
+      </c>
+      <c r="AW16" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS15" s="423" t="str">
-[...48 lines deleted...]
-        <f>IF(Plan!$T14="","",Plan!$T14)</f>
+      <c r="AX16" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P16&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>5 : 0</v>
+      </c>
+      <c r="AY16" s="212"/>
+      <c r="AZ16" s="212"/>
+      <c r="BA16" s="212"/>
+      <c r="BB16" s="212"/>
+      <c r="BC16" s="212"/>
+      <c r="BD16" s="212"/>
+      <c r="BE16" s="212"/>
+      <c r="BF16" s="212"/>
+      <c r="BG16" s="212"/>
+      <c r="BH16" s="212"/>
+      <c r="BI16" s="212"/>
+      <c r="BJ16" s="212"/>
+      <c r="BK16" s="212"/>
+      <c r="BL16" s="212"/>
+      <c r="BM16" s="212"/>
+      <c r="BN16" s="212"/>
+      <c r="BO16" s="212"/>
+      <c r="BP16" s="212"/>
+    </row>
+    <row r="17" spans="2:68" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B17" s="23"/>
+      <c r="C17" s="21">
+        <v>9</v>
+      </c>
+      <c r="D17" s="479">
+        <f>IF(Plan!$T15="","",Plan!$T15)</f>
         <v>45938</v>
       </c>
-      <c r="E16" s="20">
-        <f>IF(Plan!$U14="","",Plan!$U14)</f>
+      <c r="E17" s="19">
+        <f>IF(Plan!$U15="","",Plan!$U15)</f>
         <v>0.875</v>
       </c>
-      <c r="F16" s="47" t="str">
-[...3 lines deleted...]
-      <c r="G16" s="21" t="s">
+      <c r="F17" s="45" t="str">
+        <f>Plan!$Q15</f>
+        <v>Manchester United</v>
+      </c>
+      <c r="G17" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H16" s="47" t="str">
-[...38 lines deleted...]
-      <c r="V16" s="264" t="str">
+      <c r="H17" s="45" t="str">
+        <f>Plan!$S15</f>
+        <v>Valerenga IF</v>
+      </c>
+      <c r="I17" s="47">
+        <v>1</v>
+      </c>
+      <c r="J17" s="473" t="s">
+        <v>235</v>
+      </c>
+      <c r="K17" s="49">
+        <v>0</v>
+      </c>
+      <c r="L17" s="25"/>
+      <c r="M17" s="471"/>
+      <c r="O17" s="263">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B12,Calc!$C$4:$E$21,3,0)=MAX(O$9:O16),VLOOKUP(Calc!B12,Calc!$C$4:$E$21,3,0),Calc!B12))</f>
+        <v>9</v>
+      </c>
+      <c r="P17" s="264" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C12,VLOOKUP(Calc!B12,Calc!$C$4:$N$21,4,0))</f>
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="Q17" s="265">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R17" s="266">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,10,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="S17" s="266">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,11,0)))</f>
+        <v>0</v>
+      </c>
+      <c r="T17" s="267">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,12,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="U17" s="268">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,5,0)))</f>
+        <v>13</v>
+      </c>
+      <c r="V17" s="269" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W16" s="265" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,6,0)))</f>
+      <c r="W17" s="270">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,6,0)))</f>
+        <v>10</v>
+      </c>
+      <c r="X17" s="271">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,7,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="Y17" s="272">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$P$21,13,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="Z17" s="272">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$P$21,14,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="AA17" s="273">
+        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,8,0)))</f>
+        <v>9</v>
+      </c>
+      <c r="AB17" s="68" t="str">
+        <f>IF(VLOOKUP(Calc!B12,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
-      <c r="X16" s="266" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,7,0)))</f>
+      <c r="AC17" t="str">
+        <f>IF(IFERROR(VLOOKUP($P17,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P17)&gt;Factors!$D$12,LEFT(P17,Factors!$D$12)&amp;".",P17),VLOOKUP($P17,Plan!$D$7:$E$42,2,0))</f>
+        <v>VfL Wol.</v>
+      </c>
+      <c r="AE17" s="208">
+        <f t="shared" si="0"/>
+        <v>9</v>
+      </c>
+      <c r="AF17" s="209" t="str">
+        <f t="shared" si="0"/>
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="AG17" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="Y16" s="267" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$P$21,13,0)))</f>
+      <c r="AH17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 3</v>
+      </c>
+      <c r="AI17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AJ17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="Z16" s="267" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$P$21,14,0)))</f>
+      <c r="AK17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AA16" s="268" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,8,0)))</f>
+      <c r="AL17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>5 : 2</v>
+      </c>
+      <c r="AM17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 2</v>
+      </c>
+      <c r="AN17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AB16" s="70" t="str">
-        <f>IF(VLOOKUP(Calc!B11,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$Q$21,15,0))</f>
+      <c r="AO17" s="404"/>
+      <c r="AP17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AC16" t="str">
-[...4 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="AQ17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AF16" s="226" t="str">
-[...4 lines deleted...]
-        <f>IFERROR(VLOOKUP($P16&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AR17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH16" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P16&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AS17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 1</v>
+      </c>
+      <c r="AT17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI16" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P16&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AU17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ16" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P16&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AV17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK16" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P16&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AW17" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>4 : 0</v>
+      </c>
+      <c r="AX17" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P17&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL16" s="423" t="str">
-[...84 lines deleted...]
-      <c r="G17" s="21" t="s">
+      <c r="AY17" s="212"/>
+      <c r="AZ17" s="212"/>
+      <c r="BA17" s="212"/>
+      <c r="BB17" s="212"/>
+      <c r="BC17" s="212"/>
+      <c r="BD17" s="212"/>
+      <c r="BE17" s="212"/>
+      <c r="BF17" s="212"/>
+      <c r="BG17" s="212"/>
+      <c r="BH17" s="212"/>
+      <c r="BI17" s="212"/>
+      <c r="BJ17" s="212"/>
+      <c r="BK17" s="212"/>
+      <c r="BL17" s="212"/>
+      <c r="BM17" s="212"/>
+      <c r="BN17" s="212"/>
+      <c r="BO17" s="212"/>
+      <c r="BP17" s="212"/>
+    </row>
+    <row r="18" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B18" s="27">
+        <v>2</v>
+      </c>
+      <c r="C18" s="28">
+        <v>10</v>
+      </c>
+      <c r="D18" s="480">
+        <f>IF(Plan!$T16="","",Plan!$T16)</f>
+        <v>45945</v>
+      </c>
+      <c r="E18" s="29">
+        <f>IF(Plan!$U16="","",Plan!$U16)</f>
+        <v>0.78125</v>
+      </c>
+      <c r="F18" s="46" t="str">
+        <f>Plan!$Q16</f>
+        <v>Valerenga IF</v>
+      </c>
+      <c r="G18" s="30" t="s">
         <v>170</v>
       </c>
-      <c r="H17" s="47" t="str">
-[...38 lines deleted...]
-      <c r="V17" s="286" t="str">
+      <c r="H18" s="46" t="str">
+        <f>Plan!$S16</f>
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="I18" s="48">
+        <v>1</v>
+      </c>
+      <c r="J18" s="472" t="s">
+        <v>235</v>
+      </c>
+      <c r="K18" s="50">
+        <v>2</v>
+      </c>
+      <c r="L18" s="31"/>
+      <c r="M18" s="470"/>
+      <c r="O18" s="263">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B13,Calc!$C$4:$E$21,3,0)=MAX(O$9:O17),VLOOKUP(Calc!B13,Calc!$C$4:$E$21,3,0),Calc!B13))</f>
+        <v>10</v>
+      </c>
+      <c r="P18" s="264" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C13,VLOOKUP(Calc!B13,Calc!$C$4:$N$21,4,0))</f>
+        <v>Paris FC</v>
+      </c>
+      <c r="Q18" s="265">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R18" s="266">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,10,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="S18" s="266">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,11,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="T18" s="267">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,12,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="U18" s="268">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,5,0)))</f>
+        <v>6</v>
+      </c>
+      <c r="V18" s="269" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W17" s="287" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,6,0)))</f>
+      <c r="W18" s="270">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,6,0)))</f>
+        <v>9</v>
+      </c>
+      <c r="X18" s="271">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,7,0)))</f>
+        <v>-3</v>
+      </c>
+      <c r="Y18" s="272">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$P$21,13,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="Z18" s="272">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$P$21,14,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="AA18" s="273">
+        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,8,0)))</f>
+        <v>8</v>
+      </c>
+      <c r="AB18" s="68" t="str">
+        <f>IF(VLOOKUP(Calc!B13,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
-      <c r="X17" s="288" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,7,0)))</f>
+      <c r="AC18" t="str">
+        <f>IF(IFERROR(VLOOKUP($P18,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P18)&gt;Factors!$D$12,LEFT(P18,Factors!$D$12)&amp;".",P18),VLOOKUP($P18,Plan!$D$7:$E$42,2,0))</f>
+        <v>Paris F.</v>
+      </c>
+      <c r="AE18" s="208">
+        <f t="shared" si="0"/>
+        <v>10</v>
+      </c>
+      <c r="AF18" s="209" t="str">
+        <f t="shared" si="0"/>
+        <v>Paris FC</v>
+      </c>
+      <c r="AG18" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 2</v>
+      </c>
+      <c r="AH18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="Y17" s="289" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$P$21,13,0)))</f>
+      <c r="AI18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 4</v>
+      </c>
+      <c r="AJ18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="Z17" s="289" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$P$21,14,0)))</f>
+      <c r="AK18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AA17" s="290" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,8,0)))</f>
+      <c r="AL18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AB17" s="70" t="str">
-        <f>IF(VLOOKUP(Calc!B12,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$Q$21,15,0))</f>
+      <c r="AM18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AN18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AC17" t="str">
-        <f>IF(IFERROR(VLOOKUP($P17,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P17)&gt;Factors!$D$12,LEFT(P17,Factors!$D$12)&amp;".",P17),VLOOKUP($P17,Plan!$D$7:$E$42,2,0))</f>
+      <c r="AO18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AP18" s="404"/>
+      <c r="AQ18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AR18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 2</v>
+      </c>
+      <c r="AS18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 0</v>
+      </c>
+      <c r="AT18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AU18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AV18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 0</v>
+      </c>
+      <c r="AW18" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AX18" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P18&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AY18" s="212"/>
+      <c r="AZ18" s="212"/>
+      <c r="BA18" s="212"/>
+      <c r="BB18" s="212"/>
+      <c r="BC18" s="212"/>
+      <c r="BD18" s="212"/>
+      <c r="BE18" s="212"/>
+      <c r="BF18" s="212"/>
+      <c r="BG18" s="212"/>
+      <c r="BH18" s="212"/>
+      <c r="BI18" s="212"/>
+      <c r="BJ18" s="212"/>
+      <c r="BK18" s="212"/>
+      <c r="BL18" s="212"/>
+      <c r="BM18" s="212"/>
+      <c r="BN18" s="212"/>
+      <c r="BO18" s="212"/>
+      <c r="BP18" s="212"/>
+    </row>
+    <row r="19" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B19" s="23"/>
+      <c r="C19" s="21">
+        <v>11</v>
+      </c>
+      <c r="D19" s="479">
+        <f>IF(Plan!$T17="","",Plan!$T17)</f>
+        <v>45945</v>
+      </c>
+      <c r="E19" s="19">
+        <f>IF(Plan!$U17="","",Plan!$U17)</f>
+        <v>0.78125</v>
+      </c>
+      <c r="F19" s="45" t="str">
+        <f>Plan!$Q17</f>
+        <v>OL Lyonnes</v>
+      </c>
+      <c r="G19" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="H19" s="45" t="str">
+        <f>Plan!$S17</f>
+        <v>SKN St. Pölten</v>
+      </c>
+      <c r="I19" s="47">
+        <v>3</v>
+      </c>
+      <c r="J19" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K19" s="49">
+        <v>0</v>
+      </c>
+      <c r="L19" s="25"/>
+      <c r="M19" s="26"/>
+      <c r="O19" s="263">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B14,Calc!$C$4:$E$21,3,0)=MAX(O$9:O18),VLOOKUP(Calc!B14,Calc!$C$4:$E$21,3,0),Calc!B14))</f>
+        <v>11</v>
+      </c>
+      <c r="P19" s="264" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C14,VLOOKUP(Calc!B14,Calc!$C$4:$N$21,4,0))</f>
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="Q19" s="265">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R19" s="266">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,10,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="S19" s="266">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,11,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="T19" s="267">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,12,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="U19" s="268">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,5,0)))</f>
+        <v>13</v>
+      </c>
+      <c r="V19" s="269" t="str">
+        <f>Language!$E$90</f>
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W19" s="270">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,6,0)))</f>
+        <v>9</v>
+      </c>
+      <c r="X19" s="271">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,7,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="Y19" s="272">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$P$21,13,0)))</f>
+        <v>10</v>
+      </c>
+      <c r="Z19" s="272">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$P$21,14,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="AA19" s="273">
+        <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,8,0)))</f>
+        <v>7</v>
+      </c>
+      <c r="AB19" s="68" t="str">
+        <f>IF(VLOOKUP(Calc!B14,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$Q$21,15,0))</f>
+        <v/>
+      </c>
+      <c r="AC19" t="str">
+        <f>IF(IFERROR(VLOOKUP($P19,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P19)&gt;Factors!$D$12,LEFT(P19,Factors!$D$12)&amp;".",P19),VLOOKUP($P19,Plan!$D$7:$E$42,2,0))</f>
+        <v>Atletic.</v>
+      </c>
+      <c r="AE19" s="208">
+        <f t="shared" si="0"/>
+        <v>11</v>
+      </c>
+      <c r="AF19" s="209" t="str">
+        <f t="shared" si="0"/>
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="AG19" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AH19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 4</v>
+      </c>
+      <c r="AI19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AJ19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 2</v>
+      </c>
+      <c r="AK19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AL19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 1</v>
+      </c>
+      <c r="AM19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AN19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AO19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AP19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AQ19" s="404"/>
+      <c r="AR19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AS19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AT19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AU19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>4 : 0</v>
+      </c>
+      <c r="AV19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AW19" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AX19" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P19&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>6 : 0</v>
+      </c>
+      <c r="AY19" s="212"/>
+      <c r="AZ19" s="212"/>
+      <c r="BA19" s="212"/>
+      <c r="BB19" s="212"/>
+      <c r="BC19" s="212"/>
+      <c r="BD19" s="212"/>
+      <c r="BE19" s="212"/>
+      <c r="BF19" s="212"/>
+      <c r="BG19" s="212"/>
+      <c r="BH19" s="212"/>
+      <c r="BI19" s="212"/>
+      <c r="BJ19" s="212"/>
+      <c r="BK19" s="212"/>
+      <c r="BL19" s="212"/>
+      <c r="BM19" s="212"/>
+      <c r="BN19" s="212"/>
+      <c r="BO19" s="212"/>
+      <c r="BP19" s="212"/>
+    </row>
+    <row r="20" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B20" s="23"/>
+      <c r="C20" s="21">
+        <v>12</v>
+      </c>
+      <c r="D20" s="479">
+        <f>IF(Plan!$T18="","",Plan!$T18)</f>
+        <v>45945</v>
+      </c>
+      <c r="E20" s="19">
+        <f>IF(Plan!$U18="","",Plan!$U18)</f>
+        <v>0.875</v>
+      </c>
+      <c r="F20" s="45" t="str">
+        <f>Plan!$Q18</f>
+        <v>Chelsea FC</v>
+      </c>
+      <c r="G20" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="H20" s="45" t="str">
+        <f>Plan!$S18</f>
+        <v>Paris FC</v>
+      </c>
+      <c r="I20" s="47">
+        <v>4</v>
+      </c>
+      <c r="J20" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K20" s="49">
+        <v>0</v>
+      </c>
+      <c r="L20" s="25"/>
+      <c r="M20" s="26"/>
+      <c r="O20" s="263">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B15,Calc!$C$4:$E$21,3,0)=MAX(O$9:O19),VLOOKUP(Calc!B15,Calc!$C$4:$E$21,3,0),Calc!B15))</f>
+        <v>12</v>
+      </c>
+      <c r="P20" s="264" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C15,VLOOKUP(Calc!B15,Calc!$C$4:$N$21,4,0))</f>
+        <v>Oud-Heverlee Leuven</v>
+      </c>
+      <c r="Q20" s="265">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R20" s="266">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,10,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="S20" s="266">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,11,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="T20" s="267">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,12,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="U20" s="268">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,5,0)))</f>
+        <v>5</v>
+      </c>
+      <c r="V20" s="269" t="str">
+        <f>Language!$E$90</f>
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W20" s="270">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,6,0)))</f>
+        <v>10</v>
+      </c>
+      <c r="X20" s="271">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,7,0)))</f>
+        <v>-5</v>
+      </c>
+      <c r="Y20" s="272">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$P$21,13,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="Z20" s="272">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$P$21,14,0)))</f>
+        <v>0</v>
+      </c>
+      <c r="AA20" s="273">
+        <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,8,0)))</f>
+        <v>6</v>
+      </c>
+      <c r="AB20" s="68" t="str">
+        <f>IF(VLOOKUP(Calc!B15,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$Q$21,15,0))</f>
+        <v/>
+      </c>
+      <c r="AC20" t="str">
+        <f>IF(IFERROR(VLOOKUP($P20,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P20)&gt;Factors!$D$12,LEFT(P20,Factors!$D$12)&amp;".",P20),VLOOKUP($P20,Plan!$D$7:$E$42,2,0))</f>
         <v>Oud-Hev.</v>
       </c>
-      <c r="AE17" s="225" t="str">
+      <c r="AE20" s="208">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF17" s="226" t="str">
+        <v>12</v>
+      </c>
+      <c r="AF20" s="209" t="str">
         <f t="shared" si="0"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="AG17" s="421" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AG20" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 3</v>
+      </c>
+      <c r="AH20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AI20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AJ20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AK20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 3</v>
+      </c>
+      <c r="AL20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AM20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AN20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AO20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AP20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 2</v>
+      </c>
+      <c r="AQ20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO17" s="422"/>
-[...1 lines deleted...]
-        <f>IFERROR(VLOOKUP($P17&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AR20" s="404"/>
+      <c r="AS20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AT20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AU20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 1</v>
+      </c>
+      <c r="AV20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR17" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P17&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AW20" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 0</v>
+      </c>
+      <c r="AX20" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P20&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS17" s="423" t="str">
-[...50 lines deleted...]
-        <f>IF(Plan!$T16="","",Plan!$T16)</f>
+      <c r="AY20" s="212"/>
+      <c r="AZ20" s="212"/>
+      <c r="BA20" s="212"/>
+      <c r="BB20" s="212"/>
+      <c r="BC20" s="212"/>
+      <c r="BD20" s="212"/>
+      <c r="BE20" s="212"/>
+      <c r="BF20" s="212"/>
+      <c r="BG20" s="212"/>
+      <c r="BH20" s="212"/>
+      <c r="BI20" s="212"/>
+      <c r="BJ20" s="212"/>
+      <c r="BK20" s="212"/>
+      <c r="BL20" s="212"/>
+      <c r="BM20" s="212"/>
+      <c r="BN20" s="212"/>
+      <c r="BO20" s="212"/>
+      <c r="BP20" s="212"/>
+    </row>
+    <row r="21" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B21" s="23"/>
+      <c r="C21" s="21">
+        <v>13</v>
+      </c>
+      <c r="D21" s="479">
+        <f>IF(Plan!$T19="","",Plan!$T19)</f>
         <v>45945</v>
       </c>
-      <c r="E18" s="31">
-[...4 lines deleted...]
-        <f>Plan!$Q16</f>
+      <c r="E21" s="19">
+        <f>IF(Plan!$U19="","",Plan!$U19)</f>
+        <v>0.875</v>
+      </c>
+      <c r="F21" s="45" t="str">
+        <f>Plan!$Q19</f>
+        <v>AS Rom</v>
+      </c>
+      <c r="G21" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="H21" s="45" t="str">
+        <f>Plan!$S19</f>
+        <v>FC Barcelona</v>
+      </c>
+      <c r="I21" s="47">
+        <v>0</v>
+      </c>
+      <c r="J21" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K21" s="49">
+        <v>4</v>
+      </c>
+      <c r="L21" s="25"/>
+      <c r="M21" s="26"/>
+      <c r="O21" s="252">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B16,Calc!$C$4:$E$21,3,0)=MAX(O$9:O20),VLOOKUP(Calc!B16,Calc!$C$4:$E$21,3,0),Calc!B16))</f>
+        <v>13</v>
+      </c>
+      <c r="P21" s="253" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C16,VLOOKUP(Calc!B16,Calc!$C$4:$N$21,4,0))</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G18" s="32" t="s">
-[...41 lines deleted...]
-      <c r="V18" s="286" t="str">
+      <c r="Q21" s="254">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R21" s="255">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,10,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="S21" s="255">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,11,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="T21" s="256">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,12,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="U21" s="257">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,5,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="V21" s="258" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W18" s="287" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,6,0)))</f>
+      <c r="W21" s="259">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,6,0)))</f>
+        <v>9</v>
+      </c>
+      <c r="X21" s="260">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,7,0)))</f>
+        <v>-5</v>
+      </c>
+      <c r="Y21" s="261">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$P$21,13,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="Z21" s="261">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$P$21,14,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="AA21" s="262">
+        <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,8,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="AB21" s="68" t="str">
+        <f>IF(VLOOKUP(Calc!B16,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
-      <c r="X18" s="288" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,7,0)))</f>
+      <c r="AC21" t="str">
+        <f>IF(IFERROR(VLOOKUP($P21,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P21)&gt;Factors!$D$12,LEFT(P21,Factors!$D$12)&amp;".",P21),VLOOKUP($P21,Plan!$D$7:$E$42,2,0))</f>
+        <v>Valeren.</v>
+      </c>
+      <c r="AE21" s="208">
+        <f t="shared" si="0"/>
+        <v>13</v>
+      </c>
+      <c r="AF21" s="209" t="str">
+        <f t="shared" si="0"/>
+        <v>Valerenga IF</v>
+      </c>
+      <c r="AG21" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="Y18" s="289" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$P$21,13,0)))</f>
+      <c r="AH21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="Z18" s="289" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$P$21,14,0)))</f>
+      <c r="AI21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AA18" s="290" t="str">
-        <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,8,0)))</f>
+      <c r="AJ21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 3</v>
+      </c>
+      <c r="AK21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AB18" s="70" t="str">
-        <f>IF(VLOOKUP(Calc!B13,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$Q$21,15,0))</f>
+      <c r="AL21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 1</v>
+      </c>
+      <c r="AM21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AC18" t="str">
-[...4 lines deleted...]
-        <f t="shared" si="0"/>
+      <c r="AN21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AF18" s="226" t="str">
-[...4 lines deleted...]
-        <f>IFERROR(VLOOKUP($P18&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AO21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AP21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 1</v>
+      </c>
+      <c r="AQ21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH18" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P18&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AR21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI18" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P18&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AS21" s="404"/>
+      <c r="AT21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 0</v>
+      </c>
+      <c r="AU21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ18" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P18&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AV21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK18" s="423" t="str">
-        <f>IFERROR(VLOOKUP($P18&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+      <c r="AW21" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL18" s="423" t="str">
-[...73 lines deleted...]
-        <f>IF(Plan!$T17="","",Plan!$T17)</f>
+      <c r="AX21" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P21&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>2 : 2</v>
+      </c>
+      <c r="AY21" s="212"/>
+      <c r="AZ21" s="212"/>
+      <c r="BA21" s="212"/>
+      <c r="BB21" s="212"/>
+      <c r="BC21" s="212"/>
+      <c r="BD21" s="212"/>
+      <c r="BE21" s="212"/>
+      <c r="BF21" s="212"/>
+      <c r="BG21" s="212"/>
+      <c r="BH21" s="212"/>
+      <c r="BI21" s="212"/>
+      <c r="BJ21" s="212"/>
+      <c r="BK21" s="212"/>
+      <c r="BL21" s="212"/>
+      <c r="BM21" s="212"/>
+      <c r="BN21" s="212"/>
+      <c r="BO21" s="212"/>
+      <c r="BP21" s="212"/>
+    </row>
+    <row r="22" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B22" s="23"/>
+      <c r="C22" s="21">
+        <v>14</v>
+      </c>
+      <c r="D22" s="479">
+        <f>IF(Plan!$T20="","",Plan!$T20)</f>
         <v>45945</v>
       </c>
-      <c r="E19" s="20">
-[...7 lines deleted...]
-      <c r="G19" s="21" t="s">
+      <c r="E22" s="19">
+        <f>IF(Plan!$U20="","",Plan!$U20)</f>
+        <v>0.875</v>
+      </c>
+      <c r="F22" s="45" t="str">
+        <f>Plan!$Q20</f>
+        <v>Oud-Heverlee Leuven</v>
+      </c>
+      <c r="G22" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H19" s="47" t="str">
-[...38 lines deleted...]
-      <c r="V19" s="286" t="str">
+      <c r="H22" s="45" t="str">
+        <f>Plan!$S20</f>
+        <v>FC Twente</v>
+      </c>
+      <c r="I22" s="47">
+        <v>2</v>
+      </c>
+      <c r="J22" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K22" s="49">
+        <v>1</v>
+      </c>
+      <c r="L22" s="25"/>
+      <c r="M22" s="26"/>
+      <c r="O22" s="252">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B17,Calc!$C$4:$E$21,3,0)=MAX(O$9:O21),VLOOKUP(Calc!B17,Calc!$C$4:$E$21,3,0),Calc!B17))</f>
+        <v>14</v>
+      </c>
+      <c r="P22" s="253" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C17,VLOOKUP(Calc!B17,Calc!$C$4:$N$21,4,0))</f>
+        <v>AS Rom</v>
+      </c>
+      <c r="Q22" s="254">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R22" s="255">
+        <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,10,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="S22" s="255">
+        <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,11,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="T22" s="256">
+        <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,12,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="U22" s="257">
+        <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,5,0)))</f>
+        <v>9</v>
+      </c>
+      <c r="V22" s="258" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W19" s="287" t="str">
-[...560 lines deleted...]
-      <c r="W22" s="276" t="str">
+      <c r="W22" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X22" s="277" t="str">
+        <v>19</v>
+      </c>
+      <c r="X22" s="260">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y22" s="278" t="str">
+        <v>-10</v>
+      </c>
+      <c r="Y22" s="261">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z22" s="278" t="str">
+        <v>3</v>
+      </c>
+      <c r="Z22" s="261">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA22" s="279" t="str">
+        <v>0</v>
+      </c>
+      <c r="AA22" s="262">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB22" s="70" t="str">
+        <v>4</v>
+      </c>
+      <c r="AB22" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B17,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC22" t="str">
         <f>IF(IFERROR(VLOOKUP($P22,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P22)&gt;Factors!$D$12,LEFT(P22,Factors!$D$12)&amp;".",P22),VLOOKUP($P22,Plan!$D$7:$E$42,2,0))</f>
         <v>AS Rom</v>
       </c>
-      <c r="AE22" s="225" t="str">
+      <c r="AE22" s="208">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF22" s="226" t="str">
+        <v>14</v>
+      </c>
+      <c r="AF22" s="209" t="str">
         <f t="shared" si="0"/>
         <v>AS Rom</v>
       </c>
-      <c r="AG22" s="421" t="str">
+      <c r="AG22" s="403" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AH22" s="423" t="str">
+        <v>0 : 4</v>
+      </c>
+      <c r="AH22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI22" s="423" t="str">
+      <c r="AI22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AJ22" s="423" t="str">
+        <v>0 : 6</v>
+      </c>
+      <c r="AJ22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK22" s="423" t="str">
+      <c r="AK22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL22" s="423" t="str">
+      <c r="AL22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM22" s="423" t="str">
+      <c r="AM22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AN22" s="423" t="str">
+        <v>2 : 6</v>
+      </c>
+      <c r="AN22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO22" s="423" t="str">
+      <c r="AO22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP22" s="423" t="str">
+      <c r="AP22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ22" s="423" t="str">
+      <c r="AQ22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR22" s="423" t="str">
+      <c r="AR22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AS22" s="423" t="str">
+        <v>1 : 1</v>
+      </c>
+      <c r="AS22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...2 lines deleted...]
-      <c r="AU22" s="423" t="str">
+        <v>0 : 1</v>
+      </c>
+      <c r="AT22" s="404"/>
+      <c r="AU22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV22" s="423" t="str">
+      <c r="AV22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW22" s="423" t="str">
+      <c r="AW22" s="405" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX22" s="424" t="str">
+      <c r="AX22" s="406" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...22 lines deleted...]
-      <c r="C23" s="22">
+        <v>6 : 1</v>
+      </c>
+      <c r="AY22" s="212"/>
+      <c r="AZ22" s="212"/>
+      <c r="BA22" s="212"/>
+      <c r="BB22" s="212"/>
+      <c r="BC22" s="212"/>
+      <c r="BD22" s="212"/>
+      <c r="BE22" s="212"/>
+      <c r="BF22" s="212"/>
+      <c r="BG22" s="212"/>
+      <c r="BH22" s="212"/>
+      <c r="BI22" s="212"/>
+      <c r="BJ22" s="212"/>
+      <c r="BK22" s="212"/>
+      <c r="BL22" s="212"/>
+      <c r="BM22" s="212"/>
+      <c r="BN22" s="212"/>
+      <c r="BO22" s="212"/>
+      <c r="BP22" s="212"/>
+    </row>
+    <row r="23" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B23" s="23"/>
+      <c r="C23" s="21">
         <v>15</v>
       </c>
-      <c r="D23" s="19">
+      <c r="D23" s="479">
         <f>IF(Plan!$T21="","",Plan!$T21)</f>
         <v>45946</v>
       </c>
-      <c r="E23" s="20">
+      <c r="E23" s="19">
         <f>IF(Plan!$U21="","",Plan!$U21)</f>
         <v>0.78125</v>
       </c>
-      <c r="F23" s="47" t="str">
+      <c r="F23" s="45" t="str">
         <f>Plan!$Q21</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G23" s="21" t="s">
+      <c r="G23" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H23" s="47" t="str">
+      <c r="H23" s="45" t="str">
         <f>Plan!$S21</f>
         <v>Manchester United</v>
       </c>
-      <c r="I23" s="49"/>
-[...6 lines deleted...]
-      <c r="O23" s="269" t="str">
+      <c r="I23" s="47">
+        <v>0</v>
+      </c>
+      <c r="J23" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K23" s="49">
+        <v>1</v>
+      </c>
+      <c r="L23" s="25"/>
+      <c r="M23" s="26"/>
+      <c r="O23" s="252">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B18,Calc!$C$4:$E$21,3,0)=MAX(O$9:O22),VLOOKUP(Calc!B18,Calc!$C$4:$E$21,3,0),Calc!B18))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="P23" s="270" t="str">
+        <v>15</v>
+      </c>
+      <c r="P23" s="253" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C18,VLOOKUP(Calc!B18,Calc!$C$4:$N$21,4,0))</f>
-        <v>SKN St. Pölten</v>
-[...1 lines deleted...]
-      <c r="Q23" s="271" t="str">
+        <v>FC Twente</v>
+      </c>
+      <c r="Q23" s="254">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,9,0))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="R23" s="272" t="str">
+        <v>6</v>
+      </c>
+      <c r="R23" s="255">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,10,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="S23" s="272" t="str">
+        <v>0</v>
+      </c>
+      <c r="S23" s="255">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,11,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="T23" s="273" t="str">
+        <v>3</v>
+      </c>
+      <c r="T23" s="256">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,12,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="U23" s="274" t="str">
+        <v>3</v>
+      </c>
+      <c r="U23" s="257">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,5,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="V23" s="275" t="str">
+        <v>4</v>
+      </c>
+      <c r="V23" s="258" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W23" s="276" t="str">
+      <c r="W23" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,6,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="X23" s="277" t="str">
+        <v>10</v>
+      </c>
+      <c r="X23" s="260">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,7,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Y23" s="278" t="str">
+        <v>-6</v>
+      </c>
+      <c r="Y23" s="261">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$P$21,13,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="Z23" s="278" t="str">
+        <v>2</v>
+      </c>
+      <c r="Z23" s="261">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$P$21,14,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AA23" s="279" t="str">
+        <v>0</v>
+      </c>
+      <c r="AA23" s="262">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,8,0)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AB23" s="70" t="str">
+        <v>3</v>
+      </c>
+      <c r="AB23" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B18,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC23" t="str">
         <f>IF(IFERROR(VLOOKUP($P23,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P23)&gt;Factors!$D$12,LEFT(P23,Factors!$D$12)&amp;".",P23),VLOOKUP($P23,Plan!$D$7:$E$42,2,0))</f>
+        <v>FC Twen.</v>
+      </c>
+      <c r="AE23" s="208">
+        <f t="shared" si="0"/>
+        <v>15</v>
+      </c>
+      <c r="AF23" s="209" t="str">
+        <f t="shared" si="0"/>
+        <v>FC Twente</v>
+      </c>
+      <c r="AG23" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AH23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AI23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AJ23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AK23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 1</v>
+      </c>
+      <c r="AL23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AM23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AN23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AO23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AP23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AQ23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 4</v>
+      </c>
+      <c r="AR23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AS23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AT23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AU23" s="404"/>
+      <c r="AV23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AW23" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AX23" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P23&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AY23" s="212"/>
+      <c r="AZ23" s="212"/>
+      <c r="BA23" s="212"/>
+      <c r="BB23" s="212"/>
+      <c r="BC23" s="212"/>
+      <c r="BD23" s="212"/>
+      <c r="BE23" s="212"/>
+      <c r="BF23" s="212"/>
+      <c r="BG23" s="212"/>
+      <c r="BH23" s="212"/>
+      <c r="BI23" s="212"/>
+      <c r="BJ23" s="212"/>
+      <c r="BK23" s="212"/>
+      <c r="BL23" s="212"/>
+      <c r="BM23" s="212"/>
+      <c r="BN23" s="212"/>
+      <c r="BO23" s="212"/>
+      <c r="BP23" s="212"/>
+    </row>
+    <row r="24" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B24" s="23"/>
+      <c r="C24" s="21">
+        <v>16</v>
+      </c>
+      <c r="D24" s="479">
+        <f>IF(Plan!$T22="","",Plan!$T22)</f>
+        <v>45946</v>
+      </c>
+      <c r="E24" s="19">
+        <f>IF(Plan!$U22="","",Plan!$U22)</f>
+        <v>0.875</v>
+      </c>
+      <c r="F24" s="45" t="str">
+        <f>Plan!$Q22</f>
+        <v>SL Benfica</v>
+      </c>
+      <c r="G24" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="H24" s="45" t="str">
+        <f>Plan!$S22</f>
+        <v>Arsenal WFC</v>
+      </c>
+      <c r="I24" s="47">
+        <v>0</v>
+      </c>
+      <c r="J24" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K24" s="49">
+        <v>2</v>
+      </c>
+      <c r="L24" s="25"/>
+      <c r="M24" s="26"/>
+      <c r="O24" s="252">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B19,Calc!$C$4:$E$21,3,0)=MAX(O$9:O23),VLOOKUP(Calc!B19,Calc!$C$4:$E$21,3,0),Calc!B19))</f>
+        <v>16</v>
+      </c>
+      <c r="P24" s="253" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C19,VLOOKUP(Calc!B19,Calc!$C$4:$N$21,4,0))</f>
+        <v>SL Benfica</v>
+      </c>
+      <c r="Q24" s="254">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R24" s="255">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,10,0)))</f>
+        <v>0</v>
+      </c>
+      <c r="S24" s="255">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,11,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="T24" s="256">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,12,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="U24" s="257">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,5,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="V24" s="258" t="str">
+        <f>Language!$E$90</f>
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W24" s="259">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,6,0)))</f>
+        <v>11</v>
+      </c>
+      <c r="X24" s="260">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,7,0)))</f>
+        <v>-7</v>
+      </c>
+      <c r="Y24" s="261">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$P$21,13,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="Z24" s="261">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$P$21,14,0)))</f>
+        <v>0</v>
+      </c>
+      <c r="AA24" s="262">
+        <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,8,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="AB24" s="68" t="str">
+        <f>IF(VLOOKUP(Calc!B19,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$Q$21,15,0))</f>
+        <v/>
+      </c>
+      <c r="AC24" t="str">
+        <f>IF(IFERROR(VLOOKUP($P24,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P24)&gt;Factors!$D$12,LEFT(P24,Factors!$D$12)&amp;".",P24),VLOOKUP($P24,Plan!$D$7:$E$42,2,0))</f>
+        <v>SL Benf.</v>
+      </c>
+      <c r="AE24" s="208">
+        <f t="shared" si="0"/>
+        <v>16</v>
+      </c>
+      <c r="AF24" s="209" t="str">
+        <f t="shared" si="0"/>
+        <v>SL Benfica</v>
+      </c>
+      <c r="AG24" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 3</v>
+      </c>
+      <c r="AH24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AI24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AJ24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AK24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 2</v>
+      </c>
+      <c r="AL24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AM24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AN24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AO24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AP24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 2</v>
+      </c>
+      <c r="AQ24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AR24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AS24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AT24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AU24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AV24" s="404"/>
+      <c r="AW24" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AX24" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P24&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AY24" s="212"/>
+      <c r="AZ24" s="212"/>
+      <c r="BA24" s="212"/>
+      <c r="BB24" s="212"/>
+      <c r="BC24" s="212"/>
+      <c r="BD24" s="212"/>
+      <c r="BE24" s="212"/>
+      <c r="BF24" s="212"/>
+      <c r="BG24" s="212"/>
+      <c r="BH24" s="212"/>
+      <c r="BI24" s="212"/>
+      <c r="BJ24" s="212"/>
+      <c r="BK24" s="212"/>
+      <c r="BL24" s="212"/>
+      <c r="BM24" s="212"/>
+      <c r="BN24" s="212"/>
+      <c r="BO24" s="212"/>
+      <c r="BP24" s="212"/>
+    </row>
+    <row r="25" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B25" s="23"/>
+      <c r="C25" s="21">
+        <v>17</v>
+      </c>
+      <c r="D25" s="479">
+        <f>IF(Plan!$T23="","",Plan!$T23)</f>
+        <v>45946</v>
+      </c>
+      <c r="E25" s="19">
+        <f>IF(Plan!$U23="","",Plan!$U23)</f>
+        <v>0.875</v>
+      </c>
+      <c r="F25" s="45" t="str">
+        <f>Plan!$Q23</f>
+        <v>FC Bayern München</v>
+      </c>
+      <c r="G25" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="H25" s="45" t="str">
+        <f>Plan!$S23</f>
+        <v>Juventus FC</v>
+      </c>
+      <c r="I25" s="47">
+        <v>2</v>
+      </c>
+      <c r="J25" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K25" s="49">
+        <v>1</v>
+      </c>
+      <c r="L25" s="25"/>
+      <c r="M25" s="26"/>
+      <c r="O25" s="252">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B20,Calc!$C$4:$E$21,3,0)=MAX(O$9:O24),VLOOKUP(Calc!B20,Calc!$C$4:$E$21,3,0),Calc!B20))</f>
+        <v>17</v>
+      </c>
+      <c r="P25" s="253" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C20,VLOOKUP(Calc!B20,Calc!$C$4:$N$21,4,0))</f>
+        <v>Paris St. Germain</v>
+      </c>
+      <c r="Q25" s="254">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R25" s="255">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,10,0)))</f>
+        <v>0</v>
+      </c>
+      <c r="S25" s="255">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,11,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="T25" s="256">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,12,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="U25" s="257">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,5,0)))</f>
+        <v>4</v>
+      </c>
+      <c r="V25" s="258" t="str">
+        <f>Language!$E$90</f>
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W25" s="259">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,6,0)))</f>
+        <v>12</v>
+      </c>
+      <c r="X25" s="260">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,7,0)))</f>
+        <v>-8</v>
+      </c>
+      <c r="Y25" s="261">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$P$21,13,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="Z25" s="261">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$P$21,14,0)))</f>
+        <v>0</v>
+      </c>
+      <c r="AA25" s="262">
+        <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,8,0)))</f>
+        <v>2</v>
+      </c>
+      <c r="AB25" s="68" t="str">
+        <f>IF(VLOOKUP(Calc!B20,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$Q$21,15,0))</f>
+        <v/>
+      </c>
+      <c r="AC25" t="str">
+        <f>IF(IFERROR(VLOOKUP($P25,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P25)&gt;Factors!$D$12,LEFT(P25,Factors!$D$12)&amp;".",P25),VLOOKUP($P25,Plan!$D$7:$E$42,2,0))</f>
+        <v>Paris S.</v>
+      </c>
+      <c r="AE25" s="208">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="AF25" s="209" t="str">
+        <f t="shared" si="0"/>
+        <v>Paris St. Germain</v>
+      </c>
+      <c r="AG25" s="403" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AH25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AI25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AJ25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 3</v>
+      </c>
+      <c r="AK25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AL25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AM25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 2</v>
+      </c>
+      <c r="AN25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AO25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 4</v>
+      </c>
+      <c r="AP25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AQ25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AR25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>0 : 0</v>
+      </c>
+      <c r="AS25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AT25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AU25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AV25" s="405" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v>1 : 1</v>
+      </c>
+      <c r="AW25" s="404"/>
+      <c r="AX25" s="406" t="str">
+        <f>IFERROR(VLOOKUP($P25&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
+        <v/>
+      </c>
+      <c r="AY25" s="212"/>
+      <c r="AZ25" s="212"/>
+      <c r="BA25" s="212"/>
+      <c r="BB25" s="212"/>
+      <c r="BC25" s="212"/>
+      <c r="BD25" s="212"/>
+      <c r="BE25" s="212"/>
+      <c r="BF25" s="212"/>
+      <c r="BG25" s="212"/>
+      <c r="BH25" s="212"/>
+      <c r="BI25" s="212"/>
+      <c r="BJ25" s="212"/>
+      <c r="BK25" s="212"/>
+      <c r="BL25" s="212"/>
+      <c r="BM25" s="212"/>
+      <c r="BN25" s="212"/>
+      <c r="BO25" s="212"/>
+      <c r="BP25" s="212"/>
+    </row>
+    <row r="26" spans="2:68" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B26" s="23"/>
+      <c r="C26" s="21">
+        <v>18</v>
+      </c>
+      <c r="D26" s="479">
+        <f>IF(Plan!$T24="","",Plan!$T24)</f>
+        <v>45946</v>
+      </c>
+      <c r="E26" s="19">
+        <f>IF(Plan!$U24="","",Plan!$U24)</f>
+        <v>0.875</v>
+      </c>
+      <c r="F26" s="45" t="str">
+        <f>Plan!$Q24</f>
+        <v>Paris St. Germain</v>
+      </c>
+      <c r="G26" s="20" t="s">
+        <v>170</v>
+      </c>
+      <c r="H26" s="45" t="str">
+        <f>Plan!$S24</f>
+        <v>Real Madrid</v>
+      </c>
+      <c r="I26" s="47">
+        <v>1</v>
+      </c>
+      <c r="J26" s="473" t="s">
+        <v>235</v>
+      </c>
+      <c r="K26" s="49">
+        <v>2</v>
+      </c>
+      <c r="L26" s="25"/>
+      <c r="M26" s="26"/>
+      <c r="O26" s="352">
+        <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B21,Calc!$C$4:$E$21,3,0)=MAX(O$9:O25),VLOOKUP(Calc!B21,Calc!$C$4:$E$21,3,0),Calc!B21))</f>
+        <v>18</v>
+      </c>
+      <c r="P26" s="353" t="str">
+        <f>IF(Calc!$K$22=0,Calc2!$C21,VLOOKUP(Calc!B21,Calc!$C$4:$N$21,4,0))</f>
+        <v>SKN St. Pölten</v>
+      </c>
+      <c r="Q26" s="389">
+        <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,9,0))</f>
+        <v>6</v>
+      </c>
+      <c r="R26" s="390">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,10,0)))</f>
+        <v>0</v>
+      </c>
+      <c r="S26" s="365">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,11,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="T26" s="366">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,12,0)))</f>
+        <v>5</v>
+      </c>
+      <c r="U26" s="367">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,5,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="V26" s="368" t="str">
+        <f>Language!$E$90</f>
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W26" s="369">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,6,0)))</f>
+        <v>28</v>
+      </c>
+      <c r="X26" s="370">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,7,0)))</f>
+        <v>-25</v>
+      </c>
+      <c r="Y26" s="371">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$P$21,13,0)))</f>
+        <v>3</v>
+      </c>
+      <c r="Z26" s="371">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$P$21,14,0)))</f>
+        <v>0</v>
+      </c>
+      <c r="AA26" s="372">
+        <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,8,0)))</f>
+        <v>1</v>
+      </c>
+      <c r="AB26" s="354" t="str">
+        <f>IF(VLOOKUP(Calc!B21,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$Q$21,15,0))</f>
+        <v/>
+      </c>
+      <c r="AC26" t="str">
+        <f>IF(IFERROR(VLOOKUP($P26,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P26)&gt;Factors!$D$12,LEFT(P26,Factors!$D$12)&amp;".",P26),VLOOKUP($P26,Plan!$D$7:$E$42,2,0))</f>
         <v>SKN St..</v>
       </c>
-      <c r="AE23" s="225" t="str">
+      <c r="AE26" s="410">
         <f t="shared" si="0"/>
-        <v/>
-[...1 lines deleted...]
-      <c r="AF23" s="226" t="str">
+        <v>18</v>
+      </c>
+      <c r="AF26" s="411" t="str">
         <f t="shared" si="0"/>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="AG23" s="421" t="str">
-[...560 lines deleted...]
-      <c r="AG26" s="425" t="str">
+      <c r="AG26" s="407" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH26" s="426" t="str">
+      <c r="AH26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AI26" s="426" t="str">
+        <v>0 : 3</v>
+      </c>
+      <c r="AI26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AJ26" s="426" t="str">
+        <v>0 : 6</v>
+      </c>
+      <c r="AJ26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK26" s="426" t="str">
+      <c r="AK26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL26" s="426" t="str">
+      <c r="AL26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM26" s="426" t="str">
+      <c r="AM26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN26" s="426" t="str">
+      <c r="AN26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AO26" s="426" t="str">
+        <v>0 : 5</v>
+      </c>
+      <c r="AO26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP26" s="426" t="str">
+      <c r="AP26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ26" s="426" t="str">
+      <c r="AQ26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AR26" s="426" t="str">
+        <v>0 : 6</v>
+      </c>
+      <c r="AR26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS26" s="426" t="str">
+      <c r="AS26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AT26" s="426" t="str">
+        <v>2 : 2</v>
+      </c>
+      <c r="AT26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AU26" s="426" t="str">
+        <v>1 : 6</v>
+      </c>
+      <c r="AU26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV26" s="426" t="str">
+      <c r="AV26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW26" s="426" t="str">
+      <c r="AW26" s="408" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX26" s="427"/>
-[...20 lines deleted...]
-      <c r="B27" s="28">
+      <c r="AX26" s="409"/>
+      <c r="AY26" s="212"/>
+      <c r="AZ26" s="212"/>
+      <c r="BA26" s="212"/>
+      <c r="BB26" s="212"/>
+      <c r="BC26" s="212"/>
+      <c r="BD26" s="212"/>
+      <c r="BE26" s="212"/>
+      <c r="BF26" s="212"/>
+      <c r="BG26" s="212"/>
+      <c r="BH26" s="212"/>
+      <c r="BI26" s="212"/>
+      <c r="BJ26" s="212"/>
+      <c r="BK26" s="212"/>
+      <c r="BL26" s="212"/>
+      <c r="BM26" s="212"/>
+      <c r="BN26" s="212"/>
+      <c r="BO26" s="212"/>
+      <c r="BP26" s="212"/>
+    </row>
+    <row r="27" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B27" s="27">
         <v>3</v>
       </c>
-      <c r="C27" s="29">
+      <c r="C27" s="28">
         <v>19</v>
       </c>
-      <c r="D27" s="30">
+      <c r="D27" s="480">
         <f>IF(Plan!$T25="","",Plan!$T25)</f>
         <v>45972</v>
       </c>
-      <c r="E27" s="31">
+      <c r="E27" s="29">
         <f>IF(Plan!$U25="","",Plan!$U25)</f>
         <v>0.78125</v>
       </c>
-      <c r="F27" s="48" t="str">
+      <c r="F27" s="46" t="str">
         <f>Plan!$Q25</f>
         <v>AS Rom</v>
       </c>
-      <c r="G27" s="32" t="s">
+      <c r="G27" s="30" t="s">
         <v>170</v>
       </c>
-      <c r="H27" s="48" t="str">
+      <c r="H27" s="46" t="str">
         <f>Plan!$S25</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="I27" s="50"/>
-[...47 lines deleted...]
-      <c r="C28" s="22">
+      <c r="I27" s="48">
+        <v>0</v>
+      </c>
+      <c r="J27" s="472" t="s">
+        <v>235</v>
+      </c>
+      <c r="K27" s="50">
+        <v>1</v>
+      </c>
+      <c r="L27" s="31"/>
+      <c r="M27" s="32"/>
+      <c r="AE27" s="210"/>
+      <c r="AF27" s="211"/>
+      <c r="AG27" s="212"/>
+      <c r="AH27" s="212"/>
+      <c r="AI27" s="212"/>
+      <c r="AJ27" s="212"/>
+      <c r="AK27" s="212"/>
+      <c r="AL27" s="212"/>
+      <c r="AM27" s="212"/>
+      <c r="AN27" s="212"/>
+      <c r="AO27" s="212"/>
+      <c r="AP27" s="212"/>
+      <c r="AQ27" s="212"/>
+      <c r="AR27" s="212"/>
+      <c r="AS27" s="212"/>
+      <c r="AT27" s="212"/>
+      <c r="AU27" s="212"/>
+      <c r="AV27" s="212"/>
+      <c r="AW27" s="212"/>
+      <c r="AX27" s="212"/>
+      <c r="AY27" s="212"/>
+      <c r="AZ27" s="212"/>
+      <c r="BA27" s="212"/>
+      <c r="BB27" s="212"/>
+      <c r="BC27" s="212"/>
+      <c r="BD27" s="212"/>
+      <c r="BE27" s="212"/>
+      <c r="BF27" s="212"/>
+      <c r="BG27" s="212"/>
+      <c r="BH27" s="212"/>
+      <c r="BI27" s="212"/>
+      <c r="BJ27" s="212"/>
+      <c r="BK27" s="212"/>
+      <c r="BL27" s="212"/>
+      <c r="BM27" s="212"/>
+      <c r="BN27" s="212"/>
+      <c r="BO27" s="212"/>
+      <c r="BP27" s="212"/>
+    </row>
+    <row r="28" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B28" s="23"/>
+      <c r="C28" s="21">
         <v>20</v>
       </c>
-      <c r="D28" s="19">
+      <c r="D28" s="479">
         <f>IF(Plan!$T26="","",Plan!$T26)</f>
         <v>45972</v>
       </c>
-      <c r="E28" s="20">
+      <c r="E28" s="19">
         <f>IF(Plan!$U26="","",Plan!$U26)</f>
         <v>0.875</v>
       </c>
-      <c r="F28" s="47" t="str">
+      <c r="F28" s="45" t="str">
         <f>Plan!$Q26</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="G28" s="21" t="s">
+      <c r="G28" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H28" s="47" t="str">
+      <c r="H28" s="45" t="str">
         <f>Plan!$S26</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="I28" s="49"/>
-[...47 lines deleted...]
-      <c r="C29" s="22">
+      <c r="I28" s="47">
+        <v>3</v>
+      </c>
+      <c r="J28" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K28" s="49">
+        <v>1</v>
+      </c>
+      <c r="L28" s="25"/>
+      <c r="M28" s="26"/>
+      <c r="AE28" s="210"/>
+      <c r="AF28" s="211"/>
+      <c r="AG28" s="212"/>
+      <c r="AH28" s="212"/>
+      <c r="AI28" s="212"/>
+      <c r="AJ28" s="212"/>
+      <c r="AK28" s="212"/>
+      <c r="AL28" s="212"/>
+      <c r="AM28" s="212"/>
+      <c r="AN28" s="212"/>
+      <c r="AO28" s="212"/>
+      <c r="AP28" s="212"/>
+      <c r="AQ28" s="212"/>
+      <c r="AR28" s="212"/>
+      <c r="AS28" s="212"/>
+      <c r="AT28" s="212"/>
+      <c r="AU28" s="212"/>
+      <c r="AV28" s="212"/>
+      <c r="AW28" s="212"/>
+      <c r="AX28" s="212"/>
+      <c r="AY28" s="212"/>
+      <c r="AZ28" s="212"/>
+      <c r="BA28" s="212"/>
+      <c r="BB28" s="212"/>
+      <c r="BC28" s="212"/>
+      <c r="BD28" s="212"/>
+      <c r="BE28" s="212"/>
+      <c r="BF28" s="212"/>
+      <c r="BG28" s="212"/>
+      <c r="BH28" s="212"/>
+      <c r="BI28" s="212"/>
+      <c r="BJ28" s="212"/>
+      <c r="BK28" s="212"/>
+      <c r="BL28" s="212"/>
+      <c r="BM28" s="212"/>
+      <c r="BN28" s="212"/>
+      <c r="BO28" s="212"/>
+      <c r="BP28" s="212"/>
+    </row>
+    <row r="29" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B29" s="23"/>
+      <c r="C29" s="21">
         <v>21</v>
       </c>
-      <c r="D29" s="19">
+      <c r="D29" s="479">
         <f>IF(Plan!$T27="","",Plan!$T27)</f>
         <v>45972</v>
       </c>
-      <c r="E29" s="20">
+      <c r="E29" s="19">
         <f>IF(Plan!$U27="","",Plan!$U27)</f>
         <v>0.875</v>
       </c>
-      <c r="F29" s="47" t="str">
+      <c r="F29" s="45" t="str">
         <f>Plan!$Q27</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="G29" s="21" t="s">
+      <c r="G29" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H29" s="47" t="str">
+      <c r="H29" s="45" t="str">
         <f>Plan!$S27</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="I29" s="49"/>
-[...6 lines deleted...]
-      <c r="O29" s="234" t="str">
+      <c r="I29" s="47">
+        <v>0</v>
+      </c>
+      <c r="J29" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K29" s="49">
+        <v>6</v>
+      </c>
+      <c r="L29" s="25"/>
+      <c r="M29" s="26"/>
+      <c r="O29" s="217" t="str">
         <f>Language!$E$70</f>
         <v>Bei Punktgleichheit entscheiden folgende Kriterien:</v>
       </c>
-      <c r="P29" s="235"/>
-[...55 lines deleted...]
-      <c r="C30" s="22">
+      <c r="P29" s="218"/>
+      <c r="Q29" s="219"/>
+      <c r="R29" s="219"/>
+      <c r="S29" s="219"/>
+      <c r="T29" s="219"/>
+      <c r="U29" s="219"/>
+      <c r="V29" s="219"/>
+      <c r="W29" s="219"/>
+      <c r="X29" s="219"/>
+      <c r="Y29" s="219"/>
+      <c r="Z29" s="219"/>
+      <c r="AA29" s="219"/>
+      <c r="AB29" s="203"/>
+      <c r="AC29" s="203"/>
+      <c r="AD29" s="203"/>
+      <c r="AE29" s="220"/>
+      <c r="AF29" s="221"/>
+      <c r="AG29" s="212"/>
+      <c r="AH29" s="212"/>
+      <c r="AI29" s="212"/>
+      <c r="AJ29" s="212"/>
+      <c r="AK29" s="212"/>
+      <c r="AL29" s="212"/>
+      <c r="AM29" s="212"/>
+      <c r="AN29" s="212"/>
+      <c r="AO29" s="212"/>
+      <c r="AP29" s="212"/>
+      <c r="AQ29" s="212"/>
+      <c r="AR29" s="212"/>
+      <c r="AS29" s="212"/>
+      <c r="AT29" s="212"/>
+      <c r="AU29" s="212"/>
+      <c r="AV29" s="212"/>
+      <c r="AW29" s="212"/>
+      <c r="AX29" s="212"/>
+      <c r="AY29" s="212"/>
+      <c r="AZ29" s="212"/>
+      <c r="BA29" s="212"/>
+      <c r="BB29" s="212"/>
+      <c r="BC29" s="212"/>
+      <c r="BD29" s="212"/>
+      <c r="BE29" s="212"/>
+      <c r="BF29" s="212"/>
+      <c r="BG29" s="212"/>
+      <c r="BH29" s="212"/>
+      <c r="BI29" s="212"/>
+      <c r="BJ29" s="212"/>
+      <c r="BK29" s="212"/>
+      <c r="BL29" s="212"/>
+      <c r="BM29" s="212"/>
+      <c r="BN29" s="212"/>
+      <c r="BO29" s="212"/>
+      <c r="BP29" s="212"/>
+    </row>
+    <row r="30" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B30" s="23"/>
+      <c r="C30" s="21">
         <v>22</v>
       </c>
-      <c r="D30" s="19">
+      <c r="D30" s="479">
         <f>IF(Plan!$T28="","",Plan!$T28)</f>
         <v>45972</v>
       </c>
-      <c r="E30" s="20">
+      <c r="E30" s="19">
         <f>IF(Plan!$U28="","",Plan!$U28)</f>
         <v>0.875</v>
       </c>
-      <c r="F30" s="47" t="str">
+      <c r="F30" s="45" t="str">
         <f>Plan!$Q28</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G30" s="21" t="s">
+      <c r="G30" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H30" s="47" t="str">
+      <c r="H30" s="45" t="str">
         <f>Plan!$S28</f>
         <v>Paris FC</v>
       </c>
-      <c r="I30" s="49"/>
-[...63 lines deleted...]
-      <c r="C31" s="22">
+      <c r="I30" s="47">
+        <v>1</v>
+      </c>
+      <c r="J30" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K30" s="49">
+        <v>1</v>
+      </c>
+      <c r="L30" s="25"/>
+      <c r="M30" s="26"/>
+      <c r="O30" s="222"/>
+      <c r="P30" s="218"/>
+      <c r="Q30" s="219"/>
+      <c r="R30" s="219"/>
+      <c r="S30" s="219"/>
+      <c r="T30" s="219"/>
+      <c r="U30" s="219"/>
+      <c r="V30" s="219"/>
+      <c r="W30" s="219"/>
+      <c r="X30" s="219"/>
+      <c r="Y30" s="219"/>
+      <c r="Z30" s="219"/>
+      <c r="AA30" s="219"/>
+      <c r="AB30" s="203"/>
+      <c r="AC30" s="203"/>
+      <c r="AD30" s="203"/>
+      <c r="AE30" s="223"/>
+      <c r="AF30" s="224"/>
+      <c r="AG30" s="212"/>
+      <c r="AH30" s="212"/>
+      <c r="AI30" s="212"/>
+      <c r="AJ30" s="212"/>
+      <c r="AK30" s="212"/>
+      <c r="AL30" s="212"/>
+      <c r="AM30" s="212"/>
+      <c r="AN30" s="212"/>
+      <c r="AO30" s="212"/>
+      <c r="AP30" s="212"/>
+      <c r="AQ30" s="212"/>
+      <c r="AR30" s="212"/>
+      <c r="AS30" s="212"/>
+      <c r="AT30" s="212"/>
+      <c r="AU30" s="212"/>
+      <c r="AV30" s="212"/>
+      <c r="AW30" s="212"/>
+      <c r="AX30" s="212"/>
+      <c r="AY30" s="212"/>
+      <c r="AZ30" s="212"/>
+      <c r="BA30" s="212"/>
+      <c r="BB30" s="212"/>
+      <c r="BC30" s="212"/>
+      <c r="BD30" s="212"/>
+      <c r="BE30" s="212"/>
+      <c r="BF30" s="212"/>
+      <c r="BG30" s="212"/>
+      <c r="BH30" s="212"/>
+      <c r="BI30" s="212"/>
+      <c r="BJ30" s="212"/>
+      <c r="BK30" s="212"/>
+      <c r="BL30" s="212"/>
+      <c r="BM30" s="212"/>
+      <c r="BN30" s="212"/>
+      <c r="BO30" s="212"/>
+      <c r="BP30" s="212"/>
+    </row>
+    <row r="31" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B31" s="23"/>
+      <c r="C31" s="21">
         <v>23</v>
       </c>
-      <c r="D31" s="19">
+      <c r="D31" s="479">
         <f>IF(Plan!$T29="","",Plan!$T29)</f>
         <v>45973</v>
       </c>
-      <c r="E31" s="20">
+      <c r="E31" s="19">
         <f>IF(Plan!$U29="","",Plan!$U29)</f>
         <v>0.78125</v>
       </c>
-      <c r="F31" s="47" t="str">
+      <c r="F31" s="45" t="str">
         <f>Plan!$Q29</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="G31" s="21" t="s">
+      <c r="G31" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H31" s="47" t="str">
+      <c r="H31" s="45" t="str">
         <f>Plan!$S29</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="I31" s="49"/>
-[...6 lines deleted...]
-      <c r="O31" s="242" t="s">
+      <c r="I31" s="47">
+        <v>3</v>
+      </c>
+      <c r="J31" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K31" s="49">
+        <v>2</v>
+      </c>
+      <c r="L31" s="25"/>
+      <c r="M31" s="26"/>
+      <c r="O31" s="225" t="s">
         <v>171</v>
       </c>
-      <c r="P31" s="236" t="str">
+      <c r="P31" s="219" t="str">
         <f>Language!$E$71</f>
         <v>Bessere Tordifferenz</v>
       </c>
-      <c r="Q31" s="236"/>
-[...54 lines deleted...]
-      <c r="C32" s="22">
+      <c r="Q31" s="219"/>
+      <c r="R31" s="219"/>
+      <c r="S31" s="219"/>
+      <c r="T31" s="219"/>
+      <c r="U31" s="219"/>
+      <c r="V31" s="219"/>
+      <c r="W31" s="219"/>
+      <c r="X31" s="219"/>
+      <c r="Y31" s="219"/>
+      <c r="Z31" s="219"/>
+      <c r="AA31" s="219"/>
+      <c r="AB31" s="203"/>
+      <c r="AC31" s="203"/>
+      <c r="AD31" s="203"/>
+      <c r="AE31" s="223"/>
+      <c r="AF31" s="224"/>
+      <c r="AG31" s="212"/>
+      <c r="AH31" s="212"/>
+      <c r="AI31" s="212"/>
+      <c r="AJ31" s="212"/>
+      <c r="AK31" s="212"/>
+      <c r="AL31" s="212"/>
+      <c r="AM31" s="212"/>
+      <c r="AN31" s="212"/>
+      <c r="AO31" s="212"/>
+      <c r="AP31" s="212"/>
+      <c r="AQ31" s="212"/>
+      <c r="AR31" s="212"/>
+      <c r="AS31" s="212"/>
+      <c r="AT31" s="212"/>
+      <c r="AU31" s="212"/>
+      <c r="AV31" s="212"/>
+      <c r="AW31" s="212"/>
+      <c r="AX31" s="212"/>
+      <c r="AY31" s="212"/>
+      <c r="AZ31" s="212"/>
+      <c r="BA31" s="212"/>
+      <c r="BB31" s="212"/>
+      <c r="BC31" s="212"/>
+      <c r="BD31" s="212"/>
+      <c r="BE31" s="212"/>
+      <c r="BF31" s="212"/>
+      <c r="BG31" s="212"/>
+      <c r="BH31" s="212"/>
+      <c r="BI31" s="212"/>
+      <c r="BJ31" s="212"/>
+      <c r="BK31" s="212"/>
+      <c r="BL31" s="212"/>
+      <c r="BM31" s="212"/>
+      <c r="BN31" s="212"/>
+      <c r="BO31" s="212"/>
+      <c r="BP31" s="212"/>
+    </row>
+    <row r="32" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B32" s="23"/>
+      <c r="C32" s="21">
         <v>24</v>
       </c>
-      <c r="D32" s="19">
+      <c r="D32" s="479">
         <f>IF(Plan!$T30="","",Plan!$T30)</f>
         <v>45973</v>
       </c>
-      <c r="E32" s="20">
+      <c r="E32" s="19">
         <f>IF(Plan!$U30="","",Plan!$U30)</f>
         <v>0.78125</v>
       </c>
-      <c r="F32" s="47" t="str">
+      <c r="F32" s="45" t="str">
         <f>Plan!$Q30</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G32" s="21" t="s">
+      <c r="G32" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H32" s="47" t="str">
+      <c r="H32" s="45" t="str">
         <f>Plan!$S30</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="I32" s="49"/>
-[...6 lines deleted...]
-      <c r="O32" s="242" t="s">
+      <c r="I32" s="47">
+        <v>3</v>
+      </c>
+      <c r="J32" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K32" s="49">
+        <v>0</v>
+      </c>
+      <c r="L32" s="25"/>
+      <c r="M32" s="26"/>
+      <c r="O32" s="225" t="s">
         <v>172</v>
       </c>
-      <c r="P32" s="243" t="str">
+      <c r="P32" s="226" t="str">
         <f>Language!$E$72</f>
         <v>Höhere Anzahl erzielter Tore</v>
       </c>
-      <c r="Q32" s="236"/>
-[...54 lines deleted...]
-      <c r="C33" s="22">
+      <c r="Q32" s="219"/>
+      <c r="R32" s="219"/>
+      <c r="S32" s="219"/>
+      <c r="T32" s="219"/>
+      <c r="U32" s="219"/>
+      <c r="V32" s="219"/>
+      <c r="W32" s="219"/>
+      <c r="X32" s="219"/>
+      <c r="Y32" s="219"/>
+      <c r="Z32" s="219"/>
+      <c r="AA32" s="219"/>
+      <c r="AB32" s="203"/>
+      <c r="AC32" s="203"/>
+      <c r="AD32" s="203"/>
+      <c r="AE32" s="223"/>
+      <c r="AF32" s="224"/>
+      <c r="AG32" s="212"/>
+      <c r="AH32" s="212"/>
+      <c r="AI32" s="212"/>
+      <c r="AJ32" s="212"/>
+      <c r="AK32" s="212"/>
+      <c r="AL32" s="212"/>
+      <c r="AM32" s="212"/>
+      <c r="AN32" s="212"/>
+      <c r="AO32" s="212"/>
+      <c r="AP32" s="212"/>
+      <c r="AQ32" s="212"/>
+      <c r="AR32" s="212"/>
+      <c r="AS32" s="212"/>
+      <c r="AT32" s="212"/>
+      <c r="AU32" s="212"/>
+      <c r="AV32" s="212"/>
+      <c r="AW32" s="212"/>
+      <c r="AX32" s="212"/>
+      <c r="AY32" s="212"/>
+      <c r="AZ32" s="212"/>
+      <c r="BA32" s="212"/>
+      <c r="BB32" s="212"/>
+      <c r="BC32" s="212"/>
+      <c r="BD32" s="212"/>
+      <c r="BE32" s="212"/>
+      <c r="BF32" s="212"/>
+      <c r="BG32" s="212"/>
+      <c r="BH32" s="212"/>
+      <c r="BI32" s="212"/>
+      <c r="BJ32" s="212"/>
+      <c r="BK32" s="212"/>
+      <c r="BL32" s="212"/>
+      <c r="BM32" s="212"/>
+      <c r="BN32" s="212"/>
+      <c r="BO32" s="212"/>
+      <c r="BP32" s="212"/>
+    </row>
+    <row r="33" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B33" s="23"/>
+      <c r="C33" s="21">
         <v>25</v>
       </c>
-      <c r="D33" s="19">
+      <c r="D33" s="479">
         <f>IF(Plan!$T31="","",Plan!$T31)</f>
         <v>45973</v>
       </c>
-      <c r="E33" s="20">
+      <c r="E33" s="19">
         <f>IF(Plan!$U31="","",Plan!$U31)</f>
         <v>0.875</v>
       </c>
-      <c r="F33" s="47" t="str">
+      <c r="F33" s="45" t="str">
         <f>Plan!$Q31</f>
         <v>Manchester United</v>
       </c>
-      <c r="G33" s="21" t="s">
+      <c r="G33" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H33" s="47" t="str">
+      <c r="H33" s="45" t="str">
         <f>Plan!$S31</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="I33" s="49"/>
-[...6 lines deleted...]
-      <c r="O33" s="242" t="s">
+      <c r="I33" s="47">
+        <v>2</v>
+      </c>
+      <c r="J33" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K33" s="49">
+        <v>1</v>
+      </c>
+      <c r="L33" s="25"/>
+      <c r="M33" s="26"/>
+      <c r="O33" s="225" t="s">
         <v>173</v>
       </c>
-      <c r="P33" s="243" t="str">
+      <c r="P33" s="226" t="str">
         <f>Language!$E$73</f>
         <v>Höhere Anzahl erzielter Auswärtstore</v>
       </c>
-      <c r="Q33" s="236"/>
-[...54 lines deleted...]
-      <c r="C34" s="22">
+      <c r="Q33" s="219"/>
+      <c r="R33" s="219"/>
+      <c r="S33" s="219"/>
+      <c r="T33" s="219"/>
+      <c r="U33" s="219"/>
+      <c r="V33" s="219"/>
+      <c r="W33" s="219"/>
+      <c r="X33" s="219"/>
+      <c r="Y33" s="219"/>
+      <c r="Z33" s="219"/>
+      <c r="AA33" s="219"/>
+      <c r="AB33" s="203"/>
+      <c r="AC33" s="203"/>
+      <c r="AD33" s="203"/>
+      <c r="AE33" s="223"/>
+      <c r="AF33" s="224"/>
+      <c r="AG33" s="212"/>
+      <c r="AH33" s="212"/>
+      <c r="AI33" s="212"/>
+      <c r="AJ33" s="212"/>
+      <c r="AK33" s="212"/>
+      <c r="AL33" s="212"/>
+      <c r="AM33" s="212"/>
+      <c r="AN33" s="212"/>
+      <c r="AO33" s="212"/>
+      <c r="AP33" s="212"/>
+      <c r="AQ33" s="212"/>
+      <c r="AR33" s="212"/>
+      <c r="AS33" s="212"/>
+      <c r="AT33" s="212"/>
+      <c r="AU33" s="212"/>
+      <c r="AV33" s="212"/>
+      <c r="AW33" s="212"/>
+      <c r="AX33" s="212"/>
+      <c r="AY33" s="212"/>
+      <c r="AZ33" s="212"/>
+      <c r="BA33" s="212"/>
+      <c r="BB33" s="212"/>
+      <c r="BC33" s="212"/>
+      <c r="BD33" s="212"/>
+      <c r="BE33" s="212"/>
+      <c r="BF33" s="212"/>
+      <c r="BG33" s="212"/>
+      <c r="BH33" s="212"/>
+      <c r="BI33" s="212"/>
+      <c r="BJ33" s="212"/>
+      <c r="BK33" s="212"/>
+      <c r="BL33" s="212"/>
+      <c r="BM33" s="212"/>
+      <c r="BN33" s="212"/>
+      <c r="BO33" s="212"/>
+      <c r="BP33" s="212"/>
+    </row>
+    <row r="34" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B34" s="23"/>
+      <c r="C34" s="21">
         <v>26</v>
       </c>
-      <c r="D34" s="19">
+      <c r="D34" s="479">
         <f>IF(Plan!$T32="","",Plan!$T32)</f>
         <v>45973</v>
       </c>
-      <c r="E34" s="20">
+      <c r="E34" s="19">
         <f>IF(Plan!$U32="","",Plan!$U32)</f>
         <v>0.875</v>
       </c>
-      <c r="F34" s="47" t="str">
+      <c r="F34" s="45" t="str">
         <f>Plan!$Q32</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G34" s="21" t="s">
+      <c r="G34" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H34" s="47" t="str">
+      <c r="H34" s="45" t="str">
         <f>Plan!$S32</f>
         <v>Juventus FC</v>
       </c>
-      <c r="I34" s="49"/>
-[...6 lines deleted...]
-      <c r="O34" s="242" t="s">
+      <c r="I34" s="47">
+        <v>1</v>
+      </c>
+      <c r="J34" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K34" s="49">
+        <v>2</v>
+      </c>
+      <c r="L34" s="25"/>
+      <c r="M34" s="26"/>
+      <c r="O34" s="225" t="s">
         <v>174</v>
       </c>
-      <c r="P34" s="243" t="str">
+      <c r="P34" s="226" t="str">
         <f>Language!$E$74</f>
         <v>Höhere Anzahl von Siegen</v>
       </c>
-      <c r="Q34" s="236"/>
-[...54 lines deleted...]
-      <c r="C35" s="22">
+      <c r="Q34" s="219"/>
+      <c r="R34" s="219"/>
+      <c r="S34" s="219"/>
+      <c r="T34" s="219"/>
+      <c r="U34" s="219"/>
+      <c r="V34" s="219"/>
+      <c r="W34" s="219"/>
+      <c r="X34" s="219"/>
+      <c r="Y34" s="219"/>
+      <c r="Z34" s="219"/>
+      <c r="AA34" s="219"/>
+      <c r="AB34" s="203"/>
+      <c r="AC34" s="203"/>
+      <c r="AD34" s="203"/>
+      <c r="AE34" s="223"/>
+      <c r="AF34" s="224"/>
+      <c r="AG34" s="212"/>
+      <c r="AH34" s="212"/>
+      <c r="AI34" s="212"/>
+      <c r="AJ34" s="212"/>
+      <c r="AK34" s="212"/>
+      <c r="AL34" s="212"/>
+      <c r="AM34" s="212"/>
+      <c r="AN34" s="212"/>
+      <c r="AO34" s="212"/>
+      <c r="AP34" s="212"/>
+      <c r="AQ34" s="212"/>
+      <c r="AR34" s="212"/>
+      <c r="AS34" s="212"/>
+      <c r="AT34" s="212"/>
+      <c r="AU34" s="212"/>
+      <c r="AV34" s="212"/>
+      <c r="AW34" s="212"/>
+      <c r="AX34" s="212"/>
+      <c r="AY34" s="212"/>
+      <c r="AZ34" s="212"/>
+      <c r="BA34" s="212"/>
+      <c r="BB34" s="212"/>
+      <c r="BC34" s="212"/>
+      <c r="BD34" s="212"/>
+      <c r="BE34" s="212"/>
+      <c r="BF34" s="212"/>
+      <c r="BG34" s="212"/>
+      <c r="BH34" s="212"/>
+      <c r="BI34" s="212"/>
+      <c r="BJ34" s="212"/>
+      <c r="BK34" s="212"/>
+      <c r="BL34" s="212"/>
+      <c r="BM34" s="212"/>
+      <c r="BN34" s="212"/>
+      <c r="BO34" s="212"/>
+      <c r="BP34" s="212"/>
+    </row>
+    <row r="35" spans="2:68" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B35" s="23"/>
+      <c r="C35" s="21">
         <v>27</v>
       </c>
-      <c r="D35" s="19">
+      <c r="D35" s="479">
         <f>IF(Plan!$T33="","",Plan!$T33)</f>
         <v>45973</v>
       </c>
-      <c r="E35" s="20">
+      <c r="E35" s="19">
         <f>IF(Plan!$U33="","",Plan!$U33)</f>
         <v>0.875</v>
       </c>
-      <c r="F35" s="47" t="str">
+      <c r="F35" s="45" t="str">
         <f>Plan!$Q33</f>
         <v>SL Benfica</v>
       </c>
-      <c r="G35" s="21" t="s">
+      <c r="G35" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H35" s="47" t="str">
+      <c r="H35" s="45" t="str">
         <f>Plan!$S33</f>
         <v>FC Twente</v>
       </c>
-      <c r="I35" s="49"/>
-[...6 lines deleted...]
-      <c r="O35" s="242" t="s">
+      <c r="I35" s="47">
+        <v>1</v>
+      </c>
+      <c r="J35" s="473" t="s">
+        <v>235</v>
+      </c>
+      <c r="K35" s="49">
+        <v>1</v>
+      </c>
+      <c r="L35" s="25"/>
+      <c r="M35" s="26"/>
+      <c r="O35" s="225" t="s">
         <v>175</v>
       </c>
-      <c r="P35" s="243" t="str">
+      <c r="P35" s="226" t="str">
         <f>Language!$E$75</f>
         <v>Höhere Anzahl von Auswärtssiegen</v>
       </c>
-      <c r="Q35" s="236"/>
-[...53 lines deleted...]
-      <c r="B36" s="28">
+      <c r="Q35" s="219"/>
+      <c r="R35" s="219"/>
+      <c r="S35" s="219"/>
+      <c r="T35" s="219"/>
+      <c r="U35" s="219"/>
+      <c r="V35" s="219"/>
+      <c r="W35" s="219"/>
+      <c r="X35" s="219"/>
+      <c r="Y35" s="219"/>
+      <c r="Z35" s="219"/>
+      <c r="AA35" s="219"/>
+      <c r="AB35" s="203"/>
+      <c r="AC35" s="203"/>
+      <c r="AD35" s="203"/>
+      <c r="AE35" s="223"/>
+      <c r="AF35" s="224"/>
+      <c r="AG35" s="212"/>
+      <c r="AH35" s="212"/>
+      <c r="AI35" s="212"/>
+      <c r="AJ35" s="212"/>
+      <c r="AK35" s="212"/>
+      <c r="AL35" s="212"/>
+      <c r="AM35" s="212"/>
+      <c r="AN35" s="212"/>
+      <c r="AO35" s="212"/>
+      <c r="AP35" s="212"/>
+      <c r="AQ35" s="212"/>
+      <c r="AR35" s="212"/>
+      <c r="AS35" s="212"/>
+      <c r="AT35" s="212"/>
+      <c r="AU35" s="212"/>
+      <c r="AV35" s="212"/>
+      <c r="AW35" s="212"/>
+      <c r="AX35" s="212"/>
+      <c r="AY35" s="212"/>
+      <c r="AZ35" s="212"/>
+      <c r="BA35" s="212"/>
+      <c r="BB35" s="212"/>
+      <c r="BC35" s="212"/>
+      <c r="BD35" s="212"/>
+      <c r="BE35" s="212"/>
+      <c r="BF35" s="212"/>
+      <c r="BG35" s="212"/>
+      <c r="BH35" s="212"/>
+      <c r="BI35" s="212"/>
+      <c r="BJ35" s="212"/>
+      <c r="BK35" s="212"/>
+      <c r="BL35" s="212"/>
+      <c r="BM35" s="212"/>
+      <c r="BN35" s="212"/>
+      <c r="BO35" s="212"/>
+      <c r="BP35" s="212"/>
+    </row>
+    <row r="36" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B36" s="27">
         <v>4</v>
       </c>
-      <c r="C36" s="29">
+      <c r="C36" s="28">
         <v>28</v>
       </c>
-      <c r="D36" s="30">
+      <c r="D36" s="480">
         <f>IF(Plan!$T34="","",Plan!$T34)</f>
         <v>45980</v>
       </c>
-      <c r="E36" s="31">
+      <c r="E36" s="29">
         <f>IF(Plan!$U34="","",Plan!$U34)</f>
         <v>0.78125</v>
       </c>
-      <c r="F36" s="48" t="str">
+      <c r="F36" s="46" t="str">
         <f>Plan!$Q34</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G36" s="32" t="s">
+      <c r="G36" s="30" t="s">
         <v>170</v>
       </c>
-      <c r="H36" s="48" t="str">
+      <c r="H36" s="46" t="str">
         <f>Plan!$S34</f>
         <v>Manchester United</v>
       </c>
-      <c r="I36" s="50"/>
-[...63 lines deleted...]
-      <c r="C37" s="22">
+      <c r="I36" s="48">
+        <v>5</v>
+      </c>
+      <c r="J36" s="472" t="s">
+        <v>235</v>
+      </c>
+      <c r="K36" s="50">
+        <v>2</v>
+      </c>
+      <c r="L36" s="31"/>
+      <c r="M36" s="32"/>
+      <c r="O36" s="227"/>
+      <c r="P36" s="227"/>
+      <c r="Q36" s="219"/>
+      <c r="R36" s="219"/>
+      <c r="S36" s="219"/>
+      <c r="T36" s="219"/>
+      <c r="U36" s="219"/>
+      <c r="V36" s="219"/>
+      <c r="W36" s="219"/>
+      <c r="X36" s="219"/>
+      <c r="Y36" s="219"/>
+      <c r="Z36" s="219"/>
+      <c r="AA36" s="219"/>
+      <c r="AB36" s="203"/>
+      <c r="AC36" s="203"/>
+      <c r="AD36" s="203"/>
+      <c r="AE36" s="223"/>
+      <c r="AF36" s="224"/>
+      <c r="AG36" s="212"/>
+      <c r="AH36" s="212"/>
+      <c r="AI36" s="212"/>
+      <c r="AJ36" s="212"/>
+      <c r="AK36" s="212"/>
+      <c r="AL36" s="212"/>
+      <c r="AM36" s="212"/>
+      <c r="AN36" s="212"/>
+      <c r="AO36" s="212"/>
+      <c r="AP36" s="212"/>
+      <c r="AQ36" s="212"/>
+      <c r="AR36" s="212"/>
+      <c r="AS36" s="212"/>
+      <c r="AT36" s="212"/>
+      <c r="AU36" s="212"/>
+      <c r="AV36" s="212"/>
+      <c r="AW36" s="212"/>
+      <c r="AX36" s="212"/>
+      <c r="AY36" s="212"/>
+      <c r="AZ36" s="212"/>
+      <c r="BA36" s="212"/>
+      <c r="BB36" s="212"/>
+      <c r="BC36" s="212"/>
+      <c r="BD36" s="212"/>
+      <c r="BE36" s="212"/>
+      <c r="BF36" s="212"/>
+      <c r="BG36" s="212"/>
+      <c r="BH36" s="212"/>
+      <c r="BI36" s="212"/>
+      <c r="BJ36" s="212"/>
+      <c r="BK36" s="212"/>
+      <c r="BL36" s="212"/>
+      <c r="BM36" s="212"/>
+      <c r="BN36" s="212"/>
+      <c r="BO36" s="212"/>
+      <c r="BP36" s="212"/>
+    </row>
+    <row r="37" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B37" s="23"/>
+      <c r="C37" s="21">
         <v>29</v>
       </c>
-      <c r="D37" s="19">
+      <c r="D37" s="479">
         <f>IF(Plan!$T35="","",Plan!$T35)</f>
         <v>45980</v>
       </c>
-      <c r="E37" s="20">
+      <c r="E37" s="19">
         <f>IF(Plan!$U35="","",Plan!$U35)</f>
         <v>0.78125</v>
       </c>
-      <c r="F37" s="47" t="str">
+      <c r="F37" s="45" t="str">
         <f>Plan!$Q35</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G37" s="21" t="s">
+      <c r="G37" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H37" s="47" t="str">
+      <c r="H37" s="45" t="str">
         <f>Plan!$S35</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="I37" s="49"/>
-[...6 lines deleted...]
-      <c r="O37" s="245" t="str">
+      <c r="I37" s="47">
+        <v>3</v>
+      </c>
+      <c r="J37" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K37" s="49">
+        <v>3</v>
+      </c>
+      <c r="L37" s="25"/>
+      <c r="M37" s="26"/>
+      <c r="O37" s="228" t="str">
         <f>Language!$E$76</f>
         <v>Diese fünf Kriterien werden in der Tabelle oben berücksichtigt.</v>
       </c>
-      <c r="P37" s="244"/>
-[...55 lines deleted...]
-      <c r="C38" s="22">
+      <c r="P37" s="227"/>
+      <c r="Q37" s="219"/>
+      <c r="R37" s="219"/>
+      <c r="S37" s="219"/>
+      <c r="T37" s="219"/>
+      <c r="U37" s="219"/>
+      <c r="V37" s="219"/>
+      <c r="W37" s="219"/>
+      <c r="X37" s="219"/>
+      <c r="Y37" s="219"/>
+      <c r="Z37" s="219"/>
+      <c r="AA37" s="219"/>
+      <c r="AB37" s="203"/>
+      <c r="AC37" s="203"/>
+      <c r="AD37" s="203"/>
+      <c r="AE37" s="223"/>
+      <c r="AF37" s="224"/>
+      <c r="AG37" s="212"/>
+      <c r="AH37" s="212"/>
+      <c r="AI37" s="212"/>
+      <c r="AJ37" s="212"/>
+      <c r="AK37" s="212"/>
+      <c r="AL37" s="212"/>
+      <c r="AM37" s="212"/>
+      <c r="AN37" s="212"/>
+      <c r="AO37" s="212"/>
+      <c r="AP37" s="212"/>
+      <c r="AQ37" s="212"/>
+      <c r="AR37" s="212"/>
+      <c r="AS37" s="212"/>
+      <c r="AT37" s="212"/>
+      <c r="AU37" s="212"/>
+      <c r="AV37" s="212"/>
+      <c r="AW37" s="212"/>
+      <c r="AX37" s="212"/>
+      <c r="AY37" s="212"/>
+      <c r="AZ37" s="212"/>
+      <c r="BA37" s="212"/>
+      <c r="BB37" s="212"/>
+      <c r="BC37" s="212"/>
+      <c r="BD37" s="212"/>
+      <c r="BE37" s="212"/>
+      <c r="BF37" s="212"/>
+      <c r="BG37" s="212"/>
+      <c r="BH37" s="212"/>
+      <c r="BI37" s="212"/>
+      <c r="BJ37" s="212"/>
+      <c r="BK37" s="212"/>
+      <c r="BL37" s="212"/>
+      <c r="BM37" s="212"/>
+      <c r="BN37" s="212"/>
+      <c r="BO37" s="212"/>
+      <c r="BP37" s="212"/>
+    </row>
+    <row r="38" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B38" s="23"/>
+      <c r="C38" s="21">
         <v>30</v>
       </c>
-      <c r="D38" s="19">
+      <c r="D38" s="479">
         <f>IF(Plan!$T36="","",Plan!$T36)</f>
         <v>45980</v>
       </c>
-      <c r="E38" s="20">
+      <c r="E38" s="19">
         <f>IF(Plan!$U36="","",Plan!$U36)</f>
         <v>0.875</v>
       </c>
-      <c r="F38" s="47" t="str">
+      <c r="F38" s="45" t="str">
         <f>Plan!$Q36</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G38" s="21" t="s">
+      <c r="G38" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H38" s="47" t="str">
+      <c r="H38" s="45" t="str">
         <f>Plan!$S36</f>
         <v>Real Madrid</v>
       </c>
-      <c r="I38" s="49"/>
-[...63 lines deleted...]
-      <c r="C39" s="22">
+      <c r="I38" s="47">
+        <v>2</v>
+      </c>
+      <c r="J38" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K38" s="49">
+        <v>1</v>
+      </c>
+      <c r="L38" s="25"/>
+      <c r="M38" s="26"/>
+      <c r="O38" s="227"/>
+      <c r="P38" s="227"/>
+      <c r="Q38" s="219"/>
+      <c r="R38" s="219"/>
+      <c r="S38" s="219"/>
+      <c r="T38" s="219"/>
+      <c r="U38" s="219"/>
+      <c r="V38" s="219"/>
+      <c r="W38" s="219"/>
+      <c r="X38" s="219"/>
+      <c r="Y38" s="219"/>
+      <c r="Z38" s="219"/>
+      <c r="AA38" s="219"/>
+      <c r="AB38" s="203"/>
+      <c r="AC38" s="203"/>
+      <c r="AD38" s="203"/>
+      <c r="AE38" s="223"/>
+      <c r="AF38" s="224"/>
+      <c r="AG38" s="212"/>
+      <c r="AH38" s="212"/>
+      <c r="AI38" s="212"/>
+      <c r="AJ38" s="212"/>
+      <c r="AK38" s="212"/>
+      <c r="AL38" s="212"/>
+      <c r="AM38" s="212"/>
+      <c r="AN38" s="212"/>
+      <c r="AO38" s="212"/>
+      <c r="AP38" s="212"/>
+      <c r="AQ38" s="212"/>
+      <c r="AR38" s="212"/>
+      <c r="AS38" s="212"/>
+      <c r="AT38" s="212"/>
+      <c r="AU38" s="212"/>
+      <c r="AV38" s="212"/>
+      <c r="AW38" s="212"/>
+      <c r="AX38" s="212"/>
+      <c r="AY38" s="212"/>
+      <c r="AZ38" s="212"/>
+      <c r="BA38" s="212"/>
+      <c r="BB38" s="212"/>
+      <c r="BC38" s="212"/>
+      <c r="BD38" s="212"/>
+      <c r="BE38" s="212"/>
+      <c r="BF38" s="212"/>
+      <c r="BG38" s="212"/>
+      <c r="BH38" s="212"/>
+      <c r="BI38" s="212"/>
+      <c r="BJ38" s="212"/>
+      <c r="BK38" s="212"/>
+      <c r="BL38" s="212"/>
+      <c r="BM38" s="212"/>
+      <c r="BN38" s="212"/>
+      <c r="BO38" s="212"/>
+      <c r="BP38" s="212"/>
+    </row>
+    <row r="39" spans="2:68" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B39" s="23"/>
+      <c r="C39" s="21">
         <v>31</v>
       </c>
-      <c r="D39" s="19">
+      <c r="D39" s="479">
         <f>IF(Plan!$T37="","",Plan!$T37)</f>
         <v>45980</v>
       </c>
-      <c r="E39" s="20">
+      <c r="E39" s="19">
         <f>IF(Plan!$U37="","",Plan!$U37)</f>
         <v>0.875</v>
       </c>
-      <c r="F39" s="47" t="str">
+      <c r="F39" s="45" t="str">
         <f>Plan!$Q37</f>
         <v>Paris FC</v>
       </c>
-      <c r="G39" s="21" t="s">
+      <c r="G39" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H39" s="47" t="str">
+      <c r="H39" s="45" t="str">
         <f>Plan!$S37</f>
         <v>SL Benfica</v>
       </c>
-      <c r="I39" s="49"/>
-[...63 lines deleted...]
-      <c r="C40" s="22">
+      <c r="I39" s="47">
+        <v>2</v>
+      </c>
+      <c r="J39" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K39" s="49">
+        <v>0</v>
+      </c>
+      <c r="L39" s="25"/>
+      <c r="M39" s="26"/>
+      <c r="O39" s="227"/>
+      <c r="P39" s="227"/>
+      <c r="Q39" s="219"/>
+      <c r="R39" s="219"/>
+      <c r="S39" s="219"/>
+      <c r="T39" s="219"/>
+      <c r="U39" s="219"/>
+      <c r="V39" s="219"/>
+      <c r="W39" s="219"/>
+      <c r="X39" s="219"/>
+      <c r="Y39" s="219"/>
+      <c r="Z39" s="219"/>
+      <c r="AA39" s="229"/>
+      <c r="AB39" s="230"/>
+      <c r="AC39" s="231"/>
+      <c r="AD39" s="230"/>
+      <c r="AE39" s="223"/>
+      <c r="AF39" s="224"/>
+      <c r="AG39" s="212"/>
+      <c r="AH39" s="212"/>
+      <c r="AI39" s="212"/>
+      <c r="AJ39" s="212"/>
+      <c r="AK39" s="212"/>
+      <c r="AL39" s="212"/>
+      <c r="AM39" s="212"/>
+      <c r="AN39" s="212"/>
+      <c r="AO39" s="212"/>
+      <c r="AP39" s="212"/>
+      <c r="AQ39" s="212"/>
+      <c r="AR39" s="212"/>
+      <c r="AS39" s="212"/>
+      <c r="AT39" s="212"/>
+      <c r="AU39" s="212"/>
+      <c r="AV39" s="212"/>
+      <c r="AW39" s="212"/>
+      <c r="AX39" s="212"/>
+      <c r="AY39" s="212"/>
+      <c r="AZ39" s="212"/>
+      <c r="BA39" s="212"/>
+      <c r="BB39" s="212"/>
+      <c r="BC39" s="212"/>
+      <c r="BD39" s="212"/>
+      <c r="BE39" s="212"/>
+      <c r="BF39" s="212"/>
+      <c r="BG39" s="212"/>
+      <c r="BH39" s="212"/>
+      <c r="BI39" s="212"/>
+      <c r="BJ39" s="212"/>
+      <c r="BK39" s="212"/>
+      <c r="BL39" s="212"/>
+      <c r="BM39" s="212"/>
+      <c r="BN39" s="212"/>
+      <c r="BO39" s="212"/>
+      <c r="BP39" s="212"/>
+    </row>
+    <row r="40" spans="2:68" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B40" s="23"/>
+      <c r="C40" s="21">
         <v>32</v>
       </c>
-      <c r="D40" s="19">
+      <c r="D40" s="479">
         <f>IF(Plan!$T38="","",Plan!$T38)</f>
         <v>45980</v>
       </c>
-      <c r="E40" s="20">
+      <c r="E40" s="19">
         <f>IF(Plan!$U38="","",Plan!$U38)</f>
         <v>0.875</v>
       </c>
-      <c r="F40" s="47" t="str">
+      <c r="F40" s="45" t="str">
         <f>Plan!$Q38</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G40" s="21" t="s">
+      <c r="G40" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H40" s="47" t="str">
+      <c r="H40" s="45" t="str">
         <f>Plan!$S38</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="I40" s="49"/>
-[...6 lines deleted...]
-      <c r="O40" s="249" t="str">
+      <c r="I40" s="47">
+        <v>2</v>
+      </c>
+      <c r="J40" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K40" s="49">
+        <v>2</v>
+      </c>
+      <c r="L40" s="25"/>
+      <c r="M40" s="26"/>
+      <c r="O40" s="232" t="str">
         <f>Language!$E$77</f>
         <v>Am Ende der Ligaphase werden bei Gleichstand zusätzlich folgende Kriterien herangezogen:</v>
       </c>
-      <c r="P40" s="244"/>
-[...55 lines deleted...]
-      <c r="C41" s="22">
+      <c r="P40" s="227"/>
+      <c r="Q40" s="219"/>
+      <c r="R40" s="219"/>
+      <c r="S40" s="219"/>
+      <c r="T40" s="219"/>
+      <c r="U40" s="219"/>
+      <c r="V40" s="219"/>
+      <c r="W40" s="219"/>
+      <c r="X40" s="219"/>
+      <c r="Y40" s="219"/>
+      <c r="Z40" s="219"/>
+      <c r="AA40" s="229"/>
+      <c r="AB40" s="230"/>
+      <c r="AC40" s="231"/>
+      <c r="AD40" s="230"/>
+      <c r="AE40" s="223"/>
+      <c r="AF40" s="224"/>
+      <c r="AG40" s="212"/>
+      <c r="AH40" s="212"/>
+      <c r="AI40" s="212"/>
+      <c r="AJ40" s="212"/>
+      <c r="AK40" s="212"/>
+      <c r="AL40" s="212"/>
+      <c r="AM40" s="212"/>
+      <c r="AN40" s="212"/>
+      <c r="AO40" s="212"/>
+      <c r="AP40" s="212"/>
+      <c r="AQ40" s="212"/>
+      <c r="AR40" s="212"/>
+      <c r="AS40" s="212"/>
+      <c r="AT40" s="212"/>
+      <c r="AU40" s="212"/>
+      <c r="AV40" s="212"/>
+      <c r="AW40" s="212"/>
+      <c r="AX40" s="212"/>
+      <c r="AY40" s="212"/>
+      <c r="AZ40" s="212"/>
+      <c r="BA40" s="212"/>
+      <c r="BB40" s="212"/>
+      <c r="BC40" s="212"/>
+      <c r="BD40" s="212"/>
+      <c r="BE40" s="212"/>
+      <c r="BF40" s="212"/>
+      <c r="BG40" s="212"/>
+      <c r="BH40" s="212"/>
+      <c r="BI40" s="212"/>
+      <c r="BJ40" s="212"/>
+      <c r="BK40" s="212"/>
+      <c r="BL40" s="212"/>
+      <c r="BM40" s="212"/>
+      <c r="BN40" s="212"/>
+      <c r="BO40" s="212"/>
+      <c r="BP40" s="212"/>
+    </row>
+    <row r="41" spans="2:68" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B41" s="23"/>
+      <c r="C41" s="21">
         <v>33</v>
       </c>
-      <c r="D41" s="19">
+      <c r="D41" s="479">
         <f>IF(Plan!$T39="","",Plan!$T39)</f>
         <v>45981</v>
       </c>
-      <c r="E41" s="20">
+      <c r="E41" s="19">
         <f>IF(Plan!$U39="","",Plan!$U39)</f>
         <v>0.78125</v>
       </c>
-      <c r="F41" s="47" t="str">
+      <c r="F41" s="45" t="str">
         <f>Plan!$Q39</f>
         <v>FC Twente</v>
       </c>
-      <c r="G41" s="21" t="s">
+      <c r="G41" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H41" s="47" t="str">
+      <c r="H41" s="45" t="str">
         <f>Plan!$S39</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="I41" s="49"/>
-[...63 lines deleted...]
-      <c r="C42" s="22">
+      <c r="I41" s="47">
+        <v>0</v>
+      </c>
+      <c r="J41" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K41" s="49">
+        <v>4</v>
+      </c>
+      <c r="L41" s="25"/>
+      <c r="M41" s="26"/>
+      <c r="O41" s="227"/>
+      <c r="P41" s="227"/>
+      <c r="Q41" s="219"/>
+      <c r="R41" s="219"/>
+      <c r="S41" s="219"/>
+      <c r="T41" s="219"/>
+      <c r="U41" s="219"/>
+      <c r="V41" s="219"/>
+      <c r="W41" s="219"/>
+      <c r="X41" s="219"/>
+      <c r="Y41" s="219"/>
+      <c r="Z41" s="219"/>
+      <c r="AA41" s="229"/>
+      <c r="AB41" s="230"/>
+      <c r="AC41" s="231"/>
+      <c r="AD41" s="230"/>
+      <c r="AE41" s="223"/>
+      <c r="AF41" s="224"/>
+      <c r="AG41" s="212"/>
+      <c r="AH41" s="212"/>
+      <c r="AI41" s="212"/>
+      <c r="AJ41" s="212"/>
+      <c r="AK41" s="212"/>
+      <c r="AL41" s="212"/>
+      <c r="AM41" s="212"/>
+      <c r="AN41" s="212"/>
+      <c r="AO41" s="212"/>
+      <c r="AP41" s="212"/>
+      <c r="AQ41" s="212"/>
+      <c r="AR41" s="212"/>
+      <c r="AS41" s="212"/>
+      <c r="AT41" s="212"/>
+      <c r="AU41" s="212"/>
+      <c r="AV41" s="212"/>
+      <c r="AW41" s="212"/>
+      <c r="AX41" s="212"/>
+      <c r="AY41" s="212"/>
+      <c r="AZ41" s="212"/>
+      <c r="BA41" s="212"/>
+      <c r="BB41" s="212"/>
+      <c r="BC41" s="212"/>
+      <c r="BD41" s="212"/>
+      <c r="BE41" s="212"/>
+      <c r="BF41" s="212"/>
+      <c r="BG41" s="212"/>
+      <c r="BH41" s="212"/>
+      <c r="BI41" s="212"/>
+      <c r="BJ41" s="212"/>
+      <c r="BK41" s="212"/>
+      <c r="BL41" s="212"/>
+      <c r="BM41" s="212"/>
+      <c r="BN41" s="212"/>
+      <c r="BO41" s="212"/>
+      <c r="BP41" s="212"/>
+    </row>
+    <row r="42" spans="2:68" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B42" s="23"/>
+      <c r="C42" s="21">
         <v>34</v>
       </c>
-      <c r="D42" s="19">
+      <c r="D42" s="479">
         <f>IF(Plan!$T40="","",Plan!$T40)</f>
         <v>45981</v>
       </c>
-      <c r="E42" s="20">
+      <c r="E42" s="19">
         <f>IF(Plan!$U40="","",Plan!$U40)</f>
         <v>0.875</v>
       </c>
-      <c r="F42" s="47" t="str">
+      <c r="F42" s="45" t="str">
         <f>Plan!$Q40</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="G42" s="21" t="s">
+      <c r="G42" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H42" s="47" t="str">
+      <c r="H42" s="45" t="str">
         <f>Plan!$S40</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="I42" s="49"/>
-[...6 lines deleted...]
-      <c r="O42" s="250" t="s">
+      <c r="I42" s="47">
+        <v>1</v>
+      </c>
+      <c r="J42" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K42" s="49">
+        <v>3</v>
+      </c>
+      <c r="L42" s="25"/>
+      <c r="M42" s="26"/>
+      <c r="O42" s="233" t="s">
         <v>176</v>
       </c>
-      <c r="P42" s="243" t="str">
+      <c r="P42" s="226" t="str">
         <f>Language!$E$78</f>
         <v>Höhere Anzahl von Punkten, die die acht Gegner des betreffenden Klubs erspielt haben</v>
       </c>
-      <c r="Q42" s="236"/>
-[...54 lines deleted...]
-      <c r="C43" s="22">
+      <c r="Q42" s="219"/>
+      <c r="R42" s="219"/>
+      <c r="S42" s="219"/>
+      <c r="T42" s="219"/>
+      <c r="U42" s="219"/>
+      <c r="V42" s="219"/>
+      <c r="W42" s="219"/>
+      <c r="X42" s="219"/>
+      <c r="Y42" s="219"/>
+      <c r="Z42" s="219"/>
+      <c r="AA42" s="229"/>
+      <c r="AB42" s="230"/>
+      <c r="AC42" s="231"/>
+      <c r="AD42" s="230"/>
+      <c r="AE42" s="223"/>
+      <c r="AF42" s="224"/>
+      <c r="AG42" s="212"/>
+      <c r="AH42" s="212"/>
+      <c r="AI42" s="212"/>
+      <c r="AJ42" s="212"/>
+      <c r="AK42" s="212"/>
+      <c r="AL42" s="212"/>
+      <c r="AM42" s="212"/>
+      <c r="AN42" s="212"/>
+      <c r="AO42" s="212"/>
+      <c r="AP42" s="212"/>
+      <c r="AQ42" s="212"/>
+      <c r="AR42" s="212"/>
+      <c r="AS42" s="212"/>
+      <c r="AT42" s="212"/>
+      <c r="AU42" s="212"/>
+      <c r="AV42" s="212"/>
+      <c r="AW42" s="212"/>
+      <c r="AX42" s="212"/>
+      <c r="AY42" s="212"/>
+      <c r="AZ42" s="212"/>
+      <c r="BA42" s="212"/>
+      <c r="BB42" s="212"/>
+      <c r="BC42" s="212"/>
+      <c r="BD42" s="212"/>
+      <c r="BE42" s="212"/>
+      <c r="BF42" s="212"/>
+      <c r="BG42" s="212"/>
+      <c r="BH42" s="212"/>
+      <c r="BI42" s="212"/>
+      <c r="BJ42" s="212"/>
+      <c r="BK42" s="212"/>
+      <c r="BL42" s="212"/>
+      <c r="BM42" s="212"/>
+      <c r="BN42" s="212"/>
+      <c r="BO42" s="212"/>
+      <c r="BP42" s="212"/>
+    </row>
+    <row r="43" spans="2:68" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B43" s="23"/>
+      <c r="C43" s="21">
         <v>35</v>
       </c>
-      <c r="D43" s="19">
+      <c r="D43" s="479">
         <f>IF(Plan!$T41="","",Plan!$T41)</f>
         <v>45981</v>
       </c>
-      <c r="E43" s="20">
+      <c r="E43" s="19">
         <f>IF(Plan!$U41="","",Plan!$U41)</f>
         <v>0.875</v>
       </c>
-      <c r="F43" s="47" t="str">
+      <c r="F43" s="45" t="str">
         <f>Plan!$Q41</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="G43" s="21" t="s">
+      <c r="G43" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H43" s="47" t="str">
+      <c r="H43" s="45" t="str">
         <f>Plan!$S41</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="I43" s="49"/>
-[...6 lines deleted...]
-      <c r="O43" s="251" t="s">
+      <c r="I43" s="47">
+        <v>1</v>
+      </c>
+      <c r="J43" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K43" s="49">
+        <v>1</v>
+      </c>
+      <c r="L43" s="25"/>
+      <c r="M43" s="26"/>
+      <c r="O43" s="234" t="s">
         <v>177</v>
       </c>
-      <c r="P43" s="243" t="str">
+      <c r="P43" s="226" t="str">
         <f>Language!$E$79</f>
         <v>Bessere gemeinsame Tordifferenz der acht Gegner</v>
       </c>
-      <c r="Q43" s="252"/>
-[...53 lines deleted...]
-      <c r="C44" s="22">
+      <c r="Q43" s="235"/>
+      <c r="R43" s="235"/>
+      <c r="S43" s="235"/>
+      <c r="T43" s="235"/>
+      <c r="U43" s="235"/>
+      <c r="V43" s="235"/>
+      <c r="W43" s="235"/>
+      <c r="X43" s="235"/>
+      <c r="Y43" s="235"/>
+      <c r="Z43" s="235"/>
+      <c r="AA43" s="235"/>
+      <c r="AB43" s="236"/>
+      <c r="AC43" s="236"/>
+      <c r="AD43" s="236"/>
+      <c r="AE43" s="223"/>
+      <c r="AF43" s="224"/>
+      <c r="AG43" s="212"/>
+      <c r="AH43" s="212"/>
+      <c r="AI43" s="212"/>
+      <c r="AJ43" s="212"/>
+      <c r="AK43" s="212"/>
+      <c r="AL43" s="212"/>
+      <c r="AM43" s="212"/>
+      <c r="AN43" s="212"/>
+      <c r="AO43" s="212"/>
+      <c r="AP43" s="212"/>
+      <c r="AQ43" s="212"/>
+      <c r="AR43" s="212"/>
+      <c r="AS43" s="212"/>
+      <c r="AT43" s="212"/>
+      <c r="AU43" s="212"/>
+      <c r="AV43" s="212"/>
+      <c r="AW43" s="212"/>
+      <c r="AX43" s="212"/>
+      <c r="AY43" s="212"/>
+      <c r="AZ43" s="212"/>
+      <c r="BA43" s="212"/>
+      <c r="BB43" s="212"/>
+      <c r="BD43" s="212"/>
+      <c r="BE43" s="212"/>
+      <c r="BF43" s="212"/>
+      <c r="BG43" s="212"/>
+      <c r="BH43" s="212"/>
+      <c r="BI43" s="212"/>
+      <c r="BJ43" s="212"/>
+      <c r="BK43" s="212"/>
+      <c r="BL43" s="212"/>
+      <c r="BM43" s="212"/>
+      <c r="BN43" s="212"/>
+      <c r="BO43" s="212"/>
+      <c r="BP43" s="212"/>
+    </row>
+    <row r="44" spans="2:68" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B44" s="23"/>
+      <c r="C44" s="21">
         <v>36</v>
       </c>
-      <c r="D44" s="19">
+      <c r="D44" s="479">
         <f>IF(Plan!$T42="","",Plan!$T42)</f>
         <v>45981</v>
       </c>
-      <c r="E44" s="20">
+      <c r="E44" s="19">
         <f>IF(Plan!$U42="","",Plan!$U42)</f>
         <v>0.875</v>
       </c>
-      <c r="F44" s="47" t="str">
+      <c r="F44" s="45" t="str">
         <f>Plan!$Q42</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="G44" s="21" t="s">
+      <c r="G44" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H44" s="47" t="str">
+      <c r="H44" s="45" t="str">
         <f>Plan!$S42</f>
         <v>AS Rom</v>
       </c>
-      <c r="I44" s="49"/>
-[...6 lines deleted...]
-      <c r="O44" s="251" t="s">
+      <c r="I44" s="47">
+        <v>1</v>
+      </c>
+      <c r="J44" s="473" t="s">
+        <v>235</v>
+      </c>
+      <c r="K44" s="49">
+        <v>1</v>
+      </c>
+      <c r="L44" s="25"/>
+      <c r="M44" s="26"/>
+      <c r="O44" s="234" t="s">
         <v>178</v>
       </c>
-      <c r="P44" s="243" t="str">
+      <c r="P44" s="226" t="str">
         <f>Language!$E$80</f>
         <v>Höhere Anzahl erzielter Tore der acht Gegner</v>
       </c>
-      <c r="Q44" s="252"/>
-[...36 lines deleted...]
-      <c r="B45" s="28">
+      <c r="Q44" s="235"/>
+      <c r="R44" s="235"/>
+      <c r="S44" s="235"/>
+      <c r="T44" s="235"/>
+      <c r="U44" s="235"/>
+      <c r="V44" s="235"/>
+      <c r="W44" s="235"/>
+      <c r="X44" s="235"/>
+      <c r="Y44" s="235"/>
+      <c r="Z44" s="235"/>
+      <c r="AA44" s="235"/>
+      <c r="AB44" s="236"/>
+      <c r="AC44" s="236"/>
+      <c r="AD44" s="236"/>
+      <c r="AE44" s="223"/>
+      <c r="AF44" s="224"/>
+      <c r="AG44" s="212"/>
+      <c r="AH44" s="212"/>
+      <c r="AI44" s="212"/>
+      <c r="AJ44" s="212"/>
+      <c r="AK44" s="212"/>
+      <c r="AL44" s="212"/>
+      <c r="AM44" s="212"/>
+      <c r="AN44" s="212"/>
+      <c r="AO44" s="212"/>
+      <c r="AP44" s="212"/>
+      <c r="AQ44" s="212"/>
+      <c r="AR44" s="212"/>
+      <c r="AS44" s="212"/>
+      <c r="AT44" s="212"/>
+      <c r="AU44" s="212"/>
+      <c r="AV44" s="212"/>
+      <c r="AW44" s="212"/>
+      <c r="AX44" s="212"/>
+      <c r="AY44" s="214"/>
+    </row>
+    <row r="45" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B45" s="27">
         <v>5</v>
       </c>
-      <c r="C45" s="29">
+      <c r="C45" s="28">
         <v>37</v>
       </c>
-      <c r="D45" s="30">
+      <c r="D45" s="480">
         <f>IF(Plan!$T43="","",Plan!$T43)</f>
         <v>46000</v>
       </c>
-      <c r="E45" s="31">
+      <c r="E45" s="29">
         <f>IF(Plan!$U43="","",Plan!$U43)</f>
         <v>0.78125</v>
       </c>
-      <c r="F45" s="48" t="str">
+      <c r="F45" s="46" t="str">
         <f>Plan!$Q43</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="G45" s="32" t="s">
+      <c r="G45" s="30" t="s">
         <v>170</v>
       </c>
-      <c r="H45" s="48" t="str">
+      <c r="H45" s="46" t="str">
         <f>Plan!$S43</f>
         <v>Juventus FC</v>
       </c>
-      <c r="I45" s="50"/>
-[...6 lines deleted...]
-      <c r="O45" s="251" t="s">
+      <c r="I45" s="48">
+        <v>0</v>
+      </c>
+      <c r="J45" s="472" t="s">
+        <v>235</v>
+      </c>
+      <c r="K45" s="50">
+        <v>5</v>
+      </c>
+      <c r="L45" s="31"/>
+      <c r="M45" s="32"/>
+      <c r="O45" s="234" t="s">
         <v>179</v>
       </c>
-      <c r="P45" s="236" t="str">
+      <c r="P45" s="219" t="str">
         <f>Language!$E$81</f>
         <v>Fairplay-Wertung</v>
       </c>
-      <c r="Q45" s="236"/>
-[...18 lines deleted...]
-      <c r="C46" s="22">
+      <c r="Q45" s="219"/>
+      <c r="R45" s="219"/>
+      <c r="S45" s="219"/>
+      <c r="T45" s="219"/>
+      <c r="U45" s="219"/>
+      <c r="V45" s="219"/>
+      <c r="W45" s="219"/>
+      <c r="X45" s="219"/>
+      <c r="Y45" s="219"/>
+      <c r="Z45" s="219"/>
+      <c r="AA45" s="219"/>
+      <c r="AB45" s="237"/>
+      <c r="AC45" s="237"/>
+      <c r="AD45" s="237"/>
+      <c r="AE45" s="223"/>
+      <c r="AF45" s="224"/>
+    </row>
+    <row r="46" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B46" s="23"/>
+      <c r="C46" s="21">
         <v>38</v>
       </c>
-      <c r="D46" s="19">
+      <c r="D46" s="479">
         <f>IF(Plan!$T44="","",Plan!$T44)</f>
         <v>46000</v>
       </c>
-      <c r="E46" s="20">
+      <c r="E46" s="19">
         <f>IF(Plan!$U44="","",Plan!$U44)</f>
         <v>0.875</v>
       </c>
-      <c r="F46" s="47" t="str">
+      <c r="F46" s="45" t="str">
         <f>Plan!$Q44</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G46" s="21" t="s">
+      <c r="G46" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H46" s="47" t="str">
+      <c r="H46" s="45" t="str">
         <f>Plan!$S44</f>
         <v>FC Twente</v>
       </c>
-      <c r="I46" s="49"/>
-[...6 lines deleted...]
-      <c r="O46" s="392" t="s">
+      <c r="I46" s="47">
+        <v>1</v>
+      </c>
+      <c r="J46" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K46" s="49">
+        <v>0</v>
+      </c>
+      <c r="L46" s="25"/>
+      <c r="M46" s="26"/>
+      <c r="O46" s="374" t="s">
         <v>180</v>
       </c>
-      <c r="P46" s="236" t="str">
+      <c r="P46" s="219" t="str">
         <f>Language!$E$82</f>
         <v>UEFA-Koeffizient</v>
       </c>
-      <c r="Q46" s="255"/>
-[...18 lines deleted...]
-      <c r="C47" s="22">
+      <c r="Q46" s="238"/>
+      <c r="R46" s="238"/>
+      <c r="S46" s="238"/>
+      <c r="T46" s="238"/>
+      <c r="U46" s="238"/>
+      <c r="V46" s="238"/>
+      <c r="W46" s="238"/>
+      <c r="X46" s="238"/>
+      <c r="Y46" s="238"/>
+      <c r="Z46" s="238"/>
+      <c r="AA46" s="238"/>
+      <c r="AB46" s="239"/>
+      <c r="AC46" s="220"/>
+      <c r="AD46" s="239"/>
+      <c r="AE46" s="223"/>
+      <c r="AF46" s="224"/>
+    </row>
+    <row r="47" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B47" s="23"/>
+      <c r="C47" s="21">
         <v>39</v>
       </c>
-      <c r="D47" s="19">
+      <c r="D47" s="479">
         <f>IF(Plan!$T45="","",Plan!$T45)</f>
         <v>46000</v>
       </c>
-      <c r="E47" s="20">
+      <c r="E47" s="19">
         <f>IF(Plan!$U45="","",Plan!$U45)</f>
         <v>0.875</v>
       </c>
-      <c r="F47" s="47" t="str">
+      <c r="F47" s="45" t="str">
         <f>Plan!$Q45</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G47" s="21" t="s">
+      <c r="G47" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H47" s="47" t="str">
+      <c r="H47" s="45" t="str">
         <f>Plan!$S45</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="I47" s="49"/>
-[...27 lines deleted...]
-      <c r="C48" s="22">
+      <c r="I47" s="47">
+        <v>2</v>
+      </c>
+      <c r="J47" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K47" s="49">
+        <v>0</v>
+      </c>
+      <c r="L47" s="25"/>
+      <c r="M47" s="26"/>
+      <c r="O47" s="227"/>
+      <c r="P47" s="227"/>
+      <c r="Q47" s="219"/>
+      <c r="R47" s="219"/>
+      <c r="S47" s="219"/>
+      <c r="T47" s="219"/>
+      <c r="U47" s="219"/>
+      <c r="V47" s="219"/>
+      <c r="W47" s="219"/>
+      <c r="X47" s="219"/>
+      <c r="Y47" s="219"/>
+      <c r="Z47" s="219"/>
+      <c r="AA47" s="219"/>
+      <c r="AB47" s="203"/>
+      <c r="AC47" s="203"/>
+      <c r="AD47" s="203"/>
+      <c r="AE47" s="223"/>
+      <c r="AF47" s="224"/>
+    </row>
+    <row r="48" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B48" s="23"/>
+      <c r="C48" s="21">
         <v>40</v>
       </c>
-      <c r="D48" s="19">
+      <c r="D48" s="479">
         <f>IF(Plan!$T46="","",Plan!$T46)</f>
         <v>46000</v>
       </c>
-      <c r="E48" s="20">
+      <c r="E48" s="19">
         <f>IF(Plan!$U46="","",Plan!$U46)</f>
         <v>0.875</v>
       </c>
-      <c r="F48" s="47" t="str">
+      <c r="F48" s="45" t="str">
         <f>Plan!$Q46</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="G48" s="21" t="s">
+      <c r="G48" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H48" s="47" t="str">
+      <c r="H48" s="45" t="str">
         <f>Plan!$S46</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="I48" s="49"/>
-[...6 lines deleted...]
-      <c r="O48" s="245" t="str">
+      <c r="I48" s="47">
+        <v>0</v>
+      </c>
+      <c r="J48" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K48" s="49">
+        <v>0</v>
+      </c>
+      <c r="L48" s="25"/>
+      <c r="M48" s="26"/>
+      <c r="O48" s="228" t="str">
         <f>Language!$E$83</f>
         <v>Sollte dieser Fall eintreten, kann auf dem Tabellenblatt 'Tie_Break' ein Bonuspunkt für das bessere Team eingetragen werden.</v>
       </c>
-      <c r="P48" s="244"/>
-[...19 lines deleted...]
-      <c r="C49" s="22">
+      <c r="P48" s="227"/>
+      <c r="Q48" s="219"/>
+      <c r="R48" s="219"/>
+      <c r="S48" s="219"/>
+      <c r="T48" s="219"/>
+      <c r="U48" s="219"/>
+      <c r="V48" s="219"/>
+      <c r="W48" s="219"/>
+      <c r="X48" s="219"/>
+      <c r="Y48" s="219"/>
+      <c r="Z48" s="219"/>
+      <c r="AA48" s="219"/>
+      <c r="AB48" s="203"/>
+      <c r="AC48" s="203"/>
+      <c r="AD48" s="203"/>
+      <c r="AE48" s="223"/>
+      <c r="AF48" s="224"/>
+    </row>
+    <row r="49" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B49" s="23"/>
+      <c r="C49" s="21">
         <v>41</v>
       </c>
-      <c r="D49" s="19">
+      <c r="D49" s="479">
         <f>IF(Plan!$T47="","",Plan!$T47)</f>
         <v>46001</v>
       </c>
-      <c r="E49" s="20">
+      <c r="E49" s="19">
         <f>IF(Plan!$U47="","",Plan!$U47)</f>
         <v>0.78125</v>
       </c>
-      <c r="F49" s="47" t="str">
+      <c r="F49" s="45" t="str">
         <f>Plan!$Q47</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G49" s="21" t="s">
+      <c r="G49" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H49" s="47" t="str">
+      <c r="H49" s="45" t="str">
         <f>Plan!$S47</f>
         <v>SL Benfica</v>
       </c>
-      <c r="I49" s="49"/>
-[...27 lines deleted...]
-      <c r="C50" s="22">
+      <c r="I49" s="47">
+        <v>3</v>
+      </c>
+      <c r="J49" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K49" s="49">
+        <v>1</v>
+      </c>
+      <c r="L49" s="25"/>
+      <c r="M49" s="26"/>
+      <c r="O49" s="227"/>
+      <c r="P49" s="227"/>
+      <c r="Q49" s="219"/>
+      <c r="R49" s="219"/>
+      <c r="S49" s="219"/>
+      <c r="T49" s="219"/>
+      <c r="U49" s="219"/>
+      <c r="V49" s="219"/>
+      <c r="W49" s="219"/>
+      <c r="X49" s="219"/>
+      <c r="Y49" s="219"/>
+      <c r="Z49" s="219"/>
+      <c r="AA49" s="219"/>
+      <c r="AB49" s="203"/>
+      <c r="AC49" s="203"/>
+      <c r="AD49" s="203"/>
+      <c r="AE49" s="223"/>
+      <c r="AF49" s="224"/>
+    </row>
+    <row r="50" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B50" s="23"/>
+      <c r="C50" s="21">
         <v>42</v>
       </c>
-      <c r="D50" s="19">
+      <c r="D50" s="479">
         <f>IF(Plan!$T48="","",Plan!$T48)</f>
         <v>46001</v>
       </c>
-      <c r="E50" s="20">
+      <c r="E50" s="19">
         <f>IF(Plan!$U48="","",Plan!$U48)</f>
         <v>0.78125</v>
       </c>
-      <c r="F50" s="47" t="str">
+      <c r="F50" s="45" t="str">
         <f>Plan!$Q48</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G50" s="21" t="s">
+      <c r="G50" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H50" s="47" t="str">
+      <c r="H50" s="45" t="str">
         <f>Plan!$S48</f>
         <v>Paris FC</v>
       </c>
-      <c r="I50" s="49"/>
-[...6 lines deleted...]
-      <c r="O50" s="249" t="str">
+      <c r="I50" s="47">
+        <v>0</v>
+      </c>
+      <c r="J50" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K50" s="49">
+        <v>1</v>
+      </c>
+      <c r="L50" s="25"/>
+      <c r="M50" s="26"/>
+      <c r="O50" s="232" t="str">
         <f>Language!$E$84</f>
         <v>Zum Vergleich:</v>
       </c>
-      <c r="P50" s="244"/>
-[...19 lines deleted...]
-      <c r="C51" s="22">
+      <c r="P50" s="227"/>
+      <c r="Q50" s="219"/>
+      <c r="R50" s="219"/>
+      <c r="S50" s="219"/>
+      <c r="T50" s="219"/>
+      <c r="U50" s="219"/>
+      <c r="V50" s="219"/>
+      <c r="W50" s="219"/>
+      <c r="X50" s="219"/>
+      <c r="Y50" s="219"/>
+      <c r="Z50" s="219"/>
+      <c r="AA50" s="219"/>
+      <c r="AB50" s="203"/>
+      <c r="AC50" s="203"/>
+      <c r="AD50" s="203"/>
+      <c r="AE50" s="223"/>
+      <c r="AF50" s="224"/>
+    </row>
+    <row r="51" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B51" s="23"/>
+      <c r="C51" s="21">
         <v>43</v>
       </c>
-      <c r="D51" s="19">
+      <c r="D51" s="479">
         <f>IF(Plan!$T49="","",Plan!$T49)</f>
         <v>46001</v>
       </c>
-      <c r="E51" s="20">
+      <c r="E51" s="19">
         <f>IF(Plan!$U49="","",Plan!$U49)</f>
         <v>0.875</v>
       </c>
-      <c r="F51" s="47" t="str">
+      <c r="F51" s="45" t="str">
         <f>Plan!$Q49</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G51" s="21" t="s">
+      <c r="G51" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H51" s="47" t="str">
+      <c r="H51" s="45" t="str">
         <f>Plan!$S49</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="I51" s="49"/>
-[...29 lines deleted...]
-      <c r="C52" s="22">
+      <c r="I51" s="47">
+        <v>2</v>
+      </c>
+      <c r="J51" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K51" s="49">
+        <v>2</v>
+      </c>
+      <c r="L51" s="25"/>
+      <c r="M51" s="26"/>
+      <c r="O51" s="513" t="s">
+        <v>263</v>
+      </c>
+      <c r="P51" s="514"/>
+      <c r="Q51" s="514"/>
+      <c r="R51" s="514"/>
+      <c r="S51" s="514"/>
+      <c r="T51" s="219"/>
+      <c r="U51" s="219"/>
+      <c r="V51" s="219"/>
+      <c r="W51" s="219"/>
+      <c r="X51" s="219"/>
+      <c r="Y51" s="219"/>
+      <c r="Z51" s="219"/>
+      <c r="AA51" s="219"/>
+      <c r="AB51" s="203"/>
+      <c r="AC51" s="203"/>
+      <c r="AD51" s="203"/>
+      <c r="AE51" s="223"/>
+      <c r="AF51" s="224"/>
+    </row>
+    <row r="52" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B52" s="23"/>
+      <c r="C52" s="21">
         <v>44</v>
       </c>
-      <c r="D52" s="19">
+      <c r="D52" s="479">
         <f>IF(Plan!$T50="","",Plan!$T50)</f>
         <v>46001</v>
       </c>
-      <c r="E52" s="20">
+      <c r="E52" s="19">
         <f>IF(Plan!$U50="","",Plan!$U50)</f>
         <v>0.875</v>
       </c>
-      <c r="F52" s="47" t="str">
+      <c r="F52" s="45" t="str">
         <f>Plan!$Q50</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="G52" s="21" t="s">
+      <c r="G52" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H52" s="47" t="str">
+      <c r="H52" s="45" t="str">
         <f>Plan!$S50</f>
         <v>AS Rom</v>
       </c>
-      <c r="I52" s="49"/>
-[...27 lines deleted...]
-      <c r="C53" s="22">
+      <c r="I52" s="47">
+        <v>6</v>
+      </c>
+      <c r="J52" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K52" s="49">
+        <v>0</v>
+      </c>
+      <c r="L52" s="25"/>
+      <c r="M52" s="26"/>
+      <c r="O52" s="227"/>
+      <c r="P52" s="227"/>
+      <c r="Q52" s="219"/>
+      <c r="R52" s="219"/>
+      <c r="S52" s="219"/>
+      <c r="T52" s="219"/>
+      <c r="U52" s="219"/>
+      <c r="V52" s="219"/>
+      <c r="W52" s="219"/>
+      <c r="X52" s="219"/>
+      <c r="Y52" s="219"/>
+      <c r="Z52" s="219"/>
+      <c r="AA52" s="219"/>
+      <c r="AB52" s="203"/>
+      <c r="AC52" s="203"/>
+      <c r="AD52" s="203"/>
+      <c r="AE52" s="223"/>
+      <c r="AF52" s="224"/>
+    </row>
+    <row r="53" spans="2:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B53" s="23"/>
+      <c r="C53" s="21">
         <v>45</v>
       </c>
-      <c r="D53" s="19">
+      <c r="D53" s="479">
         <f>IF(Plan!$T51="","",Plan!$T51)</f>
         <v>46001</v>
       </c>
-      <c r="E53" s="20">
+      <c r="E53" s="19">
         <f>IF(Plan!$U51="","",Plan!$U51)</f>
         <v>0.875</v>
       </c>
-      <c r="F53" s="47" t="str">
+      <c r="F53" s="45" t="str">
         <f>Plan!$Q51</f>
         <v>Manchester United</v>
       </c>
-      <c r="G53" s="21" t="s">
+      <c r="G53" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H53" s="47" t="str">
+      <c r="H53" s="45" t="str">
         <f>Plan!$S51</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="I53" s="49"/>
-[...11 lines deleted...]
-      <c r="B54" s="28">
+      <c r="I53" s="47">
+        <v>0</v>
+      </c>
+      <c r="J53" s="473" t="s">
+        <v>235</v>
+      </c>
+      <c r="K53" s="49">
+        <v>3</v>
+      </c>
+      <c r="L53" s="25"/>
+      <c r="M53" s="26"/>
+      <c r="O53" s="232" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="54" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B54" s="27">
         <v>6</v>
       </c>
-      <c r="C54" s="29">
+      <c r="C54" s="28">
         <v>46</v>
       </c>
-      <c r="D54" s="30">
+      <c r="D54" s="480">
         <f>IF(Plan!$T52="","",Plan!$T52)</f>
         <v>46008</v>
       </c>
-      <c r="E54" s="31">
+      <c r="E54" s="29">
         <f>IF(Plan!$U52="","",Plan!$U52)</f>
         <v>0.875</v>
       </c>
-      <c r="F54" s="48" t="str">
+      <c r="F54" s="46" t="str">
         <f>Plan!$Q52</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="G54" s="32" t="s">
+      <c r="G54" s="30" t="s">
         <v>170</v>
       </c>
-      <c r="H54" s="48" t="str">
+      <c r="H54" s="46" t="str">
         <f>Plan!$S52</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="I54" s="50"/>
-[...28 lines deleted...]
-      <c r="C55" s="22">
+      <c r="I54" s="48">
+        <v>0</v>
+      </c>
+      <c r="J54" s="472" t="s">
+        <v>235</v>
+      </c>
+      <c r="K54" s="50">
+        <v>3</v>
+      </c>
+      <c r="L54" s="31"/>
+      <c r="M54" s="32"/>
+      <c r="O54" s="240" t="s">
+        <v>229</v>
+      </c>
+      <c r="P54" s="240"/>
+      <c r="Q54" s="240"/>
+      <c r="R54" s="240"/>
+      <c r="S54" s="240"/>
+      <c r="T54" s="240"/>
+      <c r="U54" s="240"/>
+      <c r="V54" s="240"/>
+      <c r="W54" s="240"/>
+      <c r="X54" s="240"/>
+      <c r="Y54" s="240"/>
+      <c r="Z54" s="240"/>
+      <c r="AA54" s="240"/>
+      <c r="AB54" s="240"/>
+      <c r="AC54" s="240"/>
+      <c r="AD54" s="240"/>
+      <c r="AE54" s="240"/>
+    </row>
+    <row r="55" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B55" s="23"/>
+      <c r="C55" s="21">
         <v>47</v>
       </c>
-      <c r="D55" s="19">
+      <c r="D55" s="479">
         <f>IF(Plan!$T53="","",Plan!$T53)</f>
         <v>46008</v>
       </c>
-      <c r="E55" s="20">
+      <c r="E55" s="19">
         <f>IF(Plan!$U53="","",Plan!$U53)</f>
         <v>0.875</v>
       </c>
-      <c r="F55" s="47" t="str">
+      <c r="F55" s="45" t="str">
         <f>Plan!$Q53</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G55" s="21" t="s">
+      <c r="G55" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H55" s="47" t="str">
+      <c r="H55" s="45" t="str">
         <f>Plan!$S53</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="I55" s="49"/>
-[...12 lines deleted...]
-      <c r="C56" s="22">
+      <c r="I55" s="47">
+        <v>1</v>
+      </c>
+      <c r="J55" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K55" s="49">
+        <v>2</v>
+      </c>
+      <c r="L55" s="25"/>
+      <c r="M55" s="26"/>
+      <c r="O55" s="232" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="56" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B56" s="23"/>
+      <c r="C56" s="21">
         <v>48</v>
       </c>
-      <c r="D56" s="19">
+      <c r="D56" s="479">
         <f>IF(Plan!$T54="","",Plan!$T54)</f>
         <v>46008</v>
       </c>
-      <c r="E56" s="20">
+      <c r="E56" s="19">
         <f>IF(Plan!$U54="","",Plan!$U54)</f>
         <v>0.875</v>
       </c>
-      <c r="F56" s="47" t="str">
+      <c r="F56" s="45" t="str">
         <f>Plan!$Q54</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="G56" s="21" t="s">
+      <c r="G56" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H56" s="47" t="str">
+      <c r="H56" s="45" t="str">
         <f>Plan!$S54</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="I56" s="49"/>
-[...29 lines deleted...]
-      <c r="C57" s="22">
+      <c r="I56" s="47">
+        <v>3</v>
+      </c>
+      <c r="J56" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K56" s="49">
+        <v>0</v>
+      </c>
+      <c r="L56" s="25"/>
+      <c r="M56" s="26"/>
+      <c r="O56" s="514" t="s">
+        <v>231</v>
+      </c>
+      <c r="P56" s="514"/>
+      <c r="Q56" s="514"/>
+      <c r="R56" s="514"/>
+      <c r="S56" s="514"/>
+      <c r="T56" s="514"/>
+      <c r="U56" s="514"/>
+      <c r="V56" s="514"/>
+      <c r="W56" s="514"/>
+      <c r="X56" s="514"/>
+      <c r="Y56" s="514"/>
+      <c r="Z56" s="514"/>
+      <c r="AA56" s="514"/>
+      <c r="AB56" s="514"/>
+      <c r="AC56" s="514"/>
+      <c r="AD56" s="514"/>
+      <c r="AE56" s="514"/>
+      <c r="AF56" s="514"/>
+    </row>
+    <row r="57" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B57" s="23"/>
+      <c r="C57" s="21">
         <v>49</v>
       </c>
-      <c r="D57" s="19">
+      <c r="D57" s="479">
         <f>IF(Plan!$T55="","",Plan!$T55)</f>
         <v>46008</v>
       </c>
-      <c r="E57" s="20">
+      <c r="E57" s="19">
         <f>IF(Plan!$U55="","",Plan!$U55)</f>
         <v>0.875</v>
       </c>
-      <c r="F57" s="47" t="str">
+      <c r="F57" s="45" t="str">
         <f>Plan!$Q55</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="G57" s="21" t="s">
+      <c r="G57" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H57" s="47" t="str">
+      <c r="H57" s="45" t="str">
         <f>Plan!$S55</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="I57" s="49"/>
-[...9 lines deleted...]
-      <c r="C58" s="22">
+      <c r="I57" s="47">
+        <v>4</v>
+      </c>
+      <c r="J57" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K57" s="49">
+        <v>0</v>
+      </c>
+      <c r="L57" s="25"/>
+      <c r="M57" s="26"/>
+    </row>
+    <row r="58" spans="2:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B58" s="23"/>
+      <c r="C58" s="21">
         <v>50</v>
       </c>
-      <c r="D58" s="19">
+      <c r="D58" s="479">
         <f>IF(Plan!$T56="","",Plan!$T56)</f>
         <v>46008</v>
       </c>
-      <c r="E58" s="20">
+      <c r="E58" s="19">
         <f>IF(Plan!$U56="","",Plan!$U56)</f>
         <v>0.875</v>
       </c>
-      <c r="F58" s="47" t="str">
+      <c r="F58" s="45" t="str">
         <f>Plan!$Q56</f>
         <v>Paris FC</v>
       </c>
-      <c r="G58" s="21" t="s">
+      <c r="G58" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H58" s="47" t="str">
+      <c r="H58" s="45" t="str">
         <f>Plan!$S56</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="I58" s="49"/>
-[...9 lines deleted...]
-      <c r="C59" s="22">
+      <c r="I58" s="47">
+        <v>0</v>
+      </c>
+      <c r="J58" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K58" s="49">
+        <v>2</v>
+      </c>
+      <c r="L58" s="25"/>
+      <c r="M58" s="26"/>
+    </row>
+    <row r="59" spans="2:32" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B59" s="23"/>
+      <c r="C59" s="21">
         <v>51</v>
       </c>
-      <c r="D59" s="19">
+      <c r="D59" s="479">
         <f>IF(Plan!$T57="","",Plan!$T57)</f>
         <v>46008</v>
       </c>
-      <c r="E59" s="20">
+      <c r="E59" s="19">
         <f>IF(Plan!$U57="","",Plan!$U57)</f>
         <v>0.875</v>
       </c>
-      <c r="F59" s="47" t="str">
+      <c r="F59" s="45" t="str">
         <f>Plan!$Q57</f>
         <v>SL Benfica</v>
       </c>
-      <c r="G59" s="21" t="s">
+      <c r="G59" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H59" s="47" t="str">
+      <c r="H59" s="45" t="str">
         <f>Plan!$S57</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="I59" s="49"/>
-[...8 lines deleted...]
-      <c r="Q59" s="54" t="str">
+      <c r="I59" s="47">
+        <v>1</v>
+      </c>
+      <c r="J59" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K59" s="49">
+        <v>1</v>
+      </c>
+      <c r="L59" s="25"/>
+      <c r="M59" s="26"/>
+      <c r="O59" s="493"/>
+      <c r="P59" s="494"/>
+      <c r="Q59" s="52" t="str">
         <f>$Q$8</f>
         <v>Sp</v>
       </c>
-      <c r="R59" s="55" t="str">
+      <c r="R59" s="53" t="str">
         <f>$R$8</f>
         <v>G</v>
       </c>
-      <c r="S59" s="55" t="str">
+      <c r="S59" s="53" t="str">
         <f>$S$8</f>
         <v>U</v>
       </c>
-      <c r="T59" s="209" t="str">
+      <c r="T59" s="195" t="str">
         <f>$T$8</f>
         <v>V</v>
       </c>
-      <c r="U59" s="498" t="str">
+      <c r="U59" s="495" t="str">
         <f>$U$8</f>
         <v>Tore</v>
       </c>
-      <c r="V59" s="499"/>
-[...1 lines deleted...]
-      <c r="X59" s="55" t="str">
+      <c r="V59" s="496"/>
+      <c r="W59" s="497"/>
+      <c r="X59" s="53" t="str">
         <f>$X$8</f>
         <v>TD</v>
       </c>
-      <c r="Y59" s="209" t="str">
+      <c r="Y59" s="195" t="str">
         <f>$Y$8</f>
         <v>ATore</v>
       </c>
-      <c r="Z59" s="209" t="str">
+      <c r="Z59" s="195" t="str">
         <f>$Z$8</f>
         <v>AGew</v>
       </c>
-      <c r="AA59" s="57" t="str">
+      <c r="AA59" s="55" t="str">
         <f>$AA$8</f>
         <v>Pkt</v>
       </c>
-      <c r="AB59" s="58" t="str">
+      <c r="AB59" s="56" t="str">
         <f>$AB$8</f>
         <v>Strafp.</v>
       </c>
     </row>
-    <row r="60" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C60" s="22">
+    <row r="60" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B60" s="23"/>
+      <c r="C60" s="21">
         <v>52</v>
       </c>
-      <c r="D60" s="19">
+      <c r="D60" s="479">
         <f>IF(Plan!$T58="","",Plan!$T58)</f>
         <v>46008</v>
       </c>
-      <c r="E60" s="20">
+      <c r="E60" s="19">
         <f>IF(Plan!$U58="","",Plan!$U58)</f>
         <v>0.875</v>
       </c>
-      <c r="F60" s="47" t="str">
+      <c r="F60" s="45" t="str">
         <f>Plan!$Q58</f>
         <v>FC Twente</v>
       </c>
-      <c r="G60" s="21" t="s">
+      <c r="G60" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H60" s="47" t="str">
+      <c r="H60" s="45" t="str">
         <f>Plan!$S58</f>
         <v>Real Madrid</v>
       </c>
-      <c r="I60" s="49"/>
-[...6 lines deleted...]
-      <c r="O60" s="59" t="str">
+      <c r="I60" s="47">
+        <v>1</v>
+      </c>
+      <c r="J60" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K60" s="49">
+        <v>1</v>
+      </c>
+      <c r="L60" s="25"/>
+      <c r="M60" s="26"/>
+      <c r="O60" s="57">
         <f t="array" ref="O60:AB77">IF($O$9:$AB$26="","",$O$9:$AB$26)</f>
+        <v>1</v>
+      </c>
+      <c r="P60" s="58" t="str">
+        <v>FC Barcelona</v>
+      </c>
+      <c r="Q60" s="59">
+        <v>6</v>
+      </c>
+      <c r="R60" s="60">
+        <v>5</v>
+      </c>
+      <c r="S60" s="60">
+        <v>1</v>
+      </c>
+      <c r="T60" s="61">
+        <v>0</v>
+      </c>
+      <c r="U60" s="62">
+        <v>20</v>
+      </c>
+      <c r="V60" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W60" s="64">
+        <v>3</v>
+      </c>
+      <c r="X60" s="65">
+        <v>17</v>
+      </c>
+      <c r="Y60" s="66">
+        <v>7</v>
+      </c>
+      <c r="Z60" s="66">
+        <v>2</v>
+      </c>
+      <c r="AA60" s="67">
+        <v>16</v>
+      </c>
+      <c r="AB60" s="68" t="str">
         <v/>
       </c>
-      <c r="P60" s="60" t="str">
-[...41 lines deleted...]
-      <c r="C61" s="22">
+    </row>
+    <row r="61" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B61" s="23"/>
+      <c r="C61" s="21">
         <v>53</v>
       </c>
-      <c r="D61" s="19">
+      <c r="D61" s="479">
         <f>IF(Plan!$T59="","",Plan!$T59)</f>
         <v>46008</v>
       </c>
-      <c r="E61" s="20">
+      <c r="E61" s="19">
         <f>IF(Plan!$U59="","",Plan!$U59)</f>
         <v>0.875</v>
       </c>
-      <c r="F61" s="47" t="str">
+      <c r="F61" s="45" t="str">
         <f>Plan!$Q59</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G61" s="21" t="s">
+      <c r="G61" s="20" t="s">
         <v>170</v>
       </c>
-      <c r="H61" s="47" t="str">
+      <c r="H61" s="45" t="str">
         <f>Plan!$S59</f>
         <v>Manchester United</v>
       </c>
-      <c r="I61" s="49"/>
-[...6 lines deleted...]
-      <c r="O61" s="59" t="str">
+      <c r="I61" s="47">
+        <v>0</v>
+      </c>
+      <c r="J61" s="34" t="s">
+        <v>235</v>
+      </c>
+      <c r="K61" s="49">
+        <v>1</v>
+      </c>
+      <c r="L61" s="25"/>
+      <c r="M61" s="26"/>
+      <c r="O61" s="57">
+        <v>2</v>
+      </c>
+      <c r="P61" s="58" t="str">
+        <v>OL Lyonnes</v>
+      </c>
+      <c r="Q61" s="59">
+        <v>6</v>
+      </c>
+      <c r="R61" s="60">
+        <v>5</v>
+      </c>
+      <c r="S61" s="60">
+        <v>1</v>
+      </c>
+      <c r="T61" s="61">
+        <v>0</v>
+      </c>
+      <c r="U61" s="62">
+        <v>18</v>
+      </c>
+      <c r="V61" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W61" s="64">
+        <v>5</v>
+      </c>
+      <c r="X61" s="65">
+        <v>13</v>
+      </c>
+      <c r="Y61" s="66">
+        <v>8</v>
+      </c>
+      <c r="Z61" s="66">
+        <v>2</v>
+      </c>
+      <c r="AA61" s="67">
+        <v>16</v>
+      </c>
+      <c r="AB61" s="68" t="str">
         <v/>
       </c>
-      <c r="P61" s="60" t="str">
-[...41 lines deleted...]
-      <c r="C62" s="373">
+    </row>
+    <row r="62" spans="2:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B62" s="355"/>
+      <c r="C62" s="356">
         <v>54</v>
       </c>
-      <c r="D62" s="374">
+      <c r="D62" s="481">
         <f>IF(Plan!$T60="","",Plan!$T60)</f>
         <v>46008</v>
       </c>
-      <c r="E62" s="375">
+      <c r="E62" s="357">
         <f>IF(Plan!$U60="","",Plan!$U60)</f>
         <v>0.875</v>
       </c>
-      <c r="F62" s="376" t="str">
+      <c r="F62" s="358" t="str">
         <f>Plan!$Q60</f>
         <v>AS Rom</v>
       </c>
-      <c r="G62" s="377" t="s">
+      <c r="G62" s="359" t="s">
         <v>170</v>
       </c>
-      <c r="H62" s="376" t="str">
+      <c r="H62" s="358" t="str">
         <f>Plan!$S60</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="I62" s="378"/>
-[...6 lines deleted...]
-      <c r="O62" s="59" t="str">
+      <c r="I62" s="360">
+        <v>6</v>
+      </c>
+      <c r="J62" s="361" t="s">
+        <v>235</v>
+      </c>
+      <c r="K62" s="362">
+        <v>1</v>
+      </c>
+      <c r="L62" s="363"/>
+      <c r="M62" s="364"/>
+      <c r="O62" s="57">
+        <v>3</v>
+      </c>
+      <c r="P62" s="58" t="str">
+        <v>Chelsea FC</v>
+      </c>
+      <c r="Q62" s="59">
+        <v>6</v>
+      </c>
+      <c r="R62" s="60">
+        <v>4</v>
+      </c>
+      <c r="S62" s="60">
+        <v>2</v>
+      </c>
+      <c r="T62" s="61">
+        <v>0</v>
+      </c>
+      <c r="U62" s="62">
+        <v>20</v>
+      </c>
+      <c r="V62" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W62" s="64">
+        <v>3</v>
+      </c>
+      <c r="X62" s="65">
+        <v>17</v>
+      </c>
+      <c r="Y62" s="66">
+        <v>9</v>
+      </c>
+      <c r="Z62" s="66">
+        <v>2</v>
+      </c>
+      <c r="AA62" s="67">
+        <v>14</v>
+      </c>
+      <c r="AB62" s="68" t="str">
         <v/>
       </c>
-      <c r="P62" s="60" t="str">
-[...2 lines deleted...]
-      <c r="Q62" s="61" t="str">
+    </row>
+    <row r="63" spans="2:32" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="O63" s="57">
+        <v>4</v>
+      </c>
+      <c r="P63" s="58" t="str">
+        <v>FC Bayern München</v>
+      </c>
+      <c r="Q63" s="59">
+        <v>6</v>
+      </c>
+      <c r="R63" s="60">
+        <v>4</v>
+      </c>
+      <c r="S63" s="60">
+        <v>1</v>
+      </c>
+      <c r="T63" s="61">
+        <v>1</v>
+      </c>
+      <c r="U63" s="62">
+        <v>14</v>
+      </c>
+      <c r="V63" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W63" s="64">
+        <v>13</v>
+      </c>
+      <c r="X63" s="65">
+        <v>1</v>
+      </c>
+      <c r="Y63" s="66">
+        <v>6</v>
+      </c>
+      <c r="Z63" s="66">
+        <v>1</v>
+      </c>
+      <c r="AA63" s="67">
+        <v>13</v>
+      </c>
+      <c r="AB63" s="68" t="str">
         <v/>
       </c>
-      <c r="R62" s="62" t="str">
+    </row>
+    <row r="64" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O64" s="241">
+        <v>5</v>
+      </c>
+      <c r="P64" s="242" t="str">
+        <v>Arsenal WFC</v>
+      </c>
+      <c r="Q64" s="243">
+        <v>6</v>
+      </c>
+      <c r="R64" s="244">
+        <v>4</v>
+      </c>
+      <c r="S64" s="244">
+        <v>0</v>
+      </c>
+      <c r="T64" s="245">
+        <v>2</v>
+      </c>
+      <c r="U64" s="246">
+        <v>11</v>
+      </c>
+      <c r="V64" s="247" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W64" s="248">
+        <v>6</v>
+      </c>
+      <c r="X64" s="249">
+        <v>5</v>
+      </c>
+      <c r="Y64" s="250">
+        <v>7</v>
+      </c>
+      <c r="Z64" s="250">
+        <v>2</v>
+      </c>
+      <c r="AA64" s="251">
+        <v>12</v>
+      </c>
+      <c r="AB64" s="68" t="str">
         <v/>
       </c>
-      <c r="S62" s="62" t="str">
+    </row>
+    <row r="65" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O65" s="241">
+        <v>6</v>
+      </c>
+      <c r="P65" s="242" t="str">
+        <v>Manchester United</v>
+      </c>
+      <c r="Q65" s="243">
+        <v>6</v>
+      </c>
+      <c r="R65" s="244">
+        <v>4</v>
+      </c>
+      <c r="S65" s="244">
+        <v>0</v>
+      </c>
+      <c r="T65" s="245">
+        <v>2</v>
+      </c>
+      <c r="U65" s="246">
+        <v>7</v>
+      </c>
+      <c r="V65" s="247" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W65" s="248">
+        <v>9</v>
+      </c>
+      <c r="X65" s="249">
+        <v>-2</v>
+      </c>
+      <c r="Y65" s="250">
+        <v>4</v>
+      </c>
+      <c r="Z65" s="250">
+        <v>2</v>
+      </c>
+      <c r="AA65" s="251">
+        <v>12</v>
+      </c>
+      <c r="AB65" s="68" t="str">
         <v/>
       </c>
-      <c r="T62" s="63" t="str">
+    </row>
+    <row r="66" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O66" s="241">
+        <v>7</v>
+      </c>
+      <c r="P66" s="242" t="str">
+        <v>Real Madrid</v>
+      </c>
+      <c r="Q66" s="243">
+        <v>6</v>
+      </c>
+      <c r="R66" s="244">
+        <v>3</v>
+      </c>
+      <c r="S66" s="244">
+        <v>2</v>
+      </c>
+      <c r="T66" s="245">
+        <v>1</v>
+      </c>
+      <c r="U66" s="246">
+        <v>13</v>
+      </c>
+      <c r="V66" s="247" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W66" s="248">
+        <v>7</v>
+      </c>
+      <c r="X66" s="249">
+        <v>6</v>
+      </c>
+      <c r="Y66" s="250">
+        <v>4</v>
+      </c>
+      <c r="Z66" s="250">
+        <v>1</v>
+      </c>
+      <c r="AA66" s="251">
+        <v>11</v>
+      </c>
+      <c r="AB66" s="68" t="str">
         <v/>
       </c>
-      <c r="U62" s="64" t="str">
+    </row>
+    <row r="67" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O67" s="241">
+        <v>8</v>
+      </c>
+      <c r="P67" s="242" t="str">
+        <v>Juventus FC</v>
+      </c>
+      <c r="Q67" s="243">
+        <v>6</v>
+      </c>
+      <c r="R67" s="244">
+        <v>3</v>
+      </c>
+      <c r="S67" s="244">
+        <v>1</v>
+      </c>
+      <c r="T67" s="245">
+        <v>2</v>
+      </c>
+      <c r="U67" s="246">
+        <v>13</v>
+      </c>
+      <c r="V67" s="247" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W67" s="248">
+        <v>8</v>
+      </c>
+      <c r="X67" s="249">
+        <v>5</v>
+      </c>
+      <c r="Y67" s="250">
+        <v>8</v>
+      </c>
+      <c r="Z67" s="250">
+        <v>2</v>
+      </c>
+      <c r="AA67" s="251">
+        <v>10</v>
+      </c>
+      <c r="AB67" s="68" t="str">
         <v/>
       </c>
-      <c r="V62" s="65" t="str">
+    </row>
+    <row r="68" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O68" s="263">
+        <v>9</v>
+      </c>
+      <c r="P68" s="264" t="str">
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="Q68" s="265">
+        <v>6</v>
+      </c>
+      <c r="R68" s="266">
+        <v>3</v>
+      </c>
+      <c r="S68" s="266">
+        <v>0</v>
+      </c>
+      <c r="T68" s="267">
+        <v>3</v>
+      </c>
+      <c r="U68" s="268">
+        <v>13</v>
+      </c>
+      <c r="V68" s="269" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W62" s="66" t="str">
+      <c r="W68" s="270">
+        <v>10</v>
+      </c>
+      <c r="X68" s="271">
+        <v>3</v>
+      </c>
+      <c r="Y68" s="272">
+        <v>3</v>
+      </c>
+      <c r="Z68" s="272">
+        <v>1</v>
+      </c>
+      <c r="AA68" s="273">
+        <v>9</v>
+      </c>
+      <c r="AB68" s="68" t="str">
         <v/>
       </c>
-      <c r="X62" s="67" t="str">
+    </row>
+    <row r="69" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O69" s="263">
+        <v>10</v>
+      </c>
+      <c r="P69" s="264" t="str">
+        <v>Paris FC</v>
+      </c>
+      <c r="Q69" s="265">
+        <v>6</v>
+      </c>
+      <c r="R69" s="266">
+        <v>2</v>
+      </c>
+      <c r="S69" s="266">
+        <v>2</v>
+      </c>
+      <c r="T69" s="267">
+        <v>2</v>
+      </c>
+      <c r="U69" s="268">
+        <v>6</v>
+      </c>
+      <c r="V69" s="269" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W69" s="270">
+        <v>9</v>
+      </c>
+      <c r="X69" s="271">
+        <v>-3</v>
+      </c>
+      <c r="Y69" s="272">
+        <v>2</v>
+      </c>
+      <c r="Z69" s="272">
+        <v>1</v>
+      </c>
+      <c r="AA69" s="273">
+        <v>8</v>
+      </c>
+      <c r="AB69" s="68" t="str">
         <v/>
       </c>
-      <c r="Y62" s="68" t="str">
+    </row>
+    <row r="70" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O70" s="263">
+        <v>11</v>
+      </c>
+      <c r="P70" s="264" t="str">
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="Q70" s="265">
+        <v>6</v>
+      </c>
+      <c r="R70" s="266">
+        <v>2</v>
+      </c>
+      <c r="S70" s="266">
+        <v>1</v>
+      </c>
+      <c r="T70" s="267">
+        <v>3</v>
+      </c>
+      <c r="U70" s="268">
+        <v>13</v>
+      </c>
+      <c r="V70" s="269" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W70" s="270">
+        <v>9</v>
+      </c>
+      <c r="X70" s="271">
+        <v>4</v>
+      </c>
+      <c r="Y70" s="272">
+        <v>10</v>
+      </c>
+      <c r="Z70" s="272">
+        <v>2</v>
+      </c>
+      <c r="AA70" s="273">
+        <v>7</v>
+      </c>
+      <c r="AB70" s="68" t="str">
         <v/>
       </c>
-      <c r="Z62" s="68" t="str">
+    </row>
+    <row r="71" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O71" s="263">
+        <v>12</v>
+      </c>
+      <c r="P71" s="264" t="str">
+        <v>Oud-Heverlee Leuven</v>
+      </c>
+      <c r="Q71" s="265">
+        <v>6</v>
+      </c>
+      <c r="R71" s="266">
+        <v>1</v>
+      </c>
+      <c r="S71" s="266">
+        <v>3</v>
+      </c>
+      <c r="T71" s="267">
+        <v>2</v>
+      </c>
+      <c r="U71" s="268">
+        <v>5</v>
+      </c>
+      <c r="V71" s="269" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W71" s="270">
+        <v>10</v>
+      </c>
+      <c r="X71" s="271">
+        <v>-5</v>
+      </c>
+      <c r="Y71" s="272">
+        <v>2</v>
+      </c>
+      <c r="Z71" s="272">
+        <v>0</v>
+      </c>
+      <c r="AA71" s="273">
+        <v>6</v>
+      </c>
+      <c r="AB71" s="68" t="str">
         <v/>
       </c>
-      <c r="AA62" s="69" t="str">
+    </row>
+    <row r="72" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O72" s="252">
+        <v>13</v>
+      </c>
+      <c r="P72" s="253" t="str">
+        <v>Valerenga IF</v>
+      </c>
+      <c r="Q72" s="254">
+        <v>6</v>
+      </c>
+      <c r="R72" s="255">
+        <v>1</v>
+      </c>
+      <c r="S72" s="255">
+        <v>1</v>
+      </c>
+      <c r="T72" s="256">
+        <v>4</v>
+      </c>
+      <c r="U72" s="257">
+        <v>4</v>
+      </c>
+      <c r="V72" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W72" s="259">
+        <v>9</v>
+      </c>
+      <c r="X72" s="260">
+        <v>-5</v>
+      </c>
+      <c r="Y72" s="261">
+        <v>1</v>
+      </c>
+      <c r="Z72" s="261">
+        <v>1</v>
+      </c>
+      <c r="AA72" s="262">
+        <v>4</v>
+      </c>
+      <c r="AB72" s="68" t="str">
         <v/>
       </c>
-      <c r="AB62" s="70" t="str">
+    </row>
+    <row r="73" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O73" s="252">
+        <v>14</v>
+      </c>
+      <c r="P73" s="253" t="str">
+        <v>AS Rom</v>
+      </c>
+      <c r="Q73" s="254">
+        <v>6</v>
+      </c>
+      <c r="R73" s="255">
+        <v>1</v>
+      </c>
+      <c r="S73" s="255">
+        <v>1</v>
+      </c>
+      <c r="T73" s="256">
+        <v>4</v>
+      </c>
+      <c r="U73" s="257">
+        <v>9</v>
+      </c>
+      <c r="V73" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W73" s="259">
+        <v>19</v>
+      </c>
+      <c r="X73" s="260">
+        <v>-10</v>
+      </c>
+      <c r="Y73" s="261">
+        <v>3</v>
+      </c>
+      <c r="Z73" s="261">
+        <v>0</v>
+      </c>
+      <c r="AA73" s="262">
+        <v>4</v>
+      </c>
+      <c r="AB73" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="63" spans="2:32" ht="16.2" thickTop="1" x14ac:dyDescent="0.3">
-      <c r="O63" s="59" t="str">
+    <row r="74" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O74" s="252">
+        <v>15</v>
+      </c>
+      <c r="P74" s="253" t="str">
+        <v>FC Twente</v>
+      </c>
+      <c r="Q74" s="254">
+        <v>6</v>
+      </c>
+      <c r="R74" s="255">
+        <v>0</v>
+      </c>
+      <c r="S74" s="255">
+        <v>3</v>
+      </c>
+      <c r="T74" s="256">
+        <v>3</v>
+      </c>
+      <c r="U74" s="257">
+        <v>4</v>
+      </c>
+      <c r="V74" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W74" s="259">
+        <v>10</v>
+      </c>
+      <c r="X74" s="260">
+        <v>-6</v>
+      </c>
+      <c r="Y74" s="261">
+        <v>2</v>
+      </c>
+      <c r="Z74" s="261">
+        <v>0</v>
+      </c>
+      <c r="AA74" s="262">
+        <v>3</v>
+      </c>
+      <c r="AB74" s="68" t="str">
         <v/>
       </c>
-      <c r="P63" s="60" t="str">
-[...2 lines deleted...]
-      <c r="Q63" s="61" t="str">
+    </row>
+    <row r="75" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O75" s="252">
+        <v>16</v>
+      </c>
+      <c r="P75" s="253" t="str">
+        <v>SL Benfica</v>
+      </c>
+      <c r="Q75" s="254">
+        <v>6</v>
+      </c>
+      <c r="R75" s="255">
+        <v>0</v>
+      </c>
+      <c r="S75" s="255">
+        <v>2</v>
+      </c>
+      <c r="T75" s="256">
+        <v>4</v>
+      </c>
+      <c r="U75" s="257">
+        <v>4</v>
+      </c>
+      <c r="V75" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W75" s="259">
+        <v>11</v>
+      </c>
+      <c r="X75" s="260">
+        <v>-7</v>
+      </c>
+      <c r="Y75" s="261">
+        <v>2</v>
+      </c>
+      <c r="Z75" s="261">
+        <v>0</v>
+      </c>
+      <c r="AA75" s="262">
+        <v>2</v>
+      </c>
+      <c r="AB75" s="68" t="str">
         <v/>
       </c>
-      <c r="R63" s="62" t="str">
+    </row>
+    <row r="76" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O76" s="252">
+        <v>17</v>
+      </c>
+      <c r="P76" s="253" t="str">
+        <v>Paris St. Germain</v>
+      </c>
+      <c r="Q76" s="254">
+        <v>6</v>
+      </c>
+      <c r="R76" s="255">
+        <v>0</v>
+      </c>
+      <c r="S76" s="255">
+        <v>2</v>
+      </c>
+      <c r="T76" s="256">
+        <v>4</v>
+      </c>
+      <c r="U76" s="257">
+        <v>4</v>
+      </c>
+      <c r="V76" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W76" s="259">
+        <v>12</v>
+      </c>
+      <c r="X76" s="260">
+        <v>-8</v>
+      </c>
+      <c r="Y76" s="261">
+        <v>2</v>
+      </c>
+      <c r="Z76" s="261">
+        <v>0</v>
+      </c>
+      <c r="AA76" s="262">
+        <v>2</v>
+      </c>
+      <c r="AB76" s="68" t="str">
         <v/>
       </c>
-      <c r="S63" s="62" t="str">
+    </row>
+    <row r="77" spans="15:28" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="O77" s="352">
+        <v>18</v>
+      </c>
+      <c r="P77" s="353" t="str">
+        <v>SKN St. Pölten</v>
+      </c>
+      <c r="Q77" s="373">
+        <v>6</v>
+      </c>
+      <c r="R77" s="365">
+        <v>0</v>
+      </c>
+      <c r="S77" s="365">
+        <v>1</v>
+      </c>
+      <c r="T77" s="366">
+        <v>5</v>
+      </c>
+      <c r="U77" s="367">
+        <v>3</v>
+      </c>
+      <c r="V77" s="368" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W77" s="369">
+        <v>28</v>
+      </c>
+      <c r="X77" s="370">
+        <v>-25</v>
+      </c>
+      <c r="Y77" s="371">
+        <v>3</v>
+      </c>
+      <c r="Z77" s="371">
+        <v>0</v>
+      </c>
+      <c r="AA77" s="372">
+        <v>1</v>
+      </c>
+      <c r="AB77" s="354" t="str">
         <v/>
       </c>
-      <c r="T63" s="63" t="str">
-[...648 lines deleted...]
-      <c r="Q80" s="54" t="str">
+    </row>
+    <row r="78" spans="15:28" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="79" spans="15:28" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="80" spans="15:28" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="O80" s="493"/>
+      <c r="P80" s="494"/>
+      <c r="Q80" s="52" t="str">
         <f>$Q$8</f>
         <v>Sp</v>
       </c>
-      <c r="R80" s="55" t="str">
+      <c r="R80" s="53" t="str">
         <f>$R$8</f>
         <v>G</v>
       </c>
-      <c r="S80" s="55" t="str">
+      <c r="S80" s="53" t="str">
         <f>$S$8</f>
         <v>U</v>
       </c>
-      <c r="T80" s="209" t="str">
+      <c r="T80" s="195" t="str">
         <f>$T$8</f>
         <v>V</v>
       </c>
-      <c r="U80" s="498" t="str">
+      <c r="U80" s="495" t="str">
         <f>$U$8</f>
         <v>Tore</v>
       </c>
-      <c r="V80" s="499"/>
-[...1 lines deleted...]
-      <c r="X80" s="55" t="str">
+      <c r="V80" s="496"/>
+      <c r="W80" s="497"/>
+      <c r="X80" s="53" t="str">
         <f>$X$8</f>
         <v>TD</v>
       </c>
-      <c r="Y80" s="209" t="str">
+      <c r="Y80" s="195" t="str">
         <f>$Y$8</f>
         <v>ATore</v>
       </c>
-      <c r="Z80" s="209" t="str">
+      <c r="Z80" s="195" t="str">
         <f>$Z$8</f>
         <v>AGew</v>
       </c>
-      <c r="AA80" s="57" t="str">
+      <c r="AA80" s="55" t="str">
         <f>$AA$8</f>
         <v>Pkt</v>
       </c>
-      <c r="AB80" s="58" t="str">
+      <c r="AB80" s="56" t="str">
         <f>$AB$8</f>
         <v>Strafp.</v>
       </c>
     </row>
-    <row r="81" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="O81" s="59" t="str">
+    <row r="81" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O81" s="57">
         <f t="array" ref="O81:AB98">IF($O$9:$AB$26="","",$O$9:$AB$26)</f>
+        <v>1</v>
+      </c>
+      <c r="P81" s="58" t="str">
+        <v>FC Barcelona</v>
+      </c>
+      <c r="Q81" s="59">
+        <v>6</v>
+      </c>
+      <c r="R81" s="60">
+        <v>5</v>
+      </c>
+      <c r="S81" s="60">
+        <v>1</v>
+      </c>
+      <c r="T81" s="61">
+        <v>0</v>
+      </c>
+      <c r="U81" s="62">
+        <v>20</v>
+      </c>
+      <c r="V81" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W81" s="64">
+        <v>3</v>
+      </c>
+      <c r="X81" s="65">
+        <v>17</v>
+      </c>
+      <c r="Y81" s="66">
+        <v>7</v>
+      </c>
+      <c r="Z81" s="66">
+        <v>2</v>
+      </c>
+      <c r="AA81" s="67">
+        <v>16</v>
+      </c>
+      <c r="AB81" s="68" t="str">
         <v/>
       </c>
-      <c r="P81" s="60" t="str">
+    </row>
+    <row r="82" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O82" s="57">
+        <v>2</v>
+      </c>
+      <c r="P82" s="58" t="str">
+        <v>OL Lyonnes</v>
+      </c>
+      <c r="Q82" s="59">
+        <v>6</v>
+      </c>
+      <c r="R82" s="60">
+        <v>5</v>
+      </c>
+      <c r="S82" s="60">
+        <v>1</v>
+      </c>
+      <c r="T82" s="61">
+        <v>0</v>
+      </c>
+      <c r="U82" s="62">
+        <v>18</v>
+      </c>
+      <c r="V82" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W82" s="64">
+        <v>5</v>
+      </c>
+      <c r="X82" s="65">
+        <v>13</v>
+      </c>
+      <c r="Y82" s="66">
+        <v>8</v>
+      </c>
+      <c r="Z82" s="66">
+        <v>2</v>
+      </c>
+      <c r="AA82" s="67">
+        <v>16</v>
+      </c>
+      <c r="AB82" s="68" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="83" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O83" s="57">
+        <v>3</v>
+      </c>
+      <c r="P83" s="58" t="str">
+        <v>Chelsea FC</v>
+      </c>
+      <c r="Q83" s="59">
+        <v>6</v>
+      </c>
+      <c r="R83" s="60">
+        <v>4</v>
+      </c>
+      <c r="S83" s="60">
+        <v>2</v>
+      </c>
+      <c r="T83" s="61">
+        <v>0</v>
+      </c>
+      <c r="U83" s="62">
+        <v>20</v>
+      </c>
+      <c r="V83" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W83" s="64">
+        <v>3</v>
+      </c>
+      <c r="X83" s="65">
+        <v>17</v>
+      </c>
+      <c r="Y83" s="66">
+        <v>9</v>
+      </c>
+      <c r="Z83" s="66">
+        <v>2</v>
+      </c>
+      <c r="AA83" s="67">
+        <v>14</v>
+      </c>
+      <c r="AB83" s="68" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="84" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O84" s="57">
+        <v>4</v>
+      </c>
+      <c r="P84" s="58" t="str">
+        <v>FC Bayern München</v>
+      </c>
+      <c r="Q84" s="59">
+        <v>6</v>
+      </c>
+      <c r="R84" s="60">
+        <v>4</v>
+      </c>
+      <c r="S84" s="60">
+        <v>1</v>
+      </c>
+      <c r="T84" s="61">
+        <v>1</v>
+      </c>
+      <c r="U84" s="62">
+        <v>14</v>
+      </c>
+      <c r="V84" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W84" s="64">
+        <v>13</v>
+      </c>
+      <c r="X84" s="65">
+        <v>1</v>
+      </c>
+      <c r="Y84" s="66">
+        <v>6</v>
+      </c>
+      <c r="Z84" s="66">
+        <v>1</v>
+      </c>
+      <c r="AA84" s="67">
+        <v>13</v>
+      </c>
+      <c r="AB84" s="68" t="str">
+        <v/>
+      </c>
+    </row>
+    <row r="85" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O85" s="241">
+        <v>5</v>
+      </c>
+      <c r="P85" s="242" t="str">
         <v>Arsenal WFC</v>
       </c>
-      <c r="Q81" s="61" t="str">
+      <c r="Q85" s="243">
+        <v>6</v>
+      </c>
+      <c r="R85" s="244">
+        <v>4</v>
+      </c>
+      <c r="S85" s="244">
+        <v>0</v>
+      </c>
+      <c r="T85" s="245">
+        <v>2</v>
+      </c>
+      <c r="U85" s="246">
+        <v>11</v>
+      </c>
+      <c r="V85" s="247" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W85" s="248">
+        <v>6</v>
+      </c>
+      <c r="X85" s="249">
+        <v>5</v>
+      </c>
+      <c r="Y85" s="250">
+        <v>7</v>
+      </c>
+      <c r="Z85" s="250">
+        <v>2</v>
+      </c>
+      <c r="AA85" s="251">
+        <v>12</v>
+      </c>
+      <c r="AB85" s="68" t="str">
         <v/>
       </c>
-      <c r="R81" s="62" t="str">
+    </row>
+    <row r="86" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O86" s="241">
+        <v>6</v>
+      </c>
+      <c r="P86" s="242" t="str">
+        <v>Manchester United</v>
+      </c>
+      <c r="Q86" s="243">
+        <v>6</v>
+      </c>
+      <c r="R86" s="244">
+        <v>4</v>
+      </c>
+      <c r="S86" s="244">
+        <v>0</v>
+      </c>
+      <c r="T86" s="245">
+        <v>2</v>
+      </c>
+      <c r="U86" s="246">
+        <v>7</v>
+      </c>
+      <c r="V86" s="247" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W86" s="248">
+        <v>9</v>
+      </c>
+      <c r="X86" s="249">
+        <v>-2</v>
+      </c>
+      <c r="Y86" s="250">
+        <v>4</v>
+      </c>
+      <c r="Z86" s="250">
+        <v>2</v>
+      </c>
+      <c r="AA86" s="251">
+        <v>12</v>
+      </c>
+      <c r="AB86" s="68" t="str">
         <v/>
       </c>
-      <c r="S81" s="62" t="str">
+    </row>
+    <row r="87" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O87" s="241">
+        <v>7</v>
+      </c>
+      <c r="P87" s="242" t="str">
+        <v>Real Madrid</v>
+      </c>
+      <c r="Q87" s="243">
+        <v>6</v>
+      </c>
+      <c r="R87" s="244">
+        <v>3</v>
+      </c>
+      <c r="S87" s="244">
+        <v>2</v>
+      </c>
+      <c r="T87" s="245">
+        <v>1</v>
+      </c>
+      <c r="U87" s="246">
+        <v>13</v>
+      </c>
+      <c r="V87" s="247" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W87" s="248">
+        <v>7</v>
+      </c>
+      <c r="X87" s="249">
+        <v>6</v>
+      </c>
+      <c r="Y87" s="250">
+        <v>4</v>
+      </c>
+      <c r="Z87" s="250">
+        <v>1</v>
+      </c>
+      <c r="AA87" s="251">
+        <v>11</v>
+      </c>
+      <c r="AB87" s="68" t="str">
         <v/>
       </c>
-      <c r="T81" s="63" t="str">
+    </row>
+    <row r="88" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O88" s="241">
+        <v>8</v>
+      </c>
+      <c r="P88" s="242" t="str">
+        <v>Juventus FC</v>
+      </c>
+      <c r="Q88" s="243">
+        <v>6</v>
+      </c>
+      <c r="R88" s="244">
+        <v>3</v>
+      </c>
+      <c r="S88" s="244">
+        <v>1</v>
+      </c>
+      <c r="T88" s="245">
+        <v>2</v>
+      </c>
+      <c r="U88" s="246">
+        <v>13</v>
+      </c>
+      <c r="V88" s="247" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W88" s="248">
+        <v>8</v>
+      </c>
+      <c r="X88" s="249">
+        <v>5</v>
+      </c>
+      <c r="Y88" s="250">
+        <v>8</v>
+      </c>
+      <c r="Z88" s="250">
+        <v>2</v>
+      </c>
+      <c r="AA88" s="251">
+        <v>10</v>
+      </c>
+      <c r="AB88" s="68" t="str">
         <v/>
       </c>
-      <c r="U81" s="64" t="str">
+    </row>
+    <row r="89" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O89" s="263">
+        <v>9</v>
+      </c>
+      <c r="P89" s="264" t="str">
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="Q89" s="265">
+        <v>6</v>
+      </c>
+      <c r="R89" s="266">
+        <v>3</v>
+      </c>
+      <c r="S89" s="266">
+        <v>0</v>
+      </c>
+      <c r="T89" s="267">
+        <v>3</v>
+      </c>
+      <c r="U89" s="268">
+        <v>13</v>
+      </c>
+      <c r="V89" s="269" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W89" s="270">
+        <v>10</v>
+      </c>
+      <c r="X89" s="271">
+        <v>3</v>
+      </c>
+      <c r="Y89" s="272">
+        <v>3</v>
+      </c>
+      <c r="Z89" s="272">
+        <v>1</v>
+      </c>
+      <c r="AA89" s="273">
+        <v>9</v>
+      </c>
+      <c r="AB89" s="68" t="str">
         <v/>
       </c>
-      <c r="V81" s="65" t="str">
+    </row>
+    <row r="90" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O90" s="263">
+        <v>10</v>
+      </c>
+      <c r="P90" s="264" t="str">
+        <v>Paris FC</v>
+      </c>
+      <c r="Q90" s="265">
+        <v>6</v>
+      </c>
+      <c r="R90" s="266">
+        <v>2</v>
+      </c>
+      <c r="S90" s="266">
+        <v>2</v>
+      </c>
+      <c r="T90" s="267">
+        <v>2</v>
+      </c>
+      <c r="U90" s="268">
+        <v>6</v>
+      </c>
+      <c r="V90" s="269" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W81" s="66" t="str">
+      <c r="W90" s="270">
+        <v>9</v>
+      </c>
+      <c r="X90" s="271">
+        <v>-3</v>
+      </c>
+      <c r="Y90" s="272">
+        <v>2</v>
+      </c>
+      <c r="Z90" s="272">
+        <v>1</v>
+      </c>
+      <c r="AA90" s="273">
+        <v>8</v>
+      </c>
+      <c r="AB90" s="68" t="str">
         <v/>
       </c>
-      <c r="X81" s="67" t="str">
+    </row>
+    <row r="91" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O91" s="263">
+        <v>11</v>
+      </c>
+      <c r="P91" s="264" t="str">
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="Q91" s="265">
+        <v>6</v>
+      </c>
+      <c r="R91" s="266">
+        <v>2</v>
+      </c>
+      <c r="S91" s="266">
+        <v>1</v>
+      </c>
+      <c r="T91" s="267">
+        <v>3</v>
+      </c>
+      <c r="U91" s="268">
+        <v>13</v>
+      </c>
+      <c r="V91" s="269" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W91" s="270">
+        <v>9</v>
+      </c>
+      <c r="X91" s="271">
+        <v>4</v>
+      </c>
+      <c r="Y91" s="272">
+        <v>10</v>
+      </c>
+      <c r="Z91" s="272">
+        <v>2</v>
+      </c>
+      <c r="AA91" s="273">
+        <v>7</v>
+      </c>
+      <c r="AB91" s="68" t="str">
         <v/>
       </c>
-      <c r="Y81" s="68" t="str">
+    </row>
+    <row r="92" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O92" s="263">
+        <v>12</v>
+      </c>
+      <c r="P92" s="264" t="str">
+        <v>Oud-Heverlee Leuven</v>
+      </c>
+      <c r="Q92" s="265">
+        <v>6</v>
+      </c>
+      <c r="R92" s="266">
+        <v>1</v>
+      </c>
+      <c r="S92" s="266">
+        <v>3</v>
+      </c>
+      <c r="T92" s="267">
+        <v>2</v>
+      </c>
+      <c r="U92" s="268">
+        <v>5</v>
+      </c>
+      <c r="V92" s="269" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W92" s="270">
+        <v>10</v>
+      </c>
+      <c r="X92" s="271">
+        <v>-5</v>
+      </c>
+      <c r="Y92" s="272">
+        <v>2</v>
+      </c>
+      <c r="Z92" s="272">
+        <v>0</v>
+      </c>
+      <c r="AA92" s="273">
+        <v>6</v>
+      </c>
+      <c r="AB92" s="68" t="str">
         <v/>
       </c>
-      <c r="Z81" s="68" t="str">
+    </row>
+    <row r="93" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O93" s="252">
+        <v>13</v>
+      </c>
+      <c r="P93" s="253" t="str">
+        <v>Valerenga IF</v>
+      </c>
+      <c r="Q93" s="254">
+        <v>6</v>
+      </c>
+      <c r="R93" s="255">
+        <v>1</v>
+      </c>
+      <c r="S93" s="255">
+        <v>1</v>
+      </c>
+      <c r="T93" s="256">
+        <v>4</v>
+      </c>
+      <c r="U93" s="257">
+        <v>4</v>
+      </c>
+      <c r="V93" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W93" s="259">
+        <v>9</v>
+      </c>
+      <c r="X93" s="260">
+        <v>-5</v>
+      </c>
+      <c r="Y93" s="261">
+        <v>1</v>
+      </c>
+      <c r="Z93" s="261">
+        <v>1</v>
+      </c>
+      <c r="AA93" s="262">
+        <v>4</v>
+      </c>
+      <c r="AB93" s="68" t="str">
         <v/>
       </c>
-      <c r="AA81" s="69" t="str">
+    </row>
+    <row r="94" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O94" s="252">
+        <v>14</v>
+      </c>
+      <c r="P94" s="253" t="str">
+        <v>AS Rom</v>
+      </c>
+      <c r="Q94" s="254">
+        <v>6</v>
+      </c>
+      <c r="R94" s="255">
+        <v>1</v>
+      </c>
+      <c r="S94" s="255">
+        <v>1</v>
+      </c>
+      <c r="T94" s="256">
+        <v>4</v>
+      </c>
+      <c r="U94" s="257">
+        <v>9</v>
+      </c>
+      <c r="V94" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W94" s="259">
+        <v>19</v>
+      </c>
+      <c r="X94" s="260">
+        <v>-10</v>
+      </c>
+      <c r="Y94" s="261">
+        <v>3</v>
+      </c>
+      <c r="Z94" s="261">
+        <v>0</v>
+      </c>
+      <c r="AA94" s="262">
+        <v>4</v>
+      </c>
+      <c r="AB94" s="68" t="str">
         <v/>
       </c>
-      <c r="AB81" s="70" t="str">
+    </row>
+    <row r="95" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O95" s="252">
+        <v>15</v>
+      </c>
+      <c r="P95" s="253" t="str">
+        <v>FC Twente</v>
+      </c>
+      <c r="Q95" s="254">
+        <v>6</v>
+      </c>
+      <c r="R95" s="255">
+        <v>0</v>
+      </c>
+      <c r="S95" s="255">
+        <v>3</v>
+      </c>
+      <c r="T95" s="256">
+        <v>3</v>
+      </c>
+      <c r="U95" s="257">
+        <v>4</v>
+      </c>
+      <c r="V95" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W95" s="259">
+        <v>10</v>
+      </c>
+      <c r="X95" s="260">
+        <v>-6</v>
+      </c>
+      <c r="Y95" s="261">
+        <v>2</v>
+      </c>
+      <c r="Z95" s="261">
+        <v>0</v>
+      </c>
+      <c r="AA95" s="262">
+        <v>3</v>
+      </c>
+      <c r="AB95" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="82" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
-      <c r="O82" s="59" t="str">
+    <row r="96" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O96" s="252">
+        <v>16</v>
+      </c>
+      <c r="P96" s="253" t="str">
+        <v>SL Benfica</v>
+      </c>
+      <c r="Q96" s="254">
+        <v>6</v>
+      </c>
+      <c r="R96" s="255">
+        <v>0</v>
+      </c>
+      <c r="S96" s="255">
+        <v>2</v>
+      </c>
+      <c r="T96" s="256">
+        <v>4</v>
+      </c>
+      <c r="U96" s="257">
+        <v>4</v>
+      </c>
+      <c r="V96" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W96" s="259">
+        <v>11</v>
+      </c>
+      <c r="X96" s="260">
+        <v>-7</v>
+      </c>
+      <c r="Y96" s="261">
+        <v>2</v>
+      </c>
+      <c r="Z96" s="261">
+        <v>0</v>
+      </c>
+      <c r="AA96" s="262">
+        <v>2</v>
+      </c>
+      <c r="AB96" s="68" t="str">
         <v/>
       </c>
-      <c r="P82" s="60" t="str">
-[...2 lines deleted...]
-      <c r="Q82" s="61" t="str">
+    </row>
+    <row r="97" spans="2:28" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="B97" s="478" t="s">
+        <v>262</v>
+      </c>
+      <c r="O97" s="252">
+        <v>17</v>
+      </c>
+      <c r="P97" s="253" t="str">
+        <v>Paris St. Germain</v>
+      </c>
+      <c r="Q97" s="254">
+        <v>6</v>
+      </c>
+      <c r="R97" s="255">
+        <v>0</v>
+      </c>
+      <c r="S97" s="255">
+        <v>2</v>
+      </c>
+      <c r="T97" s="256">
+        <v>4</v>
+      </c>
+      <c r="U97" s="257">
+        <v>4</v>
+      </c>
+      <c r="V97" s="258" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W97" s="259">
+        <v>12</v>
+      </c>
+      <c r="X97" s="260">
+        <v>-8</v>
+      </c>
+      <c r="Y97" s="261">
+        <v>2</v>
+      </c>
+      <c r="Z97" s="261">
+        <v>0</v>
+      </c>
+      <c r="AA97" s="262">
+        <v>2</v>
+      </c>
+      <c r="AB97" s="68" t="str">
         <v/>
       </c>
-      <c r="R82" s="62" t="str">
+    </row>
+    <row r="98" spans="2:28" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="O98" s="352">
+        <v>18</v>
+      </c>
+      <c r="P98" s="353" t="str">
+        <v>SKN St. Pölten</v>
+      </c>
+      <c r="Q98" s="373">
+        <v>6</v>
+      </c>
+      <c r="R98" s="365">
+        <v>0</v>
+      </c>
+      <c r="S98" s="365">
+        <v>1</v>
+      </c>
+      <c r="T98" s="366">
+        <v>5</v>
+      </c>
+      <c r="U98" s="367">
+        <v>3</v>
+      </c>
+      <c r="V98" s="368" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="W98" s="369">
+        <v>28</v>
+      </c>
+      <c r="X98" s="370">
+        <v>-25</v>
+      </c>
+      <c r="Y98" s="371">
+        <v>3</v>
+      </c>
+      <c r="Z98" s="371">
+        <v>0</v>
+      </c>
+      <c r="AA98" s="372">
+        <v>1</v>
+      </c>
+      <c r="AB98" s="354" t="str">
         <v/>
       </c>
-      <c r="S82" s="62" t="str">
-[...737 lines deleted...]
-    <row r="99" spans="2:28" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
+    </row>
+    <row r="99" spans="2:28" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="16">
+    <mergeCell ref="O51:S51"/>
+    <mergeCell ref="O56:AF56"/>
+    <mergeCell ref="U59:W59"/>
+    <mergeCell ref="O59:P59"/>
+    <mergeCell ref="O80:P80"/>
+    <mergeCell ref="U80:W80"/>
     <mergeCell ref="Y7:Z7"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="U8:W8"/>
     <mergeCell ref="G3:Q3"/>
     <mergeCell ref="G4:Q4"/>
     <mergeCell ref="O6:P6"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="R6:AA6"/>
-    <mergeCell ref="O51:S51"/>
-[...4 lines deleted...]
-    <mergeCell ref="U80:W80"/>
   </mergeCells>
   <conditionalFormatting sqref="O9:O26">
     <cfRule type="expression" dxfId="54" priority="46">
       <formula>O9=O8</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE9:AE28">
     <cfRule type="expression" dxfId="53" priority="45">
       <formula>AE9=AE8</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O46">
     <cfRule type="expression" dxfId="52" priority="41">
       <formula>$P$10=""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="51" priority="42">
       <formula>OR(AND($O$10=$O$9,$P$9&lt;&gt;""),AND($O$10=$O$11,$P$11&lt;&gt;""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE31:AF31 AE48:AF49">
     <cfRule type="expression" dxfId="50" priority="37">
       <formula>$P1048568=""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="49" priority="40">
       <formula>OR(AND($O1048568=$O1048567,$P1048567&lt;&gt;""),AND($O1048568=$O1048569,$P1048569&lt;&gt;""))</formula>
@@ -17580,6642 +17899,6654 @@
       <formula>$P8=""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="15" priority="6">
       <formula>OR(AND($O8=$O7,$P7&lt;&gt;""),AND($O8=$O9,$P9&lt;&gt;""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE50:AF52">
     <cfRule type="expression" dxfId="14" priority="43">
       <formula>$P12=""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="13" priority="44">
       <formula>OR(AND($O12=$O11,$P11&lt;&gt;""),AND($O12=$O13,$P13&lt;&gt;""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O81:O98">
     <cfRule type="expression" dxfId="12" priority="2">
       <formula>O81=O80</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O60:O77">
     <cfRule type="expression" dxfId="11" priority="1">
       <formula>O60=O59</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="O51" r:id="rId1"/>
-[...1 lines deleted...]
-    <hyperlink ref="O56" r:id="rId3"/>
+    <hyperlink ref="O51" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="O54" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="O56" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
-      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" disablePrompts="1" count="1">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
+      <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000000000000}">
           <x14:formula1>
             <xm:f>Calc2!$A$1:$A$6</xm:f>
           </x14:formula1>
           <xm:sqref>Q6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AR47"/>
   <sheetViews>
-    <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="H4" sqref="H4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="5.88671875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="21.6640625" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.85546875" customWidth="1"/>
+    <col min="2" max="4" width="11.5703125" customWidth="1"/>
+    <col min="5" max="5" width="21.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
-    <col min="7" max="7" width="19.6640625" bestFit="1" customWidth="1"/>
-[...17 lines deleted...]
-    <col min="42" max="16384" width="11.5546875" hidden="1"/>
+    <col min="7" max="7" width="20.85546875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="5.7109375" customWidth="1"/>
+    <col min="9" max="9" width="2" customWidth="1"/>
+    <col min="10" max="11" width="5.7109375" customWidth="1"/>
+    <col min="12" max="12" width="2" customWidth="1"/>
+    <col min="13" max="14" width="5.7109375" customWidth="1"/>
+    <col min="15" max="15" width="2" customWidth="1"/>
+    <col min="16" max="16" width="5.7109375" customWidth="1"/>
+    <col min="17" max="17" width="6" customWidth="1"/>
+    <col min="18" max="18" width="5.28515625" customWidth="1"/>
+    <col min="19" max="19" width="11" customWidth="1"/>
+    <col min="20" max="20" width="5.7109375" customWidth="1"/>
+    <col min="21" max="21" width="21.140625" customWidth="1"/>
+    <col min="22" max="26" width="4.7109375" customWidth="1"/>
+    <col min="27" max="27" width="2.7109375" customWidth="1"/>
+    <col min="28" max="28" width="4.7109375" customWidth="1"/>
+    <col min="29" max="29" width="6.140625" customWidth="1"/>
+    <col min="30" max="31" width="4.7109375" customWidth="1"/>
+    <col min="32" max="32" width="6.28515625" customWidth="1"/>
+    <col min="33" max="33" width="5.42578125" customWidth="1"/>
+    <col min="34" max="34" width="5.140625" hidden="1" customWidth="1"/>
+    <col min="35" max="35" width="9.5703125" hidden="1" customWidth="1"/>
+    <col min="36" max="36" width="7.5703125" hidden="1" customWidth="1"/>
+    <col min="37" max="37" width="11.5703125" hidden="1" customWidth="1"/>
+    <col min="38" max="38" width="6.85546875" hidden="1" customWidth="1"/>
+    <col min="39" max="40" width="11.5703125" hidden="1" customWidth="1"/>
+    <col min="41" max="41" width="2.5703125" hidden="1" customWidth="1"/>
+    <col min="42" max="16384" width="11.5703125" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A1" s="158"/>
-[...34 lines deleted...]
-      <c r="B2" s="160" t="str">
+      <c r="A1" s="153"/>
+      <c r="B1" s="154"/>
+      <c r="C1" s="154"/>
+      <c r="D1" s="154"/>
+      <c r="E1" s="153"/>
+      <c r="F1" s="153"/>
+      <c r="G1" s="153"/>
+      <c r="H1" s="153"/>
+      <c r="I1" s="153"/>
+      <c r="J1" s="153"/>
+      <c r="K1" s="153"/>
+      <c r="L1" s="153"/>
+      <c r="M1" s="153"/>
+      <c r="N1" s="153"/>
+      <c r="O1" s="153"/>
+      <c r="P1" s="153"/>
+      <c r="Q1" s="153"/>
+      <c r="R1" s="153"/>
+      <c r="S1" s="153"/>
+      <c r="T1" s="153"/>
+      <c r="U1" s="153"/>
+      <c r="V1" s="153"/>
+      <c r="W1" s="153"/>
+      <c r="X1" s="153"/>
+      <c r="Y1" s="153"/>
+      <c r="Z1" s="153"/>
+      <c r="AA1" s="153"/>
+      <c r="AB1" s="153"/>
+      <c r="AC1" s="153"/>
+      <c r="AD1" s="153"/>
+      <c r="AE1" s="153"/>
+      <c r="AF1" s="153"/>
+    </row>
+    <row r="2" spans="1:44" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+      <c r="A2" s="153"/>
+      <c r="B2" s="155" t="str">
         <f>Language!$E$38</f>
         <v>Play-Offs</v>
       </c>
-      <c r="C2" s="159"/>
-[...16 lines deleted...]
-      <c r="N2" s="520" t="str">
+      <c r="C2" s="154"/>
+      <c r="D2" s="154"/>
+      <c r="E2" s="153"/>
+      <c r="F2" s="153"/>
+      <c r="G2" s="156" t="str">
+        <f>Language!$E$88</f>
+        <v>Diese Teams haben beim Rückspiel Heimrecht.</v>
+      </c>
+      <c r="H2" s="542" t="s">
+        <v>256</v>
+      </c>
+      <c r="I2" s="543"/>
+      <c r="J2" s="543"/>
+      <c r="K2" s="542" t="s">
+        <v>257</v>
+      </c>
+      <c r="L2" s="543"/>
+      <c r="M2" s="543"/>
+      <c r="N2" s="536" t="str">
         <f>Language!$E$33</f>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="O2" s="521"/>
-[...4 lines deleted...]
-      <c r="T2" s="528" t="str">
+      <c r="O2" s="537"/>
+      <c r="P2" s="538"/>
+      <c r="Q2" s="153"/>
+      <c r="R2" s="153"/>
+      <c r="S2" s="153"/>
+      <c r="T2" s="544" t="str">
         <f>Language!$E$42</f>
         <v>Liga-Tabelle</v>
       </c>
-      <c r="U2" s="528"/>
-[...19 lines deleted...]
-      <c r="G3" s="162" t="s">
+      <c r="U2" s="544"/>
+      <c r="V2" s="153"/>
+      <c r="W2" s="153"/>
+      <c r="X2" s="153"/>
+      <c r="Y2" s="153"/>
+      <c r="Z2" s="153"/>
+      <c r="AA2" s="153"/>
+      <c r="AB2" s="153"/>
+      <c r="AC2" s="153"/>
+      <c r="AD2" s="153"/>
+      <c r="AE2" s="153"/>
+      <c r="AF2" s="153"/>
+    </row>
+    <row r="3" spans="1:44" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="153"/>
+      <c r="B3" s="154"/>
+      <c r="C3" s="154"/>
+      <c r="D3" s="154"/>
+      <c r="E3" s="153"/>
+      <c r="F3" s="153"/>
+      <c r="G3" s="157" t="s">
         <v>199</v>
       </c>
-      <c r="H3" s="529" t="str">
+      <c r="H3" s="545" t="str">
         <f>Language!$E$31</f>
         <v>Hinspiel</v>
       </c>
-      <c r="I3" s="529"/>
-[...1 lines deleted...]
-      <c r="K3" s="529" t="str">
+      <c r="I3" s="545"/>
+      <c r="J3" s="545"/>
+      <c r="K3" s="545" t="str">
         <f>Language!$E$32</f>
         <v>Rückspiel</v>
       </c>
-      <c r="L3" s="529"/>
-[...6 lines deleted...]
-      <c r="S3" s="393" t="str">
+      <c r="L3" s="545"/>
+      <c r="M3" s="545"/>
+      <c r="N3" s="539"/>
+      <c r="O3" s="540"/>
+      <c r="P3" s="541"/>
+      <c r="Q3" s="153"/>
+      <c r="R3" s="153"/>
+      <c r="S3" s="375" t="str">
         <f>Language!$E$39</f>
         <v>Liga-Rang</v>
       </c>
-      <c r="T3" s="163"/>
-[...1 lines deleted...]
-      <c r="V3" s="54" t="str">
+      <c r="T3" s="158"/>
+      <c r="U3" s="159"/>
+      <c r="V3" s="52" t="str">
         <f>Results!$Q$8</f>
         <v>Sp</v>
       </c>
-      <c r="W3" s="55" t="str">
+      <c r="W3" s="53" t="str">
         <f>Results!$R$8</f>
         <v>G</v>
       </c>
-      <c r="X3" s="55" t="str">
+      <c r="X3" s="53" t="str">
         <f>Results!$S$8</f>
         <v>U</v>
       </c>
-      <c r="Y3" s="368" t="str">
+      <c r="Y3" s="351" t="str">
         <f>Results!$T$8</f>
         <v>V</v>
       </c>
-      <c r="Z3" s="498" t="str">
+      <c r="Z3" s="495" t="str">
         <f>Results!$U$8</f>
         <v>Tore</v>
       </c>
-      <c r="AA3" s="499"/>
-[...1 lines deleted...]
-      <c r="AC3" s="55" t="str">
+      <c r="AA3" s="496"/>
+      <c r="AB3" s="497"/>
+      <c r="AC3" s="53" t="str">
         <f>Results!$X$8</f>
         <v>TD</v>
       </c>
-      <c r="AD3" s="368" t="str">
+      <c r="AD3" s="351" t="str">
         <f>Results!$Y$8</f>
         <v>ATore</v>
       </c>
-      <c r="AE3" s="368" t="str">
+      <c r="AE3" s="351" t="str">
         <f>Results!$Z$8</f>
         <v>AGew</v>
       </c>
-      <c r="AF3" s="57" t="str">
+      <c r="AF3" s="55" t="str">
         <f>Results!$AA$8</f>
         <v>Pkt</v>
       </c>
     </row>
     <row r="4" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="158"/>
-      <c r="B4" s="165" t="s">
+      <c r="A4" s="153"/>
+      <c r="B4" s="160" t="s">
         <v>200</v>
       </c>
-      <c r="C4" s="166" t="s">
-[...2 lines deleted...]
-      <c r="D4" s="167" t="s">
+      <c r="C4" s="161" t="s">
+        <v>207</v>
+      </c>
+      <c r="D4" s="162" t="s">
+        <v>213</v>
+      </c>
+      <c r="E4" s="163" t="str">
+        <f>IF(ISNUMBER(FIND("/",$C4)),"",INDEX(Results!$P$9:$P$26,MID($C4,4,2)))</f>
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="F4" s="164" t="s">
+        <v>170</v>
+      </c>
+      <c r="G4" s="165" t="str">
+        <f>IF(ISNUMBER(FIND("/",$D4)),"",INDEX(Results!$P$9:$P$26,MID($D4,4,2)))</f>
+        <v>Manchester United</v>
+      </c>
+      <c r="H4" s="166"/>
+      <c r="I4" s="167" t="s">
+        <v>163</v>
+      </c>
+      <c r="J4" s="168"/>
+      <c r="K4" s="166"/>
+      <c r="L4" s="167" t="s">
+        <v>163</v>
+      </c>
+      <c r="M4" s="168"/>
+      <c r="N4" s="166"/>
+      <c r="O4" s="167" t="s">
+        <v>163</v>
+      </c>
+      <c r="P4" s="169"/>
+      <c r="Q4" s="153"/>
+      <c r="R4" s="154"/>
+      <c r="S4" s="376" t="s">
+        <v>202</v>
+      </c>
+      <c r="T4" s="57">
+        <f t="array" ref="T4:AF21">IF(Results!$O$9:$AB$26="","",Results!$O$9:$AB$26)</f>
+        <v>1</v>
+      </c>
+      <c r="U4" s="58" t="str">
+        <v>FC Barcelona</v>
+      </c>
+      <c r="V4" s="59">
+        <v>6</v>
+      </c>
+      <c r="W4" s="60">
+        <v>5</v>
+      </c>
+      <c r="X4" s="60">
+        <v>1</v>
+      </c>
+      <c r="Y4" s="61">
+        <v>0</v>
+      </c>
+      <c r="Z4" s="62">
+        <v>20</v>
+      </c>
+      <c r="AA4" s="63" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="AB4" s="64">
+        <v>3</v>
+      </c>
+      <c r="AC4" s="65">
+        <v>17</v>
+      </c>
+      <c r="AD4" s="66">
+        <v>7</v>
+      </c>
+      <c r="AE4" s="482">
+        <v>2</v>
+      </c>
+      <c r="AF4" s="67">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="5" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A5" s="153"/>
+      <c r="B5" s="170" t="s">
+        <v>203</v>
+      </c>
+      <c r="C5" s="171" t="s">
+        <v>204</v>
+      </c>
+      <c r="D5" s="172" t="s">
+        <v>214</v>
+      </c>
+      <c r="E5" s="173" t="str">
+        <f>IF(ISNUMBER(FIND("/",$C5)),"",INDEX(Results!$P$9:$P$26,MID($C5,4,2)))</f>
+        <v>Paris FC</v>
+      </c>
+      <c r="F5" s="174" t="s">
+        <v>170</v>
+      </c>
+      <c r="G5" s="175" t="str">
+        <f>IF(ISNUMBER(FIND("/",$D5)),"",INDEX(Results!$P$9:$P$26,MID($D5,4,2)))</f>
+        <v>Real Madrid</v>
+      </c>
+      <c r="H5" s="176"/>
+      <c r="I5" s="177" t="s">
+        <v>163</v>
+      </c>
+      <c r="J5" s="178"/>
+      <c r="K5" s="176"/>
+      <c r="L5" s="177" t="s">
+        <v>163</v>
+      </c>
+      <c r="M5" s="178"/>
+      <c r="N5" s="176"/>
+      <c r="O5" s="177" t="s">
+        <v>163</v>
+      </c>
+      <c r="P5" s="179"/>
+      <c r="Q5" s="153"/>
+      <c r="R5" s="154"/>
+      <c r="S5" s="377" t="s">
+        <v>205</v>
+      </c>
+      <c r="T5" s="57">
+        <v>2</v>
+      </c>
+      <c r="U5" s="58" t="str">
+        <v>OL Lyonnes</v>
+      </c>
+      <c r="V5" s="69">
+        <v>6</v>
+      </c>
+      <c r="W5" s="70">
+        <v>5</v>
+      </c>
+      <c r="X5" s="70">
+        <v>1</v>
+      </c>
+      <c r="Y5" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z5" s="72">
+        <v>18</v>
+      </c>
+      <c r="AA5" s="73" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="AB5" s="74">
+        <v>5</v>
+      </c>
+      <c r="AC5" s="75">
+        <v>13</v>
+      </c>
+      <c r="AD5" s="76">
+        <v>8</v>
+      </c>
+      <c r="AE5" s="483">
+        <v>2</v>
+      </c>
+      <c r="AF5" s="77">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A6" s="153"/>
+      <c r="B6" s="170" t="s">
+        <v>206</v>
+      </c>
+      <c r="C6" s="171" t="s">
+        <v>210</v>
+      </c>
+      <c r="D6" s="172" t="s">
         <v>212</v>
       </c>
-      <c r="E4" s="168" t="str">
-[...3 lines deleted...]
-      <c r="F4" s="169" t="s">
+      <c r="E6" s="173" t="str">
+        <f>IF(ISNUMBER(FIND("/",$C6)),"",INDEX(Results!$P$9:$P$26,MID($C6,4,2)))</f>
+        <v>Oud-Heverlee Leuven</v>
+      </c>
+      <c r="F6" s="174" t="s">
         <v>170</v>
       </c>
-      <c r="G4" s="170" t="str">
-[...4 lines deleted...]
-      <c r="I4" s="172" t="s">
+      <c r="G6" s="175" t="str">
+        <f>IF(ISNUMBER(FIND("/",$D6)),"",INDEX(Results!$P$9:$P$26,MID($D6,4,2)))</f>
+        <v>Arsenal WFC</v>
+      </c>
+      <c r="H6" s="176"/>
+      <c r="I6" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="J4" s="173"/>
-[...1 lines deleted...]
-      <c r="L4" s="172" t="s">
+      <c r="J6" s="178"/>
+      <c r="K6" s="176"/>
+      <c r="L6" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="M4" s="173"/>
-[...1 lines deleted...]
-      <c r="O4" s="172" t="s">
+      <c r="M6" s="178"/>
+      <c r="N6" s="176"/>
+      <c r="O6" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="P4" s="174"/>
-[...9 lines deleted...]
-      <c r="U4" s="60" t="str">
+      <c r="P6" s="179"/>
+      <c r="Q6" s="153"/>
+      <c r="R6" s="154"/>
+      <c r="S6" s="377" t="s">
+        <v>208</v>
+      </c>
+      <c r="T6" s="57">
+        <v>3</v>
+      </c>
+      <c r="U6" s="58" t="str">
+        <v>Chelsea FC</v>
+      </c>
+      <c r="V6" s="69">
+        <v>6</v>
+      </c>
+      <c r="W6" s="70">
+        <v>4</v>
+      </c>
+      <c r="X6" s="70">
+        <v>2</v>
+      </c>
+      <c r="Y6" s="71">
+        <v>0</v>
+      </c>
+      <c r="Z6" s="72">
+        <v>20</v>
+      </c>
+      <c r="AA6" s="73" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="AB6" s="74">
+        <v>3</v>
+      </c>
+      <c r="AC6" s="75">
+        <v>17</v>
+      </c>
+      <c r="AD6" s="76">
+        <v>9</v>
+      </c>
+      <c r="AE6" s="483">
+        <v>2</v>
+      </c>
+      <c r="AF6" s="77">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="7" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A7" s="153"/>
+      <c r="B7" s="300" t="s">
+        <v>209</v>
+      </c>
+      <c r="C7" s="301" t="s">
+        <v>201</v>
+      </c>
+      <c r="D7" s="302" t="s">
+        <v>215</v>
+      </c>
+      <c r="E7" s="197" t="str">
+        <f>IF(ISNUMBER(FIND("/",$C7)),"",INDEX(Results!$P$9:$P$26,MID($C7,4,2)))</f>
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="F7" s="198" t="s">
+        <v>170</v>
+      </c>
+      <c r="G7" s="199" t="str">
+        <f>IF(ISNUMBER(FIND("/",$D7)),"",INDEX(Results!$P$9:$P$26,MID($D7,4,2)))</f>
+        <v>Juventus FC</v>
+      </c>
+      <c r="H7" s="303"/>
+      <c r="I7" s="304" t="s">
+        <v>163</v>
+      </c>
+      <c r="J7" s="305"/>
+      <c r="K7" s="303"/>
+      <c r="L7" s="304" t="s">
+        <v>163</v>
+      </c>
+      <c r="M7" s="305"/>
+      <c r="N7" s="303"/>
+      <c r="O7" s="304" t="s">
+        <v>163</v>
+      </c>
+      <c r="P7" s="306"/>
+      <c r="Q7" s="153"/>
+      <c r="R7" s="154"/>
+      <c r="S7" s="377" t="s">
+        <v>211</v>
+      </c>
+      <c r="T7" s="57">
+        <v>4</v>
+      </c>
+      <c r="U7" s="58" t="str">
+        <v>FC Bayern München</v>
+      </c>
+      <c r="V7" s="69">
+        <v>6</v>
+      </c>
+      <c r="W7" s="70">
+        <v>4</v>
+      </c>
+      <c r="X7" s="70">
+        <v>1</v>
+      </c>
+      <c r="Y7" s="71">
+        <v>1</v>
+      </c>
+      <c r="Z7" s="72">
+        <v>14</v>
+      </c>
+      <c r="AA7" s="73" t="str">
+        <v xml:space="preserve"> : </v>
+      </c>
+      <c r="AB7" s="74">
+        <v>13</v>
+      </c>
+      <c r="AC7" s="75">
+        <v>1</v>
+      </c>
+      <c r="AD7" s="76">
+        <v>6</v>
+      </c>
+      <c r="AE7" s="483">
+        <v>1</v>
+      </c>
+      <c r="AF7" s="77">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="8" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A8" s="153"/>
+      <c r="B8" s="154"/>
+      <c r="C8" s="154"/>
+      <c r="D8" s="154"/>
+      <c r="E8" s="153"/>
+      <c r="F8" s="153"/>
+      <c r="G8" s="153"/>
+      <c r="H8" s="153"/>
+      <c r="I8" s="153"/>
+      <c r="J8" s="153"/>
+      <c r="K8" s="153"/>
+      <c r="L8" s="153"/>
+      <c r="M8" s="153"/>
+      <c r="N8" s="153"/>
+      <c r="O8" s="153"/>
+      <c r="P8" s="153"/>
+      <c r="Q8" s="153"/>
+      <c r="R8" s="154"/>
+      <c r="S8" s="378" t="s">
+        <v>212</v>
+      </c>
+      <c r="T8" s="241">
+        <v>5</v>
+      </c>
+      <c r="U8" s="242" t="str">
         <v>Arsenal WFC</v>
       </c>
-      <c r="V4" s="61" t="str">
-[...14 lines deleted...]
-      <c r="AA4" s="65" t="str">
+      <c r="V8" s="283">
+        <v>6</v>
+      </c>
+      <c r="W8" s="284">
+        <v>4</v>
+      </c>
+      <c r="X8" s="284">
+        <v>0</v>
+      </c>
+      <c r="Y8" s="285">
+        <v>2</v>
+      </c>
+      <c r="Z8" s="286">
+        <v>11</v>
+      </c>
+      <c r="AA8" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB4" s="66" t="str">
-[...23 lines deleted...]
-      <c r="D5" s="177" t="s">
+      <c r="AB8" s="288">
+        <v>6</v>
+      </c>
+      <c r="AC8" s="289">
+        <v>5</v>
+      </c>
+      <c r="AD8" s="290">
+        <v>7</v>
+      </c>
+      <c r="AE8" s="484">
+        <v>2</v>
+      </c>
+      <c r="AF8" s="291">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="9" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A9" s="153"/>
+      <c r="B9" s="292"/>
+      <c r="C9" s="293"/>
+      <c r="D9" s="294"/>
+      <c r="E9" s="295"/>
+      <c r="F9" s="296"/>
+      <c r="G9" s="297"/>
+      <c r="H9" s="298"/>
+      <c r="I9" s="296"/>
+      <c r="J9" s="299"/>
+      <c r="K9" s="298"/>
+      <c r="L9" s="296"/>
+      <c r="M9" s="299"/>
+      <c r="N9" s="298"/>
+      <c r="O9" s="296"/>
+      <c r="P9" s="299"/>
+      <c r="Q9" s="153"/>
+      <c r="R9" s="154"/>
+      <c r="S9" s="378" t="s">
         <v>213</v>
       </c>
-      <c r="E5" s="178" t="str">
-[...51 lines deleted...]
-      <c r="AA5" s="75" t="str">
+      <c r="T9" s="241">
+        <v>6</v>
+      </c>
+      <c r="U9" s="242" t="str">
+        <v>Manchester United</v>
+      </c>
+      <c r="V9" s="283">
+        <v>6</v>
+      </c>
+      <c r="W9" s="284">
+        <v>4</v>
+      </c>
+      <c r="X9" s="284">
+        <v>0</v>
+      </c>
+      <c r="Y9" s="285">
+        <v>2</v>
+      </c>
+      <c r="Z9" s="286">
+        <v>7</v>
+      </c>
+      <c r="AA9" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB5" s="76" t="str">
-[...305 lines deleted...]
-      <c r="B10" s="160" t="str">
+      <c r="AB9" s="288">
+        <v>9</v>
+      </c>
+      <c r="AC9" s="289">
+        <v>-2</v>
+      </c>
+      <c r="AD9" s="290">
+        <v>4</v>
+      </c>
+      <c r="AE9" s="484">
+        <v>2</v>
+      </c>
+      <c r="AF9" s="291">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="10" spans="1:44" ht="23.45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="153"/>
+      <c r="B10" s="155" t="str">
         <f>Language!$E$35</f>
         <v>Viertelfinale</v>
       </c>
-      <c r="C10" s="159"/>
-[...14 lines deleted...]
-      <c r="N10" s="520" t="str">
+      <c r="C10" s="154"/>
+      <c r="D10" s="154"/>
+      <c r="E10" s="153"/>
+      <c r="F10" s="153"/>
+      <c r="G10" s="153"/>
+      <c r="H10" s="527" t="s">
+        <v>258</v>
+      </c>
+      <c r="I10" s="525"/>
+      <c r="J10" s="526"/>
+      <c r="K10" s="524" t="s">
+        <v>259</v>
+      </c>
+      <c r="L10" s="525"/>
+      <c r="M10" s="526"/>
+      <c r="N10" s="536" t="str">
         <f>Language!$E$33</f>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="O10" s="521"/>
-[...3 lines deleted...]
-      <c r="S10" s="396" t="s">
+      <c r="O10" s="537"/>
+      <c r="P10" s="538"/>
+      <c r="Q10" s="153"/>
+      <c r="R10" s="154"/>
+      <c r="S10" s="378" t="s">
         <v>214</v>
       </c>
-      <c r="T10" s="258" t="str">
-[...20 lines deleted...]
-      <c r="AA10" s="304" t="str">
+      <c r="T10" s="241">
+        <v>7</v>
+      </c>
+      <c r="U10" s="242" t="str">
+        <v>Real Madrid</v>
+      </c>
+      <c r="V10" s="283">
+        <v>6</v>
+      </c>
+      <c r="W10" s="284">
+        <v>3</v>
+      </c>
+      <c r="X10" s="284">
+        <v>2</v>
+      </c>
+      <c r="Y10" s="285">
+        <v>1</v>
+      </c>
+      <c r="Z10" s="286">
+        <v>13</v>
+      </c>
+      <c r="AA10" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB10" s="305" t="str">
-[...23 lines deleted...]
-      <c r="H11" s="548" t="str">
+      <c r="AB10" s="288">
+        <v>7</v>
+      </c>
+      <c r="AC10" s="289">
+        <v>6</v>
+      </c>
+      <c r="AD10" s="290">
+        <v>4</v>
+      </c>
+      <c r="AE10" s="484">
+        <v>1</v>
+      </c>
+      <c r="AF10" s="291">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="11" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="153"/>
+      <c r="B11" s="154"/>
+      <c r="C11" s="154"/>
+      <c r="D11" s="154"/>
+      <c r="E11" s="153"/>
+      <c r="F11" s="153"/>
+      <c r="G11" s="153"/>
+      <c r="H11" s="533" t="str">
         <f>Language!$E$31</f>
         <v>Hinspiel</v>
       </c>
-      <c r="I11" s="549"/>
-[...1 lines deleted...]
-      <c r="K11" s="548" t="str">
+      <c r="I11" s="534"/>
+      <c r="J11" s="535"/>
+      <c r="K11" s="533" t="str">
         <f>Language!$E$32</f>
         <v>Rückspiel</v>
       </c>
-      <c r="L11" s="549"/>
-[...6 lines deleted...]
-      <c r="S11" s="396" t="s">
+      <c r="L11" s="534"/>
+      <c r="M11" s="535"/>
+      <c r="N11" s="539"/>
+      <c r="O11" s="540"/>
+      <c r="P11" s="541"/>
+      <c r="Q11" s="153"/>
+      <c r="R11" s="154"/>
+      <c r="S11" s="378" t="s">
         <v>215</v>
       </c>
-      <c r="T11" s="258" t="str">
-[...20 lines deleted...]
-      <c r="AA11" s="304" t="str">
+      <c r="T11" s="241">
+        <v>8</v>
+      </c>
+      <c r="U11" s="242" t="str">
+        <v>Juventus FC</v>
+      </c>
+      <c r="V11" s="283">
+        <v>6</v>
+      </c>
+      <c r="W11" s="284">
+        <v>3</v>
+      </c>
+      <c r="X11" s="284">
+        <v>1</v>
+      </c>
+      <c r="Y11" s="285">
+        <v>2</v>
+      </c>
+      <c r="Z11" s="286">
+        <v>13</v>
+      </c>
+      <c r="AA11" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB11" s="305" t="str">
-[...17 lines deleted...]
-      <c r="B12" s="165" t="s">
+      <c r="AB11" s="288">
+        <v>8</v>
+      </c>
+      <c r="AC11" s="289">
+        <v>5</v>
+      </c>
+      <c r="AD11" s="290">
+        <v>8</v>
+      </c>
+      <c r="AE11" s="484">
+        <v>2</v>
+      </c>
+      <c r="AF11" s="291">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="12" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="153"/>
+      <c r="B12" s="160" t="s">
         <v>216</v>
       </c>
-      <c r="C12" s="166" t="s">
-[...5 lines deleted...]
-      <c r="E12" s="409" t="str">
+      <c r="C12" s="161" t="s">
+        <v>264</v>
+      </c>
+      <c r="D12" s="188" t="s">
+        <v>211</v>
+      </c>
+      <c r="E12" s="391" t="str">
         <f>IF(ISNUMBER(FIND("/",$C12)),"",IF(NOT(AND(ISNUMBER($AH12),ISNUMBER($AJ12),ISNUMBER($AK12),ISNUMBER($AM12))),"",IF($AH12+$AK12&gt;$AJ12+$AM12,$AQ12,IF($AH12+$AK12&lt;$AJ12+$AM12,$AR12,IF(OR(NOT(ISNUMBER($AN12)),NOT(ISNUMBER($AP12)),$AN12=$AP12),"",IF($AN12&gt;$AP12,$AQ12,$AR12))))))</f>
         <v/>
       </c>
-      <c r="F12" s="169" t="s">
+      <c r="F12" s="164" t="s">
         <v>170</v>
       </c>
-      <c r="G12" s="170" t="str">
+      <c r="G12" s="165" t="str">
         <f>IF(ISNUMBER(FIND("/",$D12)),"",INDEX(Results!$P$9:$P$26,MID($D12,4,2)))</f>
-        <v>Arsenal WFC</v>
-[...2 lines deleted...]
-      <c r="I12" s="172" t="s">
+        <v>FC Bayern München</v>
+      </c>
+      <c r="H12" s="166"/>
+      <c r="I12" s="167" t="s">
         <v>163</v>
       </c>
-      <c r="J12" s="173"/>
-[...1 lines deleted...]
-      <c r="L12" s="172" t="s">
+      <c r="J12" s="168"/>
+      <c r="K12" s="166"/>
+      <c r="L12" s="167" t="s">
         <v>163</v>
       </c>
-      <c r="M12" s="173"/>
-[...1 lines deleted...]
-      <c r="O12" s="172" t="s">
+      <c r="M12" s="168"/>
+      <c r="N12" s="166"/>
+      <c r="O12" s="167" t="s">
         <v>163</v>
       </c>
-      <c r="P12" s="174"/>
-[...2 lines deleted...]
-      <c r="S12" s="397" t="s">
+      <c r="P12" s="169"/>
+      <c r="Q12" s="153"/>
+      <c r="R12" s="153"/>
+      <c r="S12" s="379" t="s">
         <v>201</v>
       </c>
-      <c r="T12" s="280" t="str">
-[...20 lines deleted...]
-      <c r="AA12" s="84" t="str">
+      <c r="T12" s="263">
+        <v>9</v>
+      </c>
+      <c r="U12" s="264" t="str">
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="V12" s="78">
+        <v>6</v>
+      </c>
+      <c r="W12" s="79">
+        <v>3</v>
+      </c>
+      <c r="X12" s="79">
+        <v>0</v>
+      </c>
+      <c r="Y12" s="80">
+        <v>3</v>
+      </c>
+      <c r="Z12" s="81">
+        <v>13</v>
+      </c>
+      <c r="AA12" s="82" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB12" s="85" t="str">
-[...14 lines deleted...]
-      <c r="AH12" s="159" t="str">
+      <c r="AB12" s="83">
+        <v>10</v>
+      </c>
+      <c r="AC12" s="84">
+        <v>3</v>
+      </c>
+      <c r="AD12" s="85">
+        <v>3</v>
+      </c>
+      <c r="AE12" s="485">
+        <v>1</v>
+      </c>
+      <c r="AF12" s="86">
+        <v>9</v>
+      </c>
+      <c r="AH12" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($H$4:$H$7,MID($C12,8,1))),INDEX($H$4:$H$7,MID($C12,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AI12" s="159"/>
-      <c r="AJ12" s="159" t="str">
+      <c r="AI12" s="154"/>
+      <c r="AJ12" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($J$4:$J$7,MID($C12,8,1))),INDEX($J$4:$J$7,MID($C12,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AK12" s="159" t="str">
+      <c r="AK12" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($K$4:$K$7,MID($C12,8,1))),INDEX($K$4:$K$7,MID($C12,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AL12" s="159"/>
-      <c r="AM12" s="159" t="str">
+      <c r="AL12" s="154"/>
+      <c r="AM12" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($M$4:$M$7,MID($C12,8,1))),INDEX($M$4:$M$7,MID($C12,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AN12" s="159" t="str">
+      <c r="AN12" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($N$4:$N$7,MID($C12,8,1))),INDEX($N$4:$N$7,MID($C12,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AO12" s="159"/>
-      <c r="AP12" s="159" t="str">
+      <c r="AO12" s="154"/>
+      <c r="AP12" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($P$4:$P$7,MID($C12,8,1))),INDEX($P$4:$P$7,MID($C12,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AQ12" s="158" t="str">
+      <c r="AQ12" s="153" t="str">
         <f>IF(INDEX($E$4:$E$7,MID($C12,8,1))="","",INDEX($E$4:$E$7,MID($C12,8,1)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AR12" s="158" t="str">
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="AR12" s="153" t="str">
         <f>IF(INDEX($G$4:$G$7,MID($C12,8,1))="","",INDEX($G$4:$G$7,MID($C12,8,1)))</f>
-        <v>SL Benfica</v>
-[...4 lines deleted...]
-      <c r="B13" s="175" t="s">
+        <v>Manchester United</v>
+      </c>
+    </row>
+    <row r="13" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A13" s="153"/>
+      <c r="B13" s="170" t="s">
         <v>217</v>
       </c>
-      <c r="C13" s="176" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="410" t="str">
+      <c r="C13" s="171" t="s">
+        <v>266</v>
+      </c>
+      <c r="D13" s="189" t="s">
+        <v>202</v>
+      </c>
+      <c r="E13" s="392" t="str">
         <f t="shared" ref="E13:E15" si="0">IF(ISNUMBER(FIND("/",$C13)),"",IF(NOT(AND(ISNUMBER($AH13),ISNUMBER($AJ13),ISNUMBER($AK13),ISNUMBER($AM13))),"",IF($AH13+$AK13&gt;$AJ13+$AM13,$AQ13,IF($AH13+$AK13&lt;$AJ13+$AM13,$AR13,IF(OR(NOT(ISNUMBER($AN13)),NOT(ISNUMBER($AP13)),$AN13=$AP13),"",IF($AN13&gt;$AP13,$AQ13,$AR13))))))</f>
         <v/>
       </c>
-      <c r="F13" s="179" t="s">
+      <c r="F13" s="174" t="s">
         <v>170</v>
       </c>
-      <c r="G13" s="180" t="str">
+      <c r="G13" s="175" t="str">
         <f>IF(ISNUMBER(FIND("/",$D13)),"",INDEX(Results!$P$9:$P$26,MID($D13,4,2)))</f>
-        <v>Atletico Madrid</v>
-[...2 lines deleted...]
-      <c r="I13" s="182" t="s">
+        <v>FC Barcelona</v>
+      </c>
+      <c r="H13" s="176"/>
+      <c r="I13" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="J13" s="183"/>
-[...1 lines deleted...]
-      <c r="L13" s="182" t="s">
+      <c r="J13" s="178"/>
+      <c r="K13" s="176"/>
+      <c r="L13" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="M13" s="183"/>
-[...1 lines deleted...]
-      <c r="O13" s="182" t="s">
+      <c r="M13" s="178"/>
+      <c r="N13" s="176"/>
+      <c r="O13" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="P13" s="184"/>
-[...2 lines deleted...]
-      <c r="S13" s="397" t="s">
+      <c r="P13" s="179"/>
+      <c r="Q13" s="153"/>
+      <c r="R13" s="153"/>
+      <c r="S13" s="379" t="s">
         <v>204</v>
       </c>
-      <c r="T13" s="280" t="str">
-[...20 lines deleted...]
-      <c r="AA13" s="84" t="str">
+      <c r="T13" s="263">
+        <v>10</v>
+      </c>
+      <c r="U13" s="264" t="str">
+        <v>Paris FC</v>
+      </c>
+      <c r="V13" s="78">
+        <v>6</v>
+      </c>
+      <c r="W13" s="79">
+        <v>2</v>
+      </c>
+      <c r="X13" s="79">
+        <v>2</v>
+      </c>
+      <c r="Y13" s="80">
+        <v>2</v>
+      </c>
+      <c r="Z13" s="81">
+        <v>6</v>
+      </c>
+      <c r="AA13" s="82" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB13" s="85" t="str">
-[...14 lines deleted...]
-      <c r="AH13" s="159" t="str">
+      <c r="AB13" s="83">
+        <v>9</v>
+      </c>
+      <c r="AC13" s="84">
+        <v>-3</v>
+      </c>
+      <c r="AD13" s="85">
+        <v>2</v>
+      </c>
+      <c r="AE13" s="485">
+        <v>1</v>
+      </c>
+      <c r="AF13" s="86">
+        <v>8</v>
+      </c>
+      <c r="AH13" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($H$4:$H$7,MID($C13,8,1))),INDEX($H$4:$H$7,MID($C13,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AI13" s="159"/>
-      <c r="AJ13" s="159" t="str">
+      <c r="AI13" s="154"/>
+      <c r="AJ13" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($J$4:$J$7,MID($C13,8,1))),INDEX($J$4:$J$7,MID($C13,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AK13" s="159" t="str">
+      <c r="AK13" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($K$4:$K$7,MID($C13,8,1))),INDEX($K$4:$K$7,MID($C13,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AL13" s="159"/>
-      <c r="AM13" s="159" t="str">
+      <c r="AL13" s="154"/>
+      <c r="AM13" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($M$4:$M$7,MID($C13,8,1))),INDEX($M$4:$M$7,MID($C13,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AN13" s="159" t="str">
+      <c r="AN13" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($N$4:$N$7,MID($C13,8,1))),INDEX($N$4:$N$7,MID($C13,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AO13" s="159"/>
-      <c r="AP13" s="159" t="str">
+      <c r="AO13" s="154"/>
+      <c r="AP13" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($P$4:$P$7,MID($C13,8,1))),INDEX($P$4:$P$7,MID($C13,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AQ13" s="158" t="str">
+      <c r="AQ13" s="153" t="str">
         <f>IF(INDEX($E$4:$E$7,MID($C13,8,1))="","",INDEX($E$4:$E$7,MID($C13,8,1)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AR13" s="158" t="str">
+        <v>Paris FC</v>
+      </c>
+      <c r="AR13" s="153" t="str">
         <f>IF(INDEX($G$4:$G$7,MID($C13,8,1))="","",INDEX($G$4:$G$7,MID($C13,8,1)))</f>
-        <v>SL Benfica</v>
-[...4 lines deleted...]
-      <c r="B14" s="175" t="s">
+        <v>Real Madrid</v>
+      </c>
+    </row>
+    <row r="14" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A14" s="153"/>
+      <c r="B14" s="170" t="s">
         <v>218</v>
       </c>
-      <c r="C14" s="176" t="s">
-[...2 lines deleted...]
-      <c r="D14" s="194" t="s">
+      <c r="C14" s="171" t="s">
+        <v>265</v>
+      </c>
+      <c r="D14" s="189" t="s">
         <v>208</v>
       </c>
-      <c r="E14" s="178" t="str">
+      <c r="E14" s="173" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="F14" s="179" t="s">
+      <c r="F14" s="174" t="s">
         <v>170</v>
       </c>
-      <c r="G14" s="180" t="str">
+      <c r="G14" s="175" t="str">
         <f>IF(ISNUMBER(FIND("/",$D14)),"",INDEX(Results!$P$9:$P$26,MID($D14,4,2)))</f>
-        <v>FC Barcelona</v>
-[...2 lines deleted...]
-      <c r="I14" s="182" t="s">
+        <v>Chelsea FC</v>
+      </c>
+      <c r="H14" s="176"/>
+      <c r="I14" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="J14" s="183"/>
-[...1 lines deleted...]
-      <c r="L14" s="182" t="s">
+      <c r="J14" s="178"/>
+      <c r="K14" s="176"/>
+      <c r="L14" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="M14" s="183"/>
-[...1 lines deleted...]
-      <c r="O14" s="182" t="s">
+      <c r="M14" s="178"/>
+      <c r="N14" s="176"/>
+      <c r="O14" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="P14" s="184"/>
-[...2 lines deleted...]
-      <c r="S14" s="397" t="s">
+      <c r="P14" s="179"/>
+      <c r="Q14" s="153"/>
+      <c r="R14" s="153"/>
+      <c r="S14" s="379" t="s">
         <v>207</v>
       </c>
-      <c r="T14" s="280" t="str">
-[...20 lines deleted...]
-      <c r="AA14" s="84" t="str">
+      <c r="T14" s="263">
+        <v>11</v>
+      </c>
+      <c r="U14" s="264" t="str">
+        <v>Atletico Madrid</v>
+      </c>
+      <c r="V14" s="78">
+        <v>6</v>
+      </c>
+      <c r="W14" s="79">
+        <v>2</v>
+      </c>
+      <c r="X14" s="79">
+        <v>1</v>
+      </c>
+      <c r="Y14" s="80">
+        <v>3</v>
+      </c>
+      <c r="Z14" s="81">
+        <v>13</v>
+      </c>
+      <c r="AA14" s="82" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB14" s="85" t="str">
-[...14 lines deleted...]
-      <c r="AH14" s="159" t="str">
+      <c r="AB14" s="83">
+        <v>9</v>
+      </c>
+      <c r="AC14" s="84">
+        <v>4</v>
+      </c>
+      <c r="AD14" s="85">
+        <v>10</v>
+      </c>
+      <c r="AE14" s="485">
+        <v>2</v>
+      </c>
+      <c r="AF14" s="86">
+        <v>7</v>
+      </c>
+      <c r="AH14" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($H$4:$H$7,MID($C14,8,1))),INDEX($H$4:$H$7,MID($C14,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AI14" s="159"/>
-      <c r="AJ14" s="159" t="str">
+      <c r="AI14" s="154"/>
+      <c r="AJ14" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($J$4:$J$7,MID($C14,8,1))),INDEX($J$4:$J$7,MID($C14,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AK14" s="159" t="str">
+      <c r="AK14" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($K$4:$K$7,MID($C14,8,1))),INDEX($K$4:$K$7,MID($C14,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AL14" s="159"/>
-      <c r="AM14" s="159" t="str">
+      <c r="AL14" s="154"/>
+      <c r="AM14" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($M$4:$M$7,MID($C14,8,1))),INDEX($M$4:$M$7,MID($C14,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AN14" s="159" t="str">
+      <c r="AN14" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($N$4:$N$7,MID($C14,8,1))),INDEX($N$4:$N$7,MID($C14,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AO14" s="159"/>
-      <c r="AP14" s="159" t="str">
+      <c r="AO14" s="154"/>
+      <c r="AP14" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($P$4:$P$7,MID($C14,8,1))),INDEX($P$4:$P$7,MID($C14,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AQ14" s="158" t="str">
+      <c r="AQ14" s="153" t="str">
         <f>IF(INDEX($E$4:$E$7,MID($C14,8,1))="","",INDEX($E$4:$E$7,MID($C14,8,1)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AR14" s="158" t="str">
+        <v>Oud-Heverlee Leuven</v>
+      </c>
+      <c r="AR14" s="153" t="str">
         <f>IF(INDEX($G$4:$G$7,MID($C14,8,1))="","",INDEX($G$4:$G$7,MID($C14,8,1)))</f>
-        <v>Juventus FC</v>
-[...4 lines deleted...]
-      <c r="B15" s="185" t="s">
+        <v>Arsenal WFC</v>
+      </c>
+    </row>
+    <row r="15" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="153"/>
+      <c r="B15" s="180" t="s">
         <v>219</v>
       </c>
-      <c r="C15" s="414" t="s">
-[...5 lines deleted...]
-      <c r="E15" s="186" t="str">
+      <c r="C15" s="396" t="s">
+        <v>267</v>
+      </c>
+      <c r="D15" s="190" t="s">
+        <v>205</v>
+      </c>
+      <c r="E15" s="181" t="str">
         <f t="shared" si="0"/>
         <v/>
       </c>
-      <c r="F15" s="187" t="s">
+      <c r="F15" s="182" t="s">
         <v>170</v>
       </c>
-      <c r="G15" s="188" t="str">
+      <c r="G15" s="183" t="str">
         <f>IF(ISNUMBER(FIND("/",$D15)),"",INDEX(Results!$P$9:$P$26,MID($D15,4,2)))</f>
-        <v>FC Bayern München</v>
-[...2 lines deleted...]
-      <c r="I15" s="190" t="s">
+        <v>OL Lyonnes</v>
+      </c>
+      <c r="H15" s="184"/>
+      <c r="I15" s="185" t="s">
         <v>163</v>
       </c>
-      <c r="J15" s="191"/>
-[...1 lines deleted...]
-      <c r="L15" s="190" t="s">
+      <c r="J15" s="186"/>
+      <c r="K15" s="184"/>
+      <c r="L15" s="185" t="s">
         <v>163</v>
       </c>
-      <c r="M15" s="191"/>
-[...1 lines deleted...]
-      <c r="O15" s="190" t="s">
+      <c r="M15" s="186"/>
+      <c r="N15" s="184"/>
+      <c r="O15" s="185" t="s">
         <v>163</v>
       </c>
-      <c r="P15" s="192"/>
-[...2 lines deleted...]
-      <c r="S15" s="487" t="s">
+      <c r="P15" s="187"/>
+      <c r="Q15" s="153"/>
+      <c r="R15" s="153"/>
+      <c r="S15" s="469" t="s">
         <v>210</v>
       </c>
-      <c r="T15" s="280" t="str">
-[...20 lines deleted...]
-      <c r="AA15" s="84" t="str">
+      <c r="T15" s="263">
+        <v>12</v>
+      </c>
+      <c r="U15" s="264" t="str">
+        <v>Oud-Heverlee Leuven</v>
+      </c>
+      <c r="V15" s="78">
+        <v>6</v>
+      </c>
+      <c r="W15" s="79">
+        <v>1</v>
+      </c>
+      <c r="X15" s="79">
+        <v>3</v>
+      </c>
+      <c r="Y15" s="80">
+        <v>2</v>
+      </c>
+      <c r="Z15" s="81">
+        <v>5</v>
+      </c>
+      <c r="AA15" s="82" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB15" s="85" t="str">
-[...14 lines deleted...]
-      <c r="AH15" s="159" t="str">
+      <c r="AB15" s="83">
+        <v>10</v>
+      </c>
+      <c r="AC15" s="84">
+        <v>-5</v>
+      </c>
+      <c r="AD15" s="85">
+        <v>2</v>
+      </c>
+      <c r="AE15" s="485">
+        <v>0</v>
+      </c>
+      <c r="AF15" s="86">
+        <v>6</v>
+      </c>
+      <c r="AH15" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($H$4:$H$7,MID($C15,8,1))),INDEX($H$4:$H$7,MID($C15,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AI15" s="159"/>
-      <c r="AJ15" s="159" t="str">
+      <c r="AI15" s="154"/>
+      <c r="AJ15" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($J$4:$J$7,MID($C15,8,1))),INDEX($J$4:$J$7,MID($C15,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AK15" s="159" t="str">
+      <c r="AK15" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($K$4:$K$7,MID($C15,8,1))),INDEX($K$4:$K$7,MID($C15,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AL15" s="159"/>
-      <c r="AM15" s="159" t="str">
+      <c r="AL15" s="154"/>
+      <c r="AM15" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($M$4:$M$7,MID($C15,8,1))),INDEX($M$4:$M$7,MID($C15,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AN15" s="159" t="str">
+      <c r="AN15" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($N$4:$N$7,MID($C15,8,1))),INDEX($N$4:$N$7,MID($C15,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AO15" s="159"/>
-      <c r="AP15" s="159" t="str">
+      <c r="AO15" s="154"/>
+      <c r="AP15" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($P$4:$P$7,MID($C15,8,1))),INDEX($P$4:$P$7,MID($C15,8,1)),"")</f>
         <v/>
       </c>
-      <c r="AQ15" s="158" t="str">
+      <c r="AQ15" s="153" t="str">
         <f>IF(INDEX($E$4:$E$7,MID($C15,8,1))="","",INDEX($E$4:$E$7,MID($C15,8,1)))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AR15" s="158" t="str">
+        <v>VfL Wolfsburg</v>
+      </c>
+      <c r="AR15" s="153" t="str">
         <f>IF(INDEX($G$4:$G$7,MID($C15,8,1))="","",INDEX($G$4:$G$7,MID($C15,8,1)))</f>
         <v>Juventus FC</v>
       </c>
     </row>
-    <row r="16" spans="1:44" ht="16.2" thickTop="1" x14ac:dyDescent="0.3">
-[...40 lines deleted...]
-      <c r="AA16" s="295" t="str">
+    <row r="16" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="153"/>
+      <c r="B16" s="154"/>
+      <c r="C16" s="154"/>
+      <c r="D16" s="154"/>
+      <c r="E16" s="153"/>
+      <c r="F16" s="153"/>
+      <c r="G16" s="153"/>
+      <c r="H16" s="153"/>
+      <c r="I16" s="153"/>
+      <c r="J16" s="153"/>
+      <c r="K16" s="153"/>
+      <c r="L16" s="153"/>
+      <c r="M16" s="153"/>
+      <c r="N16" s="153"/>
+      <c r="O16" s="153"/>
+      <c r="P16" s="153"/>
+      <c r="Q16" s="153"/>
+      <c r="R16" s="153"/>
+      <c r="S16" s="467"/>
+      <c r="T16" s="468">
+        <v>13</v>
+      </c>
+      <c r="U16" s="253" t="str">
+        <v>Valerenga IF</v>
+      </c>
+      <c r="V16" s="274">
+        <v>6</v>
+      </c>
+      <c r="W16" s="275">
+        <v>1</v>
+      </c>
+      <c r="X16" s="275">
+        <v>1</v>
+      </c>
+      <c r="Y16" s="276">
+        <v>4</v>
+      </c>
+      <c r="Z16" s="277">
+        <v>4</v>
+      </c>
+      <c r="AA16" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB16" s="296" t="str">
-[...38 lines deleted...]
-      <c r="U17" s="270" t="str">
+      <c r="AB16" s="279">
+        <v>9</v>
+      </c>
+      <c r="AC16" s="280">
+        <v>-5</v>
+      </c>
+      <c r="AD16" s="281">
+        <v>1</v>
+      </c>
+      <c r="AE16" s="486">
+        <v>1</v>
+      </c>
+      <c r="AF16" s="282">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="17" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A17" s="153"/>
+      <c r="B17" s="154"/>
+      <c r="C17" s="154"/>
+      <c r="D17" s="154"/>
+      <c r="E17" s="153"/>
+      <c r="F17" s="153"/>
+      <c r="G17" s="153"/>
+      <c r="H17" s="153"/>
+      <c r="I17" s="153"/>
+      <c r="J17" s="153"/>
+      <c r="K17" s="153"/>
+      <c r="L17" s="153"/>
+      <c r="M17" s="153"/>
+      <c r="N17" s="153"/>
+      <c r="O17" s="153"/>
+      <c r="P17" s="153"/>
+      <c r="Q17" s="153"/>
+      <c r="R17" s="153"/>
+      <c r="S17" s="467"/>
+      <c r="T17" s="252">
+        <v>14</v>
+      </c>
+      <c r="U17" s="253" t="str">
         <v>AS Rom</v>
       </c>
-      <c r="V17" s="291" t="str">
-[...14 lines deleted...]
-      <c r="AA17" s="295" t="str">
+      <c r="V17" s="274">
+        <v>6</v>
+      </c>
+      <c r="W17" s="275">
+        <v>1</v>
+      </c>
+      <c r="X17" s="275">
+        <v>1</v>
+      </c>
+      <c r="Y17" s="276">
+        <v>4</v>
+      </c>
+      <c r="Z17" s="277">
+        <v>9</v>
+      </c>
+      <c r="AA17" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB17" s="296" t="str">
-[...17 lines deleted...]
-      <c r="B18" s="160" t="str">
+      <c r="AB17" s="279">
+        <v>19</v>
+      </c>
+      <c r="AC17" s="280">
+        <v>-10</v>
+      </c>
+      <c r="AD17" s="281">
+        <v>3</v>
+      </c>
+      <c r="AE17" s="486">
+        <v>0</v>
+      </c>
+      <c r="AF17" s="282">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18" spans="1:44" ht="23.45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="153"/>
+      <c r="B18" s="155" t="str">
         <f>Language!$E$36</f>
         <v>Halbfinale</v>
       </c>
-      <c r="C18" s="159"/>
-[...14 lines deleted...]
-      <c r="N18" s="520" t="str">
+      <c r="C18" s="154"/>
+      <c r="D18" s="154"/>
+      <c r="E18" s="153"/>
+      <c r="F18" s="153"/>
+      <c r="G18" s="153"/>
+      <c r="H18" s="528" t="s">
+        <v>260</v>
+      </c>
+      <c r="I18" s="529"/>
+      <c r="J18" s="530"/>
+      <c r="K18" s="524" t="s">
+        <v>261</v>
+      </c>
+      <c r="L18" s="525"/>
+      <c r="M18" s="526"/>
+      <c r="N18" s="536" t="str">
         <f>Language!$E$33</f>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="O18" s="521"/>
-[...25 lines deleted...]
-      <c r="AA18" s="295" t="str">
+      <c r="O18" s="537"/>
+      <c r="P18" s="538"/>
+      <c r="Q18" s="153"/>
+      <c r="R18" s="153"/>
+      <c r="S18" s="467"/>
+      <c r="T18" s="252">
+        <v>15</v>
+      </c>
+      <c r="U18" s="253" t="str">
+        <v>FC Twente</v>
+      </c>
+      <c r="V18" s="274">
+        <v>6</v>
+      </c>
+      <c r="W18" s="275">
+        <v>0</v>
+      </c>
+      <c r="X18" s="275">
+        <v>3</v>
+      </c>
+      <c r="Y18" s="276">
+        <v>3</v>
+      </c>
+      <c r="Z18" s="277">
+        <v>4</v>
+      </c>
+      <c r="AA18" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB18" s="296" t="str">
-[...14 lines deleted...]
-      <c r="AH18" s="416" t="str">
+      <c r="AB18" s="279">
+        <v>10</v>
+      </c>
+      <c r="AC18" s="280">
+        <v>-6</v>
+      </c>
+      <c r="AD18" s="281">
+        <v>2</v>
+      </c>
+      <c r="AE18" s="486">
+        <v>0</v>
+      </c>
+      <c r="AF18" s="282">
+        <v>3</v>
+      </c>
+      <c r="AH18" s="398" t="str">
         <f>MID($B12,4,1)</f>
         <v>1</v>
       </c>
       <c r="AI18" t="str">
         <f>IF(NOT(AND(ISNUMBER($H12),ISNUMBER($J12),ISNUMBER($K12),ISNUMBER($M12))),"",IF($H12+$K12&gt;$J12+$M12,$E12,IF($H12+$K12&lt;$J12+$M12,$G12,IF(OR(NOT(ISNUMBER($N12)),NOT(ISNUMBER($P12)),$N12=$P12),"",IF($N12&gt;$P12,$E12,$G12)))))</f>
         <v/>
       </c>
     </row>
-    <row r="19" spans="1:44" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
-[...7 lines deleted...]
-      <c r="H19" s="548" t="str">
+    <row r="19" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="153"/>
+      <c r="B19" s="154"/>
+      <c r="C19" s="154"/>
+      <c r="D19" s="154"/>
+      <c r="E19" s="153"/>
+      <c r="F19" s="153"/>
+      <c r="G19" s="153"/>
+      <c r="H19" s="533" t="str">
         <f>Language!$E$31</f>
         <v>Hinspiel</v>
       </c>
-      <c r="I19" s="549"/>
-[...1 lines deleted...]
-      <c r="K19" s="548" t="str">
+      <c r="I19" s="534"/>
+      <c r="J19" s="535"/>
+      <c r="K19" s="533" t="str">
         <f>Language!$E$32</f>
         <v>Rückspiel</v>
       </c>
-      <c r="L19" s="549"/>
-[...28 lines deleted...]
-      <c r="AA19" s="295" t="str">
+      <c r="L19" s="534"/>
+      <c r="M19" s="535"/>
+      <c r="N19" s="539"/>
+      <c r="O19" s="540"/>
+      <c r="P19" s="541"/>
+      <c r="Q19" s="153"/>
+      <c r="R19" s="153"/>
+      <c r="S19" s="467"/>
+      <c r="T19" s="252">
+        <v>16</v>
+      </c>
+      <c r="U19" s="253" t="str">
+        <v>SL Benfica</v>
+      </c>
+      <c r="V19" s="274">
+        <v>6</v>
+      </c>
+      <c r="W19" s="275">
+        <v>0</v>
+      </c>
+      <c r="X19" s="275">
+        <v>2</v>
+      </c>
+      <c r="Y19" s="276">
+        <v>4</v>
+      </c>
+      <c r="Z19" s="277">
+        <v>4</v>
+      </c>
+      <c r="AA19" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB19" s="296" t="str">
-[...14 lines deleted...]
-      <c r="AH19" s="416" t="str">
+      <c r="AB19" s="279">
+        <v>11</v>
+      </c>
+      <c r="AC19" s="280">
+        <v>-7</v>
+      </c>
+      <c r="AD19" s="281">
+        <v>2</v>
+      </c>
+      <c r="AE19" s="486">
+        <v>0</v>
+      </c>
+      <c r="AF19" s="282">
+        <v>2</v>
+      </c>
+      <c r="AH19" s="398" t="str">
         <f t="shared" ref="AH19:AH21" si="1">MID($B13,4,1)</f>
         <v>2</v>
       </c>
       <c r="AI19" t="str">
         <f t="shared" ref="AI19:AI21" si="2">IF(NOT(AND(ISNUMBER($H13),ISNUMBER($J13),ISNUMBER($K13),ISNUMBER($M13))),"",IF($H13+$K13&gt;$J13+$M13,$E13,IF($H13+$K13&lt;$J13+$M13,$G13,IF(OR(NOT(ISNUMBER($N13)),NOT(ISNUMBER($P13)),$N13=$P13),"",IF($N13&gt;$P13,$E13,$G13)))))</f>
         <v/>
       </c>
     </row>
-    <row r="20" spans="1:44" ht="16.2" thickTop="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B20" s="165" t="s">
+    <row r="20" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="153"/>
+      <c r="B20" s="160" t="s">
         <v>220</v>
       </c>
-      <c r="C20" s="193" t="s">
+      <c r="C20" s="188" t="s">
         <v>221</v>
       </c>
-      <c r="D20" s="193" t="s">
+      <c r="D20" s="188" t="s">
         <v>222</v>
       </c>
-      <c r="E20" s="168" t="str">
+      <c r="E20" s="163" t="str">
         <f>VLOOKUP(MID($C20,8,1),$AH$18:$AI$21,2)</f>
         <v/>
       </c>
-      <c r="F20" s="169" t="s">
+      <c r="F20" s="164" t="s">
         <v>170</v>
       </c>
-      <c r="G20" s="170" t="str">
+      <c r="G20" s="165" t="str">
         <f>VLOOKUP(MID($D20,8,1),$AH$18:$AI$21,2)</f>
         <v/>
       </c>
-      <c r="H20" s="171"/>
-      <c r="I20" s="172" t="s">
+      <c r="H20" s="166"/>
+      <c r="I20" s="167" t="s">
         <v>163</v>
       </c>
-      <c r="J20" s="173"/>
-[...1 lines deleted...]
-      <c r="L20" s="172" t="s">
+      <c r="J20" s="168"/>
+      <c r="K20" s="166"/>
+      <c r="L20" s="167" t="s">
         <v>163</v>
       </c>
-      <c r="M20" s="173"/>
-[...1 lines deleted...]
-      <c r="O20" s="172" t="s">
+      <c r="M20" s="168"/>
+      <c r="N20" s="166"/>
+      <c r="O20" s="167" t="s">
         <v>163</v>
       </c>
-      <c r="P20" s="174"/>
-[...24 lines deleted...]
-      <c r="AA20" s="295" t="str">
+      <c r="P20" s="169"/>
+      <c r="Q20" s="153"/>
+      <c r="R20" s="153"/>
+      <c r="S20" s="467"/>
+      <c r="T20" s="252">
+        <v>17</v>
+      </c>
+      <c r="U20" s="253" t="str">
+        <v>Paris St. Germain</v>
+      </c>
+      <c r="V20" s="274">
+        <v>6</v>
+      </c>
+      <c r="W20" s="275">
+        <v>0</v>
+      </c>
+      <c r="X20" s="275">
+        <v>2</v>
+      </c>
+      <c r="Y20" s="276">
+        <v>4</v>
+      </c>
+      <c r="Z20" s="277">
+        <v>4</v>
+      </c>
+      <c r="AA20" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB20" s="296" t="str">
-[...14 lines deleted...]
-      <c r="AH20" s="416" t="str">
+      <c r="AB20" s="279">
+        <v>12</v>
+      </c>
+      <c r="AC20" s="280">
+        <v>-8</v>
+      </c>
+      <c r="AD20" s="281">
+        <v>2</v>
+      </c>
+      <c r="AE20" s="486">
+        <v>0</v>
+      </c>
+      <c r="AF20" s="282">
+        <v>2</v>
+      </c>
+      <c r="AH20" s="398" t="str">
         <f t="shared" si="1"/>
         <v>3</v>
       </c>
       <c r="AI20" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="AJ20" s="159"/>
-[...11 lines deleted...]
-      <c r="B21" s="185" t="s">
+      <c r="AJ20" s="154"/>
+      <c r="AK20" s="154"/>
+      <c r="AL20" s="154"/>
+      <c r="AM20" s="154"/>
+      <c r="AN20" s="154"/>
+      <c r="AO20" s="154"/>
+      <c r="AP20" s="154"/>
+      <c r="AQ20" s="153"/>
+      <c r="AR20" s="153"/>
+    </row>
+    <row r="21" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="153"/>
+      <c r="B21" s="180" t="s">
         <v>223</v>
       </c>
-      <c r="C21" s="195" t="s">
+      <c r="C21" s="190" t="s">
         <v>224</v>
       </c>
-      <c r="D21" s="195" t="s">
+      <c r="D21" s="190" t="s">
         <v>225</v>
       </c>
-      <c r="E21" s="186" t="str">
+      <c r="E21" s="181" t="str">
         <f>VLOOKUP(MID($C21,8,1),$AH$18:$AI$21,2)</f>
         <v/>
       </c>
-      <c r="F21" s="187" t="s">
+      <c r="F21" s="182" t="s">
         <v>170</v>
       </c>
-      <c r="G21" s="188" t="str">
+      <c r="G21" s="183" t="str">
         <f>VLOOKUP(MID($D21,8,1),$AH$18:$AI$21,2)</f>
         <v/>
       </c>
-      <c r="H21" s="189"/>
-      <c r="I21" s="190" t="s">
+      <c r="H21" s="184"/>
+      <c r="I21" s="185" t="s">
         <v>163</v>
       </c>
-      <c r="J21" s="191"/>
-[...1 lines deleted...]
-      <c r="L21" s="190" t="s">
+      <c r="J21" s="186"/>
+      <c r="K21" s="184"/>
+      <c r="L21" s="185" t="s">
         <v>163</v>
       </c>
-      <c r="M21" s="191"/>
-[...1 lines deleted...]
-      <c r="O21" s="190" t="s">
+      <c r="M21" s="186"/>
+      <c r="N21" s="184"/>
+      <c r="O21" s="185" t="s">
         <v>163</v>
       </c>
-      <c r="P21" s="192"/>
-[...24 lines deleted...]
-      <c r="AA21" s="402" t="str">
+      <c r="P21" s="187"/>
+      <c r="Q21" s="153"/>
+      <c r="R21" s="153"/>
+      <c r="S21" s="467"/>
+      <c r="T21" s="352">
+        <v>18</v>
+      </c>
+      <c r="U21" s="353" t="str">
+        <v>SKN St. Pölten</v>
+      </c>
+      <c r="V21" s="380">
+        <v>6</v>
+      </c>
+      <c r="W21" s="381">
+        <v>0</v>
+      </c>
+      <c r="X21" s="381">
+        <v>1</v>
+      </c>
+      <c r="Y21" s="382">
+        <v>5</v>
+      </c>
+      <c r="Z21" s="383">
+        <v>3</v>
+      </c>
+      <c r="AA21" s="384" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB21" s="403" t="str">
-[...14 lines deleted...]
-      <c r="AH21" s="416" t="str">
+      <c r="AB21" s="385">
+        <v>28</v>
+      </c>
+      <c r="AC21" s="386">
+        <v>-25</v>
+      </c>
+      <c r="AD21" s="387">
+        <v>3</v>
+      </c>
+      <c r="AE21" s="487">
+        <v>0</v>
+      </c>
+      <c r="AF21" s="388">
+        <v>1</v>
+      </c>
+      <c r="AH21" s="398" t="str">
         <f t="shared" si="1"/>
         <v>4</v>
       </c>
       <c r="AI21" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
-      <c r="AJ21" s="159"/>
-[...101 lines deleted...]
-      <c r="B24" s="160" t="str">
+      <c r="AJ21" s="154"/>
+      <c r="AK21" s="154"/>
+      <c r="AL21" s="154"/>
+      <c r="AM21" s="154"/>
+      <c r="AN21" s="154"/>
+      <c r="AO21" s="154"/>
+      <c r="AP21" s="154"/>
+      <c r="AQ21" s="153"/>
+      <c r="AR21" s="153"/>
+    </row>
+    <row r="22" spans="1:44" ht="23.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="153"/>
+      <c r="B22" s="154"/>
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
+      <c r="E22" s="153"/>
+      <c r="F22" s="153"/>
+      <c r="G22" s="153"/>
+      <c r="H22" s="153"/>
+      <c r="I22" s="153"/>
+      <c r="J22" s="153"/>
+      <c r="K22" s="153"/>
+      <c r="L22" s="153"/>
+      <c r="M22" s="153"/>
+      <c r="N22" s="153"/>
+      <c r="O22" s="153"/>
+      <c r="P22" s="153"/>
+      <c r="Q22" s="153"/>
+      <c r="R22" s="153"/>
+      <c r="S22" s="153"/>
+      <c r="T22" s="153"/>
+      <c r="U22" s="153"/>
+      <c r="V22" s="153"/>
+      <c r="W22" s="153"/>
+      <c r="X22" s="153"/>
+      <c r="Y22" s="153"/>
+      <c r="Z22" s="153"/>
+      <c r="AA22" s="153"/>
+      <c r="AB22" s="153"/>
+      <c r="AC22" s="153"/>
+      <c r="AD22" s="153"/>
+      <c r="AE22" s="153"/>
+      <c r="AF22" s="153"/>
+      <c r="AH22" s="154"/>
+      <c r="AI22" s="154"/>
+      <c r="AJ22" s="154"/>
+      <c r="AK22" s="154"/>
+      <c r="AL22" s="154"/>
+      <c r="AM22" s="154"/>
+      <c r="AN22" s="154"/>
+      <c r="AO22" s="154"/>
+      <c r="AP22" s="154"/>
+      <c r="AQ22" s="153"/>
+      <c r="AR22" s="153"/>
+    </row>
+    <row r="23" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A23" s="153"/>
+      <c r="B23" s="154"/>
+      <c r="C23" s="154"/>
+      <c r="D23" s="154"/>
+      <c r="E23" s="153"/>
+      <c r="F23" s="153"/>
+      <c r="G23" s="153"/>
+      <c r="H23" s="153"/>
+      <c r="I23" s="153"/>
+      <c r="J23" s="153"/>
+      <c r="K23" s="153"/>
+      <c r="L23" s="153"/>
+      <c r="M23" s="153"/>
+      <c r="N23" s="153"/>
+      <c r="O23" s="153"/>
+      <c r="P23" s="153"/>
+      <c r="Q23" s="153"/>
+      <c r="R23" s="153"/>
+      <c r="S23" s="153"/>
+      <c r="T23" s="153"/>
+      <c r="U23" s="153"/>
+      <c r="V23" s="153"/>
+      <c r="W23" s="153"/>
+      <c r="X23" s="153"/>
+      <c r="Y23" s="153"/>
+      <c r="Z23" s="153"/>
+      <c r="AA23" s="153"/>
+      <c r="AB23" s="153"/>
+      <c r="AC23" s="153"/>
+      <c r="AD23" s="153"/>
+      <c r="AE23" s="153"/>
+      <c r="AF23" s="153"/>
+      <c r="AH23" s="154"/>
+      <c r="AI23" s="154"/>
+      <c r="AJ23" s="154"/>
+      <c r="AK23" s="154"/>
+      <c r="AL23" s="154"/>
+      <c r="AM23" s="154"/>
+      <c r="AN23" s="154"/>
+      <c r="AO23" s="154"/>
+      <c r="AP23" s="154"/>
+      <c r="AQ23" s="153"/>
+      <c r="AR23" s="153"/>
+    </row>
+    <row r="24" spans="1:44" ht="23.45" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="153"/>
+      <c r="B24" s="155" t="str">
         <f>Language!$E$37</f>
         <v>Finale</v>
       </c>
-      <c r="C24" s="159"/>
-[...4 lines deleted...]
-      <c r="H24" s="539">
+      <c r="C24" s="154"/>
+      <c r="D24" s="154"/>
+      <c r="E24" s="153"/>
+      <c r="F24" s="153"/>
+      <c r="G24" s="153"/>
+      <c r="H24" s="524">
         <v>46165</v>
       </c>
-      <c r="I24" s="546"/>
-[...1 lines deleted...]
-      <c r="K24" s="520" t="str">
+      <c r="I24" s="531"/>
+      <c r="J24" s="532"/>
+      <c r="K24" s="536" t="str">
         <f>Language!$E$33</f>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="L24" s="521"/>
-[...29 lines deleted...]
-      <c r="H25" s="548" t="str">
+      <c r="L24" s="537"/>
+      <c r="M24" s="538"/>
+      <c r="N24" s="153"/>
+      <c r="O24" s="153"/>
+      <c r="P24" s="153"/>
+      <c r="Q24" s="153"/>
+      <c r="R24" s="153"/>
+      <c r="S24" s="153"/>
+      <c r="T24" s="153"/>
+      <c r="U24" s="153"/>
+      <c r="V24" s="153"/>
+      <c r="W24" s="153"/>
+      <c r="X24" s="153"/>
+      <c r="Y24" s="153"/>
+      <c r="Z24" s="153"/>
+      <c r="AA24" s="153"/>
+      <c r="AB24" s="153"/>
+      <c r="AC24" s="153"/>
+      <c r="AD24" s="153"/>
+      <c r="AE24" s="153"/>
+      <c r="AF24" s="153"/>
+    </row>
+    <row r="25" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="153"/>
+      <c r="B25" s="154"/>
+      <c r="C25" s="154"/>
+      <c r="D25" s="154"/>
+      <c r="E25" s="153"/>
+      <c r="F25" s="153"/>
+      <c r="G25" s="153"/>
+      <c r="H25" s="533" t="str">
         <f>Language!$E$15</f>
         <v>Ergebnis</v>
       </c>
-      <c r="I25" s="549"/>
-[...23 lines deleted...]
-      <c r="AH25" s="417" t="str">
+      <c r="I25" s="534"/>
+      <c r="J25" s="535"/>
+      <c r="K25" s="539"/>
+      <c r="L25" s="540"/>
+      <c r="M25" s="541"/>
+      <c r="N25" s="191"/>
+      <c r="O25" s="191"/>
+      <c r="P25" s="191"/>
+      <c r="Q25" s="153"/>
+      <c r="R25" s="153"/>
+      <c r="S25" s="153"/>
+      <c r="T25" s="153"/>
+      <c r="U25" s="153"/>
+      <c r="V25" s="153"/>
+      <c r="W25" s="153"/>
+      <c r="X25" s="153"/>
+      <c r="Y25" s="153"/>
+      <c r="Z25" s="153"/>
+      <c r="AA25" s="153"/>
+      <c r="AB25" s="153"/>
+      <c r="AC25" s="153"/>
+      <c r="AD25" s="153"/>
+      <c r="AE25" s="153"/>
+      <c r="AF25" s="153"/>
+      <c r="AH25" s="399" t="str">
         <f>MID($B20,4,1)</f>
         <v>1</v>
       </c>
       <c r="AI25" t="str">
         <f>IF(NOT(AND(ISNUMBER($H20),ISNUMBER($J20),ISNUMBER($K20),ISNUMBER($M20))),"",IF($H20+$K20&gt;$J20+$M20,$E20,IF($H20+$K20&lt;$J20+$M20,$G20,IF(OR(NOT(ISNUMBER($N20)),NOT(ISNUMBER($P20)),$N20=$P20),"",IF($N20&gt;$P20,$E20,$G20)))))</f>
         <v/>
       </c>
     </row>
-    <row r="26" spans="1:44" ht="30.6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
-[...4 lines deleted...]
-      <c r="C26" s="198" t="s">
+    <row r="26" spans="1:44" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="153"/>
+      <c r="B26" s="564" t="str">
+        <f>Language!$E$37</f>
+        <v>Finale</v>
+      </c>
+      <c r="C26" s="565" t="s">
         <v>226</v>
       </c>
-      <c r="D26" s="198" t="s">
+      <c r="D26" s="565" t="s">
         <v>227</v>
       </c>
-      <c r="E26" s="199" t="str">
+      <c r="E26" s="566" t="str">
         <f>VLOOKUP(MID($C26,8,1),$AH$25:$AI$26,2)</f>
         <v/>
       </c>
-      <c r="F26" s="200" t="s">
+      <c r="F26" s="567" t="s">
         <v>170</v>
       </c>
-      <c r="G26" s="201" t="str">
+      <c r="G26" s="568" t="str">
         <f>VLOOKUP(MID($D26,8,1),$AH$25:$AI$26,2)</f>
         <v/>
       </c>
-      <c r="H26" s="202"/>
-      <c r="I26" s="203" t="s">
+      <c r="H26" s="569"/>
+      <c r="I26" s="570" t="s">
         <v>163</v>
       </c>
-      <c r="J26" s="204"/>
-[...1 lines deleted...]
-      <c r="L26" s="203" t="s">
+      <c r="J26" s="571"/>
+      <c r="K26" s="569"/>
+      <c r="L26" s="570" t="s">
         <v>163</v>
       </c>
-      <c r="M26" s="205"/>
-[...19 lines deleted...]
-      <c r="AH26" s="417" t="str">
+      <c r="M26" s="572"/>
+      <c r="N26" s="192"/>
+      <c r="O26" s="154"/>
+      <c r="P26" s="193"/>
+      <c r="Q26" s="153"/>
+      <c r="R26" s="153"/>
+      <c r="S26" s="153"/>
+      <c r="T26" s="153"/>
+      <c r="U26" s="153"/>
+      <c r="V26" s="153"/>
+      <c r="W26" s="153"/>
+      <c r="X26" s="153"/>
+      <c r="Y26" s="153"/>
+      <c r="Z26" s="153"/>
+      <c r="AA26" s="153"/>
+      <c r="AB26" s="153"/>
+      <c r="AC26" s="153"/>
+      <c r="AD26" s="153"/>
+      <c r="AE26" s="153"/>
+      <c r="AF26" s="153"/>
+      <c r="AH26" s="399" t="str">
         <f>MID($B21,4,1)</f>
         <v>2</v>
       </c>
       <c r="AI26" t="str">
         <f>IF(NOT(AND(ISNUMBER($H21),ISNUMBER($J21),ISNUMBER($K21),ISNUMBER($M21))),"",IF($H21+$K21&gt;$J21+$M21,$E21,IF($H21+$K21&lt;$J21+$M21,$G21,IF(OR(NOT(ISNUMBER($N21)),NOT(ISNUMBER($P21)),$N21=$P21),"",IF($N21&gt;$P21,$E21,$G21)))))</f>
         <v/>
       </c>
     </row>
-    <row r="27" spans="1:44" ht="16.2" thickTop="1" x14ac:dyDescent="0.3">
-[...108 lines deleted...]
-      <c r="E30" s="533" t="str">
+    <row r="27" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="153"/>
+      <c r="B27" s="154"/>
+      <c r="C27" s="154"/>
+      <c r="D27" s="154"/>
+      <c r="E27" s="153"/>
+      <c r="F27" s="153"/>
+      <c r="G27" s="153"/>
+      <c r="H27" s="153"/>
+      <c r="I27" s="153"/>
+      <c r="J27" s="153"/>
+      <c r="K27" s="153"/>
+      <c r="L27" s="153"/>
+      <c r="M27" s="153"/>
+      <c r="N27" s="153"/>
+      <c r="O27" s="153"/>
+      <c r="P27" s="153"/>
+      <c r="Q27" s="153"/>
+      <c r="R27" s="153"/>
+      <c r="S27" s="153"/>
+      <c r="T27" s="153"/>
+      <c r="U27" s="153"/>
+      <c r="V27" s="153"/>
+      <c r="W27" s="153"/>
+      <c r="X27" s="153"/>
+      <c r="Y27" s="153"/>
+      <c r="Z27" s="153"/>
+      <c r="AA27" s="153"/>
+      <c r="AB27" s="153"/>
+      <c r="AC27" s="153"/>
+      <c r="AD27" s="153"/>
+      <c r="AE27" s="153"/>
+      <c r="AF27" s="153"/>
+    </row>
+    <row r="28" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="153"/>
+      <c r="B28" s="154"/>
+      <c r="C28" s="154"/>
+      <c r="D28" s="154"/>
+      <c r="E28" s="153"/>
+      <c r="F28" s="153"/>
+      <c r="G28" s="153"/>
+      <c r="H28" s="153"/>
+      <c r="I28" s="153"/>
+      <c r="J28" s="153"/>
+      <c r="K28" s="153"/>
+      <c r="L28" s="153"/>
+      <c r="M28" s="153"/>
+      <c r="N28" s="153"/>
+      <c r="O28" s="153"/>
+      <c r="P28" s="153"/>
+      <c r="Q28" s="153"/>
+      <c r="R28" s="153"/>
+      <c r="S28" s="153"/>
+      <c r="T28" s="153"/>
+      <c r="U28" s="153"/>
+      <c r="V28" s="153"/>
+      <c r="W28" s="153"/>
+      <c r="X28" s="153"/>
+      <c r="Y28" s="153"/>
+      <c r="Z28" s="153"/>
+      <c r="AA28" s="153"/>
+      <c r="AB28" s="153"/>
+      <c r="AC28" s="153"/>
+      <c r="AD28" s="153"/>
+      <c r="AE28" s="153"/>
+      <c r="AF28" s="153"/>
+    </row>
+    <row r="29" spans="1:44" ht="21.75" thickTop="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="153"/>
+      <c r="B29" s="154"/>
+      <c r="C29" s="154"/>
+      <c r="D29" s="154"/>
+      <c r="E29" s="515" t="s">
+        <v>236</v>
+      </c>
+      <c r="F29" s="516"/>
+      <c r="G29" s="517"/>
+      <c r="H29" s="153"/>
+      <c r="I29" s="153"/>
+      <c r="J29" s="153"/>
+      <c r="K29" s="153"/>
+      <c r="L29" s="153"/>
+      <c r="M29" s="153"/>
+      <c r="N29" s="153"/>
+      <c r="O29" s="153"/>
+      <c r="P29" s="153"/>
+      <c r="Q29" s="153"/>
+      <c r="R29" s="153"/>
+      <c r="S29" s="153"/>
+      <c r="T29" s="153"/>
+      <c r="U29" s="153"/>
+      <c r="V29" s="153"/>
+      <c r="W29" s="153"/>
+      <c r="X29" s="153"/>
+      <c r="Y29" s="153"/>
+      <c r="Z29" s="153"/>
+      <c r="AA29" s="153"/>
+      <c r="AB29" s="153"/>
+      <c r="AC29" s="153"/>
+      <c r="AD29" s="153"/>
+      <c r="AE29" s="153"/>
+      <c r="AF29" s="153"/>
+    </row>
+    <row r="30" spans="1:44" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="153"/>
+      <c r="B30" s="154"/>
+      <c r="C30" s="154"/>
+      <c r="D30" s="154"/>
+      <c r="E30" s="518" t="str">
         <f>IF(NOT(AND(ISNUMBER($H26),ISNUMBER($J26))),"",IF($H26&gt;$J26,$E26,IF($H26&lt;$J26,$G26,IF(OR(NOT(ISNUMBER($K26)),NOT(ISNUMBER($M26)),$K26=$M26),"",IF($K26&gt;$M26,$E26,$G26)))))</f>
         <v/>
       </c>
-      <c r="F30" s="534"/>
-[...111 lines deleted...]
-      <c r="R47" s="158"/>
+      <c r="F30" s="519"/>
+      <c r="G30" s="520"/>
+      <c r="H30" s="153"/>
+      <c r="I30" s="153"/>
+      <c r="J30" s="153"/>
+      <c r="K30" s="153"/>
+      <c r="L30" s="153"/>
+      <c r="M30" s="153"/>
+      <c r="N30" s="153"/>
+      <c r="O30" s="153"/>
+      <c r="P30" s="153"/>
+      <c r="Q30" s="153"/>
+      <c r="R30" s="153"/>
+    </row>
+    <row r="31" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="153"/>
+      <c r="B31" s="154"/>
+      <c r="C31" s="154"/>
+      <c r="D31" s="154"/>
+      <c r="E31" s="521"/>
+      <c r="F31" s="522"/>
+      <c r="G31" s="523"/>
+      <c r="H31" s="153"/>
+      <c r="I31" s="153"/>
+      <c r="J31" s="153"/>
+      <c r="K31" s="153"/>
+      <c r="L31" s="153"/>
+      <c r="M31" s="153"/>
+      <c r="N31" s="153"/>
+      <c r="O31" s="153"/>
+      <c r="P31" s="153"/>
+      <c r="Q31" s="153"/>
+      <c r="R31" s="153"/>
+    </row>
+    <row r="32" spans="1:44" ht="30.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="153"/>
+      <c r="Q32" s="153"/>
+      <c r="R32" s="153"/>
+    </row>
+    <row r="33" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="153"/>
+      <c r="Q33" s="153"/>
+      <c r="R33" s="153"/>
+    </row>
+    <row r="34" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="153"/>
+      <c r="Q34" s="153"/>
+      <c r="R34" s="153"/>
+    </row>
+    <row r="35" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="153"/>
+      <c r="Q35" s="153"/>
+      <c r="R35" s="153"/>
+    </row>
+    <row r="36" spans="1:18" ht="23.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="153"/>
+      <c r="Q36" s="153"/>
+      <c r="R36" s="153"/>
+    </row>
+    <row r="37" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="153"/>
+      <c r="Q37" s="153"/>
+      <c r="R37" s="153"/>
+    </row>
+    <row r="38" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="153"/>
+      <c r="Q38" s="153"/>
+      <c r="R38" s="153"/>
+    </row>
+    <row r="39" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="153"/>
+      <c r="Q39" s="153"/>
+      <c r="R39" s="153"/>
+    </row>
+    <row r="40" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="153"/>
+      <c r="Q40" s="153"/>
+      <c r="R40" s="153"/>
+    </row>
+    <row r="41" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="153"/>
+      <c r="Q41" s="153"/>
+      <c r="R41" s="153"/>
+    </row>
+    <row r="42" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="153"/>
+      <c r="Q42" s="153"/>
+      <c r="R42" s="153"/>
+    </row>
+    <row r="43" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="153"/>
+      <c r="Q43" s="153"/>
+      <c r="R43" s="153"/>
+    </row>
+    <row r="44" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="153"/>
+      <c r="Q44" s="153"/>
+      <c r="R44" s="153"/>
+    </row>
+    <row r="45" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="153"/>
+      <c r="Q45" s="153"/>
+      <c r="R45" s="153"/>
+    </row>
+    <row r="46" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="153"/>
+      <c r="Q46" s="153"/>
+      <c r="R46" s="153"/>
+    </row>
+    <row r="47" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="153"/>
+      <c r="Q47" s="153"/>
+      <c r="R47" s="153"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="22">
+    <mergeCell ref="N18:P19"/>
+    <mergeCell ref="Z3:AB3"/>
+    <mergeCell ref="H2:J2"/>
+    <mergeCell ref="K2:M2"/>
+    <mergeCell ref="N2:P3"/>
+    <mergeCell ref="T2:U2"/>
+    <mergeCell ref="H3:J3"/>
+    <mergeCell ref="K3:M3"/>
+    <mergeCell ref="N10:P11"/>
     <mergeCell ref="E29:G29"/>
     <mergeCell ref="E30:G31"/>
-    <mergeCell ref="K24:M24"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="H10:J10"/>
     <mergeCell ref="H18:J18"/>
     <mergeCell ref="K18:M18"/>
     <mergeCell ref="H24:J24"/>
     <mergeCell ref="H11:J11"/>
     <mergeCell ref="K11:M11"/>
     <mergeCell ref="H19:J19"/>
     <mergeCell ref="K19:M19"/>
     <mergeCell ref="H25:J25"/>
-    <mergeCell ref="N18:P19"/>
-[...7 lines deleted...]
-    <mergeCell ref="N10:P11"/>
+    <mergeCell ref="K24:M25"/>
   </mergeCells>
   <conditionalFormatting sqref="T4:T21">
     <cfRule type="expression" dxfId="10" priority="1">
       <formula>T4=T3</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:V114"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
-      <selection activeCell="N7" sqref="N7"/>
+      <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.5546875" customWidth="1"/>
-    <col min="2" max="2" width="11.5546875" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="11.5703125" customWidth="1"/>
+    <col min="2" max="2" width="11.5703125" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="27" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="11.5546875" customWidth="1"/>
+    <col min="5" max="5" width="13.140625" customWidth="1"/>
     <col min="6" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="12" width="11.5546875" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="17" width="19.6640625" bestFit="1" customWidth="1"/>
+    <col min="10" max="12" width="11.5703125" customWidth="1"/>
+    <col min="13" max="13" width="12.28515625" customWidth="1"/>
+    <col min="14" max="14" width="5.42578125" customWidth="1"/>
+    <col min="15" max="15" width="1.7109375" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="6.85546875" customWidth="1"/>
+    <col min="17" max="17" width="19.7109375" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
-    <col min="19" max="19" width="21.33203125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="23" max="16384" width="11.5546875" hidden="1"/>
+    <col min="19" max="19" width="21.28515625" customWidth="1"/>
+    <col min="20" max="22" width="11.5703125" customWidth="1"/>
+    <col min="23" max="16384" width="11.5703125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" ht="15" x14ac:dyDescent="0.25">
-[...21 lines deleted...]
-      <c r="V1" s="89"/>
+    <row r="1" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A1" s="87"/>
+      <c r="B1" s="88"/>
+      <c r="C1" s="87"/>
+      <c r="D1" s="87"/>
+      <c r="E1" s="87"/>
+      <c r="F1" s="87"/>
+      <c r="G1" s="87"/>
+      <c r="H1" s="87"/>
+      <c r="I1" s="87"/>
+      <c r="J1" s="89"/>
+      <c r="K1" s="89"/>
+      <c r="L1" s="90"/>
+      <c r="M1" s="87"/>
+      <c r="N1" s="87"/>
+      <c r="O1" s="87"/>
+      <c r="P1" s="87"/>
+      <c r="Q1" s="87"/>
+      <c r="R1" s="87"/>
+      <c r="S1" s="87"/>
+      <c r="T1" s="87"/>
+      <c r="U1" s="87"/>
+      <c r="V1" s="87"/>
     </row>
     <row r="2" spans="1:22" ht="33.75" x14ac:dyDescent="0.5">
-      <c r="A2" s="89"/>
-[...17 lines deleted...]
-      <c r="Q2" s="551" t="s">
+      <c r="A2" s="87"/>
+      <c r="B2" s="91"/>
+      <c r="C2" s="92" t="str">
+        <f>Language!$E$44</f>
+        <v>Teilnehmer und Ablaufplan</v>
+      </c>
+      <c r="D2" s="92"/>
+      <c r="E2" s="92"/>
+      <c r="F2" s="92"/>
+      <c r="G2" s="92"/>
+      <c r="H2" s="92"/>
+      <c r="I2" s="92"/>
+      <c r="J2" s="93"/>
+      <c r="K2" s="93"/>
+      <c r="L2" s="94"/>
+      <c r="M2" s="87"/>
+      <c r="N2" s="87"/>
+      <c r="O2" s="87"/>
+      <c r="P2" s="87"/>
+      <c r="Q2" s="546" t="s">
         <v>122</v>
       </c>
-      <c r="R2" s="551"/>
-[...27 lines deleted...]
-      <c r="V3" s="89"/>
+      <c r="R2" s="546"/>
+      <c r="S2" s="546"/>
+      <c r="T2" s="546"/>
+      <c r="U2" s="95"/>
+      <c r="V2" s="95"/>
+    </row>
+    <row r="3" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A3" s="87"/>
+      <c r="B3" s="87"/>
+      <c r="C3" s="87"/>
+      <c r="D3" s="87"/>
+      <c r="E3" s="87"/>
+      <c r="F3" s="87"/>
+      <c r="G3" s="87"/>
+      <c r="H3" s="87"/>
+      <c r="I3" s="87"/>
+      <c r="J3" s="89"/>
+      <c r="K3" s="89"/>
+      <c r="L3" s="90"/>
+      <c r="M3" s="87"/>
+      <c r="N3" s="87"/>
+      <c r="O3" s="87"/>
+      <c r="P3" s="87"/>
+      <c r="Q3" s="87"/>
+      <c r="R3" s="87"/>
+      <c r="S3" s="87"/>
+      <c r="T3" s="87"/>
+      <c r="U3" s="87"/>
+      <c r="V3" s="87"/>
     </row>
     <row r="4" spans="1:22" ht="26.25" x14ac:dyDescent="0.4">
-      <c r="A4" s="89"/>
-[...1 lines deleted...]
-      <c r="C4" s="98" t="str">
+      <c r="A4" s="87"/>
+      <c r="B4" s="87"/>
+      <c r="C4" s="96" t="str">
         <f>Language!$E$45</f>
         <v>Teilnehmer</v>
       </c>
-      <c r="D4" s="89"/>
-[...8 lines deleted...]
-      <c r="M4" s="98" t="str">
+      <c r="D4" s="87"/>
+      <c r="E4" s="87"/>
+      <c r="F4" s="87"/>
+      <c r="G4" s="87"/>
+      <c r="H4" s="87"/>
+      <c r="I4" s="87"/>
+      <c r="J4" s="89"/>
+      <c r="K4" s="89"/>
+      <c r="L4" s="90"/>
+      <c r="M4" s="96" t="str">
         <f>Language!$E$46</f>
         <v>Ablaufplan</v>
       </c>
-      <c r="N4" s="89"/>
-[...7 lines deleted...]
-      <c r="V4" s="89"/>
+      <c r="N4" s="87"/>
+      <c r="O4" s="87"/>
+      <c r="P4" s="87"/>
+      <c r="Q4" s="97"/>
+      <c r="R4" s="97"/>
+      <c r="S4" s="97"/>
+      <c r="T4" s="87"/>
+      <c r="U4" s="87"/>
+      <c r="V4" s="87"/>
     </row>
     <row r="5" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="89"/>
-[...1 lines deleted...]
-      <c r="C5" s="552" t="s">
+      <c r="A5" s="87"/>
+      <c r="B5" s="87"/>
+      <c r="C5" s="547" t="s">
         <v>157</v>
       </c>
-      <c r="D5" s="552"/>
-[...17 lines deleted...]
-      <c r="V5" s="89"/>
+      <c r="D5" s="547"/>
+      <c r="E5" s="98"/>
+      <c r="F5" s="99"/>
+      <c r="G5" s="87"/>
+      <c r="H5" s="87"/>
+      <c r="I5" s="87"/>
+      <c r="J5" s="89"/>
+      <c r="K5" s="89"/>
+      <c r="L5" s="90"/>
+      <c r="M5" s="87"/>
+      <c r="N5" s="87"/>
+      <c r="O5" s="87"/>
+      <c r="P5" s="87"/>
+      <c r="Q5" s="87"/>
+      <c r="R5" s="87"/>
+      <c r="S5" s="87"/>
+      <c r="T5" s="87"/>
+      <c r="U5" s="87"/>
+      <c r="V5" s="87"/>
     </row>
     <row r="6" spans="1:22" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="89"/>
-      <c r="B6" s="102">
+      <c r="A6" s="87"/>
+      <c r="B6" s="100">
         <f>MAX($B$7:$B$24)</f>
         <v>1</v>
       </c>
-      <c r="C6" s="103" t="str">
+      <c r="C6" s="101" t="str">
         <f>Language!$E$9</f>
         <v>Nr.</v>
       </c>
-      <c r="D6" s="104" t="str">
+      <c r="D6" s="102" t="str">
         <f>Language!$E$10</f>
         <v>Teilnehmer bzw. Mannschaft</v>
       </c>
-      <c r="E6" s="105" t="str">
+      <c r="E6" s="103" t="str">
         <f>Language!$E$56</f>
         <v>Abkürzung</v>
       </c>
-      <c r="F6" s="106">
+      <c r="F6" s="104">
         <f>MAX($F$7:$F$60)</f>
         <v>1</v>
       </c>
-      <c r="G6" s="101"/>
-[...1 lines deleted...]
-      <c r="I6" s="101" t="s">
+      <c r="G6" s="99"/>
+      <c r="H6" s="99"/>
+      <c r="I6" s="99" t="s">
         <v>198</v>
       </c>
-      <c r="J6" s="101"/>
-[...1 lines deleted...]
-      <c r="L6" s="107" t="str">
+      <c r="J6" s="99"/>
+      <c r="K6" s="99"/>
+      <c r="L6" s="105" t="str">
         <f>Language!$E$17</f>
         <v>Spieltag</v>
       </c>
-      <c r="M6" s="108" t="str">
+      <c r="M6" s="106" t="str">
         <f>Language!$E$47</f>
         <v>Spiel-Nr.</v>
       </c>
-      <c r="N6" s="553" t="str">
+      <c r="N6" s="548" t="str">
         <f>Language!$E$48</f>
         <v>Paarungen</v>
       </c>
-      <c r="O6" s="553"/>
-[...1 lines deleted...]
-      <c r="Q6" s="553" t="str">
+      <c r="O6" s="548"/>
+      <c r="P6" s="548"/>
+      <c r="Q6" s="548" t="str">
         <f>Language!$E$45</f>
         <v>Teilnehmer</v>
       </c>
-      <c r="R6" s="553"/>
-[...1 lines deleted...]
-      <c r="T6" s="108" t="str">
+      <c r="R6" s="548"/>
+      <c r="S6" s="549"/>
+      <c r="T6" s="106" t="str">
         <f>Language!$E$59</f>
         <v>Datum</v>
       </c>
-      <c r="U6" s="109" t="str">
+      <c r="U6" s="107" t="str">
         <f>Language!$E$62</f>
         <v>Zeit</v>
       </c>
-      <c r="V6" s="89"/>
-[...3 lines deleted...]
-      <c r="B7" s="102">
+      <c r="V6" s="87"/>
+    </row>
+    <row r="7" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A7" s="87"/>
+      <c r="B7" s="100">
         <f>COUNTIF($D$7:$D$24,$D7)</f>
         <v>1</v>
       </c>
-      <c r="C7" s="110">
-[...6 lines deleted...]
-      <c r="F7" s="102">
+      <c r="C7" s="108">
+        <v>1</v>
+      </c>
+      <c r="D7" s="109" t="s">
+        <v>245</v>
+      </c>
+      <c r="E7" s="110"/>
+      <c r="F7" s="100">
         <f>IF($G7="",0,IF(LEFT($G7,2)=RIGHT($G7,2),100,IF(COUNTIF($G$7:$G$24,$G7)&gt;1,101,COUNTIF($G$7:$G$24,$G7)+COUNTIF($H$7:$H$24,$G7))))</f>
         <v>1</v>
       </c>
-      <c r="G7" s="102" t="str">
+      <c r="G7" s="100" t="str">
         <f>IF(OR($N7="",$P7=""),"",TEXT($N7,"00")&amp;TEXT($P7,"00"))</f>
         <v>0705</v>
       </c>
-      <c r="H7" s="102" t="str">
+      <c r="H7" s="100" t="str">
         <f>IF(OR($N7="",$P7=""),"",TEXT($P7,"00")&amp;TEXT($N7,"00"))</f>
         <v>0507</v>
       </c>
-      <c r="I7" s="102">
+      <c r="I7" s="100">
         <f>IF($G7="",0,COUNTIF($G$7:$G7,$H7))</f>
         <v>0</v>
       </c>
-      <c r="J7" s="113"/>
-      <c r="K7" s="114" t="s">
+      <c r="J7" s="111"/>
+      <c r="K7" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L7" s="115">
-[...5 lines deleted...]
-      <c r="N7" s="117">
+      <c r="L7" s="113">
+        <v>1</v>
+      </c>
+      <c r="M7" s="114">
+        <v>1</v>
+      </c>
+      <c r="N7" s="115">
         <v>7</v>
       </c>
-      <c r="O7" s="118" t="s">
+      <c r="O7" s="116" t="s">
         <v>170</v>
       </c>
-      <c r="P7" s="119">
+      <c r="P7" s="117">
         <v>5</v>
       </c>
-      <c r="Q7" s="120" t="str">
+      <c r="Q7" s="118" t="str">
         <f>IF(ISBLANK($N7),"",IF(ISBLANK(VLOOKUP($N7,$C$7:$D$24,2,0)),"",VLOOKUP($N7,$C$7:$D$24,2,0)))</f>
         <v>Juventus FC</v>
       </c>
-      <c r="R7" s="121" t="s">
+      <c r="R7" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S7" s="122" t="str">
+      <c r="S7" s="120" t="str">
         <f>IF(ISBLANK($P7),"",IF(ISBLANK(VLOOKUP($P7,$C$7:$D$24,2,0)),"",VLOOKUP($P7,$C$7:$D$24,2,0)))</f>
         <v>SL Benfica</v>
       </c>
-      <c r="T7" s="123">
+      <c r="T7" s="121">
         <v>45937</v>
       </c>
-      <c r="U7" s="124">
+      <c r="U7" s="122">
         <v>0.78125</v>
       </c>
-      <c r="V7" s="89"/>
+      <c r="V7" s="87"/>
     </row>
     <row r="8" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A8" s="89"/>
-      <c r="B8" s="102">
+      <c r="A8" s="87"/>
+      <c r="B8" s="100">
         <f t="shared" ref="B8:B24" si="0">COUNTIF($D$7:$D$24,$D8)</f>
         <v>1</v>
       </c>
-      <c r="C8" s="125">
+      <c r="C8" s="123">
         <v>2</v>
       </c>
-      <c r="D8" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F8" s="102">
+      <c r="D8" s="124" t="s">
+        <v>237</v>
+      </c>
+      <c r="E8" s="125"/>
+      <c r="F8" s="100">
         <f t="shared" ref="F8:F60" si="1">IF($G8="",0,IF(LEFT($G8,2)=RIGHT($G8,2),100,IF(COUNTIF($G$7:$G$24,$G8)&gt;1,101,COUNTIF($G$7:$G$24,$G8)+COUNTIF($H$7:$H$24,$G8))))</f>
         <v>1</v>
       </c>
-      <c r="G8" s="102" t="str">
+      <c r="G8" s="100" t="str">
         <f t="shared" ref="G8:G60" si="2">IF(OR($N8="",$P8=""),"",TEXT($N8,"00")&amp;TEXT($P8,"00"))</f>
         <v>0110</v>
       </c>
-      <c r="H8" s="102" t="str">
+      <c r="H8" s="100" t="str">
         <f t="shared" ref="H8:H60" si="3">IF(OR($N8="",$P8=""),"",TEXT($P8,"00")&amp;TEXT($N8,"00"))</f>
         <v>1001</v>
       </c>
-      <c r="I8" s="102">
+      <c r="I8" s="100">
         <f>IF($G8="",0,COUNTIF($G$7:$G8,$H8))</f>
         <v>0</v>
       </c>
-      <c r="J8" s="113"/>
-      <c r="K8" s="114" t="s">
+      <c r="J8" s="111"/>
+      <c r="K8" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L8" s="128"/>
-      <c r="M8" s="129">
+      <c r="L8" s="126"/>
+      <c r="M8" s="127">
         <v>2</v>
       </c>
-      <c r="N8" s="130">
-[...2 lines deleted...]
-      <c r="O8" s="131" t="s">
+      <c r="N8" s="128">
+        <v>1</v>
+      </c>
+      <c r="O8" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P8" s="132">
+      <c r="P8" s="130">
         <v>10</v>
       </c>
-      <c r="Q8" s="120" t="str">
+      <c r="Q8" s="118" t="str">
         <f t="shared" ref="Q8:Q15" si="4">IF(ISBLANK($N8),"",IF(ISBLANK(VLOOKUP($N8,$C$7:$D$24,2,0)),"",VLOOKUP($N8,$C$7:$D$24,2,0)))</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="R8" s="121" t="s">
+      <c r="R8" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S8" s="122" t="str">
+      <c r="S8" s="120" t="str">
         <f t="shared" ref="S8:S15" si="5">IF(ISBLANK($P8),"",IF(ISBLANK(VLOOKUP($P8,$C$7:$D$24,2,0)),"",VLOOKUP($P8,$C$7:$D$24,2,0)))</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="T8" s="123">
+      <c r="T8" s="121">
         <v>45937</v>
       </c>
-      <c r="U8" s="124">
+      <c r="U8" s="122">
         <v>0.875</v>
       </c>
-      <c r="V8" s="89"/>
+      <c r="V8" s="87"/>
     </row>
     <row r="9" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A9" s="89"/>
-      <c r="B9" s="102">
+      <c r="A9" s="87"/>
+      <c r="B9" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C9" s="125">
+      <c r="C9" s="123">
         <v>3</v>
       </c>
-      <c r="D9" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F9" s="102">
+      <c r="D9" s="124" t="s">
+        <v>246</v>
+      </c>
+      <c r="E9" s="125"/>
+      <c r="F9" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G9" s="102" t="str">
+      <c r="G9" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0304</v>
       </c>
-      <c r="H9" s="102" t="str">
+      <c r="H9" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0403</v>
       </c>
-      <c r="I9" s="102">
+      <c r="I9" s="100">
         <f>IF($G9="",0,COUNTIF($G$7:$G9,$H9))</f>
         <v>0</v>
       </c>
-      <c r="J9" s="113"/>
-      <c r="K9" s="114" t="s">
+      <c r="J9" s="111"/>
+      <c r="K9" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L9" s="128"/>
-      <c r="M9" s="129">
+      <c r="L9" s="126"/>
+      <c r="M9" s="127">
         <v>3</v>
       </c>
-      <c r="N9" s="130">
+      <c r="N9" s="128">
         <v>3</v>
       </c>
-      <c r="O9" s="131" t="s">
+      <c r="O9" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P9" s="132">
+      <c r="P9" s="130">
         <v>4</v>
       </c>
-      <c r="Q9" s="120" t="str">
+      <c r="Q9" s="118" t="str">
         <f t="shared" si="4"/>
         <v>FC Barcelona</v>
       </c>
-      <c r="R9" s="121" t="s">
+      <c r="R9" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S9" s="122" t="str">
+      <c r="S9" s="120" t="str">
         <f t="shared" si="5"/>
         <v>FC Bayern München</v>
       </c>
-      <c r="T9" s="123">
+      <c r="T9" s="121">
         <v>45937</v>
       </c>
-      <c r="U9" s="124">
+      <c r="U9" s="122">
         <v>0.875</v>
       </c>
-      <c r="V9" s="89"/>
-[...3 lines deleted...]
-      <c r="B10" s="102">
+      <c r="V9" s="87"/>
+    </row>
+    <row r="10" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A10" s="87"/>
+      <c r="B10" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C10" s="125">
+      <c r="C10" s="123">
         <v>4</v>
       </c>
-      <c r="D10" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F10" s="102">
+      <c r="D10" s="124" t="s">
+        <v>238</v>
+      </c>
+      <c r="E10" s="125"/>
+      <c r="F10" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G10" s="102" t="str">
+      <c r="G10" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1109</v>
       </c>
-      <c r="H10" s="102" t="str">
+      <c r="H10" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0911</v>
       </c>
-      <c r="I10" s="102">
+      <c r="I10" s="100">
         <f>IF($G10="",0,COUNTIF($G$7:$G10,$H10))</f>
         <v>0</v>
       </c>
-      <c r="J10" s="113"/>
-      <c r="K10" s="114" t="s">
+      <c r="J10" s="111"/>
+      <c r="K10" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L10" s="128"/>
-      <c r="M10" s="129">
+      <c r="L10" s="126"/>
+      <c r="M10" s="127">
         <v>4</v>
       </c>
-      <c r="N10" s="130">
+      <c r="N10" s="128">
         <v>11</v>
       </c>
-      <c r="O10" s="131" t="s">
+      <c r="O10" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P10" s="132">
+      <c r="P10" s="130">
         <v>9</v>
       </c>
-      <c r="Q10" s="120" t="str">
+      <c r="Q10" s="118" t="str">
         <f t="shared" si="4"/>
         <v>Paris FC</v>
       </c>
-      <c r="R10" s="121" t="s">
+      <c r="R10" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S10" s="122" t="str">
+      <c r="S10" s="120" t="str">
         <f t="shared" si="5"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="T10" s="123">
+      <c r="T10" s="121">
         <v>45937</v>
       </c>
-      <c r="U10" s="124">
+      <c r="U10" s="122">
         <v>0.875</v>
       </c>
-      <c r="V10" s="89"/>
+      <c r="V10" s="87"/>
     </row>
     <row r="11" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A11" s="89"/>
-      <c r="B11" s="102">
+      <c r="A11" s="87"/>
+      <c r="B11" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C11" s="125">
+      <c r="C11" s="123">
         <v>5</v>
       </c>
-      <c r="D11" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F11" s="102">
+      <c r="D11" s="124" t="s">
+        <v>244</v>
+      </c>
+      <c r="E11" s="125"/>
+      <c r="F11" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G11" s="102" t="str">
+      <c r="G11" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1606</v>
       </c>
-      <c r="H11" s="102" t="str">
+      <c r="H11" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0616</v>
       </c>
-      <c r="I11" s="102">
+      <c r="I11" s="100">
         <f>IF($G11="",0,COUNTIF($G$7:$G11,$H11))</f>
         <v>0</v>
       </c>
-      <c r="J11" s="113"/>
-      <c r="K11" s="114" t="s">
+      <c r="J11" s="111"/>
+      <c r="K11" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L11" s="128"/>
-      <c r="M11" s="129">
+      <c r="L11" s="126"/>
+      <c r="M11" s="127">
         <v>5</v>
       </c>
-      <c r="N11" s="130">
+      <c r="N11" s="128">
         <v>16</v>
       </c>
-      <c r="O11" s="131" t="s">
+      <c r="O11" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P11" s="132">
+      <c r="P11" s="130">
         <v>6</v>
       </c>
-      <c r="Q11" s="120" t="str">
+      <c r="Q11" s="118" t="str">
         <f t="shared" si="4"/>
         <v>FC Twente</v>
       </c>
-      <c r="R11" s="121" t="s">
+      <c r="R11" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S11" s="122" t="str">
+      <c r="S11" s="120" t="str">
         <f t="shared" si="5"/>
         <v>Chelsea FC</v>
       </c>
-      <c r="T11" s="123">
+      <c r="T11" s="121">
         <v>45938</v>
       </c>
-      <c r="U11" s="124">
+      <c r="U11" s="122">
         <v>0.78125</v>
       </c>
-      <c r="V11" s="89"/>
+      <c r="V11" s="87"/>
     </row>
     <row r="12" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
-      <c r="A12" s="89"/>
-      <c r="B12" s="102">
+      <c r="A12" s="87"/>
+      <c r="B12" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C12" s="125">
+      <c r="C12" s="123">
         <v>6</v>
       </c>
-      <c r="D12" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F12" s="102">
+      <c r="D12" s="124" t="s">
+        <v>249</v>
+      </c>
+      <c r="E12" s="125"/>
+      <c r="F12" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G12" s="102" t="str">
+      <c r="G12" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1314</v>
       </c>
-      <c r="H12" s="102" t="str">
+      <c r="H12" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1413</v>
       </c>
-      <c r="I12" s="102">
+      <c r="I12" s="100">
         <f>IF($G12="",0,COUNTIF($G$7:$G12,$H12))</f>
         <v>0</v>
       </c>
-      <c r="J12" s="113"/>
-      <c r="K12" s="114" t="s">
+      <c r="J12" s="111"/>
+      <c r="K12" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L12" s="128"/>
-      <c r="M12" s="129">
+      <c r="L12" s="126"/>
+      <c r="M12" s="127">
         <v>6</v>
       </c>
-      <c r="N12" s="130">
+      <c r="N12" s="128">
         <v>13</v>
       </c>
-      <c r="O12" s="131" t="s">
+      <c r="O12" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P12" s="132">
+      <c r="P12" s="130">
         <v>14</v>
       </c>
-      <c r="Q12" s="120" t="str">
+      <c r="Q12" s="118" t="str">
         <f t="shared" si="4"/>
         <v>Real Madrid</v>
       </c>
-      <c r="R12" s="121" t="s">
+      <c r="R12" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S12" s="122" t="str">
+      <c r="S12" s="120" t="str">
         <f t="shared" si="5"/>
         <v>AS Rom</v>
       </c>
-      <c r="T12" s="123">
+      <c r="T12" s="121">
         <v>45938</v>
       </c>
-      <c r="U12" s="124">
+      <c r="U12" s="122">
         <v>0.78125</v>
       </c>
-      <c r="V12" s="89"/>
-[...3 lines deleted...]
-      <c r="B13" s="102">
+      <c r="V12" s="87"/>
+    </row>
+    <row r="13" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A13" s="87"/>
+      <c r="B13" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C13" s="125">
+      <c r="C13" s="123">
         <v>7</v>
       </c>
-      <c r="D13" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F13" s="102">
+      <c r="D13" s="124" t="s">
+        <v>255</v>
+      </c>
+      <c r="E13" s="125"/>
+      <c r="F13" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G13" s="102" t="str">
+      <c r="G13" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1812</v>
       </c>
-      <c r="H13" s="102" t="str">
+      <c r="H13" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1218</v>
       </c>
-      <c r="I13" s="102">
+      <c r="I13" s="100">
         <f>IF($G13="",0,COUNTIF($G$7:$G13,$H13))</f>
         <v>0</v>
       </c>
-      <c r="J13" s="113"/>
-      <c r="K13" s="114" t="s">
+      <c r="J13" s="111"/>
+      <c r="K13" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L13" s="128"/>
-      <c r="M13" s="129">
+      <c r="L13" s="126"/>
+      <c r="M13" s="127">
         <v>7</v>
       </c>
-      <c r="N13" s="130">
+      <c r="N13" s="128">
         <v>18</v>
       </c>
-      <c r="O13" s="131" t="s">
+      <c r="O13" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P13" s="132">
+      <c r="P13" s="130">
         <v>12</v>
       </c>
-      <c r="Q13" s="120" t="str">
+      <c r="Q13" s="118" t="str">
         <f t="shared" si="4"/>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="R13" s="121" t="s">
+      <c r="R13" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S13" s="122" t="str">
+      <c r="S13" s="120" t="str">
         <f t="shared" si="5"/>
         <v>Paris St. Germain</v>
       </c>
-      <c r="T13" s="123">
+      <c r="T13" s="121">
         <v>45938</v>
       </c>
-      <c r="U13" s="124">
+      <c r="U13" s="122">
         <v>0.875</v>
       </c>
-      <c r="V13" s="89"/>
-[...3 lines deleted...]
-      <c r="B14" s="102">
+      <c r="V13" s="87"/>
+    </row>
+    <row r="14" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A14" s="87"/>
+      <c r="B14" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C14" s="125">
+      <c r="C14" s="123">
         <v>8</v>
       </c>
-      <c r="D14" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F14" s="102">
+      <c r="D14" s="124" t="s">
+        <v>239</v>
+      </c>
+      <c r="E14" s="125"/>
+      <c r="F14" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G14" s="102" t="str">
+      <c r="G14" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1502</v>
       </c>
-      <c r="H14" s="102" t="str">
+      <c r="H14" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0215</v>
       </c>
-      <c r="I14" s="102">
+      <c r="I14" s="100">
         <f>IF($G14="",0,COUNTIF($G$7:$G14,$H14))</f>
         <v>0</v>
       </c>
-      <c r="J14" s="113"/>
-      <c r="K14" s="114" t="s">
+      <c r="J14" s="111"/>
+      <c r="K14" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L14" s="128"/>
-      <c r="M14" s="129">
+      <c r="L14" s="126"/>
+      <c r="M14" s="127">
         <v>8</v>
       </c>
-      <c r="N14" s="130">
+      <c r="N14" s="128">
         <v>15</v>
       </c>
-      <c r="O14" s="131" t="s">
+      <c r="O14" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P14" s="132">
+      <c r="P14" s="130">
         <v>2</v>
       </c>
-      <c r="Q14" s="120" t="str">
+      <c r="Q14" s="118" t="str">
         <f t="shared" si="4"/>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="R14" s="121" t="s">
+      <c r="R14" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S14" s="122" t="str">
+      <c r="S14" s="120" t="str">
         <f t="shared" si="5"/>
         <v>Atletico Madrid</v>
       </c>
-      <c r="T14" s="123">
+      <c r="T14" s="121">
         <v>45938</v>
       </c>
-      <c r="U14" s="124">
+      <c r="U14" s="122">
         <v>0.875</v>
       </c>
-      <c r="V14" s="89"/>
-[...3 lines deleted...]
-      <c r="B15" s="102">
+      <c r="V14" s="87"/>
+    </row>
+    <row r="15" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="87"/>
+      <c r="B15" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C15" s="125">
+      <c r="C15" s="123">
         <v>9</v>
       </c>
-      <c r="D15" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F15" s="102">
+      <c r="D15" s="124" t="s">
+        <v>247</v>
+      </c>
+      <c r="E15" s="125"/>
+      <c r="F15" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G15" s="102" t="str">
+      <c r="G15" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0817</v>
       </c>
-      <c r="H15" s="102" t="str">
+      <c r="H15" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1708</v>
       </c>
-      <c r="I15" s="102">
+      <c r="I15" s="100">
         <f>IF($G15="",0,COUNTIF($G$7:$G15,$H15))</f>
         <v>0</v>
       </c>
-      <c r="J15" s="113"/>
-      <c r="K15" s="114" t="s">
+      <c r="J15" s="111"/>
+      <c r="K15" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L15" s="128"/>
-      <c r="M15" s="129">
+      <c r="L15" s="126"/>
+      <c r="M15" s="127">
         <v>9</v>
       </c>
-      <c r="N15" s="130">
+      <c r="N15" s="128">
         <v>8</v>
       </c>
-      <c r="O15" s="131" t="s">
+      <c r="O15" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P15" s="132">
+      <c r="P15" s="130">
         <v>17</v>
       </c>
-      <c r="Q15" s="120" t="str">
+      <c r="Q15" s="118" t="str">
         <f t="shared" si="4"/>
         <v>Manchester United</v>
       </c>
-      <c r="R15" s="121" t="s">
+      <c r="R15" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S15" s="122" t="str">
+      <c r="S15" s="120" t="str">
         <f t="shared" si="5"/>
         <v>Valerenga IF</v>
       </c>
-      <c r="T15" s="123">
+      <c r="T15" s="121">
         <v>45938</v>
       </c>
-      <c r="U15" s="124">
+      <c r="U15" s="122">
         <v>0.875</v>
       </c>
-      <c r="V15" s="89"/>
-[...3 lines deleted...]
-      <c r="B16" s="102">
+      <c r="V15" s="87"/>
+    </row>
+    <row r="16" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A16" s="87"/>
+      <c r="B16" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C16" s="125">
+      <c r="C16" s="123">
         <v>10</v>
       </c>
-      <c r="D16" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F16" s="102">
+      <c r="D16" s="124" t="s">
+        <v>240</v>
+      </c>
+      <c r="E16" s="125"/>
+      <c r="F16" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G16" s="102" t="str">
+      <c r="G16" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1718</v>
       </c>
-      <c r="H16" s="102" t="str">
+      <c r="H16" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1817</v>
       </c>
-      <c r="I16" s="102">
+      <c r="I16" s="100">
         <f>IF($G16="",0,COUNTIF($G$7:$G16,$H16))</f>
         <v>0</v>
       </c>
-      <c r="J16" s="102"/>
-      <c r="K16" s="114" t="s">
+      <c r="J16" s="100"/>
+      <c r="K16" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L16" s="135">
+      <c r="L16" s="133">
         <v>2</v>
       </c>
-      <c r="M16" s="136">
+      <c r="M16" s="134">
         <v>10</v>
       </c>
-      <c r="N16" s="137">
+      <c r="N16" s="135">
         <v>17</v>
       </c>
-      <c r="O16" s="138" t="s">
+      <c r="O16" s="136" t="s">
         <v>170</v>
       </c>
-      <c r="P16" s="139">
+      <c r="P16" s="137">
         <v>18</v>
       </c>
-      <c r="Q16" s="140" t="str">
+      <c r="Q16" s="138" t="str">
         <f t="shared" ref="Q16:Q42" si="6">IF(ISBLANK($N16),"",IF(ISBLANK(VLOOKUP($N16,$C$7:$D$42,2,0)),"",VLOOKUP($N16,$C$7:$D$42,2,0)))</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="R16" s="141" t="s">
+      <c r="R16" s="139" t="s">
         <v>170</v>
       </c>
-      <c r="S16" s="142" t="str">
+      <c r="S16" s="140" t="str">
         <f t="shared" ref="S16:S42" si="7">IF(ISBLANK($P16),"",IF(ISBLANK(VLOOKUP($P16,$C$7:$D$42,2,0)),"",VLOOKUP($P16,$C$7:$D$42,2,0)))</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="T16" s="143">
+      <c r="T16" s="141">
         <v>45945</v>
       </c>
-      <c r="U16" s="144">
+      <c r="U16" s="142">
         <v>0.78125</v>
       </c>
-      <c r="V16" s="89"/>
-[...3 lines deleted...]
-      <c r="B17" s="102">
+      <c r="V16" s="87"/>
+    </row>
+    <row r="17" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A17" s="87"/>
+      <c r="B17" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C17" s="125">
+      <c r="C17" s="123">
         <v>11</v>
       </c>
-      <c r="D17" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F17" s="102">
+      <c r="D17" s="124" t="s">
+        <v>241</v>
+      </c>
+      <c r="E17" s="125"/>
+      <c r="F17" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G17" s="102" t="str">
+      <c r="G17" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1015</v>
       </c>
-      <c r="H17" s="102" t="str">
+      <c r="H17" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1510</v>
       </c>
-      <c r="I17" s="102">
+      <c r="I17" s="100">
         <f>IF($G17="",0,COUNTIF($G$7:$G17,$H17))</f>
         <v>0</v>
       </c>
-      <c r="J17" s="102"/>
-      <c r="K17" s="114" t="s">
+      <c r="J17" s="100"/>
+      <c r="K17" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L17" s="128"/>
-      <c r="M17" s="129">
+      <c r="L17" s="126"/>
+      <c r="M17" s="127">
         <v>11</v>
       </c>
-      <c r="N17" s="130">
+      <c r="N17" s="128">
         <v>10</v>
       </c>
-      <c r="O17" s="131" t="s">
+      <c r="O17" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P17" s="132">
+      <c r="P17" s="130">
         <v>15</v>
       </c>
-      <c r="Q17" s="120" t="str">
+      <c r="Q17" s="118" t="str">
         <f t="shared" si="6"/>
         <v>OL Lyonnes</v>
       </c>
-      <c r="R17" s="121" t="s">
+      <c r="R17" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S17" s="122" t="str">
+      <c r="S17" s="120" t="str">
         <f t="shared" si="7"/>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="T17" s="133">
+      <c r="T17" s="131">
         <v>45945</v>
       </c>
-      <c r="U17" s="134">
+      <c r="U17" s="132">
         <v>0.78125</v>
       </c>
-      <c r="V17" s="89"/>
-[...3 lines deleted...]
-      <c r="B18" s="102">
+      <c r="V17" s="87"/>
+    </row>
+    <row r="18" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A18" s="87"/>
+      <c r="B18" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C18" s="125">
+      <c r="C18" s="123">
         <v>12</v>
       </c>
-      <c r="D18" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F18" s="102">
+      <c r="D18" s="124" t="s">
+        <v>252</v>
+      </c>
+      <c r="E18" s="125"/>
+      <c r="F18" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G18" s="102" t="str">
+      <c r="G18" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0611</v>
       </c>
-      <c r="H18" s="102" t="str">
+      <c r="H18" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1106</v>
       </c>
-      <c r="I18" s="102">
+      <c r="I18" s="100">
         <f>IF($G18="",0,COUNTIF($G$7:$G18,$H18))</f>
         <v>0</v>
       </c>
-      <c r="J18" s="102"/>
-      <c r="K18" s="114" t="s">
+      <c r="J18" s="100"/>
+      <c r="K18" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L18" s="128"/>
-      <c r="M18" s="129">
+      <c r="L18" s="126"/>
+      <c r="M18" s="127">
         <v>12</v>
       </c>
-      <c r="N18" s="130">
+      <c r="N18" s="128">
         <v>6</v>
       </c>
-      <c r="O18" s="131" t="s">
+      <c r="O18" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P18" s="132">
+      <c r="P18" s="130">
         <v>11</v>
       </c>
-      <c r="Q18" s="120" t="str">
+      <c r="Q18" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Chelsea FC</v>
       </c>
-      <c r="R18" s="121" t="s">
+      <c r="R18" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S18" s="122" t="str">
+      <c r="S18" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Paris FC</v>
       </c>
-      <c r="T18" s="133">
+      <c r="T18" s="131">
         <v>45945</v>
       </c>
-      <c r="U18" s="134">
+      <c r="U18" s="132">
         <v>0.875</v>
       </c>
-      <c r="V18" s="89"/>
-[...3 lines deleted...]
-      <c r="B19" s="102">
+      <c r="V18" s="87"/>
+    </row>
+    <row r="19" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A19" s="87"/>
+      <c r="B19" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C19" s="125">
+      <c r="C19" s="123">
         <v>13</v>
       </c>
-      <c r="D19" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F19" s="102">
+      <c r="D19" s="124" t="s">
+        <v>242</v>
+      </c>
+      <c r="E19" s="125"/>
+      <c r="F19" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G19" s="102" t="str">
+      <c r="G19" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1403</v>
       </c>
-      <c r="H19" s="102" t="str">
+      <c r="H19" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0314</v>
       </c>
-      <c r="I19" s="102">
+      <c r="I19" s="100">
         <f>IF($G19="",0,COUNTIF($G$7:$G19,$H19))</f>
         <v>0</v>
       </c>
-      <c r="J19" s="102"/>
-      <c r="K19" s="114" t="s">
+      <c r="J19" s="100"/>
+      <c r="K19" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L19" s="128"/>
-      <c r="M19" s="129">
+      <c r="L19" s="126"/>
+      <c r="M19" s="127">
         <v>13</v>
       </c>
-      <c r="N19" s="130">
+      <c r="N19" s="128">
         <v>14</v>
       </c>
-      <c r="O19" s="131" t="s">
+      <c r="O19" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P19" s="132">
+      <c r="P19" s="130">
         <v>3</v>
       </c>
-      <c r="Q19" s="120" t="str">
+      <c r="Q19" s="118" t="str">
         <f t="shared" si="6"/>
         <v>AS Rom</v>
       </c>
-      <c r="R19" s="121" t="s">
+      <c r="R19" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S19" s="122" t="str">
+      <c r="S19" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Barcelona</v>
       </c>
-      <c r="T19" s="133">
+      <c r="T19" s="131">
         <v>45945</v>
       </c>
-      <c r="U19" s="134">
+      <c r="U19" s="132">
         <v>0.875</v>
       </c>
-      <c r="V19" s="89"/>
-[...3 lines deleted...]
-      <c r="B20" s="102">
+      <c r="V19" s="87"/>
+    </row>
+    <row r="20" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A20" s="87"/>
+      <c r="B20" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C20" s="125">
+      <c r="C20" s="123">
         <v>14</v>
       </c>
-      <c r="D20" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F20" s="102">
+      <c r="D20" s="124" t="s">
+        <v>250</v>
+      </c>
+      <c r="E20" s="125"/>
+      <c r="F20" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G20" s="102" t="str">
+      <c r="G20" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0916</v>
       </c>
-      <c r="H20" s="102" t="str">
+      <c r="H20" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1609</v>
       </c>
-      <c r="I20" s="102">
+      <c r="I20" s="100">
         <f>IF($G20="",0,COUNTIF($G$7:$G20,$H20))</f>
         <v>0</v>
       </c>
-      <c r="J20" s="102"/>
-      <c r="K20" s="114" t="s">
+      <c r="J20" s="100"/>
+      <c r="K20" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L20" s="128"/>
-      <c r="M20" s="129">
+      <c r="L20" s="126"/>
+      <c r="M20" s="127">
         <v>14</v>
       </c>
-      <c r="N20" s="130">
+      <c r="N20" s="128">
         <v>9</v>
       </c>
-      <c r="O20" s="131" t="s">
+      <c r="O20" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P20" s="132">
+      <c r="P20" s="130">
         <v>16</v>
       </c>
-      <c r="Q20" s="120" t="str">
+      <c r="Q20" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="R20" s="121" t="s">
+      <c r="R20" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S20" s="122" t="str">
+      <c r="S20" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Twente</v>
       </c>
-      <c r="T20" s="133">
+      <c r="T20" s="131">
         <v>45945</v>
       </c>
-      <c r="U20" s="134">
+      <c r="U20" s="132">
         <v>0.875</v>
       </c>
-      <c r="V20" s="89"/>
-[...3 lines deleted...]
-      <c r="B21" s="102">
+      <c r="V20" s="87"/>
+    </row>
+    <row r="21" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A21" s="87"/>
+      <c r="B21" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C21" s="125">
+      <c r="C21" s="123">
         <v>15</v>
       </c>
-      <c r="D21" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F21" s="102">
+      <c r="D21" s="124" t="s">
+        <v>253</v>
+      </c>
+      <c r="E21" s="125"/>
+      <c r="F21" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G21" s="102" t="str">
+      <c r="G21" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0208</v>
       </c>
-      <c r="H21" s="102" t="str">
+      <c r="H21" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0802</v>
       </c>
-      <c r="I21" s="102">
+      <c r="I21" s="100">
         <f>IF($G21="",0,COUNTIF($G$7:$G21,$H21))</f>
         <v>0</v>
       </c>
-      <c r="J21" s="102"/>
-      <c r="K21" s="114" t="s">
+      <c r="J21" s="100"/>
+      <c r="K21" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L21" s="128"/>
-      <c r="M21" s="129">
+      <c r="L21" s="126"/>
+      <c r="M21" s="127">
         <v>15</v>
       </c>
-      <c r="N21" s="130">
+      <c r="N21" s="128">
         <v>2</v>
       </c>
-      <c r="O21" s="131" t="s">
+      <c r="O21" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P21" s="132">
+      <c r="P21" s="130">
         <v>8</v>
       </c>
-      <c r="Q21" s="120" t="str">
+      <c r="Q21" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Atletico Madrid</v>
       </c>
-      <c r="R21" s="121" t="s">
+      <c r="R21" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S21" s="122" t="str">
+      <c r="S21" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Manchester United</v>
       </c>
-      <c r="T21" s="133">
+      <c r="T21" s="131">
         <v>45946</v>
       </c>
-      <c r="U21" s="134">
+      <c r="U21" s="132">
         <v>0.78125</v>
       </c>
-      <c r="V21" s="89"/>
-[...3 lines deleted...]
-      <c r="B22" s="102">
+      <c r="V21" s="87"/>
+    </row>
+    <row r="22" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A22" s="87"/>
+      <c r="B22" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C22" s="125">
+      <c r="C22" s="123">
         <v>16</v>
       </c>
-      <c r="D22" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F22" s="102">
+      <c r="D22" s="124" t="s">
+        <v>248</v>
+      </c>
+      <c r="E22" s="125"/>
+      <c r="F22" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G22" s="102" t="str">
+      <c r="G22" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0501</v>
       </c>
-      <c r="H22" s="102" t="str">
+      <c r="H22" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0105</v>
       </c>
-      <c r="I22" s="102">
+      <c r="I22" s="100">
         <f>IF($G22="",0,COUNTIF($G$7:$G22,$H22))</f>
         <v>0</v>
       </c>
-      <c r="J22" s="102"/>
-      <c r="K22" s="114" t="s">
+      <c r="J22" s="100"/>
+      <c r="K22" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L22" s="128"/>
-      <c r="M22" s="129">
+      <c r="L22" s="126"/>
+      <c r="M22" s="127">
         <v>16</v>
       </c>
-      <c r="N22" s="130">
+      <c r="N22" s="128">
         <v>5</v>
       </c>
-      <c r="O22" s="131" t="s">
+      <c r="O22" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P22" s="132">
-[...2 lines deleted...]
-      <c r="Q22" s="120" t="str">
+      <c r="P22" s="130">
+        <v>1</v>
+      </c>
+      <c r="Q22" s="118" t="str">
         <f t="shared" si="6"/>
         <v>SL Benfica</v>
       </c>
-      <c r="R22" s="121" t="s">
+      <c r="R22" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S22" s="122" t="str">
+      <c r="S22" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Arsenal WFC</v>
       </c>
-      <c r="T22" s="133">
+      <c r="T22" s="131">
         <v>45946</v>
       </c>
-      <c r="U22" s="134">
+      <c r="U22" s="132">
         <v>0.875</v>
       </c>
-      <c r="V22" s="89"/>
-[...3 lines deleted...]
-      <c r="B23" s="102">
+      <c r="V22" s="87"/>
+    </row>
+    <row r="23" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A23" s="87"/>
+      <c r="B23" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C23" s="125">
+      <c r="C23" s="123">
         <v>17</v>
       </c>
-      <c r="D23" s="126" t="s">
-[...3 lines deleted...]
-      <c r="F23" s="102">
+      <c r="D23" s="124" t="s">
+        <v>254</v>
+      </c>
+      <c r="E23" s="125"/>
+      <c r="F23" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G23" s="102" t="str">
+      <c r="G23" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0407</v>
       </c>
-      <c r="H23" s="102" t="str">
+      <c r="H23" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0704</v>
       </c>
-      <c r="I23" s="102">
+      <c r="I23" s="100">
         <f>IF($G23="",0,COUNTIF($G$7:$G23,$H23))</f>
         <v>0</v>
       </c>
-      <c r="J23" s="102"/>
-      <c r="K23" s="114" t="s">
+      <c r="J23" s="100"/>
+      <c r="K23" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L23" s="128"/>
-      <c r="M23" s="129">
+      <c r="L23" s="126"/>
+      <c r="M23" s="127">
         <v>17</v>
       </c>
-      <c r="N23" s="130">
+      <c r="N23" s="128">
         <v>4</v>
       </c>
-      <c r="O23" s="131" t="s">
+      <c r="O23" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P23" s="132">
+      <c r="P23" s="130">
         <v>7</v>
       </c>
-      <c r="Q23" s="120" t="str">
+      <c r="Q23" s="118" t="str">
         <f t="shared" si="6"/>
         <v>FC Bayern München</v>
       </c>
-      <c r="R23" s="121" t="s">
+      <c r="R23" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S23" s="122" t="str">
+      <c r="S23" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Juventus FC</v>
       </c>
-      <c r="T23" s="133">
+      <c r="T23" s="131">
         <v>45946</v>
       </c>
-      <c r="U23" s="134">
+      <c r="U23" s="132">
         <v>0.875</v>
       </c>
-      <c r="V23" s="89"/>
-[...3 lines deleted...]
-      <c r="B24" s="102">
+      <c r="V23" s="87"/>
+    </row>
+    <row r="24" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="87"/>
+      <c r="B24" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C24" s="481">
+      <c r="C24" s="463">
         <v>18</v>
       </c>
-      <c r="D24" s="482" t="s">
-[...3 lines deleted...]
-      <c r="F24" s="102">
+      <c r="D24" s="464" t="s">
+        <v>251</v>
+      </c>
+      <c r="E24" s="465"/>
+      <c r="F24" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="G24" s="102" t="str">
+      <c r="G24" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1213</v>
       </c>
-      <c r="H24" s="102" t="str">
+      <c r="H24" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1312</v>
       </c>
-      <c r="I24" s="102">
+      <c r="I24" s="100">
         <f>IF($G24="",0,COUNTIF($G$7:$G24,$H24))</f>
         <v>0</v>
       </c>
-      <c r="J24" s="102"/>
-      <c r="K24" s="114" t="s">
+      <c r="J24" s="100"/>
+      <c r="K24" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L24" s="128"/>
-      <c r="M24" s="129">
+      <c r="L24" s="126"/>
+      <c r="M24" s="127">
         <v>18</v>
       </c>
-      <c r="N24" s="130">
+      <c r="N24" s="128">
         <v>12</v>
       </c>
-      <c r="O24" s="131" t="s">
+      <c r="O24" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P24" s="132">
+      <c r="P24" s="130">
         <v>13</v>
       </c>
-      <c r="Q24" s="120" t="str">
+      <c r="Q24" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Paris St. Germain</v>
       </c>
-      <c r="R24" s="121" t="s">
+      <c r="R24" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S24" s="122" t="str">
+      <c r="S24" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Real Madrid</v>
       </c>
-      <c r="T24" s="133">
+      <c r="T24" s="131">
         <v>45946</v>
       </c>
-      <c r="U24" s="134">
+      <c r="U24" s="132">
         <v>0.875</v>
       </c>
-      <c r="V24" s="89"/>
-[...7 lines deleted...]
-      <c r="F25" s="102">
+      <c r="V24" s="87"/>
+    </row>
+    <row r="25" spans="1:22" ht="18" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="87"/>
+      <c r="B25" s="100"/>
+      <c r="C25" s="488"/>
+      <c r="D25" s="489"/>
+      <c r="E25" s="490"/>
+      <c r="F25" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G25" s="102" t="str">
+      <c r="G25" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1417</v>
       </c>
-      <c r="H25" s="102" t="str">
+      <c r="H25" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1714</v>
       </c>
-      <c r="I25" s="102">
+      <c r="I25" s="100">
         <f>IF($G25="",0,COUNTIF($G$7:$G25,$H25))</f>
         <v>0</v>
       </c>
-      <c r="J25" s="102"/>
-      <c r="K25" s="114" t="s">
+      <c r="J25" s="100"/>
+      <c r="K25" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L25" s="135">
+      <c r="L25" s="133">
         <v>3</v>
       </c>
-      <c r="M25" s="136">
+      <c r="M25" s="134">
         <v>19</v>
       </c>
-      <c r="N25" s="137">
+      <c r="N25" s="135">
         <v>14</v>
       </c>
-      <c r="O25" s="138" t="s">
+      <c r="O25" s="136" t="s">
         <v>170</v>
       </c>
-      <c r="P25" s="139">
+      <c r="P25" s="137">
         <v>17</v>
       </c>
-      <c r="Q25" s="140" t="str">
+      <c r="Q25" s="138" t="str">
         <f t="shared" si="6"/>
         <v>AS Rom</v>
       </c>
-      <c r="R25" s="141" t="s">
+      <c r="R25" s="139" t="s">
         <v>170</v>
       </c>
-      <c r="S25" s="142" t="str">
+      <c r="S25" s="140" t="str">
         <f t="shared" si="7"/>
         <v>Valerenga IF</v>
       </c>
-      <c r="T25" s="143">
+      <c r="T25" s="141">
         <v>45972</v>
       </c>
-      <c r="U25" s="144">
+      <c r="U25" s="142">
         <v>0.78125</v>
       </c>
-      <c r="V25" s="89"/>
-[...7 lines deleted...]
-      <c r="F26" s="102">
+      <c r="V25" s="87"/>
+    </row>
+    <row r="26" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A26" s="87"/>
+      <c r="B26" s="100"/>
+      <c r="C26" s="488"/>
+      <c r="D26" s="489"/>
+      <c r="E26" s="490"/>
+      <c r="F26" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G26" s="102" t="str">
+      <c r="G26" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1018</v>
       </c>
-      <c r="H26" s="102" t="str">
+      <c r="H26" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1810</v>
       </c>
-      <c r="I26" s="102">
+      <c r="I26" s="100">
         <f>IF($G26="",0,COUNTIF($G$7:$G26,$H26))</f>
         <v>0</v>
       </c>
-      <c r="J26" s="102"/>
-      <c r="K26" s="114" t="s">
+      <c r="J26" s="100"/>
+      <c r="K26" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L26" s="128"/>
-      <c r="M26" s="129">
+      <c r="L26" s="126"/>
+      <c r="M26" s="127">
         <v>20</v>
       </c>
-      <c r="N26" s="130">
+      <c r="N26" s="128">
         <v>10</v>
       </c>
-      <c r="O26" s="131" t="s">
+      <c r="O26" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P26" s="132">
+      <c r="P26" s="130">
         <v>18</v>
       </c>
-      <c r="Q26" s="120" t="str">
+      <c r="Q26" s="118" t="str">
         <f t="shared" si="6"/>
         <v>OL Lyonnes</v>
       </c>
-      <c r="R26" s="121" t="s">
+      <c r="R26" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S26" s="122" t="str">
+      <c r="S26" s="120" t="str">
         <f t="shared" si="7"/>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="T26" s="133">
+      <c r="T26" s="131">
         <v>45972</v>
       </c>
-      <c r="U26" s="134">
+      <c r="U26" s="132">
         <v>0.875</v>
       </c>
-      <c r="V26" s="89"/>
-[...7 lines deleted...]
-      <c r="F27" s="102">
+      <c r="V26" s="87"/>
+    </row>
+    <row r="27" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A27" s="87"/>
+      <c r="B27" s="100"/>
+      <c r="C27" s="488"/>
+      <c r="D27" s="489"/>
+      <c r="E27" s="490"/>
+      <c r="F27" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G27" s="102" t="str">
+      <c r="G27" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1506</v>
       </c>
-      <c r="H27" s="102" t="str">
+      <c r="H27" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0615</v>
       </c>
-      <c r="I27" s="102">
+      <c r="I27" s="100">
         <f>IF($G27="",0,COUNTIF($G$7:$G27,$H27))</f>
         <v>0</v>
       </c>
-      <c r="J27" s="102"/>
-      <c r="K27" s="114" t="s">
+      <c r="J27" s="100"/>
+      <c r="K27" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L27" s="128"/>
-      <c r="M27" s="129">
+      <c r="L27" s="126"/>
+      <c r="M27" s="127">
         <v>21</v>
       </c>
-      <c r="N27" s="130">
+      <c r="N27" s="128">
         <v>15</v>
       </c>
-      <c r="O27" s="131" t="s">
+      <c r="O27" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P27" s="132">
+      <c r="P27" s="130">
         <v>6</v>
       </c>
-      <c r="Q27" s="120" t="str">
+      <c r="Q27" s="118" t="str">
         <f t="shared" si="6"/>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="R27" s="121" t="s">
+      <c r="R27" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S27" s="122" t="str">
+      <c r="S27" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Chelsea FC</v>
       </c>
-      <c r="T27" s="133">
+      <c r="T27" s="131">
         <v>45972</v>
       </c>
-      <c r="U27" s="134">
+      <c r="U27" s="132">
         <v>0.875</v>
       </c>
-      <c r="V27" s="89"/>
-[...7 lines deleted...]
-      <c r="F28" s="102">
+      <c r="V27" s="87"/>
+    </row>
+    <row r="28" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A28" s="87"/>
+      <c r="B28" s="100"/>
+      <c r="C28" s="488"/>
+      <c r="D28" s="489"/>
+      <c r="E28" s="490"/>
+      <c r="F28" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G28" s="102" t="str">
+      <c r="G28" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1311</v>
       </c>
-      <c r="H28" s="102" t="str">
+      <c r="H28" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1113</v>
       </c>
-      <c r="I28" s="102">
+      <c r="I28" s="100">
         <f>IF($G28="",0,COUNTIF($G$7:$G28,$H28))</f>
         <v>0</v>
       </c>
-      <c r="J28" s="102"/>
-      <c r="K28" s="114" t="s">
+      <c r="J28" s="100"/>
+      <c r="K28" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L28" s="128"/>
-      <c r="M28" s="129">
+      <c r="L28" s="126"/>
+      <c r="M28" s="127">
         <v>22</v>
       </c>
-      <c r="N28" s="130">
+      <c r="N28" s="128">
         <v>13</v>
       </c>
-      <c r="O28" s="131" t="s">
+      <c r="O28" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P28" s="132">
+      <c r="P28" s="130">
         <v>11</v>
       </c>
-      <c r="Q28" s="120" t="str">
+      <c r="Q28" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Real Madrid</v>
       </c>
-      <c r="R28" s="121" t="s">
+      <c r="R28" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S28" s="122" t="str">
+      <c r="S28" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Paris FC</v>
       </c>
-      <c r="T28" s="133">
+      <c r="T28" s="131">
         <v>45972</v>
       </c>
-      <c r="U28" s="134">
+      <c r="U28" s="132">
         <v>0.875</v>
       </c>
-      <c r="V28" s="89"/>
-[...7 lines deleted...]
-      <c r="F29" s="102">
+      <c r="V28" s="87"/>
+    </row>
+    <row r="29" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A29" s="87"/>
+      <c r="B29" s="100"/>
+      <c r="C29" s="488"/>
+      <c r="D29" s="489"/>
+      <c r="E29" s="490"/>
+      <c r="F29" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G29" s="102" t="str">
+      <c r="G29" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0401</v>
       </c>
-      <c r="H29" s="102" t="str">
+      <c r="H29" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0104</v>
       </c>
-      <c r="I29" s="102">
+      <c r="I29" s="100">
         <f>IF($G29="",0,COUNTIF($G$7:$G29,$H29))</f>
         <v>0</v>
       </c>
-      <c r="J29" s="102"/>
-      <c r="K29" s="114" t="s">
+      <c r="J29" s="100"/>
+      <c r="K29" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L29" s="128"/>
-      <c r="M29" s="129">
+      <c r="L29" s="126"/>
+      <c r="M29" s="127">
         <v>23</v>
       </c>
-      <c r="N29" s="130">
+      <c r="N29" s="128">
         <v>4</v>
       </c>
-      <c r="O29" s="131" t="s">
+      <c r="O29" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P29" s="132">
-[...2 lines deleted...]
-      <c r="Q29" s="120" t="str">
+      <c r="P29" s="130">
+        <v>1</v>
+      </c>
+      <c r="Q29" s="118" t="str">
         <f t="shared" si="6"/>
         <v>FC Bayern München</v>
       </c>
-      <c r="R29" s="121" t="s">
+      <c r="R29" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S29" s="122" t="str">
+      <c r="S29" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Arsenal WFC</v>
       </c>
-      <c r="T29" s="133">
+      <c r="T29" s="131">
         <v>45973</v>
       </c>
-      <c r="U29" s="134">
+      <c r="U29" s="132">
         <v>0.78125</v>
       </c>
-      <c r="V29" s="89"/>
-[...7 lines deleted...]
-      <c r="F30" s="102">
+      <c r="V29" s="87"/>
+    </row>
+    <row r="30" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A30" s="87"/>
+      <c r="B30" s="100"/>
+      <c r="C30" s="488"/>
+      <c r="D30" s="489"/>
+      <c r="E30" s="490"/>
+      <c r="F30" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G30" s="102" t="str">
+      <c r="G30" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0309</v>
       </c>
-      <c r="H30" s="102" t="str">
+      <c r="H30" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0903</v>
       </c>
-      <c r="I30" s="102">
+      <c r="I30" s="100">
         <f>IF($G30="",0,COUNTIF($G$7:$G30,$H30))</f>
         <v>0</v>
       </c>
-      <c r="J30" s="102"/>
-      <c r="K30" s="114" t="s">
+      <c r="J30" s="100"/>
+      <c r="K30" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L30" s="128"/>
-      <c r="M30" s="129">
+      <c r="L30" s="126"/>
+      <c r="M30" s="127">
         <v>24</v>
       </c>
-      <c r="N30" s="130">
+      <c r="N30" s="128">
         <v>3</v>
       </c>
-      <c r="O30" s="131" t="s">
+      <c r="O30" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P30" s="132">
+      <c r="P30" s="130">
         <v>9</v>
       </c>
-      <c r="Q30" s="120" t="str">
+      <c r="Q30" s="118" t="str">
         <f t="shared" si="6"/>
         <v>FC Barcelona</v>
       </c>
-      <c r="R30" s="121" t="s">
+      <c r="R30" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S30" s="122" t="str">
+      <c r="S30" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="T30" s="133">
+      <c r="T30" s="131">
         <v>45973</v>
       </c>
-      <c r="U30" s="134">
+      <c r="U30" s="132">
         <v>0.78125</v>
       </c>
-      <c r="V30" s="89"/>
-[...7 lines deleted...]
-      <c r="F31" s="102">
+      <c r="V30" s="87"/>
+    </row>
+    <row r="31" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A31" s="87"/>
+      <c r="B31" s="100"/>
+      <c r="C31" s="488"/>
+      <c r="D31" s="489"/>
+      <c r="E31" s="490"/>
+      <c r="F31" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G31" s="102" t="str">
+      <c r="G31" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0812</v>
       </c>
-      <c r="H31" s="102" t="str">
+      <c r="H31" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1208</v>
       </c>
-      <c r="I31" s="102">
+      <c r="I31" s="100">
         <f>IF($G31="",0,COUNTIF($G$7:$G31,$H31))</f>
         <v>0</v>
       </c>
-      <c r="J31" s="102"/>
-      <c r="K31" s="114" t="s">
+      <c r="J31" s="100"/>
+      <c r="K31" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L31" s="128"/>
-      <c r="M31" s="129">
+      <c r="L31" s="126"/>
+      <c r="M31" s="127">
         <v>25</v>
       </c>
-      <c r="N31" s="130">
+      <c r="N31" s="128">
         <v>8</v>
       </c>
-      <c r="O31" s="131" t="s">
+      <c r="O31" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P31" s="132">
+      <c r="P31" s="130">
         <v>12</v>
       </c>
-      <c r="Q31" s="120" t="str">
+      <c r="Q31" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Manchester United</v>
       </c>
-      <c r="R31" s="121" t="s">
+      <c r="R31" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S31" s="122" t="str">
+      <c r="S31" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Paris St. Germain</v>
       </c>
-      <c r="T31" s="133">
+      <c r="T31" s="131">
         <v>45973</v>
       </c>
-      <c r="U31" s="134">
+      <c r="U31" s="132">
         <v>0.875</v>
       </c>
-      <c r="V31" s="89"/>
-[...7 lines deleted...]
-      <c r="F32" s="102">
+      <c r="V31" s="87"/>
+    </row>
+    <row r="32" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A32" s="87"/>
+      <c r="B32" s="100"/>
+      <c r="C32" s="488"/>
+      <c r="D32" s="489"/>
+      <c r="E32" s="490"/>
+      <c r="F32" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G32" s="102" t="str">
+      <c r="G32" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0207</v>
       </c>
-      <c r="H32" s="102" t="str">
+      <c r="H32" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0702</v>
       </c>
-      <c r="I32" s="102">
+      <c r="I32" s="100">
         <f>IF($G32="",0,COUNTIF($G$7:$G32,$H32))</f>
         <v>0</v>
       </c>
-      <c r="J32" s="102"/>
-      <c r="K32" s="114" t="s">
+      <c r="J32" s="100"/>
+      <c r="K32" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L32" s="128"/>
-      <c r="M32" s="129">
+      <c r="L32" s="126"/>
+      <c r="M32" s="127">
         <v>26</v>
       </c>
-      <c r="N32" s="130">
+      <c r="N32" s="128">
         <v>2</v>
       </c>
-      <c r="O32" s="131" t="s">
+      <c r="O32" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P32" s="132">
+      <c r="P32" s="130">
         <v>7</v>
       </c>
-      <c r="Q32" s="120" t="str">
+      <c r="Q32" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Atletico Madrid</v>
       </c>
-      <c r="R32" s="121" t="s">
+      <c r="R32" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S32" s="122" t="str">
+      <c r="S32" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Juventus FC</v>
       </c>
-      <c r="T32" s="133">
+      <c r="T32" s="131">
         <v>45973</v>
       </c>
-      <c r="U32" s="134">
+      <c r="U32" s="132">
         <v>0.875</v>
       </c>
-      <c r="V32" s="89"/>
-[...7 lines deleted...]
-      <c r="F33" s="102">
+      <c r="V32" s="87"/>
+    </row>
+    <row r="33" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="87"/>
+      <c r="B33" s="100"/>
+      <c r="C33" s="488"/>
+      <c r="D33" s="489"/>
+      <c r="E33" s="490"/>
+      <c r="F33" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G33" s="102" t="str">
+      <c r="G33" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0516</v>
       </c>
-      <c r="H33" s="102" t="str">
+      <c r="H33" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1605</v>
       </c>
-      <c r="I33" s="102">
+      <c r="I33" s="100">
         <f>IF($G33="",0,COUNTIF($G$7:$G33,$H33))</f>
         <v>0</v>
       </c>
-      <c r="J33" s="102"/>
-      <c r="K33" s="114" t="s">
+      <c r="J33" s="100"/>
+      <c r="K33" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L33" s="128"/>
-      <c r="M33" s="129">
+      <c r="L33" s="126"/>
+      <c r="M33" s="127">
         <v>27</v>
       </c>
-      <c r="N33" s="130">
+      <c r="N33" s="128">
         <v>5</v>
       </c>
-      <c r="O33" s="131" t="s">
+      <c r="O33" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P33" s="132">
+      <c r="P33" s="130">
         <v>16</v>
       </c>
-      <c r="Q33" s="120" t="str">
+      <c r="Q33" s="118" t="str">
         <f t="shared" si="6"/>
         <v>SL Benfica</v>
       </c>
-      <c r="R33" s="121" t="s">
+      <c r="R33" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S33" s="122" t="str">
+      <c r="S33" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Twente</v>
       </c>
-      <c r="T33" s="133">
+      <c r="T33" s="131">
         <v>45973</v>
       </c>
-      <c r="U33" s="134">
+      <c r="U33" s="132">
         <v>0.875</v>
       </c>
-      <c r="V33" s="89"/>
-[...7 lines deleted...]
-      <c r="F34" s="102">
+      <c r="V33" s="87"/>
+    </row>
+    <row r="34" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A34" s="87"/>
+      <c r="B34" s="100"/>
+      <c r="C34" s="488"/>
+      <c r="D34" s="489"/>
+      <c r="E34" s="490"/>
+      <c r="F34" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G34" s="102" t="str">
+      <c r="G34" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1808</v>
       </c>
-      <c r="H34" s="102" t="str">
+      <c r="H34" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0818</v>
       </c>
-      <c r="I34" s="102">
+      <c r="I34" s="100">
         <f>IF($G34="",0,COUNTIF($G$7:$G34,$H34))</f>
         <v>0</v>
       </c>
-      <c r="J34" s="102"/>
-      <c r="K34" s="114" t="s">
+      <c r="J34" s="100"/>
+      <c r="K34" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L34" s="135">
+      <c r="L34" s="133">
         <v>4</v>
       </c>
-      <c r="M34" s="136">
+      <c r="M34" s="134">
         <v>28</v>
       </c>
-      <c r="N34" s="137">
+      <c r="N34" s="135">
         <v>18</v>
       </c>
-      <c r="O34" s="138" t="s">
+      <c r="O34" s="136" t="s">
         <v>170</v>
       </c>
-      <c r="P34" s="139">
+      <c r="P34" s="137">
         <v>8</v>
       </c>
-      <c r="Q34" s="140" t="str">
+      <c r="Q34" s="138" t="str">
         <f t="shared" si="6"/>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="R34" s="141" t="s">
+      <c r="R34" s="139" t="s">
         <v>170</v>
       </c>
-      <c r="S34" s="142" t="str">
+      <c r="S34" s="140" t="str">
         <f t="shared" si="7"/>
         <v>Manchester United</v>
       </c>
-      <c r="T34" s="143">
+      <c r="T34" s="141">
         <v>45980</v>
       </c>
-      <c r="U34" s="144">
+      <c r="U34" s="142">
         <v>0.78125</v>
       </c>
-      <c r="V34" s="89"/>
-[...7 lines deleted...]
-      <c r="F35" s="102">
+      <c r="V34" s="87"/>
+    </row>
+    <row r="35" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A35" s="87"/>
+      <c r="B35" s="100"/>
+      <c r="C35" s="488"/>
+      <c r="D35" s="489"/>
+      <c r="E35" s="490"/>
+      <c r="F35" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G35" s="102" t="str">
+      <c r="G35" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0710</v>
       </c>
-      <c r="H35" s="102" t="str">
+      <c r="H35" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1007</v>
       </c>
-      <c r="I35" s="102">
+      <c r="I35" s="100">
         <f>IF($G35="",0,COUNTIF($G$7:$G35,$H35))</f>
         <v>0</v>
       </c>
-      <c r="J35" s="102"/>
-      <c r="K35" s="114" t="s">
+      <c r="J35" s="100"/>
+      <c r="K35" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L35" s="128"/>
-      <c r="M35" s="129">
+      <c r="L35" s="126"/>
+      <c r="M35" s="127">
         <v>29</v>
       </c>
-      <c r="N35" s="130">
+      <c r="N35" s="128">
         <v>7</v>
       </c>
-      <c r="O35" s="131" t="s">
+      <c r="O35" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P35" s="132">
+      <c r="P35" s="130">
         <v>10</v>
       </c>
-      <c r="Q35" s="120" t="str">
+      <c r="Q35" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Juventus FC</v>
       </c>
-      <c r="R35" s="121" t="s">
+      <c r="R35" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S35" s="122" t="str">
+      <c r="S35" s="120" t="str">
         <f t="shared" si="7"/>
         <v>OL Lyonnes</v>
       </c>
-      <c r="T35" s="133">
+      <c r="T35" s="131">
         <v>45980</v>
       </c>
-      <c r="U35" s="134">
+      <c r="U35" s="132">
         <v>0.78125</v>
       </c>
-      <c r="V35" s="89"/>
-[...7 lines deleted...]
-      <c r="F36" s="102">
+      <c r="V35" s="87"/>
+    </row>
+    <row r="36" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A36" s="87"/>
+      <c r="B36" s="100"/>
+      <c r="C36" s="488"/>
+      <c r="D36" s="489"/>
+      <c r="E36" s="490"/>
+      <c r="F36" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G36" s="102" t="str">
+      <c r="G36" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0113</v>
       </c>
-      <c r="H36" s="102" t="str">
+      <c r="H36" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1301</v>
       </c>
-      <c r="I36" s="102">
+      <c r="I36" s="100">
         <f>IF($G36="",0,COUNTIF($G$7:$G36,$H36))</f>
         <v>0</v>
       </c>
-      <c r="J36" s="102"/>
-      <c r="K36" s="114" t="s">
+      <c r="J36" s="100"/>
+      <c r="K36" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L36" s="128"/>
-      <c r="M36" s="129">
+      <c r="L36" s="126"/>
+      <c r="M36" s="127">
         <v>30</v>
       </c>
-      <c r="N36" s="130">
-[...2 lines deleted...]
-      <c r="O36" s="131" t="s">
+      <c r="N36" s="128">
+        <v>1</v>
+      </c>
+      <c r="O36" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P36" s="132">
+      <c r="P36" s="130">
         <v>13</v>
       </c>
-      <c r="Q36" s="120" t="str">
+      <c r="Q36" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Arsenal WFC</v>
       </c>
-      <c r="R36" s="121" t="s">
+      <c r="R36" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S36" s="122" t="str">
+      <c r="S36" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Real Madrid</v>
       </c>
-      <c r="T36" s="133">
+      <c r="T36" s="131">
         <v>45980</v>
       </c>
-      <c r="U36" s="134">
+      <c r="U36" s="132">
         <v>0.875</v>
       </c>
-      <c r="V36" s="89"/>
-[...7 lines deleted...]
-      <c r="F37" s="102">
+      <c r="V36" s="87"/>
+    </row>
+    <row r="37" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A37" s="87"/>
+      <c r="B37" s="100"/>
+      <c r="C37" s="488"/>
+      <c r="D37" s="489"/>
+      <c r="E37" s="490"/>
+      <c r="F37" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G37" s="102" t="str">
+      <c r="G37" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1105</v>
       </c>
-      <c r="H37" s="102" t="str">
+      <c r="H37" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0511</v>
       </c>
-      <c r="I37" s="102">
+      <c r="I37" s="100">
         <f>IF($G37="",0,COUNTIF($G$7:$G37,$H37))</f>
         <v>0</v>
       </c>
-      <c r="J37" s="102"/>
-      <c r="K37" s="114" t="s">
+      <c r="J37" s="100"/>
+      <c r="K37" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L37" s="128"/>
-      <c r="M37" s="129">
+      <c r="L37" s="126"/>
+      <c r="M37" s="127">
         <v>31</v>
       </c>
-      <c r="N37" s="130">
+      <c r="N37" s="128">
         <v>11</v>
       </c>
-      <c r="O37" s="131" t="s">
+      <c r="O37" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P37" s="132">
+      <c r="P37" s="130">
         <v>5</v>
       </c>
-      <c r="Q37" s="120" t="str">
+      <c r="Q37" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Paris FC</v>
       </c>
-      <c r="R37" s="121" t="s">
+      <c r="R37" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S37" s="122" t="str">
+      <c r="S37" s="120" t="str">
         <f t="shared" si="7"/>
         <v>SL Benfica</v>
       </c>
-      <c r="T37" s="133">
+      <c r="T37" s="131">
         <v>45980</v>
       </c>
-      <c r="U37" s="134">
+      <c r="U37" s="132">
         <v>0.875</v>
       </c>
-      <c r="V37" s="89"/>
-[...7 lines deleted...]
-      <c r="F38" s="102">
+      <c r="V37" s="87"/>
+    </row>
+    <row r="38" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A38" s="87"/>
+      <c r="B38" s="100"/>
+      <c r="C38" s="488"/>
+      <c r="D38" s="489"/>
+      <c r="E38" s="490"/>
+      <c r="F38" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G38" s="102" t="str">
+      <c r="G38" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1715</v>
       </c>
-      <c r="H38" s="102" t="str">
+      <c r="H38" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1517</v>
       </c>
-      <c r="I38" s="102">
+      <c r="I38" s="100">
         <f>IF($G38="",0,COUNTIF($G$7:$G38,$H38))</f>
         <v>0</v>
       </c>
-      <c r="J38" s="102"/>
-      <c r="K38" s="114" t="s">
+      <c r="J38" s="100"/>
+      <c r="K38" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L38" s="128"/>
-      <c r="M38" s="129">
+      <c r="L38" s="126"/>
+      <c r="M38" s="127">
         <v>32</v>
       </c>
-      <c r="N38" s="130">
+      <c r="N38" s="128">
         <v>17</v>
       </c>
-      <c r="O38" s="131" t="s">
+      <c r="O38" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P38" s="132">
+      <c r="P38" s="130">
         <v>15</v>
       </c>
-      <c r="Q38" s="120" t="str">
+      <c r="Q38" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Valerenga IF</v>
       </c>
-      <c r="R38" s="121" t="s">
+      <c r="R38" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S38" s="122" t="str">
+      <c r="S38" s="120" t="str">
         <f t="shared" si="7"/>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="T38" s="133">
+      <c r="T38" s="131">
         <v>45980</v>
       </c>
-      <c r="U38" s="134">
+      <c r="U38" s="132">
         <v>0.875</v>
       </c>
-      <c r="V38" s="89"/>
-[...7 lines deleted...]
-      <c r="F39" s="102">
+      <c r="V38" s="87"/>
+    </row>
+    <row r="39" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A39" s="87"/>
+      <c r="B39" s="143"/>
+      <c r="C39" s="488"/>
+      <c r="D39" s="489"/>
+      <c r="E39" s="490"/>
+      <c r="F39" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G39" s="102" t="str">
+      <c r="G39" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1602</v>
       </c>
-      <c r="H39" s="102" t="str">
+      <c r="H39" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0216</v>
       </c>
-      <c r="I39" s="102">
+      <c r="I39" s="100">
         <f>IF($G39="",0,COUNTIF($G$7:$G39,$H39))</f>
         <v>0</v>
       </c>
-      <c r="J39" s="102"/>
-      <c r="K39" s="114" t="s">
+      <c r="J39" s="100"/>
+      <c r="K39" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L39" s="128"/>
-      <c r="M39" s="129">
+      <c r="L39" s="126"/>
+      <c r="M39" s="127">
         <v>33</v>
       </c>
-      <c r="N39" s="130">
+      <c r="N39" s="128">
         <v>16</v>
       </c>
-      <c r="O39" s="131" t="s">
+      <c r="O39" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P39" s="132">
+      <c r="P39" s="130">
         <v>2</v>
       </c>
-      <c r="Q39" s="120" t="str">
+      <c r="Q39" s="118" t="str">
         <f t="shared" si="6"/>
         <v>FC Twente</v>
       </c>
-      <c r="R39" s="121" t="s">
+      <c r="R39" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S39" s="122" t="str">
+      <c r="S39" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Atletico Madrid</v>
       </c>
-      <c r="T39" s="133">
+      <c r="T39" s="131">
         <v>45981</v>
       </c>
-      <c r="U39" s="134">
+      <c r="U39" s="132">
         <v>0.78125</v>
       </c>
-      <c r="V39" s="89"/>
-[...7 lines deleted...]
-      <c r="F40" s="102">
+      <c r="V39" s="87"/>
+    </row>
+    <row r="40" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A40" s="87"/>
+      <c r="B40" s="143"/>
+      <c r="C40" s="488"/>
+      <c r="D40" s="489"/>
+      <c r="E40" s="490"/>
+      <c r="F40" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G40" s="102" t="str">
+      <c r="G40" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1204</v>
       </c>
-      <c r="H40" s="102" t="str">
+      <c r="H40" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0412</v>
       </c>
-      <c r="I40" s="102">
+      <c r="I40" s="100">
         <f>IF($G40="",0,COUNTIF($G$7:$G40,$H40))</f>
         <v>0</v>
       </c>
-      <c r="J40" s="102"/>
-      <c r="K40" s="114" t="s">
+      <c r="J40" s="100"/>
+      <c r="K40" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L40" s="128"/>
-      <c r="M40" s="129">
+      <c r="L40" s="126"/>
+      <c r="M40" s="127">
         <v>34</v>
       </c>
-      <c r="N40" s="130">
+      <c r="N40" s="128">
         <v>12</v>
       </c>
-      <c r="O40" s="131" t="s">
+      <c r="O40" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P40" s="132">
+      <c r="P40" s="130">
         <v>4</v>
       </c>
-      <c r="Q40" s="120" t="str">
+      <c r="Q40" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Paris St. Germain</v>
       </c>
-      <c r="R40" s="121" t="s">
+      <c r="R40" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S40" s="122" t="str">
+      <c r="S40" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Bayern München</v>
       </c>
-      <c r="T40" s="133">
+      <c r="T40" s="131">
         <v>45981</v>
       </c>
-      <c r="U40" s="134">
+      <c r="U40" s="132">
         <v>0.875</v>
       </c>
-      <c r="V40" s="89"/>
-[...7 lines deleted...]
-      <c r="F41" s="102">
+      <c r="V40" s="87"/>
+    </row>
+    <row r="41" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A41" s="87"/>
+      <c r="B41" s="143"/>
+      <c r="C41" s="488"/>
+      <c r="D41" s="489"/>
+      <c r="E41" s="490"/>
+      <c r="F41" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G41" s="102" t="str">
+      <c r="G41" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0603</v>
       </c>
-      <c r="H41" s="102" t="str">
+      <c r="H41" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0306</v>
       </c>
-      <c r="I41" s="102">
+      <c r="I41" s="100">
         <f>IF($G41="",0,COUNTIF($G$7:$G41,$H41))</f>
         <v>0</v>
       </c>
-      <c r="J41" s="102"/>
-      <c r="K41" s="114" t="s">
+      <c r="J41" s="100"/>
+      <c r="K41" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L41" s="128"/>
-      <c r="M41" s="129">
+      <c r="L41" s="126"/>
+      <c r="M41" s="127">
         <v>35</v>
       </c>
-      <c r="N41" s="130">
+      <c r="N41" s="128">
         <v>6</v>
       </c>
-      <c r="O41" s="131" t="s">
+      <c r="O41" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P41" s="132">
+      <c r="P41" s="130">
         <v>3</v>
       </c>
-      <c r="Q41" s="120" t="str">
+      <c r="Q41" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Chelsea FC</v>
       </c>
-      <c r="R41" s="121" t="s">
+      <c r="R41" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S41" s="122" t="str">
+      <c r="S41" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Barcelona</v>
       </c>
-      <c r="T41" s="133">
+      <c r="T41" s="131">
         <v>45981</v>
       </c>
-      <c r="U41" s="134">
+      <c r="U41" s="132">
         <v>0.875</v>
       </c>
-      <c r="V41" s="89"/>
-[...7 lines deleted...]
-      <c r="F42" s="102">
+      <c r="V41" s="87"/>
+    </row>
+    <row r="42" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="87"/>
+      <c r="B42" s="143"/>
+      <c r="C42" s="488"/>
+      <c r="D42" s="489"/>
+      <c r="E42" s="490"/>
+      <c r="F42" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G42" s="102" t="str">
+      <c r="G42" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0914</v>
       </c>
-      <c r="H42" s="102" t="str">
+      <c r="H42" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1409</v>
       </c>
-      <c r="I42" s="102">
+      <c r="I42" s="100">
         <f>IF($G42="",0,COUNTIF($G$7:$G42,$H42))</f>
         <v>0</v>
       </c>
-      <c r="J42" s="102"/>
-      <c r="K42" s="114" t="s">
+      <c r="J42" s="100"/>
+      <c r="K42" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L42" s="128"/>
-      <c r="M42" s="129">
+      <c r="L42" s="126"/>
+      <c r="M42" s="127">
         <v>36</v>
       </c>
-      <c r="N42" s="130">
+      <c r="N42" s="128">
         <v>9</v>
       </c>
-      <c r="O42" s="131" t="s">
+      <c r="O42" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P42" s="132">
+      <c r="P42" s="130">
         <v>14</v>
       </c>
-      <c r="Q42" s="120" t="str">
+      <c r="Q42" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="R42" s="121" t="s">
+      <c r="R42" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S42" s="122" t="str">
+      <c r="S42" s="120" t="str">
         <f t="shared" si="7"/>
         <v>AS Rom</v>
       </c>
-      <c r="T42" s="133">
+      <c r="T42" s="131">
         <v>45981</v>
       </c>
-      <c r="U42" s="134">
+      <c r="U42" s="132">
         <v>0.875</v>
       </c>
-      <c r="V42" s="89"/>
-[...7 lines deleted...]
-      <c r="F43" s="102">
+      <c r="V42" s="87"/>
+    </row>
+    <row r="43" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A43" s="87"/>
+      <c r="B43" s="87"/>
+      <c r="C43" s="87"/>
+      <c r="D43" s="87"/>
+      <c r="E43" s="87"/>
+      <c r="F43" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G43" s="102" t="str">
+      <c r="G43" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1507</v>
       </c>
-      <c r="H43" s="102" t="str">
+      <c r="H43" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0715</v>
       </c>
-      <c r="I43" s="102">
+      <c r="I43" s="100">
         <f>IF($G43="",0,COUNTIF($G$7:$G43,$H43))</f>
         <v>0</v>
       </c>
-      <c r="J43" s="102"/>
-      <c r="K43" s="114" t="s">
+      <c r="J43" s="100"/>
+      <c r="K43" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L43" s="135">
+      <c r="L43" s="133">
         <v>5</v>
       </c>
-      <c r="M43" s="136">
+      <c r="M43" s="134">
         <v>37</v>
       </c>
-      <c r="N43" s="137">
+      <c r="N43" s="135">
         <v>15</v>
       </c>
-      <c r="O43" s="138" t="s">
+      <c r="O43" s="136" t="s">
         <v>170</v>
       </c>
-      <c r="P43" s="139">
+      <c r="P43" s="137">
         <v>7</v>
       </c>
-      <c r="Q43" s="140" t="str">
+      <c r="Q43" s="138" t="str">
         <f t="shared" ref="Q43:Q60" si="8">IF(ISBLANK($N43),"",IF(ISBLANK(VLOOKUP($N43,$C$7:$D$42,2,0)),"",VLOOKUP($N43,$C$7:$D$42,2,0)))</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="R43" s="141" t="s">
+      <c r="R43" s="139" t="s">
         <v>170</v>
       </c>
-      <c r="S43" s="142" t="str">
+      <c r="S43" s="140" t="str">
         <f t="shared" ref="S43:S60" si="9">IF(ISBLANK($P43),"",IF(ISBLANK(VLOOKUP($P43,$C$7:$D$42,2,0)),"",VLOOKUP($P43,$C$7:$D$42,2,0)))</f>
         <v>Juventus FC</v>
       </c>
-      <c r="T43" s="143">
+      <c r="T43" s="141">
         <v>46000</v>
       </c>
-      <c r="U43" s="144">
+      <c r="U43" s="142">
         <v>0.78125</v>
       </c>
-      <c r="V43" s="89"/>
-[...7 lines deleted...]
-      <c r="F44" s="102">
+      <c r="V43" s="87"/>
+    </row>
+    <row r="44" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A44" s="87"/>
+      <c r="B44" s="87"/>
+      <c r="C44" s="87"/>
+      <c r="D44" s="87"/>
+      <c r="E44" s="87"/>
+      <c r="F44" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G44" s="102" t="str">
+      <c r="G44" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0116</v>
       </c>
-      <c r="H44" s="102" t="str">
+      <c r="H44" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1601</v>
       </c>
-      <c r="I44" s="102">
+      <c r="I44" s="100">
         <f>IF($G44="",0,COUNTIF($G$7:$G44,$H44))</f>
         <v>0</v>
       </c>
-      <c r="J44" s="102"/>
-      <c r="K44" s="114" t="s">
+      <c r="J44" s="100"/>
+      <c r="K44" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L44" s="128"/>
-      <c r="M44" s="129">
+      <c r="L44" s="126"/>
+      <c r="M44" s="127">
         <v>38</v>
       </c>
-      <c r="N44" s="130">
-[...2 lines deleted...]
-      <c r="O44" s="131" t="s">
+      <c r="N44" s="128">
+        <v>1</v>
+      </c>
+      <c r="O44" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P44" s="132">
+      <c r="P44" s="130">
         <v>16</v>
       </c>
-      <c r="Q44" s="120" t="str">
+      <c r="Q44" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Arsenal WFC</v>
       </c>
-      <c r="R44" s="121" t="s">
+      <c r="R44" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S44" s="122" t="str">
+      <c r="S44" s="120" t="str">
         <f t="shared" si="9"/>
         <v>FC Twente</v>
       </c>
-      <c r="T44" s="133">
+      <c r="T44" s="131">
         <v>46000</v>
       </c>
-      <c r="U44" s="134">
+      <c r="U44" s="132">
         <v>0.875</v>
       </c>
-      <c r="V44" s="89"/>
-[...7 lines deleted...]
-      <c r="F45" s="102">
+      <c r="V44" s="87"/>
+    </row>
+    <row r="45" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A45" s="87"/>
+      <c r="B45" s="87"/>
+      <c r="C45" s="87"/>
+      <c r="D45" s="87"/>
+      <c r="E45" s="87"/>
+      <c r="F45" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G45" s="102" t="str">
+      <c r="G45" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1318</v>
       </c>
-      <c r="H45" s="102" t="str">
+      <c r="H45" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1813</v>
       </c>
-      <c r="I45" s="102">
+      <c r="I45" s="100">
         <f>IF($G45="",0,COUNTIF($G$7:$G45,$H45))</f>
         <v>0</v>
       </c>
-      <c r="J45" s="102"/>
-      <c r="K45" s="114" t="s">
+      <c r="J45" s="100"/>
+      <c r="K45" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L45" s="128"/>
-      <c r="M45" s="129">
+      <c r="L45" s="126"/>
+      <c r="M45" s="127">
         <v>39</v>
       </c>
-      <c r="N45" s="130">
+      <c r="N45" s="128">
         <v>13</v>
       </c>
-      <c r="O45" s="131" t="s">
+      <c r="O45" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P45" s="132">
+      <c r="P45" s="130">
         <v>18</v>
       </c>
-      <c r="Q45" s="120" t="str">
+      <c r="Q45" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Real Madrid</v>
       </c>
-      <c r="R45" s="121" t="s">
+      <c r="R45" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S45" s="122" t="str">
+      <c r="S45" s="120" t="str">
         <f t="shared" si="9"/>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="T45" s="133">
+      <c r="T45" s="131">
         <v>46000</v>
       </c>
-      <c r="U45" s="134">
+      <c r="U45" s="132">
         <v>0.875</v>
       </c>
-      <c r="V45" s="89"/>
-[...7 lines deleted...]
-      <c r="F46" s="102">
+      <c r="V45" s="87"/>
+    </row>
+    <row r="46" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A46" s="87"/>
+      <c r="B46" s="87"/>
+      <c r="C46" s="87"/>
+      <c r="D46" s="87"/>
+      <c r="E46" s="87"/>
+      <c r="F46" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G46" s="102" t="str">
+      <c r="G46" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1209</v>
       </c>
-      <c r="H46" s="102" t="str">
+      <c r="H46" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0912</v>
       </c>
-      <c r="I46" s="102">
+      <c r="I46" s="100">
         <f>IF($G46="",0,COUNTIF($G$7:$G46,$H46))</f>
         <v>0</v>
       </c>
-      <c r="J46" s="102"/>
-      <c r="K46" s="114" t="s">
+      <c r="J46" s="100"/>
+      <c r="K46" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L46" s="128"/>
-      <c r="M46" s="129">
+      <c r="L46" s="126"/>
+      <c r="M46" s="127">
         <v>40</v>
       </c>
-      <c r="N46" s="130">
+      <c r="N46" s="128">
         <v>12</v>
       </c>
-      <c r="O46" s="131" t="s">
+      <c r="O46" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P46" s="132">
+      <c r="P46" s="130">
         <v>9</v>
       </c>
-      <c r="Q46" s="120" t="str">
+      <c r="Q46" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Paris St. Germain</v>
       </c>
-      <c r="R46" s="121" t="s">
+      <c r="R46" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S46" s="122" t="str">
+      <c r="S46" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="T46" s="133">
+      <c r="T46" s="131">
         <v>46000</v>
       </c>
-      <c r="U46" s="134">
+      <c r="U46" s="132">
         <v>0.875</v>
       </c>
-      <c r="V46" s="89"/>
-[...7 lines deleted...]
-      <c r="F47" s="102">
+      <c r="V46" s="87"/>
+    </row>
+    <row r="47" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A47" s="87"/>
+      <c r="B47" s="87"/>
+      <c r="C47" s="87"/>
+      <c r="D47" s="87"/>
+      <c r="E47" s="87"/>
+      <c r="F47" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G47" s="102" t="str">
+      <c r="G47" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0305</v>
       </c>
-      <c r="H47" s="102" t="str">
+      <c r="H47" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0503</v>
       </c>
-      <c r="I47" s="102">
+      <c r="I47" s="100">
         <f>IF($G47="",0,COUNTIF($G$7:$G47,$H47))</f>
         <v>0</v>
       </c>
-      <c r="J47" s="102"/>
-      <c r="K47" s="114" t="s">
+      <c r="J47" s="100"/>
+      <c r="K47" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L47" s="128"/>
-      <c r="M47" s="129">
+      <c r="L47" s="126"/>
+      <c r="M47" s="127">
         <v>41</v>
       </c>
-      <c r="N47" s="130">
+      <c r="N47" s="128">
         <v>3</v>
       </c>
-      <c r="O47" s="131" t="s">
+      <c r="O47" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P47" s="132">
+      <c r="P47" s="130">
         <v>5</v>
       </c>
-      <c r="Q47" s="120" t="str">
+      <c r="Q47" s="118" t="str">
         <f t="shared" si="8"/>
         <v>FC Barcelona</v>
       </c>
-      <c r="R47" s="121" t="s">
+      <c r="R47" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S47" s="122" t="str">
+      <c r="S47" s="120" t="str">
         <f t="shared" si="9"/>
         <v>SL Benfica</v>
       </c>
-      <c r="T47" s="133">
+      <c r="T47" s="131">
         <v>46001</v>
       </c>
-      <c r="U47" s="134">
+      <c r="U47" s="132">
         <v>0.78125</v>
       </c>
-      <c r="V47" s="89"/>
-[...7 lines deleted...]
-      <c r="F48" s="102">
+      <c r="V47" s="87"/>
+    </row>
+    <row r="48" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A48" s="87"/>
+      <c r="B48" s="87"/>
+      <c r="C48" s="87"/>
+      <c r="D48" s="87"/>
+      <c r="E48" s="87"/>
+      <c r="F48" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G48" s="102" t="str">
+      <c r="G48" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1711</v>
       </c>
-      <c r="H48" s="102" t="str">
+      <c r="H48" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1117</v>
       </c>
-      <c r="I48" s="102">
+      <c r="I48" s="100">
         <f>IF($G48="",0,COUNTIF($G$7:$G48,$H48))</f>
         <v>0</v>
       </c>
-      <c r="J48" s="102"/>
-      <c r="K48" s="114" t="s">
+      <c r="J48" s="100"/>
+      <c r="K48" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L48" s="128"/>
-      <c r="M48" s="129">
+      <c r="L48" s="126"/>
+      <c r="M48" s="127">
         <v>42</v>
       </c>
-      <c r="N48" s="130">
+      <c r="N48" s="128">
         <v>17</v>
       </c>
-      <c r="O48" s="131" t="s">
+      <c r="O48" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P48" s="132">
+      <c r="P48" s="130">
         <v>11</v>
       </c>
-      <c r="Q48" s="120" t="str">
+      <c r="Q48" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Valerenga IF</v>
       </c>
-      <c r="R48" s="121" t="s">
+      <c r="R48" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S48" s="122" t="str">
+      <c r="S48" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Paris FC</v>
       </c>
-      <c r="T48" s="133">
+      <c r="T48" s="131">
         <v>46001</v>
       </c>
-      <c r="U48" s="134">
+      <c r="U48" s="132">
         <v>0.78125</v>
       </c>
-      <c r="V48" s="89"/>
-[...7 lines deleted...]
-      <c r="F49" s="102">
+      <c r="V48" s="87"/>
+    </row>
+    <row r="49" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A49" s="87"/>
+      <c r="B49" s="87"/>
+      <c r="C49" s="87"/>
+      <c r="D49" s="87"/>
+      <c r="E49" s="87"/>
+      <c r="F49" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G49" s="102" t="str">
+      <c r="G49" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0204</v>
       </c>
-      <c r="H49" s="102" t="str">
+      <c r="H49" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0402</v>
       </c>
-      <c r="I49" s="102">
+      <c r="I49" s="100">
         <f>IF($G49="",0,COUNTIF($G$7:$G49,$H49))</f>
         <v>0</v>
       </c>
-      <c r="J49" s="102"/>
-      <c r="K49" s="114" t="s">
+      <c r="J49" s="100"/>
+      <c r="K49" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L49" s="128"/>
-      <c r="M49" s="129">
+      <c r="L49" s="126"/>
+      <c r="M49" s="127">
         <v>43</v>
       </c>
-      <c r="N49" s="130">
+      <c r="N49" s="128">
         <v>2</v>
       </c>
-      <c r="O49" s="131" t="s">
+      <c r="O49" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P49" s="132">
+      <c r="P49" s="130">
         <v>4</v>
       </c>
-      <c r="Q49" s="120" t="str">
+      <c r="Q49" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Atletico Madrid</v>
       </c>
-      <c r="R49" s="121" t="s">
+      <c r="R49" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S49" s="122" t="str">
+      <c r="S49" s="120" t="str">
         <f t="shared" si="9"/>
         <v>FC Bayern München</v>
       </c>
-      <c r="T49" s="133">
+      <c r="T49" s="131">
         <v>46001</v>
       </c>
-      <c r="U49" s="134">
+      <c r="U49" s="132">
         <v>0.875</v>
       </c>
-      <c r="V49" s="89"/>
-[...7 lines deleted...]
-      <c r="F50" s="102">
+      <c r="V49" s="87"/>
+    </row>
+    <row r="50" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A50" s="87"/>
+      <c r="B50" s="87"/>
+      <c r="C50" s="87"/>
+      <c r="D50" s="87"/>
+      <c r="E50" s="87"/>
+      <c r="F50" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G50" s="102" t="str">
+      <c r="G50" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0614</v>
       </c>
-      <c r="H50" s="102" t="str">
+      <c r="H50" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1406</v>
       </c>
-      <c r="I50" s="102">
+      <c r="I50" s="100">
         <f>IF($G50="",0,COUNTIF($G$7:$G50,$H50))</f>
         <v>0</v>
       </c>
-      <c r="J50" s="102"/>
-      <c r="K50" s="114" t="s">
+      <c r="J50" s="100"/>
+      <c r="K50" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L50" s="128"/>
-      <c r="M50" s="129">
+      <c r="L50" s="126"/>
+      <c r="M50" s="127">
         <v>44</v>
       </c>
-      <c r="N50" s="130">
+      <c r="N50" s="128">
         <v>6</v>
       </c>
-      <c r="O50" s="131" t="s">
+      <c r="O50" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P50" s="132">
+      <c r="P50" s="130">
         <v>14</v>
       </c>
-      <c r="Q50" s="120" t="str">
+      <c r="Q50" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Chelsea FC</v>
       </c>
-      <c r="R50" s="121" t="s">
+      <c r="R50" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S50" s="122" t="str">
+      <c r="S50" s="120" t="str">
         <f t="shared" si="9"/>
         <v>AS Rom</v>
       </c>
-      <c r="T50" s="133">
+      <c r="T50" s="131">
         <v>46001</v>
       </c>
-      <c r="U50" s="134">
+      <c r="U50" s="132">
         <v>0.875</v>
       </c>
-      <c r="V50" s="89"/>
-[...7 lines deleted...]
-      <c r="F51" s="102">
+      <c r="V50" s="87"/>
+    </row>
+    <row r="51" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="87"/>
+      <c r="B51" s="87"/>
+      <c r="C51" s="87"/>
+      <c r="D51" s="87"/>
+      <c r="E51" s="87"/>
+      <c r="F51" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G51" s="102" t="str">
+      <c r="G51" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0810</v>
       </c>
-      <c r="H51" s="102" t="str">
+      <c r="H51" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1008</v>
       </c>
-      <c r="I51" s="102">
+      <c r="I51" s="100">
         <f>IF($G51="",0,COUNTIF($G$7:$G51,$H51))</f>
         <v>0</v>
       </c>
-      <c r="J51" s="102"/>
-      <c r="K51" s="114" t="s">
+      <c r="J51" s="100"/>
+      <c r="K51" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L51" s="128"/>
-      <c r="M51" s="129">
+      <c r="L51" s="126"/>
+      <c r="M51" s="127">
         <v>45</v>
       </c>
-      <c r="N51" s="130">
+      <c r="N51" s="128">
         <v>8</v>
       </c>
-      <c r="O51" s="131" t="s">
+      <c r="O51" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P51" s="132">
+      <c r="P51" s="130">
         <v>10</v>
       </c>
-      <c r="Q51" s="120" t="str">
+      <c r="Q51" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Manchester United</v>
       </c>
-      <c r="R51" s="121" t="s">
+      <c r="R51" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S51" s="122" t="str">
+      <c r="S51" s="120" t="str">
         <f t="shared" si="9"/>
         <v>OL Lyonnes</v>
       </c>
-      <c r="T51" s="133">
+      <c r="T51" s="131">
         <v>46001</v>
       </c>
-      <c r="U51" s="134">
+      <c r="U51" s="132">
         <v>0.875</v>
       </c>
-      <c r="V51" s="89"/>
-[...7 lines deleted...]
-      <c r="F52" s="102">
+      <c r="V51" s="87"/>
+    </row>
+    <row r="52" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A52" s="87"/>
+      <c r="B52" s="87"/>
+      <c r="C52" s="87"/>
+      <c r="D52" s="87"/>
+      <c r="E52" s="87"/>
+      <c r="F52" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G52" s="102" t="str">
+      <c r="G52" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0901</v>
       </c>
-      <c r="H52" s="102" t="str">
+      <c r="H52" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0109</v>
       </c>
-      <c r="I52" s="102">
+      <c r="I52" s="100">
         <f>IF($G52="",0,COUNTIF($G$7:$G52,$H52))</f>
         <v>0</v>
       </c>
-      <c r="J52" s="102"/>
-      <c r="K52" s="114" t="s">
+      <c r="J52" s="100"/>
+      <c r="K52" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L52" s="135">
+      <c r="L52" s="133">
         <v>6</v>
       </c>
-      <c r="M52" s="136">
+      <c r="M52" s="134">
         <v>46</v>
       </c>
-      <c r="N52" s="137">
+      <c r="N52" s="135">
         <v>9</v>
       </c>
-      <c r="O52" s="138" t="s">
+      <c r="O52" s="136" t="s">
         <v>170</v>
       </c>
-      <c r="P52" s="139">
-[...2 lines deleted...]
-      <c r="Q52" s="140" t="str">
+      <c r="P52" s="137">
+        <v>1</v>
+      </c>
+      <c r="Q52" s="138" t="str">
         <f t="shared" si="8"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="R52" s="141" t="s">
+      <c r="R52" s="139" t="s">
         <v>170</v>
       </c>
-      <c r="S52" s="142" t="str">
+      <c r="S52" s="140" t="str">
         <f t="shared" si="9"/>
         <v>Arsenal WFC</v>
       </c>
-      <c r="T52" s="143">
+      <c r="T52" s="141">
         <v>46008</v>
       </c>
-      <c r="U52" s="144">
+      <c r="U52" s="142">
         <v>0.875</v>
       </c>
-      <c r="V52" s="89"/>
-[...7 lines deleted...]
-      <c r="F53" s="102">
+      <c r="V52" s="87"/>
+    </row>
+    <row r="53" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A53" s="87"/>
+      <c r="B53" s="87"/>
+      <c r="C53" s="87"/>
+      <c r="D53" s="87"/>
+      <c r="E53" s="87"/>
+      <c r="F53" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G53" s="102" t="str">
+      <c r="G53" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1806</v>
       </c>
-      <c r="H53" s="102" t="str">
+      <c r="H53" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0618</v>
       </c>
-      <c r="I53" s="102">
+      <c r="I53" s="100">
         <f>IF($G53="",0,COUNTIF($G$7:$G53,$H53))</f>
         <v>0</v>
       </c>
-      <c r="J53" s="102"/>
-      <c r="K53" s="114" t="s">
+      <c r="J53" s="100"/>
+      <c r="K53" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L53" s="128"/>
-      <c r="M53" s="129">
+      <c r="L53" s="126"/>
+      <c r="M53" s="127">
         <v>47</v>
       </c>
-      <c r="N53" s="130">
+      <c r="N53" s="128">
         <v>18</v>
       </c>
-      <c r="O53" s="131" t="s">
+      <c r="O53" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P53" s="132">
+      <c r="P53" s="130">
         <v>6</v>
       </c>
-      <c r="Q53" s="120" t="str">
+      <c r="Q53" s="118" t="str">
         <f t="shared" si="8"/>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="R53" s="121" t="s">
+      <c r="R53" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S53" s="122" t="str">
+      <c r="S53" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Chelsea FC</v>
       </c>
-      <c r="T53" s="133">
+      <c r="T53" s="131">
         <v>46008</v>
       </c>
-      <c r="U53" s="134">
+      <c r="U53" s="132">
         <v>0.875</v>
       </c>
-      <c r="V53" s="89"/>
-[...7 lines deleted...]
-      <c r="F54" s="102">
+      <c r="V53" s="87"/>
+    </row>
+    <row r="54" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A54" s="87"/>
+      <c r="B54" s="87"/>
+      <c r="C54" s="87"/>
+      <c r="D54" s="87"/>
+      <c r="E54" s="87"/>
+      <c r="F54" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G54" s="102" t="str">
+      <c r="G54" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0417</v>
       </c>
-      <c r="H54" s="102" t="str">
+      <c r="H54" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1704</v>
       </c>
-      <c r="I54" s="102">
+      <c r="I54" s="100">
         <f>IF($G54="",0,COUNTIF($G$7:$G54,$H54))</f>
         <v>0</v>
       </c>
-      <c r="J54" s="102"/>
-      <c r="K54" s="114" t="s">
+      <c r="J54" s="100"/>
+      <c r="K54" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L54" s="128"/>
-      <c r="M54" s="129">
+      <c r="L54" s="126"/>
+      <c r="M54" s="127">
         <v>48</v>
       </c>
-      <c r="N54" s="130">
+      <c r="N54" s="128">
         <v>4</v>
       </c>
-      <c r="O54" s="131" t="s">
+      <c r="O54" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P54" s="132">
+      <c r="P54" s="130">
         <v>17</v>
       </c>
-      <c r="Q54" s="120" t="str">
+      <c r="Q54" s="118" t="str">
         <f t="shared" si="8"/>
         <v>FC Bayern München</v>
       </c>
-      <c r="R54" s="121" t="s">
+      <c r="R54" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S54" s="122" t="str">
+      <c r="S54" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Valerenga IF</v>
       </c>
-      <c r="T54" s="133">
+      <c r="T54" s="131">
         <v>46008</v>
       </c>
-      <c r="U54" s="134">
+      <c r="U54" s="132">
         <v>0.875</v>
       </c>
-      <c r="V54" s="89"/>
-[...7 lines deleted...]
-      <c r="F55" s="102">
+      <c r="V54" s="87"/>
+    </row>
+    <row r="55" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A55" s="87"/>
+      <c r="B55" s="87"/>
+      <c r="C55" s="87"/>
+      <c r="D55" s="87"/>
+      <c r="E55" s="87"/>
+      <c r="F55" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G55" s="102" t="str">
+      <c r="G55" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1002</v>
       </c>
-      <c r="H55" s="102" t="str">
+      <c r="H55" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0210</v>
       </c>
-      <c r="I55" s="102">
+      <c r="I55" s="100">
         <f>IF($G55="",0,COUNTIF($G$7:$G55,$H55))</f>
         <v>0</v>
       </c>
-      <c r="J55" s="102"/>
-      <c r="K55" s="114" t="s">
+      <c r="J55" s="100"/>
+      <c r="K55" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L55" s="128"/>
-      <c r="M55" s="129">
+      <c r="L55" s="126"/>
+      <c r="M55" s="127">
         <v>49</v>
       </c>
-      <c r="N55" s="130">
+      <c r="N55" s="128">
         <v>10</v>
       </c>
-      <c r="O55" s="131" t="s">
+      <c r="O55" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P55" s="132">
+      <c r="P55" s="130">
         <v>2</v>
       </c>
-      <c r="Q55" s="120" t="str">
+      <c r="Q55" s="118" t="str">
         <f t="shared" si="8"/>
         <v>OL Lyonnes</v>
       </c>
-      <c r="R55" s="121" t="s">
+      <c r="R55" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S55" s="122" t="str">
+      <c r="S55" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Atletico Madrid</v>
       </c>
-      <c r="T55" s="133">
+      <c r="T55" s="131">
         <v>46008</v>
       </c>
-      <c r="U55" s="134">
+      <c r="U55" s="132">
         <v>0.875</v>
       </c>
-      <c r="V55" s="89"/>
-[...7 lines deleted...]
-      <c r="F56" s="102">
+      <c r="V55" s="87"/>
+    </row>
+    <row r="56" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A56" s="87"/>
+      <c r="B56" s="87"/>
+      <c r="C56" s="87"/>
+      <c r="D56" s="87"/>
+      <c r="E56" s="87"/>
+      <c r="F56" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G56" s="102" t="str">
+      <c r="G56" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1103</v>
       </c>
-      <c r="H56" s="102" t="str">
+      <c r="H56" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0311</v>
       </c>
-      <c r="I56" s="102">
+      <c r="I56" s="100">
         <f>IF($G56="",0,COUNTIF($G$7:$G56,$H56))</f>
         <v>0</v>
       </c>
-      <c r="J56" s="102"/>
-      <c r="K56" s="114" t="s">
+      <c r="J56" s="100"/>
+      <c r="K56" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L56" s="128"/>
-      <c r="M56" s="129">
+      <c r="L56" s="126"/>
+      <c r="M56" s="127">
         <v>50</v>
       </c>
-      <c r="N56" s="130">
+      <c r="N56" s="128">
         <v>11</v>
       </c>
-      <c r="O56" s="131" t="s">
+      <c r="O56" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P56" s="132">
+      <c r="P56" s="130">
         <v>3</v>
       </c>
-      <c r="Q56" s="120" t="str">
+      <c r="Q56" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Paris FC</v>
       </c>
-      <c r="R56" s="121" t="s">
+      <c r="R56" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S56" s="122" t="str">
+      <c r="S56" s="120" t="str">
         <f t="shared" si="9"/>
         <v>FC Barcelona</v>
       </c>
-      <c r="T56" s="133">
+      <c r="T56" s="131">
         <v>46008</v>
       </c>
-      <c r="U56" s="134">
+      <c r="U56" s="132">
         <v>0.875</v>
       </c>
-      <c r="V56" s="89"/>
-[...7 lines deleted...]
-      <c r="F57" s="102">
+      <c r="V56" s="87"/>
+    </row>
+    <row r="57" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A57" s="87"/>
+      <c r="B57" s="87"/>
+      <c r="C57" s="87"/>
+      <c r="D57" s="87"/>
+      <c r="E57" s="87"/>
+      <c r="F57" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G57" s="102" t="str">
+      <c r="G57" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0512</v>
       </c>
-      <c r="H57" s="102" t="str">
+      <c r="H57" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1205</v>
       </c>
-      <c r="I57" s="102">
+      <c r="I57" s="100">
         <f>IF($G57="",0,COUNTIF($G$7:$G57,$H57))</f>
         <v>0</v>
       </c>
-      <c r="J57" s="102"/>
-      <c r="K57" s="114" t="s">
+      <c r="J57" s="100"/>
+      <c r="K57" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L57" s="128"/>
-      <c r="M57" s="129">
+      <c r="L57" s="126"/>
+      <c r="M57" s="127">
         <v>51</v>
       </c>
-      <c r="N57" s="130">
+      <c r="N57" s="128">
         <v>5</v>
       </c>
-      <c r="O57" s="131" t="s">
+      <c r="O57" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P57" s="132">
+      <c r="P57" s="130">
         <v>12</v>
       </c>
-      <c r="Q57" s="120" t="str">
+      <c r="Q57" s="118" t="str">
         <f t="shared" si="8"/>
         <v>SL Benfica</v>
       </c>
-      <c r="R57" s="121" t="s">
+      <c r="R57" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S57" s="122" t="str">
+      <c r="S57" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Paris St. Germain</v>
       </c>
-      <c r="T57" s="133">
+      <c r="T57" s="131">
         <v>46008</v>
       </c>
-      <c r="U57" s="134">
+      <c r="U57" s="132">
         <v>0.875</v>
       </c>
-      <c r="V57" s="89"/>
-[...7 lines deleted...]
-      <c r="F58" s="102">
+      <c r="V57" s="87"/>
+    </row>
+    <row r="58" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A58" s="87"/>
+      <c r="B58" s="87"/>
+      <c r="C58" s="87"/>
+      <c r="D58" s="87"/>
+      <c r="E58" s="87"/>
+      <c r="F58" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G58" s="102" t="str">
+      <c r="G58" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1613</v>
       </c>
-      <c r="H58" s="102" t="str">
+      <c r="H58" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1316</v>
       </c>
-      <c r="I58" s="102">
+      <c r="I58" s="100">
         <f>IF($G58="",0,COUNTIF($G$7:$G58,$H58))</f>
         <v>0</v>
       </c>
-      <c r="J58" s="102"/>
-      <c r="K58" s="114" t="s">
+      <c r="J58" s="100"/>
+      <c r="K58" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L58" s="128"/>
-      <c r="M58" s="129">
+      <c r="L58" s="126"/>
+      <c r="M58" s="127">
         <v>52</v>
       </c>
-      <c r="N58" s="130">
+      <c r="N58" s="128">
         <v>16</v>
       </c>
-      <c r="O58" s="131" t="s">
+      <c r="O58" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P58" s="132">
+      <c r="P58" s="130">
         <v>13</v>
       </c>
-      <c r="Q58" s="120" t="str">
+      <c r="Q58" s="118" t="str">
         <f t="shared" si="8"/>
         <v>FC Twente</v>
       </c>
-      <c r="R58" s="121" t="s">
+      <c r="R58" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S58" s="122" t="str">
+      <c r="S58" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Real Madrid</v>
       </c>
-      <c r="T58" s="133">
+      <c r="T58" s="131">
         <v>46008</v>
       </c>
-      <c r="U58" s="134">
+      <c r="U58" s="132">
         <v>0.875</v>
       </c>
-      <c r="V58" s="89"/>
-[...7 lines deleted...]
-      <c r="F59" s="102">
+      <c r="V58" s="87"/>
+    </row>
+    <row r="59" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A59" s="87"/>
+      <c r="B59" s="87"/>
+      <c r="C59" s="87"/>
+      <c r="D59" s="87"/>
+      <c r="E59" s="87"/>
+      <c r="F59" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G59" s="102" t="str">
+      <c r="G59" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0708</v>
       </c>
-      <c r="H59" s="102" t="str">
+      <c r="H59" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0807</v>
       </c>
-      <c r="I59" s="102">
+      <c r="I59" s="100">
         <f>IF($G59="",0,COUNTIF($G$7:$G59,$H59))</f>
         <v>0</v>
       </c>
-      <c r="J59" s="102"/>
-      <c r="K59" s="114" t="s">
+      <c r="J59" s="100"/>
+      <c r="K59" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L59" s="128"/>
-      <c r="M59" s="129">
+      <c r="L59" s="126"/>
+      <c r="M59" s="127">
         <v>53</v>
       </c>
-      <c r="N59" s="130">
+      <c r="N59" s="128">
         <v>7</v>
       </c>
-      <c r="O59" s="131" t="s">
+      <c r="O59" s="129" t="s">
         <v>170</v>
       </c>
-      <c r="P59" s="132">
+      <c r="P59" s="130">
         <v>8</v>
       </c>
-      <c r="Q59" s="120" t="str">
+      <c r="Q59" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Juventus FC</v>
       </c>
-      <c r="R59" s="121" t="s">
+      <c r="R59" s="119" t="s">
         <v>170</v>
       </c>
-      <c r="S59" s="122" t="str">
+      <c r="S59" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Manchester United</v>
       </c>
-      <c r="T59" s="133">
+      <c r="T59" s="131">
         <v>46008</v>
       </c>
-      <c r="U59" s="134">
+      <c r="U59" s="132">
         <v>0.875</v>
       </c>
-      <c r="V59" s="89"/>
-[...7 lines deleted...]
-      <c r="F60" s="102">
+      <c r="V59" s="87"/>
+    </row>
+    <row r="60" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+      <c r="A60" s="87"/>
+      <c r="B60" s="87"/>
+      <c r="C60" s="87"/>
+      <c r="D60" s="87"/>
+      <c r="E60" s="87"/>
+      <c r="F60" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G60" s="102" t="str">
+      <c r="G60" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1415</v>
       </c>
-      <c r="H60" s="102" t="str">
+      <c r="H60" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1514</v>
       </c>
-      <c r="I60" s="102">
+      <c r="I60" s="100">
         <f>IF($G60="",0,COUNTIF($G$7:$G60,$H60))</f>
         <v>0</v>
       </c>
-      <c r="J60" s="102"/>
-      <c r="K60" s="114" t="s">
+      <c r="J60" s="100"/>
+      <c r="K60" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="L60" s="149"/>
-      <c r="M60" s="150">
+      <c r="L60" s="144"/>
+      <c r="M60" s="145">
         <v>54</v>
       </c>
-      <c r="N60" s="151">
+      <c r="N60" s="146">
         <v>14</v>
       </c>
-      <c r="O60" s="152" t="s">
+      <c r="O60" s="147" t="s">
         <v>170</v>
       </c>
-      <c r="P60" s="153">
+      <c r="P60" s="148">
         <v>15</v>
       </c>
-      <c r="Q60" s="154" t="str">
+      <c r="Q60" s="149" t="str">
         <f t="shared" si="8"/>
         <v>AS Rom</v>
       </c>
-      <c r="R60" s="155" t="s">
+      <c r="R60" s="150" t="s">
         <v>170</v>
       </c>
-      <c r="S60" s="208" t="str">
+      <c r="S60" s="194" t="str">
         <f t="shared" si="9"/>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="T60" s="156">
+      <c r="T60" s="151">
         <v>46008</v>
       </c>
-      <c r="U60" s="157">
+      <c r="U60" s="152">
         <v>0.875</v>
       </c>
-      <c r="V60" s="89"/>
-[...12 lines deleted...]
-      <c r="K61" s="114" t="s">
+      <c r="V60" s="87"/>
+    </row>
+    <row r="61" spans="1:22" x14ac:dyDescent="0.25">
+      <c r="A61" s="87"/>
+      <c r="B61" s="87"/>
+      <c r="C61" s="87"/>
+      <c r="D61" s="87"/>
+      <c r="E61" s="87"/>
+      <c r="F61" s="100"/>
+      <c r="G61" s="100"/>
+      <c r="H61" s="100"/>
+      <c r="I61" s="100"/>
+      <c r="J61" s="100"/>
+      <c r="K61" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V61" s="89"/>
-[...12 lines deleted...]
-      <c r="K62" s="114" t="s">
+      <c r="V61" s="87"/>
+    </row>
+    <row r="62" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="87"/>
+      <c r="B62" s="87"/>
+      <c r="C62" s="87"/>
+      <c r="D62" s="87"/>
+      <c r="E62" s="87"/>
+      <c r="F62" s="100"/>
+      <c r="G62" s="100"/>
+      <c r="H62" s="100"/>
+      <c r="I62" s="100"/>
+      <c r="J62" s="100"/>
+      <c r="K62" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V62" s="89"/>
-[...12 lines deleted...]
-      <c r="K63" s="114" t="s">
+      <c r="V62" s="87"/>
+    </row>
+    <row r="63" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="87"/>
+      <c r="B63" s="87"/>
+      <c r="C63" s="87"/>
+      <c r="D63" s="87"/>
+      <c r="E63" s="87"/>
+      <c r="F63" s="100"/>
+      <c r="G63" s="100"/>
+      <c r="H63" s="100"/>
+      <c r="I63" s="100"/>
+      <c r="J63" s="100"/>
+      <c r="K63" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V63" s="89"/>
-[...12 lines deleted...]
-      <c r="K64" s="114" t="s">
+      <c r="V63" s="87"/>
+    </row>
+    <row r="64" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="87"/>
+      <c r="B64" s="87"/>
+      <c r="C64" s="87"/>
+      <c r="D64" s="87"/>
+      <c r="E64" s="87"/>
+      <c r="F64" s="100"/>
+      <c r="G64" s="100"/>
+      <c r="H64" s="100"/>
+      <c r="I64" s="100"/>
+      <c r="J64" s="100"/>
+      <c r="K64" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V64" s="89"/>
-[...12 lines deleted...]
-      <c r="K65" s="114" t="s">
+      <c r="V64" s="87"/>
+    </row>
+    <row r="65" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="87"/>
+      <c r="B65" s="87"/>
+      <c r="C65" s="87"/>
+      <c r="D65" s="87"/>
+      <c r="E65" s="87"/>
+      <c r="F65" s="100"/>
+      <c r="G65" s="100"/>
+      <c r="H65" s="100"/>
+      <c r="I65" s="100"/>
+      <c r="J65" s="100"/>
+      <c r="K65" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V65" s="89"/>
-[...12 lines deleted...]
-      <c r="K66" s="114" t="s">
+      <c r="V65" s="87"/>
+    </row>
+    <row r="66" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="87"/>
+      <c r="B66" s="87"/>
+      <c r="C66" s="87"/>
+      <c r="D66" s="87"/>
+      <c r="E66" s="87"/>
+      <c r="F66" s="100"/>
+      <c r="G66" s="100"/>
+      <c r="H66" s="100"/>
+      <c r="I66" s="100"/>
+      <c r="J66" s="100"/>
+      <c r="K66" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V66" s="89"/>
-[...12 lines deleted...]
-      <c r="K67" s="114" t="s">
+      <c r="V66" s="87"/>
+    </row>
+    <row r="67" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="87"/>
+      <c r="B67" s="87"/>
+      <c r="C67" s="87"/>
+      <c r="D67" s="87"/>
+      <c r="E67" s="87"/>
+      <c r="F67" s="100"/>
+      <c r="G67" s="100"/>
+      <c r="H67" s="100"/>
+      <c r="I67" s="100"/>
+      <c r="J67" s="100"/>
+      <c r="K67" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V67" s="89"/>
-[...12 lines deleted...]
-      <c r="K68" s="114" t="s">
+      <c r="V67" s="87"/>
+    </row>
+    <row r="68" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="87"/>
+      <c r="B68" s="87"/>
+      <c r="C68" s="87"/>
+      <c r="D68" s="87"/>
+      <c r="E68" s="87"/>
+      <c r="F68" s="100"/>
+      <c r="G68" s="100"/>
+      <c r="H68" s="100"/>
+      <c r="I68" s="100"/>
+      <c r="J68" s="100"/>
+      <c r="K68" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V68" s="89"/>
-[...12 lines deleted...]
-      <c r="K69" s="114" t="s">
+      <c r="V68" s="87"/>
+    </row>
+    <row r="69" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="87"/>
+      <c r="B69" s="87"/>
+      <c r="C69" s="87"/>
+      <c r="D69" s="87"/>
+      <c r="E69" s="87"/>
+      <c r="F69" s="100"/>
+      <c r="G69" s="100"/>
+      <c r="H69" s="100"/>
+      <c r="I69" s="100"/>
+      <c r="J69" s="100"/>
+      <c r="K69" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V69" s="89"/>
-[...12 lines deleted...]
-      <c r="K70" s="114" t="s">
+      <c r="V69" s="87"/>
+    </row>
+    <row r="70" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="87"/>
+      <c r="B70" s="87"/>
+      <c r="C70" s="87"/>
+      <c r="D70" s="87"/>
+      <c r="E70" s="87"/>
+      <c r="F70" s="100"/>
+      <c r="G70" s="100"/>
+      <c r="H70" s="100"/>
+      <c r="I70" s="100"/>
+      <c r="J70" s="100"/>
+      <c r="K70" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V70" s="89"/>
-[...12 lines deleted...]
-      <c r="K71" s="114" t="s">
+      <c r="V70" s="87"/>
+    </row>
+    <row r="71" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="87"/>
+      <c r="B71" s="87"/>
+      <c r="C71" s="87"/>
+      <c r="D71" s="87"/>
+      <c r="E71" s="87"/>
+      <c r="F71" s="100"/>
+      <c r="G71" s="100"/>
+      <c r="H71" s="100"/>
+      <c r="I71" s="100"/>
+      <c r="J71" s="100"/>
+      <c r="K71" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V71" s="89"/>
-[...12 lines deleted...]
-      <c r="K72" s="114" t="s">
+      <c r="V71" s="87"/>
+    </row>
+    <row r="72" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="87"/>
+      <c r="B72" s="87"/>
+      <c r="C72" s="87"/>
+      <c r="D72" s="87"/>
+      <c r="E72" s="87"/>
+      <c r="F72" s="100"/>
+      <c r="G72" s="100"/>
+      <c r="H72" s="100"/>
+      <c r="I72" s="100"/>
+      <c r="J72" s="100"/>
+      <c r="K72" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V72" s="89"/>
-[...12 lines deleted...]
-      <c r="K73" s="114" t="s">
+      <c r="V72" s="87"/>
+    </row>
+    <row r="73" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="87"/>
+      <c r="B73" s="87"/>
+      <c r="C73" s="87"/>
+      <c r="D73" s="87"/>
+      <c r="E73" s="87"/>
+      <c r="F73" s="100"/>
+      <c r="G73" s="100"/>
+      <c r="H73" s="100"/>
+      <c r="I73" s="100"/>
+      <c r="J73" s="100"/>
+      <c r="K73" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V73" s="89"/>
-[...12 lines deleted...]
-      <c r="K74" s="114" t="s">
+      <c r="V73" s="87"/>
+    </row>
+    <row r="74" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="87"/>
+      <c r="B74" s="87"/>
+      <c r="C74" s="87"/>
+      <c r="D74" s="87"/>
+      <c r="E74" s="87"/>
+      <c r="F74" s="100"/>
+      <c r="G74" s="100"/>
+      <c r="H74" s="100"/>
+      <c r="I74" s="100"/>
+      <c r="J74" s="100"/>
+      <c r="K74" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V74" s="89"/>
-[...12 lines deleted...]
-      <c r="K75" s="114" t="s">
+      <c r="V74" s="87"/>
+    </row>
+    <row r="75" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="87"/>
+      <c r="B75" s="87"/>
+      <c r="C75" s="87"/>
+      <c r="D75" s="87"/>
+      <c r="E75" s="87"/>
+      <c r="F75" s="100"/>
+      <c r="G75" s="100"/>
+      <c r="H75" s="100"/>
+      <c r="I75" s="100"/>
+      <c r="J75" s="100"/>
+      <c r="K75" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V75" s="89"/>
-[...12 lines deleted...]
-      <c r="K76" s="114" t="s">
+      <c r="V75" s="87"/>
+    </row>
+    <row r="76" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="87"/>
+      <c r="B76" s="87"/>
+      <c r="C76" s="87"/>
+      <c r="D76" s="87"/>
+      <c r="E76" s="87"/>
+      <c r="F76" s="100"/>
+      <c r="G76" s="100"/>
+      <c r="H76" s="100"/>
+      <c r="I76" s="100"/>
+      <c r="J76" s="100"/>
+      <c r="K76" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V76" s="89"/>
-[...12 lines deleted...]
-      <c r="K77" s="114" t="s">
+      <c r="V76" s="87"/>
+    </row>
+    <row r="77" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="87"/>
+      <c r="B77" s="87"/>
+      <c r="C77" s="87"/>
+      <c r="D77" s="87"/>
+      <c r="E77" s="87"/>
+      <c r="F77" s="100"/>
+      <c r="G77" s="100"/>
+      <c r="H77" s="100"/>
+      <c r="I77" s="100"/>
+      <c r="J77" s="100"/>
+      <c r="K77" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V77" s="89"/>
-[...12 lines deleted...]
-      <c r="K78" s="114" t="s">
+      <c r="V77" s="87"/>
+    </row>
+    <row r="78" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="87"/>
+      <c r="B78" s="87"/>
+      <c r="C78" s="87"/>
+      <c r="D78" s="87"/>
+      <c r="E78" s="87"/>
+      <c r="F78" s="100"/>
+      <c r="G78" s="100"/>
+      <c r="H78" s="100"/>
+      <c r="I78" s="100"/>
+      <c r="J78" s="100"/>
+      <c r="K78" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V78" s="89"/>
-[...12 lines deleted...]
-      <c r="K79" s="114" t="s">
+      <c r="V78" s="87"/>
+    </row>
+    <row r="79" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="87"/>
+      <c r="B79" s="87"/>
+      <c r="C79" s="87"/>
+      <c r="D79" s="87"/>
+      <c r="E79" s="87"/>
+      <c r="F79" s="100"/>
+      <c r="G79" s="100"/>
+      <c r="H79" s="100"/>
+      <c r="I79" s="100"/>
+      <c r="J79" s="100"/>
+      <c r="K79" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V79" s="89"/>
-[...12 lines deleted...]
-      <c r="K80" s="114" t="s">
+      <c r="V79" s="87"/>
+    </row>
+    <row r="80" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="87"/>
+      <c r="B80" s="87"/>
+      <c r="C80" s="87"/>
+      <c r="D80" s="87"/>
+      <c r="E80" s="87"/>
+      <c r="F80" s="100"/>
+      <c r="G80" s="100"/>
+      <c r="H80" s="100"/>
+      <c r="I80" s="100"/>
+      <c r="J80" s="100"/>
+      <c r="K80" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V80" s="89"/>
-[...12 lines deleted...]
-      <c r="K81" s="114" t="s">
+      <c r="V80" s="87"/>
+    </row>
+    <row r="81" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="87"/>
+      <c r="B81" s="87"/>
+      <c r="C81" s="87"/>
+      <c r="D81" s="87"/>
+      <c r="E81" s="87"/>
+      <c r="F81" s="100"/>
+      <c r="G81" s="100"/>
+      <c r="H81" s="100"/>
+      <c r="I81" s="100"/>
+      <c r="J81" s="100"/>
+      <c r="K81" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V81" s="89"/>
-[...12 lines deleted...]
-      <c r="K82" s="114" t="s">
+      <c r="V81" s="87"/>
+    </row>
+    <row r="82" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="87"/>
+      <c r="B82" s="87"/>
+      <c r="C82" s="87"/>
+      <c r="D82" s="87"/>
+      <c r="E82" s="87"/>
+      <c r="F82" s="100"/>
+      <c r="G82" s="100"/>
+      <c r="H82" s="100"/>
+      <c r="I82" s="100"/>
+      <c r="J82" s="100"/>
+      <c r="K82" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V82" s="89"/>
-[...12 lines deleted...]
-      <c r="K83" s="114" t="s">
+      <c r="V82" s="87"/>
+    </row>
+    <row r="83" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="87"/>
+      <c r="B83" s="87"/>
+      <c r="C83" s="87"/>
+      <c r="D83" s="87"/>
+      <c r="E83" s="87"/>
+      <c r="F83" s="100"/>
+      <c r="G83" s="100"/>
+      <c r="H83" s="100"/>
+      <c r="I83" s="100"/>
+      <c r="J83" s="100"/>
+      <c r="K83" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V83" s="89"/>
-[...12 lines deleted...]
-      <c r="K84" s="114" t="s">
+      <c r="V83" s="87"/>
+    </row>
+    <row r="84" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="87"/>
+      <c r="B84" s="87"/>
+      <c r="C84" s="87"/>
+      <c r="D84" s="87"/>
+      <c r="E84" s="87"/>
+      <c r="F84" s="100"/>
+      <c r="G84" s="100"/>
+      <c r="H84" s="100"/>
+      <c r="I84" s="100"/>
+      <c r="J84" s="100"/>
+      <c r="K84" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V84" s="89"/>
-[...12 lines deleted...]
-      <c r="K85" s="114" t="s">
+      <c r="V84" s="87"/>
+    </row>
+    <row r="85" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="87"/>
+      <c r="B85" s="87"/>
+      <c r="C85" s="87"/>
+      <c r="D85" s="87"/>
+      <c r="E85" s="87"/>
+      <c r="F85" s="100"/>
+      <c r="G85" s="100"/>
+      <c r="H85" s="100"/>
+      <c r="I85" s="100"/>
+      <c r="J85" s="100"/>
+      <c r="K85" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V85" s="89"/>
-[...12 lines deleted...]
-      <c r="K86" s="114" t="s">
+      <c r="V85" s="87"/>
+    </row>
+    <row r="86" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="87"/>
+      <c r="B86" s="87"/>
+      <c r="C86" s="87"/>
+      <c r="D86" s="87"/>
+      <c r="E86" s="87"/>
+      <c r="F86" s="100"/>
+      <c r="G86" s="100"/>
+      <c r="H86" s="100"/>
+      <c r="I86" s="100"/>
+      <c r="J86" s="100"/>
+      <c r="K86" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V86" s="89"/>
-[...12 lines deleted...]
-      <c r="K87" s="114" t="s">
+      <c r="V86" s="87"/>
+    </row>
+    <row r="87" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="87"/>
+      <c r="B87" s="87"/>
+      <c r="C87" s="87"/>
+      <c r="D87" s="87"/>
+      <c r="E87" s="87"/>
+      <c r="F87" s="100"/>
+      <c r="G87" s="100"/>
+      <c r="H87" s="100"/>
+      <c r="I87" s="100"/>
+      <c r="J87" s="100"/>
+      <c r="K87" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V87" s="89"/>
-[...12 lines deleted...]
-      <c r="K88" s="114" t="s">
+      <c r="V87" s="87"/>
+    </row>
+    <row r="88" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="87"/>
+      <c r="B88" s="87"/>
+      <c r="C88" s="87"/>
+      <c r="D88" s="87"/>
+      <c r="E88" s="87"/>
+      <c r="F88" s="100"/>
+      <c r="G88" s="100"/>
+      <c r="H88" s="100"/>
+      <c r="I88" s="100"/>
+      <c r="J88" s="100"/>
+      <c r="K88" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V88" s="89"/>
-[...12 lines deleted...]
-      <c r="K89" s="114" t="s">
+      <c r="V88" s="87"/>
+    </row>
+    <row r="89" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="87"/>
+      <c r="B89" s="87"/>
+      <c r="C89" s="87"/>
+      <c r="D89" s="87"/>
+      <c r="E89" s="87"/>
+      <c r="F89" s="100"/>
+      <c r="G89" s="100"/>
+      <c r="H89" s="100"/>
+      <c r="I89" s="100"/>
+      <c r="J89" s="100"/>
+      <c r="K89" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V89" s="89"/>
-[...12 lines deleted...]
-      <c r="K90" s="114" t="s">
+      <c r="V89" s="87"/>
+    </row>
+    <row r="90" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="87"/>
+      <c r="B90" s="87"/>
+      <c r="C90" s="87"/>
+      <c r="D90" s="87"/>
+      <c r="E90" s="87"/>
+      <c r="F90" s="100"/>
+      <c r="G90" s="100"/>
+      <c r="H90" s="100"/>
+      <c r="I90" s="100"/>
+      <c r="J90" s="100"/>
+      <c r="K90" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V90" s="89"/>
-[...12 lines deleted...]
-      <c r="K91" s="114" t="s">
+      <c r="V90" s="87"/>
+    </row>
+    <row r="91" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="87"/>
+      <c r="B91" s="87"/>
+      <c r="C91" s="87"/>
+      <c r="D91" s="87"/>
+      <c r="E91" s="87"/>
+      <c r="F91" s="100"/>
+      <c r="G91" s="100"/>
+      <c r="H91" s="100"/>
+      <c r="I91" s="100"/>
+      <c r="J91" s="100"/>
+      <c r="K91" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V91" s="89"/>
-[...12 lines deleted...]
-      <c r="K92" s="114" t="s">
+      <c r="V91" s="87"/>
+    </row>
+    <row r="92" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="87"/>
+      <c r="B92" s="87"/>
+      <c r="C92" s="87"/>
+      <c r="D92" s="87"/>
+      <c r="E92" s="87"/>
+      <c r="F92" s="100"/>
+      <c r="G92" s="100"/>
+      <c r="H92" s="100"/>
+      <c r="I92" s="100"/>
+      <c r="J92" s="100"/>
+      <c r="K92" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V92" s="89"/>
-[...12 lines deleted...]
-      <c r="K93" s="114" t="s">
+      <c r="V92" s="87"/>
+    </row>
+    <row r="93" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="87"/>
+      <c r="B93" s="87"/>
+      <c r="C93" s="87"/>
+      <c r="D93" s="87"/>
+      <c r="E93" s="87"/>
+      <c r="F93" s="100"/>
+      <c r="G93" s="100"/>
+      <c r="H93" s="100"/>
+      <c r="I93" s="100"/>
+      <c r="J93" s="100"/>
+      <c r="K93" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V93" s="89"/>
-[...12 lines deleted...]
-      <c r="K94" s="114" t="s">
+      <c r="V93" s="87"/>
+    </row>
+    <row r="94" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="87"/>
+      <c r="B94" s="87"/>
+      <c r="C94" s="87"/>
+      <c r="D94" s="87"/>
+      <c r="E94" s="87"/>
+      <c r="F94" s="100"/>
+      <c r="G94" s="100"/>
+      <c r="H94" s="100"/>
+      <c r="I94" s="100"/>
+      <c r="J94" s="100"/>
+      <c r="K94" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V94" s="89"/>
-[...12 lines deleted...]
-      <c r="K95" s="114" t="s">
+      <c r="V94" s="87"/>
+    </row>
+    <row r="95" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="87"/>
+      <c r="B95" s="87"/>
+      <c r="C95" s="87"/>
+      <c r="D95" s="87"/>
+      <c r="E95" s="87"/>
+      <c r="F95" s="100"/>
+      <c r="G95" s="100"/>
+      <c r="H95" s="100"/>
+      <c r="I95" s="100"/>
+      <c r="J95" s="100"/>
+      <c r="K95" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V95" s="89"/>
-[...12 lines deleted...]
-      <c r="K96" s="114" t="s">
+      <c r="V95" s="87"/>
+    </row>
+    <row r="96" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="87"/>
+      <c r="B96" s="87"/>
+      <c r="C96" s="87"/>
+      <c r="D96" s="87"/>
+      <c r="E96" s="87"/>
+      <c r="F96" s="100"/>
+      <c r="G96" s="100"/>
+      <c r="H96" s="100"/>
+      <c r="I96" s="100"/>
+      <c r="J96" s="100"/>
+      <c r="K96" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V96" s="89"/>
-[...12 lines deleted...]
-      <c r="K97" s="114" t="s">
+      <c r="V96" s="87"/>
+    </row>
+    <row r="97" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="87"/>
+      <c r="B97" s="87"/>
+      <c r="C97" s="87"/>
+      <c r="D97" s="87"/>
+      <c r="E97" s="87"/>
+      <c r="F97" s="100"/>
+      <c r="G97" s="100"/>
+      <c r="H97" s="100"/>
+      <c r="I97" s="100"/>
+      <c r="J97" s="100"/>
+      <c r="K97" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V97" s="89"/>
-[...12 lines deleted...]
-      <c r="K98" s="114" t="s">
+      <c r="V97" s="87"/>
+    </row>
+    <row r="98" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="87"/>
+      <c r="B98" s="87"/>
+      <c r="C98" s="87"/>
+      <c r="D98" s="87"/>
+      <c r="E98" s="87"/>
+      <c r="F98" s="100"/>
+      <c r="G98" s="100"/>
+      <c r="H98" s="100"/>
+      <c r="I98" s="100"/>
+      <c r="J98" s="100"/>
+      <c r="K98" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V98" s="89"/>
-[...12 lines deleted...]
-      <c r="K99" s="114" t="s">
+      <c r="V98" s="87"/>
+    </row>
+    <row r="99" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="87"/>
+      <c r="B99" s="87"/>
+      <c r="C99" s="87"/>
+      <c r="D99" s="87"/>
+      <c r="E99" s="87"/>
+      <c r="F99" s="100"/>
+      <c r="G99" s="100"/>
+      <c r="H99" s="100"/>
+      <c r="I99" s="100"/>
+      <c r="J99" s="100"/>
+      <c r="K99" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V99" s="89"/>
-[...12 lines deleted...]
-      <c r="K100" s="114" t="s">
+      <c r="V99" s="87"/>
+    </row>
+    <row r="100" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="87"/>
+      <c r="B100" s="87"/>
+      <c r="C100" s="87"/>
+      <c r="D100" s="87"/>
+      <c r="E100" s="87"/>
+      <c r="F100" s="100"/>
+      <c r="G100" s="100"/>
+      <c r="H100" s="100"/>
+      <c r="I100" s="100"/>
+      <c r="J100" s="100"/>
+      <c r="K100" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V100" s="89"/>
-[...12 lines deleted...]
-      <c r="K101" s="114" t="s">
+      <c r="V100" s="87"/>
+    </row>
+    <row r="101" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="87"/>
+      <c r="B101" s="87"/>
+      <c r="C101" s="87"/>
+      <c r="D101" s="87"/>
+      <c r="E101" s="87"/>
+      <c r="F101" s="100"/>
+      <c r="G101" s="100"/>
+      <c r="H101" s="100"/>
+      <c r="I101" s="100"/>
+      <c r="J101" s="100"/>
+      <c r="K101" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V101" s="89"/>
-[...12 lines deleted...]
-      <c r="K102" s="114" t="s">
+      <c r="V101" s="87"/>
+    </row>
+    <row r="102" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="87"/>
+      <c r="B102" s="87"/>
+      <c r="C102" s="87"/>
+      <c r="D102" s="87"/>
+      <c r="E102" s="87"/>
+      <c r="F102" s="100"/>
+      <c r="G102" s="100"/>
+      <c r="H102" s="100"/>
+      <c r="I102" s="100"/>
+      <c r="J102" s="100"/>
+      <c r="K102" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V102" s="89"/>
-[...12 lines deleted...]
-      <c r="K103" s="114" t="s">
+      <c r="V102" s="87"/>
+    </row>
+    <row r="103" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="87"/>
+      <c r="B103" s="87"/>
+      <c r="C103" s="87"/>
+      <c r="D103" s="87"/>
+      <c r="E103" s="87"/>
+      <c r="F103" s="100"/>
+      <c r="G103" s="100"/>
+      <c r="H103" s="100"/>
+      <c r="I103" s="100"/>
+      <c r="J103" s="100"/>
+      <c r="K103" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V103" s="89"/>
-[...12 lines deleted...]
-      <c r="K104" s="114" t="s">
+      <c r="V103" s="87"/>
+    </row>
+    <row r="104" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="87"/>
+      <c r="B104" s="87"/>
+      <c r="C104" s="87"/>
+      <c r="D104" s="87"/>
+      <c r="E104" s="87"/>
+      <c r="F104" s="100"/>
+      <c r="G104" s="100"/>
+      <c r="H104" s="100"/>
+      <c r="I104" s="100"/>
+      <c r="J104" s="100"/>
+      <c r="K104" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V104" s="89"/>
-[...12 lines deleted...]
-      <c r="K105" s="114" t="s">
+      <c r="V104" s="87"/>
+    </row>
+    <row r="105" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="87"/>
+      <c r="B105" s="87"/>
+      <c r="C105" s="87"/>
+      <c r="D105" s="87"/>
+      <c r="E105" s="87"/>
+      <c r="F105" s="100"/>
+      <c r="G105" s="100"/>
+      <c r="H105" s="100"/>
+      <c r="I105" s="100"/>
+      <c r="J105" s="100"/>
+      <c r="K105" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V105" s="89"/>
-[...12 lines deleted...]
-      <c r="K106" s="114" t="s">
+      <c r="V105" s="87"/>
+    </row>
+    <row r="106" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="87"/>
+      <c r="B106" s="87"/>
+      <c r="C106" s="87"/>
+      <c r="D106" s="87"/>
+      <c r="E106" s="87"/>
+      <c r="F106" s="100"/>
+      <c r="G106" s="100"/>
+      <c r="H106" s="100"/>
+      <c r="I106" s="100"/>
+      <c r="J106" s="100"/>
+      <c r="K106" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V106" s="89"/>
-[...12 lines deleted...]
-      <c r="K107" s="114" t="s">
+      <c r="V106" s="87"/>
+    </row>
+    <row r="107" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="87"/>
+      <c r="B107" s="87"/>
+      <c r="C107" s="87"/>
+      <c r="D107" s="87"/>
+      <c r="E107" s="87"/>
+      <c r="F107" s="100"/>
+      <c r="G107" s="100"/>
+      <c r="H107" s="100"/>
+      <c r="I107" s="100"/>
+      <c r="J107" s="100"/>
+      <c r="K107" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V107" s="89"/>
-[...12 lines deleted...]
-      <c r="K108" s="114" t="s">
+      <c r="V107" s="87"/>
+    </row>
+    <row r="108" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="87"/>
+      <c r="B108" s="87"/>
+      <c r="C108" s="87"/>
+      <c r="D108" s="87"/>
+      <c r="E108" s="87"/>
+      <c r="F108" s="100"/>
+      <c r="G108" s="100"/>
+      <c r="H108" s="100"/>
+      <c r="I108" s="100"/>
+      <c r="J108" s="100"/>
+      <c r="K108" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V108" s="89"/>
-[...12 lines deleted...]
-      <c r="K109" s="114" t="s">
+      <c r="V108" s="87"/>
+    </row>
+    <row r="109" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="87"/>
+      <c r="B109" s="87"/>
+      <c r="C109" s="87"/>
+      <c r="D109" s="87"/>
+      <c r="E109" s="87"/>
+      <c r="F109" s="100"/>
+      <c r="G109" s="100"/>
+      <c r="H109" s="100"/>
+      <c r="I109" s="100"/>
+      <c r="J109" s="100"/>
+      <c r="K109" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V109" s="89"/>
-[...12 lines deleted...]
-      <c r="K110" s="114" t="s">
+      <c r="V109" s="87"/>
+    </row>
+    <row r="110" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="87"/>
+      <c r="B110" s="87"/>
+      <c r="C110" s="87"/>
+      <c r="D110" s="87"/>
+      <c r="E110" s="87"/>
+      <c r="F110" s="100"/>
+      <c r="G110" s="100"/>
+      <c r="H110" s="100"/>
+      <c r="I110" s="100"/>
+      <c r="J110" s="100"/>
+      <c r="K110" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V110" s="89"/>
-[...12 lines deleted...]
-      <c r="K111" s="114" t="s">
+      <c r="V110" s="87"/>
+    </row>
+    <row r="111" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="87"/>
+      <c r="B111" s="87"/>
+      <c r="C111" s="87"/>
+      <c r="D111" s="87"/>
+      <c r="E111" s="87"/>
+      <c r="F111" s="100"/>
+      <c r="G111" s="100"/>
+      <c r="H111" s="100"/>
+      <c r="I111" s="100"/>
+      <c r="J111" s="100"/>
+      <c r="K111" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V111" s="89"/>
-[...12 lines deleted...]
-      <c r="K112" s="114" t="s">
+      <c r="V111" s="87"/>
+    </row>
+    <row r="112" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="87"/>
+      <c r="B112" s="87"/>
+      <c r="C112" s="87"/>
+      <c r="D112" s="87"/>
+      <c r="E112" s="87"/>
+      <c r="F112" s="100"/>
+      <c r="G112" s="100"/>
+      <c r="H112" s="100"/>
+      <c r="I112" s="100"/>
+      <c r="J112" s="100"/>
+      <c r="K112" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V112" s="89"/>
-[...12 lines deleted...]
-      <c r="K113" s="114" t="s">
+      <c r="V112" s="87"/>
+    </row>
+    <row r="113" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="87"/>
+      <c r="B113" s="87"/>
+      <c r="C113" s="87"/>
+      <c r="D113" s="87"/>
+      <c r="E113" s="87"/>
+      <c r="F113" s="100"/>
+      <c r="G113" s="100"/>
+      <c r="H113" s="100"/>
+      <c r="I113" s="100"/>
+      <c r="J113" s="100"/>
+      <c r="K113" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V113" s="89"/>
-[...12 lines deleted...]
-      <c r="K114" s="114" t="s">
+      <c r="V113" s="87"/>
+    </row>
+    <row r="114" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="87"/>
+      <c r="B114" s="87"/>
+      <c r="C114" s="87"/>
+      <c r="D114" s="87"/>
+      <c r="E114" s="87"/>
+      <c r="F114" s="100"/>
+      <c r="G114" s="100"/>
+      <c r="H114" s="100"/>
+      <c r="I114" s="100"/>
+      <c r="J114" s="100"/>
+      <c r="K114" s="112" t="s">
         <v>154</v>
       </c>
-      <c r="V114" s="89"/>
+      <c r="V114" s="87"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="4">
     <mergeCell ref="Q2:T2"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="N6:P6"/>
     <mergeCell ref="Q6:S6"/>
   </mergeCells>
   <conditionalFormatting sqref="Q2 U2:V2">
     <cfRule type="expression" dxfId="9" priority="10">
       <formula>$F$6&gt;2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="Q4:S4">
     <cfRule type="expression" dxfId="8" priority="9">
       <formula>$F$6=2</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C5:E5">
     <cfRule type="expression" dxfId="7" priority="8">
       <formula>$B$6&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D7">
@@ -24232,6830 +24563,6832 @@
     <cfRule type="expression" dxfId="4" priority="5">
       <formula>$B9&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E7">
     <cfRule type="expression" dxfId="3" priority="4">
       <formula>$B7&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E8 E10 E12 E14 E16 E18 E20 E22 E24">
     <cfRule type="expression" dxfId="2" priority="3">
       <formula>$B8&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E9 E11 E13 E15 E17 E19 E21 E23 E25:E42">
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>$B9&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K7:K114">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$F7=101</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O7:O60">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O7:O60" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>1</formula1>
       <formula2>20</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:W26"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="K22" sqref="K22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="4.6640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="19" width="11.5546875" customWidth="1"/>
+    <col min="1" max="2" width="4.7109375" customWidth="1"/>
+    <col min="3" max="3" width="8.140625" customWidth="1"/>
+    <col min="4" max="4" width="9.140625" customWidth="1"/>
+    <col min="5" max="5" width="7.140625" customWidth="1"/>
+    <col min="6" max="6" width="18.140625" customWidth="1"/>
+    <col min="7" max="19" width="11.5703125" customWidth="1"/>
     <col min="20" max="20" width="14" customWidth="1"/>
-    <col min="21" max="23" width="11.5546875" customWidth="1"/>
-    <col min="24" max="16384" width="11.5546875" hidden="1"/>
+    <col min="21" max="23" width="11.5703125" customWidth="1"/>
+    <col min="24" max="16384" width="11.5703125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:22" ht="15" x14ac:dyDescent="0.25">
-      <c r="S1" s="338" t="s">
+    <row r="1" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="S1" s="321" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="2" spans="2:22" x14ac:dyDescent="0.3">
+    <row r="2" spans="2:22" x14ac:dyDescent="0.25">
       <c r="O2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="2:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="F3" s="337" t="s">
+      <c r="F3" s="320" t="s">
         <v>117</v>
       </c>
-      <c r="G3" s="339" t="s">
+      <c r="G3" s="322" t="s">
         <v>51</v>
       </c>
-      <c r="H3" s="339" t="s">
+      <c r="H3" s="322" t="s">
         <v>194</v>
       </c>
-      <c r="I3" s="339" t="s">
+      <c r="I3" s="322" t="s">
         <v>47</v>
       </c>
-      <c r="J3" s="339" t="s">
+      <c r="J3" s="322" t="s">
+        <v>232</v>
+      </c>
+      <c r="K3" s="322" t="s">
         <v>233</v>
       </c>
-      <c r="K3" s="339" t="s">
-[...2 lines deleted...]
-      <c r="L3" s="339" t="s">
+      <c r="L3" s="322" t="s">
         <v>39</v>
       </c>
-      <c r="M3" s="339" t="s">
+      <c r="M3" s="322" t="s">
         <v>41</v>
       </c>
-      <c r="N3" s="339" t="s">
+      <c r="N3" s="322" t="s">
         <v>43</v>
       </c>
-      <c r="O3" s="339" t="s">
+      <c r="O3" s="322" t="s">
         <v>52</v>
       </c>
-      <c r="P3" s="339" t="s">
+      <c r="P3" s="322" t="s">
         <v>54</v>
       </c>
-      <c r="Q3" s="339" t="s">
+      <c r="Q3" s="322" t="s">
         <v>195</v>
       </c>
-      <c r="S3" s="340" t="s">
+      <c r="S3" s="323" t="s">
         <v>117</v>
       </c>
-      <c r="T3" s="341" t="s">
+      <c r="T3" s="324" t="s">
         <v>196</v>
       </c>
-      <c r="U3" s="341" t="s">
+      <c r="U3" s="324" t="s">
         <v>8</v>
       </c>
-      <c r="V3" s="342" t="s">
+      <c r="V3" s="325" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4" spans="2:22" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="329">
-[...2 lines deleted...]
-      <c r="C4" s="343">
+      <c r="B4" s="312">
+        <v>1</v>
+      </c>
+      <c r="C4" s="326">
         <f>RANK(D4,$D$4:$D$21,1)</f>
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="D4" s="333">
+        <v>5</v>
+      </c>
+      <c r="D4" s="316">
         <f>E4+ROW()/1000</f>
-        <v>1.004</v>
+        <v>5.0039999999999996</v>
       </c>
       <c r="E4">
         <f>RANK(V4,V$4:V$21,1)</f>
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F4" t="str">
         <f>Calc2!$C4</f>
         <v>Arsenal WFC</v>
       </c>
       <c r="G4">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F4)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F4)</f>
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="H4">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F4)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F4)</f>
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I4">
         <f>G4-H4</f>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J4">
         <f>L4*3+M4+$Q4</f>
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="K4">
         <f t="array" ref="K4">SUMPRODUCT((Calc2!$F$4:$F$57=F4)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F4)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L4" s="333">
+        <v>6</v>
+      </c>
+      <c r="L4" s="316">
         <f t="array" ref="L4">SUMPRODUCT((Calc2!$F$4:$F$57=F4)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F4)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="M4">
         <f t="array" ref="M4">SUMPRODUCT((Calc2!$F$4:$G$57=F4)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>0</v>
       </c>
       <c r="N4">
         <f t="array" ref="N4">SUMPRODUCT((Calc2!$F$4:$F$57=F4)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F4)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O4">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F4)</f>
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="P4">
         <f t="array" ref="P4">SUMPRODUCT((Calc2!$G$4:$G$57=F4)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q4">
         <f>SUMPRODUCT((F4=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F4=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S4" t="str">
         <f>Calc2!$C4</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="T4" s="415">
+      <c r="T4" s="397">
         <f>J4*Factors!$B$4+(I4+Factors!$D$5)*Factors!$B$5+G4*Factors!$B$6+O4*Factors!$B$7+L4*Factors!$B$8+P4*Factors!$B$9</f>
-        <v>500000</v>
+        <v>12505110.741999999</v>
       </c>
       <c r="U4">
         <f>'Tie-Break'!$D6</f>
         <v>0</v>
       </c>
-      <c r="V4" s="334">
+      <c r="V4" s="317">
         <f>RANK($T4,$T$4:$T$21)+(9-$U4)/10000+(F4="")*1000</f>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B5" s="329">
+        <v>5.0008999999999997</v>
+      </c>
+    </row>
+    <row r="5" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B5" s="312">
         <v>2</v>
       </c>
-      <c r="C5" s="344">
+      <c r="C5" s="327">
         <f t="shared" ref="C5:C21" si="0">RANK(D5,$D$4:$D$21,1)</f>
-        <v>2</v>
-[...1 lines deleted...]
-      <c r="D5" s="333">
+        <v>11</v>
+      </c>
+      <c r="D5" s="316">
         <f t="shared" ref="D5:D21" si="1">E5+ROW()/1000</f>
-        <v>1.0049999999999999</v>
+        <v>11.005000000000001</v>
       </c>
       <c r="E5">
         <f t="shared" ref="E5:E21" si="2">RANK(V5,V$4:V$21,1)</f>
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F5" t="str">
         <f>Calc2!$C5</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="G5">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F5)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F5)</f>
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H5">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F5)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F5)</f>
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I5">
         <f t="shared" ref="I5:I21" si="3">G5-H5</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="J5">
         <f t="shared" ref="J5:J21" si="4">L5*3+M5+$Q5</f>
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="K5">
         <f t="array" ref="K5">SUMPRODUCT((Calc2!$F$4:$F$57=F5)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F5)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L5" s="333">
+        <v>6</v>
+      </c>
+      <c r="L5" s="316">
         <f t="array" ref="L5">SUMPRODUCT((Calc2!$F$4:$F$57=F5)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F5)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="M5">
         <f t="array" ref="M5">SUMPRODUCT((Calc2!$F$4:$G$57=F5)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N5">
         <f t="array" ref="N5">SUMPRODUCT((Calc2!$F$4:$F$57=F5)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F5)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="O5">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F5)</f>
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="P5">
         <f t="array" ref="P5">SUMPRODUCT((Calc2!$G$4:$G$57=F5)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q5">
         <f>SUMPRODUCT((F5=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F5=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S5" t="str">
         <f>Calc2!$C5</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="T5" s="415">
+      <c r="T5" s="397">
         <f>J5*Factors!$B$4+(I5+Factors!$D$5)*Factors!$B$5+G5*Factors!$B$6+O5*Factors!$B$7+L5*Factors!$B$8+P5*Factors!$B$9</f>
-        <v>500000</v>
+        <v>7504131.0219999999</v>
       </c>
       <c r="U5">
         <f>'Tie-Break'!$D7</f>
         <v>0</v>
       </c>
-      <c r="V5" s="335">
+      <c r="V5" s="318">
         <f>RANK($T5,$T$4:$T$21)+(9-$U5)/10000+(F5="")*1000</f>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B6" s="329">
+        <v>11.0009</v>
+      </c>
+    </row>
+    <row r="6" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B6" s="312">
         <v>3</v>
       </c>
-      <c r="C6" s="344">
+      <c r="C6" s="327">
         <f t="shared" si="0"/>
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="D6" s="333">
+        <v>1</v>
+      </c>
+      <c r="D6" s="316">
         <f t="shared" si="1"/>
         <v>1.006</v>
       </c>
       <c r="E6">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="F6" t="str">
         <f>Calc2!$C6</f>
         <v>FC Barcelona</v>
       </c>
       <c r="G6">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F6)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F6)</f>
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="H6">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F6)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F6)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I6">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="J6">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="K6">
         <f t="array" ref="K6">SUMPRODUCT((Calc2!$F$4:$F$57=F6)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F6)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L6" s="333">
+        <v>6</v>
+      </c>
+      <c r="L6" s="316">
         <f t="array" ref="L6">SUMPRODUCT((Calc2!$F$4:$F$57=F6)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F6)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="M6">
         <f t="array" ref="M6">SUMPRODUCT((Calc2!$F$4:$G$57=F6)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N6">
         <f t="array" ref="N6">SUMPRODUCT((Calc2!$F$4:$F$57=F6)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F6)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="O6">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F6)</f>
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="P6">
         <f t="array" ref="P6">SUMPRODUCT((Calc2!$G$4:$G$57=F6)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q6">
         <f>SUMPRODUCT((F6=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F6=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S6" t="str">
         <f>Calc2!$C6</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="T6" s="415">
+      <c r="T6" s="397">
         <f>J6*Factors!$B$4+(I6+Factors!$D$5)*Factors!$B$5+G6*Factors!$B$6+O6*Factors!$B$7+L6*Factors!$B$8+P6*Factors!$B$9</f>
-        <v>500000</v>
+        <v>16517200.752</v>
       </c>
       <c r="U6">
         <f>'Tie-Break'!$D8</f>
         <v>0</v>
       </c>
-      <c r="V6" s="335">
+      <c r="V6" s="318">
         <f t="shared" ref="V6:V21" si="5">RANK($T6,$T$4:$T$21)+(9-$U6)/10000+(F6="")*1000</f>
         <v>1.0008999999999999</v>
       </c>
     </row>
-    <row r="7" spans="2:22" ht="15" x14ac:dyDescent="0.25">
-      <c r="B7" s="329">
+    <row r="7" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B7" s="312">
         <v>4</v>
       </c>
-      <c r="C7" s="344">
+      <c r="C7" s="327">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="D7" s="333">
+      <c r="D7" s="316">
         <f t="shared" si="1"/>
-        <v>1.0069999999999999</v>
+        <v>4.0069999999999997</v>
       </c>
       <c r="E7">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F7" t="str">
         <f>Calc2!$C7</f>
         <v>FC Bayern München</v>
       </c>
       <c r="G7">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F7)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F7)</f>
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="H7">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F7)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F7)</f>
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="I7">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J7">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="K7">
         <f t="array" ref="K7">SUMPRODUCT((Calc2!$F$4:$F$57=F7)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F7)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L7" s="333">
+        <v>6</v>
+      </c>
+      <c r="L7" s="316">
         <f t="array" ref="L7">SUMPRODUCT((Calc2!$F$4:$F$57=F7)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F7)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="M7">
         <f t="array" ref="M7">SUMPRODUCT((Calc2!$F$4:$G$57=F7)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N7">
         <f t="array" ref="N7">SUMPRODUCT((Calc2!$F$4:$F$57=F7)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F7)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O7">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F7)</f>
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="P7">
         <f t="array" ref="P7">SUMPRODUCT((Calc2!$G$4:$G$57=F7)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Q7">
         <f>SUMPRODUCT((F7=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F7=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S7" t="str">
         <f>Calc2!$C7</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="T7" s="415">
+      <c r="T7" s="397">
         <f>J7*Factors!$B$4+(I7+Factors!$D$5)*Factors!$B$5+G7*Factors!$B$6+O7*Factors!$B$7+L7*Factors!$B$8+P7*Factors!$B$9</f>
-        <v>500000</v>
+        <v>13501140.640999999</v>
       </c>
       <c r="U7">
         <f>'Tie-Break'!$D9</f>
         <v>0</v>
       </c>
-      <c r="V7" s="335">
+      <c r="V7" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B8" s="329">
+        <v>4.0008999999999997</v>
+      </c>
+    </row>
+    <row r="8" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B8" s="312">
         <v>5</v>
       </c>
-      <c r="C8" s="344">
+      <c r="C8" s="327">
         <f t="shared" si="0"/>
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="D8" s="333">
+        <v>16</v>
+      </c>
+      <c r="D8" s="316">
         <f t="shared" si="1"/>
-        <v>1.008</v>
+        <v>16.007999999999999</v>
       </c>
       <c r="E8">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="F8" t="str">
         <f>Calc2!$C8</f>
         <v>SL Benfica</v>
       </c>
       <c r="G8">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F8)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F8)</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H8">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F8)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F8)</f>
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="I8">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-7</v>
       </c>
       <c r="J8">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K8">
         <f t="array" ref="K8">SUMPRODUCT((Calc2!$F$4:$F$57=F8)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F8)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L8" s="333">
+        <v>6</v>
+      </c>
+      <c r="L8" s="316">
         <f t="array" ref="L8">SUMPRODUCT((Calc2!$F$4:$F$57=F8)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F8)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="M8">
         <f t="array" ref="M8">SUMPRODUCT((Calc2!$F$4:$G$57=F8)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N8">
         <f t="array" ref="N8">SUMPRODUCT((Calc2!$F$4:$F$57=F8)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F8)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O8">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F8)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="P8">
         <f t="array" ref="P8">SUMPRODUCT((Calc2!$G$4:$G$57=F8)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q8">
         <f>SUMPRODUCT((F8=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F8=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S8" t="str">
         <f>Calc2!$C8</f>
         <v>SL Benfica</v>
       </c>
-      <c r="T8" s="415">
+      <c r="T8" s="397">
         <f>J8*Factors!$B$4+(I8+Factors!$D$5)*Factors!$B$5+G8*Factors!$B$6+O8*Factors!$B$7+L8*Factors!$B$8+P8*Factors!$B$9</f>
-        <v>500000</v>
+        <v>2493040.2000000002</v>
       </c>
       <c r="U8">
         <f>'Tie-Break'!$D10</f>
         <v>0</v>
       </c>
-      <c r="V8" s="335">
+      <c r="V8" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B9" s="329">
+        <v>16.000900000000001</v>
+      </c>
+    </row>
+    <row r="9" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B9" s="312">
         <v>6</v>
       </c>
-      <c r="C9" s="344">
+      <c r="C9" s="327">
         <f t="shared" si="0"/>
-        <v>6</v>
-[...1 lines deleted...]
-      <c r="D9" s="333">
+        <v>3</v>
+      </c>
+      <c r="D9" s="316">
         <f t="shared" si="1"/>
-        <v>1.0089999999999999</v>
+        <v>3.0089999999999999</v>
       </c>
       <c r="E9">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F9" t="str">
         <f>Calc2!$C9</f>
         <v>Chelsea FC</v>
       </c>
       <c r="G9">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F9)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F9)</f>
-        <v>0</v>
+        <v>20</v>
       </c>
       <c r="H9">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F9)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F9)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I9">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>17</v>
       </c>
       <c r="J9">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>14</v>
       </c>
       <c r="K9">
         <f t="array" ref="K9">SUMPRODUCT((Calc2!$F$4:$F$57=F9)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F9)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L9" s="333">
+        <v>6</v>
+      </c>
+      <c r="L9" s="316">
         <f t="array" ref="L9">SUMPRODUCT((Calc2!$F$4:$F$57=F9)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F9)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="M9">
         <f t="array" ref="M9">SUMPRODUCT((Calc2!$F$4:$G$57=F9)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N9">
         <f t="array" ref="N9">SUMPRODUCT((Calc2!$F$4:$F$57=F9)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F9)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="O9">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F9)</f>
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="P9">
         <f t="array" ref="P9">SUMPRODUCT((Calc2!$G$4:$G$57=F9)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q9">
         <f>SUMPRODUCT((F9=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F9=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S9" t="str">
         <f>Calc2!$C9</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="T9" s="415">
+      <c r="T9" s="397">
         <f>J9*Factors!$B$4+(I9+Factors!$D$5)*Factors!$B$5+G9*Factors!$B$6+O9*Factors!$B$7+L9*Factors!$B$8+P9*Factors!$B$9</f>
-        <v>500000</v>
+        <v>14517200.942</v>
       </c>
       <c r="U9">
         <f>'Tie-Break'!$D11</f>
         <v>0</v>
       </c>
-      <c r="V9" s="335">
+      <c r="V9" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B10" s="329">
+        <v>3.0009000000000001</v>
+      </c>
+    </row>
+    <row r="10" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B10" s="312">
         <v>7</v>
       </c>
-      <c r="C10" s="344">
+      <c r="C10" s="327">
         <f t="shared" si="0"/>
-        <v>7</v>
-[...1 lines deleted...]
-      <c r="D10" s="333">
+        <v>8</v>
+      </c>
+      <c r="D10" s="316">
         <f t="shared" si="1"/>
-        <v>1.01</v>
+        <v>8.01</v>
       </c>
       <c r="E10">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="F10" t="str">
         <f>Calc2!$C10</f>
         <v>Juventus FC</v>
       </c>
       <c r="G10">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F10)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F10)</f>
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H10">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F10)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F10)</f>
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I10">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="J10">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="K10">
         <f t="array" ref="K10">SUMPRODUCT((Calc2!$F$4:$F$57=F10)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F10)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L10" s="333">
+        <v>6</v>
+      </c>
+      <c r="L10" s="316">
         <f t="array" ref="L10">SUMPRODUCT((Calc2!$F$4:$F$57=F10)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F10)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="M10">
         <f t="array" ref="M10">SUMPRODUCT((Calc2!$F$4:$G$57=F10)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N10">
         <f t="array" ref="N10">SUMPRODUCT((Calc2!$F$4:$F$57=F10)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F10)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O10">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F10)</f>
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="P10">
         <f t="array" ref="P10">SUMPRODUCT((Calc2!$G$4:$G$57=F10)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q10">
         <f>SUMPRODUCT((F10=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F10=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S10" t="str">
         <f>Calc2!$C10</f>
         <v>Juventus FC</v>
       </c>
-      <c r="T10" s="415">
+      <c r="T10" s="397">
         <f>J10*Factors!$B$4+(I10+Factors!$D$5)*Factors!$B$5+G10*Factors!$B$6+O10*Factors!$B$7+L10*Factors!$B$8+P10*Factors!$B$9</f>
-        <v>500000</v>
+        <v>10505130.832</v>
       </c>
       <c r="U10">
         <f>'Tie-Break'!$D12</f>
         <v>0</v>
       </c>
-      <c r="V10" s="335">
+      <c r="V10" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B11" s="329">
+        <v>8.0008999999999997</v>
+      </c>
+    </row>
+    <row r="11" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B11" s="312">
         <v>8</v>
       </c>
-      <c r="C11" s="344">
+      <c r="C11" s="327">
         <f t="shared" si="0"/>
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D11" s="333">
+        <v>6</v>
+      </c>
+      <c r="D11" s="316">
         <f t="shared" si="1"/>
-        <v>1.0109999999999999</v>
+        <v>6.0110000000000001</v>
       </c>
       <c r="E11">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F11" t="str">
         <f>Calc2!$C11</f>
         <v>Manchester United</v>
       </c>
       <c r="G11">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F11)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F11)</f>
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="H11">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F11)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F11)</f>
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I11">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-2</v>
       </c>
       <c r="J11">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="K11">
         <f t="array" ref="K11">SUMPRODUCT((Calc2!$F$4:$F$57=F11)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F11)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L11" s="333">
+        <v>6</v>
+      </c>
+      <c r="L11" s="316">
         <f t="array" ref="L11">SUMPRODUCT((Calc2!$F$4:$F$57=F11)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F11)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="M11">
         <f t="array" ref="M11">SUMPRODUCT((Calc2!$F$4:$G$57=F11)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>0</v>
       </c>
       <c r="N11">
         <f t="array" ref="N11">SUMPRODUCT((Calc2!$F$4:$F$57=F11)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F11)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O11">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F11)</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="P11">
         <f t="array" ref="P11">SUMPRODUCT((Calc2!$G$4:$G$57=F11)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q11">
         <f>SUMPRODUCT((F11=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F11=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S11" t="str">
         <f>Calc2!$C11</f>
         <v>Manchester United</v>
       </c>
-      <c r="T11" s="415">
+      <c r="T11" s="397">
         <f>J11*Factors!$B$4+(I11+Factors!$D$5)*Factors!$B$5+G11*Factors!$B$6+O11*Factors!$B$7+L11*Factors!$B$8+P11*Factors!$B$9</f>
-        <v>500000</v>
+        <v>12498070.442</v>
       </c>
       <c r="U11">
         <f>'Tie-Break'!$D13</f>
         <v>0</v>
       </c>
-      <c r="V11" s="335">
+      <c r="V11" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B12" s="329">
+        <v>6.0008999999999997</v>
+      </c>
+    </row>
+    <row r="12" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B12" s="312">
         <v>9</v>
       </c>
-      <c r="C12" s="344">
+      <c r="C12" s="327">
         <f t="shared" si="0"/>
-        <v>9</v>
-[...1 lines deleted...]
-      <c r="D12" s="333">
+        <v>12</v>
+      </c>
+      <c r="D12" s="316">
         <f t="shared" si="1"/>
-        <v>1.012</v>
+        <v>12.012</v>
       </c>
       <c r="E12">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F12" t="str">
         <f>Calc2!$C12</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="G12">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F12)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F12)</f>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="H12">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F12)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F12)</f>
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I12">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="J12">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="K12">
         <f t="array" ref="K12">SUMPRODUCT((Calc2!$F$4:$F$57=F12)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F12)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L12" s="333">
+        <v>6</v>
+      </c>
+      <c r="L12" s="316">
         <f t="array" ref="L12">SUMPRODUCT((Calc2!$F$4:$F$57=F12)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F12)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M12">
         <f t="array" ref="M12">SUMPRODUCT((Calc2!$F$4:$G$57=F12)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N12">
         <f t="array" ref="N12">SUMPRODUCT((Calc2!$F$4:$F$57=F12)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F12)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O12">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F12)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="P12">
         <f t="array" ref="P12">SUMPRODUCT((Calc2!$G$4:$G$57=F12)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q12">
         <f>SUMPRODUCT((F12=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F12=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S12" t="str">
         <f>Calc2!$C12</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="T12" s="415">
+      <c r="T12" s="397">
         <f>J12*Factors!$B$4+(I12+Factors!$D$5)*Factors!$B$5+G12*Factors!$B$6+O12*Factors!$B$7+L12*Factors!$B$8+P12*Factors!$B$9</f>
-        <v>500000</v>
+        <v>6495050.21</v>
       </c>
       <c r="U12">
         <f>'Tie-Break'!$D14</f>
         <v>0</v>
       </c>
-      <c r="V12" s="335">
+      <c r="V12" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B13" s="329">
+        <v>12.0009</v>
+      </c>
+    </row>
+    <row r="13" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B13" s="312">
         <v>10</v>
       </c>
-      <c r="C13" s="344">
+      <c r="C13" s="327">
         <f t="shared" si="0"/>
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D13" s="333">
+        <v>2</v>
+      </c>
+      <c r="D13" s="316">
         <f t="shared" si="1"/>
-        <v>1.0129999999999999</v>
+        <v>2.0129999999999999</v>
       </c>
       <c r="E13">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F13" t="str">
         <f>Calc2!$C13</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="G13">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F13)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F13)</f>
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="H13">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F13)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F13)</f>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="I13">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="J13">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="K13">
         <f t="array" ref="K13">SUMPRODUCT((Calc2!$F$4:$F$57=F13)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F13)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L13" s="333">
+        <v>6</v>
+      </c>
+      <c r="L13" s="316">
         <f t="array" ref="L13">SUMPRODUCT((Calc2!$F$4:$F$57=F13)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F13)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="M13">
         <f t="array" ref="M13">SUMPRODUCT((Calc2!$F$4:$G$57=F13)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N13">
         <f t="array" ref="N13">SUMPRODUCT((Calc2!$F$4:$F$57=F13)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F13)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="O13">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F13)</f>
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="P13">
         <f t="array" ref="P13">SUMPRODUCT((Calc2!$G$4:$G$57=F13)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="Q13">
         <f>SUMPRODUCT((F13=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F13=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S13" t="str">
         <f>Calc2!$C13</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="T13" s="415">
+      <c r="T13" s="397">
         <f>J13*Factors!$B$4+(I13+Factors!$D$5)*Factors!$B$5+G13*Factors!$B$6+O13*Factors!$B$7+L13*Factors!$B$8+P13*Factors!$B$9</f>
-        <v>500000</v>
+        <v>16513180.852000002</v>
       </c>
       <c r="U13">
         <f>'Tie-Break'!$D15</f>
         <v>0</v>
       </c>
-      <c r="V13" s="335">
+      <c r="V13" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B14" s="329">
+        <v>2.0009000000000001</v>
+      </c>
+    </row>
+    <row r="14" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B14" s="312">
         <v>11</v>
       </c>
-      <c r="C14" s="344">
+      <c r="C14" s="327">
         <f t="shared" si="0"/>
-        <v>11</v>
-[...1 lines deleted...]
-      <c r="D14" s="333">
+        <v>10</v>
+      </c>
+      <c r="D14" s="316">
         <f t="shared" si="1"/>
-        <v>1.014</v>
+        <v>10.013999999999999</v>
       </c>
       <c r="E14">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="F14" t="str">
         <f>Calc2!$C14</f>
         <v>Paris FC</v>
       </c>
       <c r="G14">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F14)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F14)</f>
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="H14">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F14)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F14)</f>
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I14">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-3</v>
       </c>
       <c r="J14">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="K14">
         <f t="array" ref="K14">SUMPRODUCT((Calc2!$F$4:$F$57=F14)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F14)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L14" s="333">
+        <v>6</v>
+      </c>
+      <c r="L14" s="316">
         <f t="array" ref="L14">SUMPRODUCT((Calc2!$F$4:$F$57=F14)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F14)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="M14">
         <f t="array" ref="M14">SUMPRODUCT((Calc2!$F$4:$G$57=F14)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N14">
         <f t="array" ref="N14">SUMPRODUCT((Calc2!$F$4:$F$57=F14)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F14)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="O14">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F14)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="P14">
         <f t="array" ref="P14">SUMPRODUCT((Calc2!$G$4:$G$57=F14)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Q14">
         <f>SUMPRODUCT((F14=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F14=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S14" t="str">
         <f>Calc2!$C14</f>
         <v>Paris FC</v>
       </c>
-      <c r="T14" s="415">
+      <c r="T14" s="397">
         <f>J14*Factors!$B$4+(I14+Factors!$D$5)*Factors!$B$5+G14*Factors!$B$6+O14*Factors!$B$7+L14*Factors!$B$8+P14*Factors!$B$9</f>
-        <v>500000</v>
+        <v>8497060.220999999</v>
       </c>
       <c r="U14">
         <f>'Tie-Break'!$D16</f>
         <v>0</v>
       </c>
-      <c r="V14" s="335">
+      <c r="V14" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B15" s="329">
+        <v>10.0009</v>
+      </c>
+    </row>
+    <row r="15" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B15" s="312">
         <v>12</v>
       </c>
-      <c r="C15" s="344">
+      <c r="C15" s="327">
         <f t="shared" si="0"/>
-        <v>12</v>
-[...1 lines deleted...]
-      <c r="D15" s="333">
+        <v>17</v>
+      </c>
+      <c r="D15" s="316">
         <f t="shared" si="1"/>
-        <v>1.0149999999999999</v>
+        <v>17.015000000000001</v>
       </c>
       <c r="E15">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>17</v>
       </c>
       <c r="F15" t="str">
         <f>Calc2!$C15</f>
         <v>Paris St. Germain</v>
       </c>
       <c r="G15">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F15)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F15)</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H15">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F15)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F15)</f>
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="I15">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-8</v>
       </c>
       <c r="J15">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="K15">
         <f t="array" ref="K15">SUMPRODUCT((Calc2!$F$4:$F$57=F15)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F15)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L15" s="333">
+        <v>6</v>
+      </c>
+      <c r="L15" s="316">
         <f t="array" ref="L15">SUMPRODUCT((Calc2!$F$4:$F$57=F15)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F15)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="M15">
         <f t="array" ref="M15">SUMPRODUCT((Calc2!$F$4:$G$57=F15)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N15">
         <f t="array" ref="N15">SUMPRODUCT((Calc2!$F$4:$F$57=F15)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F15)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O15">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F15)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="P15">
         <f t="array" ref="P15">SUMPRODUCT((Calc2!$G$4:$G$57=F15)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q15">
         <f>SUMPRODUCT((F15=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F15=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S15" t="str">
         <f>Calc2!$C15</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="T15" s="415">
+      <c r="T15" s="397">
         <f>J15*Factors!$B$4+(I15+Factors!$D$5)*Factors!$B$5+G15*Factors!$B$6+O15*Factors!$B$7+L15*Factors!$B$8+P15*Factors!$B$9</f>
-        <v>500000</v>
+        <v>2492040.2000000002</v>
       </c>
       <c r="U15">
         <f>'Tie-Break'!$D17</f>
         <v>0</v>
       </c>
-      <c r="V15" s="335">
+      <c r="V15" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B16" s="329">
+        <v>17.000900000000001</v>
+      </c>
+    </row>
+    <row r="16" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B16" s="312">
         <v>13</v>
       </c>
-      <c r="C16" s="344">
+      <c r="C16" s="327">
         <f t="shared" si="0"/>
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D16" s="333">
+        <v>7</v>
+      </c>
+      <c r="D16" s="316">
         <f t="shared" si="1"/>
-        <v>1.016</v>
+        <v>7.016</v>
       </c>
       <c r="E16">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F16" t="str">
         <f>Calc2!$C16</f>
         <v>Real Madrid</v>
       </c>
       <c r="G16">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F16)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F16)</f>
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H16">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F16)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F16)</f>
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I16">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="J16">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="K16">
         <f t="array" ref="K16">SUMPRODUCT((Calc2!$F$4:$F$57=F16)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F16)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L16" s="333">
+        <v>6</v>
+      </c>
+      <c r="L16" s="316">
         <f t="array" ref="L16">SUMPRODUCT((Calc2!$F$4:$F$57=F16)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F16)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="M16">
         <f t="array" ref="M16">SUMPRODUCT((Calc2!$F$4:$G$57=F16)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="N16">
         <f t="array" ref="N16">SUMPRODUCT((Calc2!$F$4:$F$57=F16)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F16)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="O16">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F16)</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="P16">
         <f t="array" ref="P16">SUMPRODUCT((Calc2!$G$4:$G$57=F16)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Q16">
         <f>SUMPRODUCT((F16=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F16=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S16" t="str">
         <f>Calc2!$C16</f>
         <v>Real Madrid</v>
       </c>
-      <c r="T16" s="415">
+      <c r="T16" s="397">
         <f>J16*Factors!$B$4+(I16+Factors!$D$5)*Factors!$B$5+G16*Factors!$B$6+O16*Factors!$B$7+L16*Factors!$B$8+P16*Factors!$B$9</f>
-        <v>500000</v>
+        <v>11506130.431</v>
       </c>
       <c r="U16">
         <f>'Tie-Break'!$D18</f>
         <v>0</v>
       </c>
-      <c r="V16" s="335">
+      <c r="V16" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B17" s="329">
+        <v>7.0008999999999997</v>
+      </c>
+    </row>
+    <row r="17" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B17" s="312">
         <v>14</v>
       </c>
-      <c r="C17" s="344">
+      <c r="C17" s="327">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
-      <c r="D17" s="333">
+      <c r="D17" s="316">
         <f t="shared" si="1"/>
-        <v>1.0169999999999999</v>
+        <v>14.016999999999999</v>
       </c>
       <c r="E17">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="F17" t="str">
         <f>Calc2!$C17</f>
         <v>AS Rom</v>
       </c>
       <c r="G17">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F17)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F17)</f>
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="H17">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F17)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F17)</f>
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="I17">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-10</v>
       </c>
       <c r="J17">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="K17">
         <f t="array" ref="K17">SUMPRODUCT((Calc2!$F$4:$F$57=F17)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F17)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L17" s="333">
+        <v>6</v>
+      </c>
+      <c r="L17" s="316">
         <f t="array" ref="L17">SUMPRODUCT((Calc2!$F$4:$F$57=F17)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F17)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M17">
         <f t="array" ref="M17">SUMPRODUCT((Calc2!$F$4:$G$57=F17)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N17">
         <f t="array" ref="N17">SUMPRODUCT((Calc2!$F$4:$F$57=F17)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F17)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O17">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F17)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="P17">
         <f t="array" ref="P17">SUMPRODUCT((Calc2!$G$4:$G$57=F17)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q17">
         <f>SUMPRODUCT((F17=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F17=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S17" t="str">
         <f>Calc2!$C17</f>
         <v>AS Rom</v>
       </c>
-      <c r="T17" s="415">
+      <c r="T17" s="397">
         <f>J17*Factors!$B$4+(I17+Factors!$D$5)*Factors!$B$5+G17*Factors!$B$6+O17*Factors!$B$7+L17*Factors!$B$8+P17*Factors!$B$9</f>
-        <v>500000</v>
+        <v>4490090.3099999996</v>
       </c>
       <c r="U17">
         <f>'Tie-Break'!$D19</f>
         <v>0</v>
       </c>
-      <c r="V17" s="335">
+      <c r="V17" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B18" s="329">
+        <v>14.0009</v>
+      </c>
+    </row>
+    <row r="18" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B18" s="312">
         <v>15</v>
       </c>
-      <c r="C18" s="344">
+      <c r="C18" s="327">
         <f t="shared" si="0"/>
-        <v>15</v>
-[...1 lines deleted...]
-      <c r="D18" s="333">
+        <v>18</v>
+      </c>
+      <c r="D18" s="316">
         <f t="shared" si="1"/>
-        <v>1.018</v>
+        <v>18.018000000000001</v>
       </c>
       <c r="E18">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="F18" t="str">
         <f>Calc2!$C18</f>
         <v>SKN St. Pölten</v>
       </c>
       <c r="G18">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F18)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F18)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="H18">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F18)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F18)</f>
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="I18">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-25</v>
       </c>
       <c r="J18">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K18">
         <f t="array" ref="K18">SUMPRODUCT((Calc2!$F$4:$F$57=F18)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F18)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L18" s="333">
+        <v>6</v>
+      </c>
+      <c r="L18" s="316">
         <f t="array" ref="L18">SUMPRODUCT((Calc2!$F$4:$F$57=F18)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F18)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="M18">
         <f t="array" ref="M18">SUMPRODUCT((Calc2!$F$4:$G$57=F18)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N18">
         <f t="array" ref="N18">SUMPRODUCT((Calc2!$F$4:$F$57=F18)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F18)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="O18">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F18)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="P18">
         <f t="array" ref="P18">SUMPRODUCT((Calc2!$G$4:$G$57=F18)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q18">
         <f>SUMPRODUCT((F18=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F18=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S18" t="str">
         <f>Calc2!$C18</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="T18" s="415">
+      <c r="T18" s="397">
         <f>J18*Factors!$B$4+(I18+Factors!$D$5)*Factors!$B$5+G18*Factors!$B$6+O18*Factors!$B$7+L18*Factors!$B$8+P18*Factors!$B$9</f>
-        <v>500000</v>
+        <v>1475030.3</v>
       </c>
       <c r="U18">
         <f>'Tie-Break'!$D20</f>
         <v>0</v>
       </c>
-      <c r="V18" s="335">
+      <c r="V18" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B19" s="329">
+        <v>18.000900000000001</v>
+      </c>
+    </row>
+    <row r="19" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B19" s="312">
         <v>16</v>
       </c>
-      <c r="C19" s="344">
+      <c r="C19" s="327">
         <f t="shared" si="0"/>
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="D19" s="333">
+        <v>15</v>
+      </c>
+      <c r="D19" s="316">
         <f t="shared" si="1"/>
-        <v>1.0189999999999999</v>
+        <v>15.019</v>
       </c>
       <c r="E19">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="F19" t="str">
         <f>Calc2!$C19</f>
         <v>FC Twente</v>
       </c>
       <c r="G19">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F19)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F19)</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H19">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F19)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F19)</f>
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I19">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-6</v>
       </c>
       <c r="J19">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="K19">
         <f t="array" ref="K19">SUMPRODUCT((Calc2!$F$4:$F$57=F19)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F19)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L19" s="333">
+        <v>6</v>
+      </c>
+      <c r="L19" s="316">
         <f t="array" ref="L19">SUMPRODUCT((Calc2!$F$4:$F$57=F19)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F19)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="M19">
         <f t="array" ref="M19">SUMPRODUCT((Calc2!$F$4:$G$57=F19)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="N19">
         <f t="array" ref="N19">SUMPRODUCT((Calc2!$F$4:$F$57=F19)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F19)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="O19">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F19)</f>
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="P19">
         <f t="array" ref="P19">SUMPRODUCT((Calc2!$G$4:$G$57=F19)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q19">
         <f>SUMPRODUCT((F19=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F19=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S19" t="str">
         <f>Calc2!$C19</f>
         <v>FC Twente</v>
       </c>
-      <c r="T19" s="415">
+      <c r="T19" s="397">
         <f>J19*Factors!$B$4+(I19+Factors!$D$5)*Factors!$B$5+G19*Factors!$B$6+O19*Factors!$B$7+L19*Factors!$B$8+P19*Factors!$B$9</f>
-        <v>500000</v>
+        <v>3494040.2</v>
       </c>
       <c r="U19">
         <f>'Tie-Break'!$D21</f>
         <v>0</v>
       </c>
-      <c r="V19" s="335">
+      <c r="V19" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B20" s="329">
+        <v>15.0009</v>
+      </c>
+    </row>
+    <row r="20" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="B20" s="312">
         <v>17</v>
       </c>
-      <c r="C20" s="344">
+      <c r="C20" s="327">
         <f t="shared" si="0"/>
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D20" s="333">
+        <v>13</v>
+      </c>
+      <c r="D20" s="316">
         <f t="shared" si="1"/>
-        <v>1.02</v>
+        <v>13.02</v>
       </c>
       <c r="E20">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F20" t="str">
         <f>Calc2!$C20</f>
         <v>Valerenga IF</v>
       </c>
       <c r="G20">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F20)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F20)</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="H20">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F20)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F20)</f>
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="I20">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>-5</v>
       </c>
       <c r="J20">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="K20">
         <f t="array" ref="K20">SUMPRODUCT((Calc2!$F$4:$F$57=F20)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F20)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L20" s="333">
+        <v>6</v>
+      </c>
+      <c r="L20" s="316">
         <f t="array" ref="L20">SUMPRODUCT((Calc2!$F$4:$F$57=F20)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F20)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="M20">
         <f t="array" ref="M20">SUMPRODUCT((Calc2!$F$4:$G$57=F20)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N20">
         <f t="array" ref="N20">SUMPRODUCT((Calc2!$F$4:$F$57=F20)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F20)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="O20">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F20)</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="P20">
         <f t="array" ref="P20">SUMPRODUCT((Calc2!$G$4:$G$57=F20)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Q20">
         <f>SUMPRODUCT((F20=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F20=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S20" t="str">
         <f>Calc2!$C20</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="T20" s="415">
+      <c r="T20" s="397">
         <f>J20*Factors!$B$4+(I20+Factors!$D$5)*Factors!$B$5+G20*Factors!$B$6+O20*Factors!$B$7+L20*Factors!$B$8+P20*Factors!$B$9</f>
-        <v>500000</v>
+        <v>4495040.1109999996</v>
       </c>
       <c r="U20">
         <f>'Tie-Break'!$D22</f>
         <v>0</v>
       </c>
-      <c r="V20" s="335">
+      <c r="V20" s="318">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="B21" s="329">
+        <v>13.0009</v>
+      </c>
+    </row>
+    <row r="21" spans="2:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B21" s="312">
         <v>18</v>
       </c>
-      <c r="C21" s="345">
+      <c r="C21" s="328">
         <f t="shared" si="0"/>
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D21" s="333">
+        <v>9</v>
+      </c>
+      <c r="D21" s="316">
         <f t="shared" si="1"/>
-        <v>1.0209999999999999</v>
+        <v>9.0210000000000008</v>
       </c>
       <c r="E21">
         <f t="shared" si="2"/>
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="F21" t="str">
         <f>Calc2!$C21</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="G21">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F21)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F21)</f>
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="H21">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F21)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F21)</f>
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="I21">
         <f t="shared" si="3"/>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="J21">
         <f t="shared" si="4"/>
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="K21">
         <f t="array" ref="K21">SUMPRODUCT((Calc2!$F$4:$F$57=F21)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F21)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L21" s="333">
+        <v>6</v>
+      </c>
+      <c r="L21" s="316">
         <f t="array" ref="L21">SUMPRODUCT((Calc2!$F$4:$F$57=F21)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F21)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="M21">
         <f t="array" ref="M21">SUMPRODUCT((Calc2!$F$4:$G$57=F21)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>0</v>
       </c>
       <c r="N21">
         <f t="array" ref="N21">SUMPRODUCT((Calc2!$F$4:$F$57=F21)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F21)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="O21">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F21)</f>
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="P21">
         <f t="array" ref="P21">SUMPRODUCT((Calc2!$G$4:$G$57=F21)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="Q21">
         <f>SUMPRODUCT((F21=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F21=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S21" t="str">
         <f>Calc2!$C21</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="T21" s="415">
+      <c r="T21" s="397">
         <f>J21*Factors!$B$4+(I21+Factors!$D$5)*Factors!$B$5+G21*Factors!$B$6+O21*Factors!$B$7+L21*Factors!$B$8+P21*Factors!$B$9</f>
-        <v>500000</v>
+        <v>9503130.3310000002</v>
       </c>
       <c r="U21">
         <f>'Tie-Break'!$D23</f>
         <v>0</v>
       </c>
-      <c r="V21" s="336">
+      <c r="V21" s="319">
         <f t="shared" si="5"/>
-        <v>1.0008999999999999</v>
-[...3 lines deleted...]
-      <c r="F22" s="430">
+        <v>9.0008999999999997</v>
+      </c>
+    </row>
+    <row r="22" spans="2:22" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="F22" s="412">
         <f>18-COUNTBLANK($F$4:$F$21)</f>
         <v>18</v>
       </c>
-      <c r="K22" s="493">
+      <c r="K22" s="475">
         <f>QUOTIENT(SUM(K4:K21),2)</f>
-        <v>0</v>
-[...11 lines deleted...]
-      <c r="F24" s="430">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="23" spans="2:22" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="F23" s="413" t="s">
+        <v>234</v>
+      </c>
+      <c r="K23" s="474" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="24" spans="2:22" x14ac:dyDescent="0.25">
+      <c r="F24" s="412">
         <f>QUOTIENT($F$22,2)</f>
         <v>9</v>
       </c>
     </row>
-    <row r="25" spans="2:22" ht="28.8" x14ac:dyDescent="0.3">
-      <c r="F25" s="431" t="s">
+    <row r="25" spans="2:22" ht="45" x14ac:dyDescent="0.25">
+      <c r="F25" s="413" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="26" spans="2:22" x14ac:dyDescent="0.3"/>
+    <row r="26" spans="2:22" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:O112"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="11.5546875" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="16" max="16384" width="11.5546875" hidden="1"/>
+    <col min="1" max="2" width="11.5703125" customWidth="1"/>
+    <col min="3" max="3" width="19.28515625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="11.5703125" customWidth="1"/>
+    <col min="6" max="7" width="19.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.5703125" customWidth="1"/>
+    <col min="9" max="9" width="8.42578125" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="34.28515625" bestFit="1" customWidth="1"/>
+    <col min="11" max="15" width="11.5703125" customWidth="1"/>
+    <col min="16" max="16384" width="11.5703125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>3</v>
       </c>
-      <c r="J3" s="329" t="s">
+      <c r="J3" s="312" t="s">
         <v>189</v>
       </c>
-      <c r="K3" s="329" t="s">
+      <c r="K3" s="312" t="s">
         <v>190</v>
       </c>
-      <c r="L3" s="329" t="s">
+      <c r="L3" s="312" t="s">
         <v>191</v>
       </c>
-      <c r="M3" s="555" t="s">
+      <c r="M3" s="550" t="s">
         <v>192</v>
       </c>
-      <c r="N3" s="555"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="N3" s="550"/>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>4</v>
       </c>
-      <c r="B4" s="330" t="s">
+      <c r="B4" s="313" t="s">
         <v>171</v>
       </c>
-      <c r="C4" s="325" t="str">
+      <c r="C4" s="308" t="str">
         <f>IF(Plan!$D7="","",Plan!D7)</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="E4" s="346">
-[...2 lines deleted...]
-      <c r="F4" s="360" t="str">
+      <c r="E4" s="329">
+        <v>1</v>
+      </c>
+      <c r="F4" s="343" t="str">
         <f>Plan!$Q7</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G4" s="361" t="str">
+      <c r="G4" s="344" t="str">
         <f>Plan!$S7</f>
         <v>SL Benfica</v>
       </c>
-      <c r="H4" s="356" t="str">
+      <c r="H4" s="339">
         <f>IF(AND(Results!$Q$6&gt;0,$E4-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I9&lt;&gt;"",Results!$K9&lt;&gt;"",Results!$F9&lt;&gt;Results!$H9,$F4&lt;&gt;"",$G4&lt;&gt;""),Results!$I9,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I4" s="353" t="str">
+        <v>2</v>
+      </c>
+      <c r="I4" s="336">
         <f>IF(AND(Results!$Q$6&gt;0,$E4-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I9&lt;&gt;"",Results!$K9&lt;&gt;"",Results!$F9&lt;&gt;Results!$H9,$F4&lt;&gt;"",$G4&lt;&gt;""),Results!$K9,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J4" s="360" t="str">
+        <v>1</v>
+      </c>
+      <c r="J4" s="343" t="str">
         <f>IF(Plan!$I7=0,F4&amp;G4,"")</f>
         <v>Juventus FCSL Benfica</v>
       </c>
-      <c r="K4" s="356">
+      <c r="K4" s="339">
         <f>IF(AND(F4&lt;&gt;"",G4&lt;&gt;"",F4&lt;&gt;G4,H4&lt;&gt;"",I4&lt;&gt;""),1,0)</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L4" s="353" t="str">
+        <v>1</v>
+      </c>
+      <c r="L4" s="336" t="str">
         <f>IF(AND(K4&gt;0,Plan!$I7=0),H4&amp;Language!$E$90&amp;I4,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M4" s="356">
+        <v>2 : 1</v>
+      </c>
+      <c r="M4" s="339">
         <f>IF($H4="",0,Results!$L9)</f>
         <v>0</v>
       </c>
-      <c r="N4" s="353">
+      <c r="N4" s="336">
         <f>IF($I4="",0,Results!$M9)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>5</v>
       </c>
-      <c r="B5" s="331" t="s">
+      <c r="B5" s="314" t="s">
         <v>172</v>
       </c>
-      <c r="C5" s="326" t="str">
+      <c r="C5" s="309" t="str">
         <f>IF(Plan!$D8="","",Plan!D8)</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="E5" s="347">
+      <c r="E5" s="330">
         <v>2</v>
       </c>
-      <c r="F5" s="362" t="str">
+      <c r="F5" s="345" t="str">
         <f>Plan!$Q8</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G5" s="363" t="str">
+      <c r="G5" s="346" t="str">
         <f>Plan!$S8</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="H5" s="354" t="str">
+      <c r="H5" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E5-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I10&lt;&gt;"",Results!$K10&lt;&gt;"",Results!$F10&lt;&gt;Results!$H10,$F5&lt;&gt;"",$G5&lt;&gt;""),Results!$I10,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I5" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I5" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E5-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I10&lt;&gt;"",Results!$K10&lt;&gt;"",Results!$F10&lt;&gt;Results!$H10,$F5&lt;&gt;"",$G5&lt;&gt;""),Results!$K10,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J5" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J5" s="345" t="str">
         <f>IF(Plan!$I8=0,F5&amp;G5,"")</f>
         <v>Arsenal WFCOL Lyonnes</v>
       </c>
-      <c r="K5" s="357">
+      <c r="K5" s="340">
         <f>IF(AND(F5&lt;&gt;"",G5&lt;&gt;"",F5&lt;&gt;G5,H5&lt;&gt;"",I5&lt;&gt;""),1,0)</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L5" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L5" s="341" t="str">
         <f>IF(AND(K5&gt;0,Plan!$I8=0),H5&amp;Language!$E$90&amp;I5,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M5" s="357">
+        <v>1 : 2</v>
+      </c>
+      <c r="M5" s="340">
         <f>IF($H5="",0,Results!$L10)</f>
         <v>0</v>
       </c>
-      <c r="N5" s="358">
+      <c r="N5" s="341">
         <f>IF($I5="",0,Results!$M10)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>6</v>
       </c>
-      <c r="B6" s="331" t="s">
+      <c r="B6" s="314" t="s">
         <v>173</v>
       </c>
-      <c r="C6" s="326" t="str">
+      <c r="C6" s="309" t="str">
         <f>IF(Plan!$D9="","",Plan!D9)</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="E6" s="347">
+      <c r="E6" s="330">
         <v>3</v>
       </c>
-      <c r="F6" s="362" t="str">
+      <c r="F6" s="345" t="str">
         <f>Plan!$Q9</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G6" s="363" t="str">
+      <c r="G6" s="346" t="str">
         <f>Plan!$S9</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="H6" s="354" t="str">
+      <c r="H6" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E6-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I11&lt;&gt;"",Results!$K11&lt;&gt;"",Results!$F11&lt;&gt;Results!$H11,$F6&lt;&gt;"",$G6&lt;&gt;""),Results!$I11,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I6" s="354" t="str">
+        <v>7</v>
+      </c>
+      <c r="I6" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E6-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I11&lt;&gt;"",Results!$K11&lt;&gt;"",Results!$F11&lt;&gt;Results!$H11,$F6&lt;&gt;"",$G6&lt;&gt;""),Results!$K11,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J6" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J6" s="345" t="str">
         <f>IF(Plan!$I9=0,F6&amp;G6,"")</f>
         <v>FC BarcelonaFC Bayern München</v>
       </c>
-      <c r="K6" s="357">
+      <c r="K6" s="340">
         <f t="shared" ref="K6:K57" si="0">IF(AND(F6&lt;&gt;"",G6&lt;&gt;"",F6&lt;&gt;G6,H6&lt;&gt;"",I6&lt;&gt;""),1,0)</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L6" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L6" s="341" t="str">
         <f>IF(AND(K6&gt;0,Plan!$I9=0),H6&amp;Language!$E$90&amp;I6,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M6" s="357">
+        <v>7 : 1</v>
+      </c>
+      <c r="M6" s="340">
         <f>IF($H6="",0,Results!$L11)</f>
         <v>0</v>
       </c>
-      <c r="N6" s="358">
+      <c r="N6" s="341">
         <f>IF($I6="",0,Results!$M11)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B7" s="331" t="s">
+    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B7" s="314" t="s">
         <v>174</v>
       </c>
-      <c r="C7" s="326" t="str">
+      <c r="C7" s="309" t="str">
         <f>IF(Plan!$D10="","",Plan!D10)</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="E7" s="347">
+      <c r="E7" s="330">
         <v>4</v>
       </c>
-      <c r="F7" s="362" t="str">
+      <c r="F7" s="345" t="str">
         <f>Plan!$Q10</f>
         <v>Paris FC</v>
       </c>
-      <c r="G7" s="363" t="str">
+      <c r="G7" s="346" t="str">
         <f>Plan!$S10</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="H7" s="354" t="str">
+      <c r="H7" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E7-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I12&lt;&gt;"",Results!$K12&lt;&gt;"",Results!$F12&lt;&gt;Results!$H12,$F7&lt;&gt;"",$G7&lt;&gt;""),Results!$I12,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I7" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I7" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E7-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I12&lt;&gt;"",Results!$K12&lt;&gt;"",Results!$F12&lt;&gt;Results!$H12,$F7&lt;&gt;"",$G7&lt;&gt;""),Results!$K12,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J7" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J7" s="345" t="str">
         <f>IF(Plan!$I10=0,F7&amp;G7,"")</f>
         <v>Paris FCOud-Heverlee Leuven</v>
       </c>
-      <c r="K7" s="357">
+      <c r="K7" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L7" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L7" s="341" t="str">
         <f>IF(AND(K7&gt;0,Plan!$I10=0),H7&amp;Language!$E$90&amp;I7,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M7" s="357">
+        <v>2 : 2</v>
+      </c>
+      <c r="M7" s="340">
         <f>IF($H7="",0,Results!$L12)</f>
         <v>0</v>
       </c>
-      <c r="N7" s="358">
+      <c r="N7" s="341">
         <f>IF($I7="",0,Results!$M12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B8" s="331" t="s">
+    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B8" s="314" t="s">
         <v>175</v>
       </c>
-      <c r="C8" s="326" t="str">
+      <c r="C8" s="309" t="str">
         <f>IF(Plan!$D11="","",Plan!D11)</f>
         <v>SL Benfica</v>
       </c>
-      <c r="E8" s="347">
+      <c r="E8" s="330">
         <v>5</v>
       </c>
-      <c r="F8" s="362" t="str">
+      <c r="F8" s="345" t="str">
         <f>Plan!$Q11</f>
         <v>FC Twente</v>
       </c>
-      <c r="G8" s="363" t="str">
+      <c r="G8" s="346" t="str">
         <f>Plan!$S11</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="H8" s="354" t="str">
+      <c r="H8" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E8-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I13&lt;&gt;"",Results!$K13&lt;&gt;"",Results!$F13&lt;&gt;Results!$H13,$F8&lt;&gt;"",$G8&lt;&gt;""),Results!$I13,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I8" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I8" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E8-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I13&lt;&gt;"",Results!$K13&lt;&gt;"",Results!$F13&lt;&gt;Results!$H13,$F8&lt;&gt;"",$G8&lt;&gt;""),Results!$K13,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J8" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J8" s="345" t="str">
         <f>IF(Plan!$I11=0,F8&amp;G8,"")</f>
         <v>FC TwenteChelsea FC</v>
       </c>
-      <c r="K8" s="357">
+      <c r="K8" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L8" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L8" s="341" t="str">
         <f>IF(AND(K8&gt;0,Plan!$I11=0),H8&amp;Language!$E$90&amp;I8,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M8" s="357">
+        <v>1 : 1</v>
+      </c>
+      <c r="M8" s="340">
         <f>IF($H8="",0,Results!$L13)</f>
         <v>0</v>
       </c>
-      <c r="N8" s="358">
+      <c r="N8" s="341">
         <f>IF($I8="",0,Results!$M13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B9" s="331" t="s">
+    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B9" s="314" t="s">
         <v>176</v>
       </c>
-      <c r="C9" s="326" t="str">
+      <c r="C9" s="309" t="str">
         <f>IF(Plan!$D12="","",Plan!D12)</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="E9" s="347">
+      <c r="E9" s="330">
         <v>6</v>
       </c>
-      <c r="F9" s="362" t="str">
+      <c r="F9" s="345" t="str">
         <f>Plan!$Q12</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G9" s="363" t="str">
+      <c r="G9" s="346" t="str">
         <f>Plan!$S12</f>
         <v>AS Rom</v>
       </c>
-      <c r="H9" s="354" t="str">
+      <c r="H9" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E9-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I14&lt;&gt;"",Results!$K14&lt;&gt;"",Results!$F14&lt;&gt;Results!$H14,$F9&lt;&gt;"",$G9&lt;&gt;""),Results!$I14,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I9" s="354" t="str">
+        <v>6</v>
+      </c>
+      <c r="I9" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E9-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I14&lt;&gt;"",Results!$K14&lt;&gt;"",Results!$F14&lt;&gt;Results!$H14,$F9&lt;&gt;"",$G9&lt;&gt;""),Results!$K14,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J9" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J9" s="345" t="str">
         <f>IF(Plan!$I12=0,F9&amp;G9,"")</f>
         <v>Real MadridAS Rom</v>
       </c>
-      <c r="K9" s="357">
+      <c r="K9" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L9" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L9" s="341" t="str">
         <f>IF(AND(K9&gt;0,Plan!$I12=0),H9&amp;Language!$E$90&amp;I9,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M9" s="357">
+        <v>6 : 2</v>
+      </c>
+      <c r="M9" s="340">
         <f>IF($H9="",0,Results!$L14)</f>
         <v>0</v>
       </c>
-      <c r="N9" s="358">
+      <c r="N9" s="341">
         <f>IF($I9="",0,Results!$M14)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B10" s="331" t="s">
+    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B10" s="314" t="s">
         <v>177</v>
       </c>
-      <c r="C10" s="326" t="str">
+      <c r="C10" s="309" t="str">
         <f>IF(Plan!$D13="","",Plan!D13)</f>
         <v>Juventus FC</v>
       </c>
-      <c r="E10" s="347">
+      <c r="E10" s="330">
         <v>7</v>
       </c>
-      <c r="F10" s="362" t="str">
+      <c r="F10" s="345" t="str">
         <f>Plan!$Q13</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G10" s="363" t="str">
+      <c r="G10" s="346" t="str">
         <f>Plan!$S13</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="H10" s="354" t="str">
+      <c r="H10" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E10-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I15&lt;&gt;"",Results!$K15&lt;&gt;"",Results!$F15&lt;&gt;Results!$H15,$F10&lt;&gt;"",$G10&lt;&gt;""),Results!$I15,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I10" s="354" t="str">
+        <v>4</v>
+      </c>
+      <c r="I10" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E10-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I15&lt;&gt;"",Results!$K15&lt;&gt;"",Results!$F15&lt;&gt;Results!$H15,$F10&lt;&gt;"",$G10&lt;&gt;""),Results!$K15,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J10" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J10" s="345" t="str">
         <f>IF(Plan!$I13=0,F10&amp;G10,"")</f>
         <v>VfL WolfsburgParis St. Germain</v>
       </c>
-      <c r="K10" s="357">
+      <c r="K10" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L10" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L10" s="341" t="str">
         <f>IF(AND(K10&gt;0,Plan!$I13=0),H10&amp;Language!$E$90&amp;I10,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M10" s="357">
+        <v>4 : 0</v>
+      </c>
+      <c r="M10" s="340">
         <f>IF($H10="",0,Results!$L15)</f>
         <v>0</v>
       </c>
-      <c r="N10" s="358">
+      <c r="N10" s="341">
         <f>IF($I10="",0,Results!$M15)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B11" s="331" t="s">
+    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B11" s="314" t="s">
         <v>178</v>
       </c>
-      <c r="C11" s="326" t="str">
+      <c r="C11" s="309" t="str">
         <f>IF(Plan!$D14="","",Plan!D14)</f>
         <v>Manchester United</v>
       </c>
-      <c r="E11" s="347">
+      <c r="E11" s="330">
         <v>8</v>
       </c>
-      <c r="F11" s="362" t="str">
+      <c r="F11" s="345" t="str">
         <f>Plan!$Q14</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="G11" s="363" t="str">
+      <c r="G11" s="346" t="str">
         <f>Plan!$S14</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="H11" s="354" t="str">
+      <c r="H11" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E11-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I16&lt;&gt;"",Results!$K16&lt;&gt;"",Results!$F16&lt;&gt;Results!$H16,$F11&lt;&gt;"",$G11&lt;&gt;""),Results!$I16,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I11" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I11" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E11-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I16&lt;&gt;"",Results!$K16&lt;&gt;"",Results!$F16&lt;&gt;Results!$H16,$F11&lt;&gt;"",$G11&lt;&gt;""),Results!$K16,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J11" s="362" t="str">
+        <v>6</v>
+      </c>
+      <c r="J11" s="345" t="str">
         <f>IF(Plan!$I14=0,F11&amp;G11,"")</f>
         <v>SKN St. PöltenAtletico Madrid</v>
       </c>
-      <c r="K11" s="357">
+      <c r="K11" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L11" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L11" s="341" t="str">
         <f>IF(AND(K11&gt;0,Plan!$I14=0),H11&amp;Language!$E$90&amp;I11,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M11" s="357">
+        <v>0 : 6</v>
+      </c>
+      <c r="M11" s="340">
         <f>IF($H11="",0,Results!$L16)</f>
         <v>0</v>
       </c>
-      <c r="N11" s="358">
+      <c r="N11" s="341">
         <f>IF($I11="",0,Results!$M16)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B12" s="331" t="s">
+    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B12" s="314" t="s">
         <v>179</v>
       </c>
-      <c r="C12" s="326" t="str">
+      <c r="C12" s="309" t="str">
         <f>IF(Plan!$D15="","",Plan!D15)</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="E12" s="347">
+      <c r="E12" s="330">
         <v>9</v>
       </c>
-      <c r="F12" s="362" t="str">
+      <c r="F12" s="345" t="str">
         <f>Plan!$Q15</f>
         <v>Manchester United</v>
       </c>
-      <c r="G12" s="363" t="str">
+      <c r="G12" s="346" t="str">
         <f>Plan!$S15</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="H12" s="354" t="str">
+      <c r="H12" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E12-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I17&lt;&gt;"",Results!$K17&lt;&gt;"",Results!$F17&lt;&gt;Results!$H17,$F12&lt;&gt;"",$G12&lt;&gt;""),Results!$I17,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I12" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I12" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E12-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I17&lt;&gt;"",Results!$K17&lt;&gt;"",Results!$F17&lt;&gt;Results!$H17,$F12&lt;&gt;"",$G12&lt;&gt;""),Results!$K17,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J12" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J12" s="345" t="str">
         <f>IF(Plan!$I15=0,F12&amp;G12,"")</f>
         <v>Manchester UnitedValerenga IF</v>
       </c>
-      <c r="K12" s="357">
+      <c r="K12" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L12" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L12" s="341" t="str">
         <f>IF(AND(K12&gt;0,Plan!$I15=0),H12&amp;Language!$E$90&amp;I12,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M12" s="357">
+        <v>1 : 0</v>
+      </c>
+      <c r="M12" s="340">
         <f>IF($H12="",0,Results!$L17)</f>
         <v>0</v>
       </c>
-      <c r="N12" s="358">
+      <c r="N12" s="341">
         <f>IF($I12="",0,Results!$M17)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B13" s="331" t="s">
+    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B13" s="314" t="s">
         <v>180</v>
       </c>
-      <c r="C13" s="326" t="str">
+      <c r="C13" s="309" t="str">
         <f>IF(Plan!$D16="","",Plan!D16)</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="E13" s="347">
+      <c r="E13" s="330">
         <v>10</v>
       </c>
-      <c r="F13" s="362" t="str">
+      <c r="F13" s="345" t="str">
         <f>Plan!$Q16</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G13" s="363" t="str">
+      <c r="G13" s="346" t="str">
         <f>Plan!$S16</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="H13" s="354" t="str">
+      <c r="H13" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E13-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I18&lt;&gt;"",Results!$K18&lt;&gt;"",Results!$F18&lt;&gt;Results!$H18,$F13&lt;&gt;"",$G13&lt;&gt;""),Results!$I18,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I13" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I13" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E13-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I18&lt;&gt;"",Results!$K18&lt;&gt;"",Results!$F18&lt;&gt;Results!$H18,$F13&lt;&gt;"",$G13&lt;&gt;""),Results!$K18,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J13" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J13" s="345" t="str">
         <f>IF(Plan!$I16=0,F13&amp;G13,"")</f>
         <v>Valerenga IFVfL Wolfsburg</v>
       </c>
-      <c r="K13" s="357">
+      <c r="K13" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L13" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L13" s="341" t="str">
         <f>IF(AND(K13&gt;0,Plan!$I16=0),H13&amp;Language!$E$90&amp;I13,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M13" s="357">
+        <v>1 : 2</v>
+      </c>
+      <c r="M13" s="340">
         <f>IF($H13="",0,Results!$L18)</f>
         <v>0</v>
       </c>
-      <c r="N13" s="358">
+      <c r="N13" s="341">
         <f>IF($I13="",0,Results!$M18)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B14" s="331" t="s">
+    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B14" s="314" t="s">
         <v>181</v>
       </c>
-      <c r="C14" s="326" t="str">
+      <c r="C14" s="309" t="str">
         <f>IF(Plan!$D17="","",Plan!D17)</f>
         <v>Paris FC</v>
       </c>
-      <c r="E14" s="347">
+      <c r="E14" s="330">
         <v>11</v>
       </c>
-      <c r="F14" s="362" t="str">
+      <c r="F14" s="345" t="str">
         <f>Plan!$Q17</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="G14" s="363" t="str">
+      <c r="G14" s="346" t="str">
         <f>Plan!$S17</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="H14" s="354" t="str">
+      <c r="H14" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E14-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I19&lt;&gt;"",Results!$K19&lt;&gt;"",Results!$F19&lt;&gt;Results!$H19,$F14&lt;&gt;"",$G14&lt;&gt;""),Results!$I19,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I14" s="354" t="str">
+        <v>3</v>
+      </c>
+      <c r="I14" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E14-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I19&lt;&gt;"",Results!$K19&lt;&gt;"",Results!$F19&lt;&gt;Results!$H19,$F14&lt;&gt;"",$G14&lt;&gt;""),Results!$K19,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J14" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J14" s="345" t="str">
         <f>IF(Plan!$I17=0,F14&amp;G14,"")</f>
         <v>OL LyonnesSKN St. Pölten</v>
       </c>
-      <c r="K14" s="357">
+      <c r="K14" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L14" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L14" s="341" t="str">
         <f>IF(AND(K14&gt;0,Plan!$I17=0),H14&amp;Language!$E$90&amp;I14,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M14" s="357">
+        <v>3 : 0</v>
+      </c>
+      <c r="M14" s="340">
         <f>IF($H14="",0,Results!$L19)</f>
         <v>0</v>
       </c>
-      <c r="N14" s="358">
+      <c r="N14" s="341">
         <f>IF($I14="",0,Results!$M19)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B15" s="331" t="s">
+    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B15" s="314" t="s">
         <v>182</v>
       </c>
-      <c r="C15" s="326" t="str">
+      <c r="C15" s="309" t="str">
         <f>IF(Plan!$D18="","",Plan!D18)</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="E15" s="347">
+      <c r="E15" s="330">
         <v>12</v>
       </c>
-      <c r="F15" s="362" t="str">
+      <c r="F15" s="345" t="str">
         <f>Plan!$Q18</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="G15" s="363" t="str">
+      <c r="G15" s="346" t="str">
         <f>Plan!$S18</f>
         <v>Paris FC</v>
       </c>
-      <c r="H15" s="354" t="str">
+      <c r="H15" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E15-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I20&lt;&gt;"",Results!$K20&lt;&gt;"",Results!$F20&lt;&gt;Results!$H20,$F15&lt;&gt;"",$G15&lt;&gt;""),Results!$I20,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I15" s="354" t="str">
+        <v>4</v>
+      </c>
+      <c r="I15" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E15-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I20&lt;&gt;"",Results!$K20&lt;&gt;"",Results!$F20&lt;&gt;Results!$H20,$F15&lt;&gt;"",$G15&lt;&gt;""),Results!$K20,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J15" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J15" s="345" t="str">
         <f>IF(Plan!$I18=0,F15&amp;G15,"")</f>
         <v>Chelsea FCParis FC</v>
       </c>
-      <c r="K15" s="357">
+      <c r="K15" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L15" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L15" s="341" t="str">
         <f>IF(AND(K15&gt;0,Plan!$I18=0),H15&amp;Language!$E$90&amp;I15,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M15" s="357">
+        <v>4 : 0</v>
+      </c>
+      <c r="M15" s="340">
         <f>IF($H15="",0,Results!$L20)</f>
         <v>0</v>
       </c>
-      <c r="N15" s="358">
+      <c r="N15" s="341">
         <f>IF($I15="",0,Results!$M20)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B16" s="331" t="s">
+    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="B16" s="314" t="s">
         <v>183</v>
       </c>
-      <c r="C16" s="326" t="str">
+      <c r="C16" s="309" t="str">
         <f>IF(Plan!$D19="","",Plan!D19)</f>
         <v>Real Madrid</v>
       </c>
-      <c r="E16" s="347">
+      <c r="E16" s="330">
         <v>13</v>
       </c>
-      <c r="F16" s="362" t="str">
+      <c r="F16" s="345" t="str">
         <f>Plan!$Q19</f>
         <v>AS Rom</v>
       </c>
-      <c r="G16" s="363" t="str">
+      <c r="G16" s="346" t="str">
         <f>Plan!$S19</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="H16" s="354" t="str">
+      <c r="H16" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E16-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I21&lt;&gt;"",Results!$K21&lt;&gt;"",Results!$F21&lt;&gt;Results!$H21,$F16&lt;&gt;"",$G16&lt;&gt;""),Results!$I21,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I16" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I16" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E16-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I21&lt;&gt;"",Results!$K21&lt;&gt;"",Results!$F21&lt;&gt;Results!$H21,$F16&lt;&gt;"",$G16&lt;&gt;""),Results!$K21,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J16" s="362" t="str">
+        <v>4</v>
+      </c>
+      <c r="J16" s="345" t="str">
         <f>IF(Plan!$I19=0,F16&amp;G16,"")</f>
         <v>AS RomFC Barcelona</v>
       </c>
-      <c r="K16" s="357">
+      <c r="K16" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L16" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L16" s="341" t="str">
         <f>IF(AND(K16&gt;0,Plan!$I19=0),H16&amp;Language!$E$90&amp;I16,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M16" s="357">
+        <v>0 : 4</v>
+      </c>
+      <c r="M16" s="340">
         <f>IF($H16="",0,Results!$L21)</f>
         <v>0</v>
       </c>
-      <c r="N16" s="358">
+      <c r="N16" s="341">
         <f>IF($I16="",0,Results!$M21)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="2:14" ht="15" x14ac:dyDescent="0.25">
-      <c r="B17" s="331" t="s">
+    <row r="17" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B17" s="314" t="s">
         <v>184</v>
       </c>
-      <c r="C17" s="326" t="str">
+      <c r="C17" s="309" t="str">
         <f>IF(Plan!$D20="","",Plan!D20)</f>
         <v>AS Rom</v>
       </c>
-      <c r="E17" s="347">
+      <c r="E17" s="330">
         <v>14</v>
       </c>
-      <c r="F17" s="362" t="str">
+      <c r="F17" s="345" t="str">
         <f>Plan!$Q20</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="G17" s="363" t="str">
+      <c r="G17" s="346" t="str">
         <f>Plan!$S20</f>
         <v>FC Twente</v>
       </c>
-      <c r="H17" s="354" t="str">
+      <c r="H17" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E17-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I22&lt;&gt;"",Results!$K22&lt;&gt;"",Results!$F22&lt;&gt;Results!$H22,$F17&lt;&gt;"",$G17&lt;&gt;""),Results!$I22,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I17" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I17" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E17-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I22&lt;&gt;"",Results!$K22&lt;&gt;"",Results!$F22&lt;&gt;Results!$H22,$F17&lt;&gt;"",$G17&lt;&gt;""),Results!$K22,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J17" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J17" s="345" t="str">
         <f>IF(Plan!$I20=0,F17&amp;G17,"")</f>
         <v>Oud-Heverlee LeuvenFC Twente</v>
       </c>
-      <c r="K17" s="357">
+      <c r="K17" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L17" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L17" s="341" t="str">
         <f>IF(AND(K17&gt;0,Plan!$I20=0),H17&amp;Language!$E$90&amp;I17,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M17" s="357">
+        <v>2 : 1</v>
+      </c>
+      <c r="M17" s="340">
         <f>IF($H17="",0,Results!$L22)</f>
         <v>0</v>
       </c>
-      <c r="N17" s="358">
+      <c r="N17" s="341">
         <f>IF($I17="",0,Results!$M22)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="B18" s="331" t="s">
+    <row r="18" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B18" s="314" t="s">
         <v>185</v>
       </c>
-      <c r="C18" s="326" t="str">
+      <c r="C18" s="309" t="str">
         <f>IF(Plan!$D21="","",Plan!D21)</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="E18" s="347">
+      <c r="E18" s="330">
         <v>15</v>
       </c>
-      <c r="F18" s="362" t="str">
+      <c r="F18" s="345" t="str">
         <f>Plan!$Q21</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G18" s="363" t="str">
+      <c r="G18" s="346" t="str">
         <f>Plan!$S21</f>
         <v>Manchester United</v>
       </c>
-      <c r="H18" s="354" t="str">
+      <c r="H18" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E18-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I23&lt;&gt;"",Results!$K23&lt;&gt;"",Results!$F23&lt;&gt;Results!$H23,$F18&lt;&gt;"",$G18&lt;&gt;""),Results!$I23,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I18" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I18" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E18-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I23&lt;&gt;"",Results!$K23&lt;&gt;"",Results!$F23&lt;&gt;Results!$H23,$F18&lt;&gt;"",$G18&lt;&gt;""),Results!$K23,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J18" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J18" s="345" t="str">
         <f>IF(Plan!$I21=0,F18&amp;G18,"")</f>
         <v>Atletico MadridManchester United</v>
       </c>
-      <c r="K18" s="357">
+      <c r="K18" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L18" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L18" s="341" t="str">
         <f>IF(AND(K18&gt;0,Plan!$I21=0),H18&amp;Language!$E$90&amp;I18,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M18" s="357">
+        <v>0 : 1</v>
+      </c>
+      <c r="M18" s="340">
         <f>IF($H18="",0,Results!$L23)</f>
         <v>0</v>
       </c>
-      <c r="N18" s="358">
+      <c r="N18" s="341">
         <f>IF($I18="",0,Results!$M23)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="B19" s="331" t="s">
+    <row r="19" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B19" s="314" t="s">
         <v>186</v>
       </c>
-      <c r="C19" s="326" t="str">
+      <c r="C19" s="309" t="str">
         <f>IF(Plan!$D22="","",Plan!D22)</f>
         <v>FC Twente</v>
       </c>
-      <c r="E19" s="347">
+      <c r="E19" s="330">
         <v>16</v>
       </c>
-      <c r="F19" s="362" t="str">
+      <c r="F19" s="345" t="str">
         <f>Plan!$Q22</f>
         <v>SL Benfica</v>
       </c>
-      <c r="G19" s="363" t="str">
+      <c r="G19" s="346" t="str">
         <f>Plan!$S22</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="H19" s="354" t="str">
+      <c r="H19" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E19-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I24&lt;&gt;"",Results!$K24&lt;&gt;"",Results!$F24&lt;&gt;Results!$H24,$F19&lt;&gt;"",$G19&lt;&gt;""),Results!$I24,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I19" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I19" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E19-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I24&lt;&gt;"",Results!$K24&lt;&gt;"",Results!$F24&lt;&gt;Results!$H24,$F19&lt;&gt;"",$G19&lt;&gt;""),Results!$K24,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J19" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J19" s="345" t="str">
         <f>IF(Plan!$I22=0,F19&amp;G19,"")</f>
         <v>SL BenficaArsenal WFC</v>
       </c>
-      <c r="K19" s="357">
+      <c r="K19" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L19" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L19" s="341" t="str">
         <f>IF(AND(K19&gt;0,Plan!$I22=0),H19&amp;Language!$E$90&amp;I19,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M19" s="357">
+        <v>0 : 2</v>
+      </c>
+      <c r="M19" s="340">
         <f>IF($H19="",0,Results!$L24)</f>
         <v>0</v>
       </c>
-      <c r="N19" s="358">
+      <c r="N19" s="341">
         <f>IF($I19="",0,Results!$M24)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="B20" s="331" t="s">
+    <row r="20" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B20" s="314" t="s">
         <v>187</v>
       </c>
-      <c r="C20" s="326" t="str">
+      <c r="C20" s="309" t="str">
         <f>IF(Plan!$D23="","",Plan!D23)</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="E20" s="347">
+      <c r="E20" s="330">
         <v>17</v>
       </c>
-      <c r="F20" s="362" t="str">
+      <c r="F20" s="345" t="str">
         <f>Plan!$Q23</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="G20" s="363" t="str">
+      <c r="G20" s="346" t="str">
         <f>Plan!$S23</f>
         <v>Juventus FC</v>
       </c>
-      <c r="H20" s="354" t="str">
+      <c r="H20" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E20-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I25&lt;&gt;"",Results!$K25&lt;&gt;"",Results!$F25&lt;&gt;Results!$H25,$F20&lt;&gt;"",$G20&lt;&gt;""),Results!$I25,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I20" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I20" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E20-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I25&lt;&gt;"",Results!$K25&lt;&gt;"",Results!$F25&lt;&gt;Results!$H25,$F20&lt;&gt;"",$G20&lt;&gt;""),Results!$K25,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J20" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J20" s="345" t="str">
         <f>IF(Plan!$I23=0,F20&amp;G20,"")</f>
         <v>FC Bayern MünchenJuventus FC</v>
       </c>
-      <c r="K20" s="357">
+      <c r="K20" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L20" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L20" s="341" t="str">
         <f>IF(AND(K20&gt;0,Plan!$I23=0),H20&amp;Language!$E$90&amp;I20,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M20" s="357">
+        <v>2 : 1</v>
+      </c>
+      <c r="M20" s="340">
         <f>IF($H20="",0,Results!$L25)</f>
         <v>0</v>
       </c>
-      <c r="N20" s="358">
+      <c r="N20" s="341">
         <f>IF($I20="",0,Results!$M25)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="B21" s="332" t="s">
+    <row r="21" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="B21" s="315" t="s">
         <v>188</v>
       </c>
-      <c r="C21" s="328" t="str">
+      <c r="C21" s="311" t="str">
         <f>IF(Plan!$D24="","",Plan!D24)</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="E21" s="348">
+      <c r="E21" s="331">
         <v>18</v>
       </c>
-      <c r="F21" s="362" t="str">
+      <c r="F21" s="345" t="str">
         <f>Plan!$Q24</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="G21" s="363" t="str">
+      <c r="G21" s="346" t="str">
         <f>Plan!$S24</f>
         <v>Real Madrid</v>
       </c>
-      <c r="H21" s="354" t="str">
+      <c r="H21" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E21-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I26&lt;&gt;"",Results!$K26&lt;&gt;"",Results!$F26&lt;&gt;Results!$H26,$F21&lt;&gt;"",$G21&lt;&gt;""),Results!$I26,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I21" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I21" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E21-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I26&lt;&gt;"",Results!$K26&lt;&gt;"",Results!$F26&lt;&gt;Results!$H26,$F21&lt;&gt;"",$G21&lt;&gt;""),Results!$K26,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J21" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J21" s="345" t="str">
         <f>IF(Plan!$I24=0,F21&amp;G21,"")</f>
         <v>Paris St. GermainReal Madrid</v>
       </c>
-      <c r="K21" s="357">
+      <c r="K21" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L21" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L21" s="341" t="str">
         <f>IF(AND(K21&gt;0,Plan!$I24=0),H21&amp;Language!$E$90&amp;I21,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M21" s="357">
+        <v>1 : 2</v>
+      </c>
+      <c r="M21" s="340">
         <f>IF($H21="",0,Results!$L26)</f>
         <v>0</v>
       </c>
-      <c r="N21" s="358">
+      <c r="N21" s="341">
         <f>IF($I21="",0,Results!$M26)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E22" s="349">
+    <row r="22" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E22" s="332">
         <v>19</v>
       </c>
-      <c r="F22" s="362" t="str">
+      <c r="F22" s="345" t="str">
         <f>Plan!$Q25</f>
         <v>AS Rom</v>
       </c>
-      <c r="G22" s="363" t="str">
+      <c r="G22" s="346" t="str">
         <f>Plan!$S25</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="H22" s="354" t="str">
+      <c r="H22" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E22-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I27&lt;&gt;"",Results!$K27&lt;&gt;"",Results!$F27&lt;&gt;Results!$H27,$F22&lt;&gt;"",$G22&lt;&gt;""),Results!$I27,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I22" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I22" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E22-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I27&lt;&gt;"",Results!$K27&lt;&gt;"",Results!$F27&lt;&gt;Results!$H27,$F22&lt;&gt;"",$G22&lt;&gt;""),Results!$K27,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J22" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J22" s="345" t="str">
         <f>IF(Plan!$I25=0,F22&amp;G22,"")</f>
         <v>AS RomValerenga IF</v>
       </c>
-      <c r="K22" s="357">
+      <c r="K22" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L22" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L22" s="341" t="str">
         <f>IF(AND(K22&gt;0,Plan!$I25=0),H22&amp;Language!$E$90&amp;I22,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M22" s="357">
+        <v>0 : 1</v>
+      </c>
+      <c r="M22" s="340">
         <f>IF($H22="",0,Results!$L27)</f>
         <v>0</v>
       </c>
-      <c r="N22" s="358">
+      <c r="N22" s="341">
         <f>IF($I22="",0,Results!$M27)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E23" s="349">
+    <row r="23" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E23" s="332">
         <v>20</v>
       </c>
-      <c r="F23" s="362" t="str">
+      <c r="F23" s="345" t="str">
         <f>Plan!$Q26</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="G23" s="363" t="str">
+      <c r="G23" s="346" t="str">
         <f>Plan!$S26</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="H23" s="354" t="str">
+      <c r="H23" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E23-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I28&lt;&gt;"",Results!$K28&lt;&gt;"",Results!$F28&lt;&gt;Results!$H28,$F23&lt;&gt;"",$G23&lt;&gt;""),Results!$I28,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I23" s="354" t="str">
+        <v>3</v>
+      </c>
+      <c r="I23" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E23-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I28&lt;&gt;"",Results!$K28&lt;&gt;"",Results!$F28&lt;&gt;Results!$H28,$F23&lt;&gt;"",$G23&lt;&gt;""),Results!$K28,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J23" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J23" s="345" t="str">
         <f>IF(Plan!$I26=0,F23&amp;G23,"")</f>
         <v>OL LyonnesVfL Wolfsburg</v>
       </c>
-      <c r="K23" s="357">
+      <c r="K23" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L23" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L23" s="341" t="str">
         <f>IF(AND(K23&gt;0,Plan!$I26=0),H23&amp;Language!$E$90&amp;I23,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M23" s="357">
+        <v>3 : 1</v>
+      </c>
+      <c r="M23" s="340">
         <f>IF($H23="",0,Results!$L28)</f>
         <v>0</v>
       </c>
-      <c r="N23" s="358">
+      <c r="N23" s="341">
         <f>IF($I23="",0,Results!$M28)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E24" s="349">
+    <row r="24" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E24" s="332">
         <v>21</v>
       </c>
-      <c r="F24" s="362" t="str">
+      <c r="F24" s="345" t="str">
         <f>Plan!$Q27</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="G24" s="363" t="str">
+      <c r="G24" s="346" t="str">
         <f>Plan!$S27</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="H24" s="354" t="str">
+      <c r="H24" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E24-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I29&lt;&gt;"",Results!$K29&lt;&gt;"",Results!$F29&lt;&gt;Results!$H29,$F24&lt;&gt;"",$G24&lt;&gt;""),Results!$I29,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I24" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I24" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E24-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I29&lt;&gt;"",Results!$K29&lt;&gt;"",Results!$F29&lt;&gt;Results!$H29,$F24&lt;&gt;"",$G24&lt;&gt;""),Results!$K29,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J24" s="362" t="str">
+        <v>6</v>
+      </c>
+      <c r="J24" s="345" t="str">
         <f>IF(Plan!$I27=0,F24&amp;G24,"")</f>
         <v>SKN St. PöltenChelsea FC</v>
       </c>
-      <c r="K24" s="357">
+      <c r="K24" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L24" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L24" s="341" t="str">
         <f>IF(AND(K24&gt;0,Plan!$I27=0),H24&amp;Language!$E$90&amp;I24,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M24" s="357">
+        <v>0 : 6</v>
+      </c>
+      <c r="M24" s="340">
         <f>IF($H24="",0,Results!$L29)</f>
         <v>0</v>
       </c>
-      <c r="N24" s="358">
+      <c r="N24" s="341">
         <f>IF($I24="",0,Results!$M29)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E25" s="349">
+    <row r="25" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E25" s="332">
         <v>22</v>
       </c>
-      <c r="F25" s="362" t="str">
+      <c r="F25" s="345" t="str">
         <f>Plan!$Q28</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G25" s="363" t="str">
+      <c r="G25" s="346" t="str">
         <f>Plan!$S28</f>
         <v>Paris FC</v>
       </c>
-      <c r="H25" s="354" t="str">
+      <c r="H25" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E25-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I30&lt;&gt;"",Results!$K30&lt;&gt;"",Results!$F30&lt;&gt;Results!$H30,$F25&lt;&gt;"",$G25&lt;&gt;""),Results!$I30,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I25" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I25" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E25-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I30&lt;&gt;"",Results!$K30&lt;&gt;"",Results!$F30&lt;&gt;Results!$H30,$F25&lt;&gt;"",$G25&lt;&gt;""),Results!$K30,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J25" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J25" s="345" t="str">
         <f>IF(Plan!$I28=0,F25&amp;G25,"")</f>
         <v>Real MadridParis FC</v>
       </c>
-      <c r="K25" s="357">
+      <c r="K25" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L25" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L25" s="341" t="str">
         <f>IF(AND(K25&gt;0,Plan!$I28=0),H25&amp;Language!$E$90&amp;I25,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M25" s="357">
+        <v>1 : 1</v>
+      </c>
+      <c r="M25" s="340">
         <f>IF($H25="",0,Results!$L30)</f>
         <v>0</v>
       </c>
-      <c r="N25" s="358">
+      <c r="N25" s="341">
         <f>IF($I25="",0,Results!$M30)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E26" s="349">
+    <row r="26" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E26" s="332">
         <v>23</v>
       </c>
-      <c r="F26" s="362" t="str">
+      <c r="F26" s="345" t="str">
         <f>Plan!$Q29</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="G26" s="363" t="str">
+      <c r="G26" s="346" t="str">
         <f>Plan!$S29</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="H26" s="354" t="str">
+      <c r="H26" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E26-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I31&lt;&gt;"",Results!$K31&lt;&gt;"",Results!$F31&lt;&gt;Results!$H31,$F26&lt;&gt;"",$G26&lt;&gt;""),Results!$I31,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I26" s="354" t="str">
+        <v>3</v>
+      </c>
+      <c r="I26" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E26-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I31&lt;&gt;"",Results!$K31&lt;&gt;"",Results!$F31&lt;&gt;Results!$H31,$F26&lt;&gt;"",$G26&lt;&gt;""),Results!$K31,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J26" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J26" s="345" t="str">
         <f>IF(Plan!$I29=0,F26&amp;G26,"")</f>
         <v>FC Bayern MünchenArsenal WFC</v>
       </c>
-      <c r="K26" s="357">
+      <c r="K26" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L26" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L26" s="341" t="str">
         <f>IF(AND(K26&gt;0,Plan!$I29=0),H26&amp;Language!$E$90&amp;I26,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M26" s="357">
+        <v>3 : 2</v>
+      </c>
+      <c r="M26" s="340">
         <f>IF($H26="",0,Results!$L31)</f>
         <v>0</v>
       </c>
-      <c r="N26" s="358">
+      <c r="N26" s="341">
         <f>IF($I26="",0,Results!$M31)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E27" s="349">
+    <row r="27" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E27" s="332">
         <v>24</v>
       </c>
-      <c r="F27" s="362" t="str">
+      <c r="F27" s="345" t="str">
         <f>Plan!$Q30</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G27" s="363" t="str">
+      <c r="G27" s="346" t="str">
         <f>Plan!$S30</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="H27" s="354" t="str">
+      <c r="H27" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E27-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I32&lt;&gt;"",Results!$K32&lt;&gt;"",Results!$F32&lt;&gt;Results!$H32,$F27&lt;&gt;"",$G27&lt;&gt;""),Results!$I32,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I27" s="354" t="str">
+        <v>3</v>
+      </c>
+      <c r="I27" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E27-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I32&lt;&gt;"",Results!$K32&lt;&gt;"",Results!$F32&lt;&gt;Results!$H32,$F27&lt;&gt;"",$G27&lt;&gt;""),Results!$K32,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J27" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J27" s="345" t="str">
         <f>IF(Plan!$I30=0,F27&amp;G27,"")</f>
         <v>FC BarcelonaOud-Heverlee Leuven</v>
       </c>
-      <c r="K27" s="357">
+      <c r="K27" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L27" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L27" s="341" t="str">
         <f>IF(AND(K27&gt;0,Plan!$I30=0),H27&amp;Language!$E$90&amp;I27,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M27" s="357">
+        <v>3 : 0</v>
+      </c>
+      <c r="M27" s="340">
         <f>IF($H27="",0,Results!$L32)</f>
         <v>0</v>
       </c>
-      <c r="N27" s="358">
+      <c r="N27" s="341">
         <f>IF($I27="",0,Results!$M32)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E28" s="349">
+    <row r="28" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E28" s="332">
         <v>25</v>
       </c>
-      <c r="F28" s="362" t="str">
+      <c r="F28" s="345" t="str">
         <f>Plan!$Q31</f>
         <v>Manchester United</v>
       </c>
-      <c r="G28" s="363" t="str">
+      <c r="G28" s="346" t="str">
         <f>Plan!$S31</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="H28" s="354" t="str">
+      <c r="H28" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E28-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I33&lt;&gt;"",Results!$K33&lt;&gt;"",Results!$F33&lt;&gt;Results!$H33,$F28&lt;&gt;"",$G28&lt;&gt;""),Results!$I33,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I28" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I28" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E28-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I33&lt;&gt;"",Results!$K33&lt;&gt;"",Results!$F33&lt;&gt;Results!$H33,$F28&lt;&gt;"",$G28&lt;&gt;""),Results!$K33,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J28" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J28" s="345" t="str">
         <f>IF(Plan!$I31=0,F28&amp;G28,"")</f>
         <v>Manchester UnitedParis St. Germain</v>
       </c>
-      <c r="K28" s="357">
+      <c r="K28" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L28" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L28" s="341" t="str">
         <f>IF(AND(K28&gt;0,Plan!$I31=0),H28&amp;Language!$E$90&amp;I28,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M28" s="357">
+        <v>2 : 1</v>
+      </c>
+      <c r="M28" s="340">
         <f>IF($H28="",0,Results!$L33)</f>
         <v>0</v>
       </c>
-      <c r="N28" s="358">
+      <c r="N28" s="341">
         <f>IF($I28="",0,Results!$M33)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E29" s="349">
+    <row r="29" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E29" s="332">
         <v>26</v>
       </c>
-      <c r="F29" s="362" t="str">
+      <c r="F29" s="345" t="str">
         <f>Plan!$Q32</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G29" s="363" t="str">
+      <c r="G29" s="346" t="str">
         <f>Plan!$S32</f>
         <v>Juventus FC</v>
       </c>
-      <c r="H29" s="354" t="str">
+      <c r="H29" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E29-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I34&lt;&gt;"",Results!$K34&lt;&gt;"",Results!$F34&lt;&gt;Results!$H34,$F29&lt;&gt;"",$G29&lt;&gt;""),Results!$I34,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I29" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I29" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E29-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I34&lt;&gt;"",Results!$K34&lt;&gt;"",Results!$F34&lt;&gt;Results!$H34,$F29&lt;&gt;"",$G29&lt;&gt;""),Results!$K34,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J29" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J29" s="345" t="str">
         <f>IF(Plan!$I32=0,F29&amp;G29,"")</f>
         <v>Atletico MadridJuventus FC</v>
       </c>
-      <c r="K29" s="357">
+      <c r="K29" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L29" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L29" s="341" t="str">
         <f>IF(AND(K29&gt;0,Plan!$I32=0),H29&amp;Language!$E$90&amp;I29,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M29" s="357">
+        <v>1 : 2</v>
+      </c>
+      <c r="M29" s="340">
         <f>IF($H29="",0,Results!$L34)</f>
         <v>0</v>
       </c>
-      <c r="N29" s="358">
+      <c r="N29" s="341">
         <f>IF($I29="",0,Results!$M34)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E30" s="349">
+    <row r="30" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E30" s="332">
         <v>27</v>
       </c>
-      <c r="F30" s="362" t="str">
+      <c r="F30" s="345" t="str">
         <f>Plan!$Q33</f>
         <v>SL Benfica</v>
       </c>
-      <c r="G30" s="363" t="str">
+      <c r="G30" s="346" t="str">
         <f>Plan!$S33</f>
         <v>FC Twente</v>
       </c>
-      <c r="H30" s="354" t="str">
+      <c r="H30" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E30-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I35&lt;&gt;"",Results!$K35&lt;&gt;"",Results!$F35&lt;&gt;Results!$H35,$F30&lt;&gt;"",$G30&lt;&gt;""),Results!$I35,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I30" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I30" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E30-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I35&lt;&gt;"",Results!$K35&lt;&gt;"",Results!$F35&lt;&gt;Results!$H35,$F30&lt;&gt;"",$G30&lt;&gt;""),Results!$K35,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J30" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J30" s="345" t="str">
         <f>IF(Plan!$I33=0,F30&amp;G30,"")</f>
         <v>SL BenficaFC Twente</v>
       </c>
-      <c r="K30" s="357">
+      <c r="K30" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L30" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L30" s="341" t="str">
         <f>IF(AND(K30&gt;0,Plan!$I33=0),H30&amp;Language!$E$90&amp;I30,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M30" s="357">
+        <v>1 : 1</v>
+      </c>
+      <c r="M30" s="340">
         <f>IF($H30="",0,Results!$L35)</f>
         <v>0</v>
       </c>
-      <c r="N30" s="358">
+      <c r="N30" s="341">
         <f>IF($I30="",0,Results!$M35)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E31" s="349">
+    <row r="31" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E31" s="332">
         <v>28</v>
       </c>
-      <c r="F31" s="362" t="str">
+      <c r="F31" s="345" t="str">
         <f>Plan!$Q34</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G31" s="363" t="str">
+      <c r="G31" s="346" t="str">
         <f>Plan!$S34</f>
         <v>Manchester United</v>
       </c>
-      <c r="H31" s="354" t="str">
+      <c r="H31" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E31-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I36&lt;&gt;"",Results!$K36&lt;&gt;"",Results!$F36&lt;&gt;Results!$H36,$F31&lt;&gt;"",$G31&lt;&gt;""),Results!$I36,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I31" s="354" t="str">
+        <v>5</v>
+      </c>
+      <c r="I31" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E31-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I36&lt;&gt;"",Results!$K36&lt;&gt;"",Results!$F36&lt;&gt;Results!$H36,$F31&lt;&gt;"",$G31&lt;&gt;""),Results!$K36,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J31" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J31" s="345" t="str">
         <f>IF(Plan!$I34=0,F31&amp;G31,"")</f>
         <v>VfL WolfsburgManchester United</v>
       </c>
-      <c r="K31" s="357">
+      <c r="K31" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L31" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L31" s="341" t="str">
         <f>IF(AND(K31&gt;0,Plan!$I34=0),H31&amp;Language!$E$90&amp;I31,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M31" s="357">
+        <v>5 : 2</v>
+      </c>
+      <c r="M31" s="340">
         <f>IF($H31="",0,Results!$L36)</f>
         <v>0</v>
       </c>
-      <c r="N31" s="358">
+      <c r="N31" s="341">
         <f>IF($I31="",0,Results!$M36)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="2:14" x14ac:dyDescent="0.3">
-      <c r="E32" s="349">
+    <row r="32" spans="2:14" x14ac:dyDescent="0.25">
+      <c r="E32" s="332">
         <v>29</v>
       </c>
-      <c r="F32" s="362" t="str">
+      <c r="F32" s="345" t="str">
         <f>Plan!$Q35</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G32" s="363" t="str">
+      <c r="G32" s="346" t="str">
         <f>Plan!$S35</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="H32" s="354" t="str">
+      <c r="H32" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E32-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I37&lt;&gt;"",Results!$K37&lt;&gt;"",Results!$F37&lt;&gt;Results!$H37,$F32&lt;&gt;"",$G32&lt;&gt;""),Results!$I37,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I32" s="354" t="str">
+        <v>3</v>
+      </c>
+      <c r="I32" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E32-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I37&lt;&gt;"",Results!$K37&lt;&gt;"",Results!$F37&lt;&gt;Results!$H37,$F32&lt;&gt;"",$G32&lt;&gt;""),Results!$K37,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J32" s="362" t="str">
+        <v>3</v>
+      </c>
+      <c r="J32" s="345" t="str">
         <f>IF(Plan!$I35=0,F32&amp;G32,"")</f>
         <v>Juventus FCOL Lyonnes</v>
       </c>
-      <c r="K32" s="357">
+      <c r="K32" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L32" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L32" s="341" t="str">
         <f>IF(AND(K32&gt;0,Plan!$I35=0),H32&amp;Language!$E$90&amp;I32,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M32" s="357">
+        <v>3 : 3</v>
+      </c>
+      <c r="M32" s="340">
         <f>IF($H32="",0,Results!$L37)</f>
         <v>0</v>
       </c>
-      <c r="N32" s="358">
+      <c r="N32" s="341">
         <f>IF($I32="",0,Results!$M37)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E33" s="349">
+    <row r="33" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E33" s="332">
         <v>30</v>
       </c>
-      <c r="F33" s="362" t="str">
+      <c r="F33" s="345" t="str">
         <f>Plan!$Q36</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G33" s="363" t="str">
+      <c r="G33" s="346" t="str">
         <f>Plan!$S36</f>
         <v>Real Madrid</v>
       </c>
-      <c r="H33" s="354" t="str">
+      <c r="H33" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E33-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I38&lt;&gt;"",Results!$K38&lt;&gt;"",Results!$F38&lt;&gt;Results!$H38,$F33&lt;&gt;"",$G33&lt;&gt;""),Results!$I38,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I33" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I33" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E33-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I38&lt;&gt;"",Results!$K38&lt;&gt;"",Results!$F38&lt;&gt;Results!$H38,$F33&lt;&gt;"",$G33&lt;&gt;""),Results!$K38,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J33" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J33" s="345" t="str">
         <f>IF(Plan!$I36=0,F33&amp;G33,"")</f>
         <v>Arsenal WFCReal Madrid</v>
       </c>
-      <c r="K33" s="357">
+      <c r="K33" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L33" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L33" s="341" t="str">
         <f>IF(AND(K33&gt;0,Plan!$I36=0),H33&amp;Language!$E$90&amp;I33,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M33" s="357">
+        <v>2 : 1</v>
+      </c>
+      <c r="M33" s="340">
         <f>IF($H33="",0,Results!$L38)</f>
         <v>0</v>
       </c>
-      <c r="N33" s="358">
+      <c r="N33" s="341">
         <f>IF($I33="",0,Results!$M38)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E34" s="349">
+    <row r="34" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E34" s="332">
         <v>31</v>
       </c>
-      <c r="F34" s="362" t="str">
+      <c r="F34" s="345" t="str">
         <f>Plan!$Q37</f>
         <v>Paris FC</v>
       </c>
-      <c r="G34" s="363" t="str">
+      <c r="G34" s="346" t="str">
         <f>Plan!$S37</f>
         <v>SL Benfica</v>
       </c>
-      <c r="H34" s="354" t="str">
+      <c r="H34" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E34-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I39&lt;&gt;"",Results!$K39&lt;&gt;"",Results!$F39&lt;&gt;Results!$H39,$F34&lt;&gt;"",$G34&lt;&gt;""),Results!$I39,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I34" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I34" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E34-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I39&lt;&gt;"",Results!$K39&lt;&gt;"",Results!$F39&lt;&gt;Results!$H39,$F34&lt;&gt;"",$G34&lt;&gt;""),Results!$K39,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J34" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J34" s="345" t="str">
         <f>IF(Plan!$I37=0,F34&amp;G34,"")</f>
         <v>Paris FCSL Benfica</v>
       </c>
-      <c r="K34" s="357">
+      <c r="K34" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L34" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L34" s="341" t="str">
         <f>IF(AND(K34&gt;0,Plan!$I37=0),H34&amp;Language!$E$90&amp;I34,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M34" s="357">
+        <v>2 : 0</v>
+      </c>
+      <c r="M34" s="340">
         <f>IF($H34="",0,Results!$L39)</f>
         <v>0</v>
       </c>
-      <c r="N34" s="358">
+      <c r="N34" s="341">
         <f>IF($I34="",0,Results!$M39)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E35" s="349">
+    <row r="35" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E35" s="332">
         <v>32</v>
       </c>
-      <c r="F35" s="362" t="str">
+      <c r="F35" s="345" t="str">
         <f>Plan!$Q38</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G35" s="363" t="str">
+      <c r="G35" s="346" t="str">
         <f>Plan!$S38</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="H35" s="354" t="str">
+      <c r="H35" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E35-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I40&lt;&gt;"",Results!$K40&lt;&gt;"",Results!$F40&lt;&gt;Results!$H40,$F35&lt;&gt;"",$G35&lt;&gt;""),Results!$I40,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I35" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I35" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E35-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I40&lt;&gt;"",Results!$K40&lt;&gt;"",Results!$F40&lt;&gt;Results!$H40,$F35&lt;&gt;"",$G35&lt;&gt;""),Results!$K40,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J35" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J35" s="345" t="str">
         <f>IF(Plan!$I38=0,F35&amp;G35,"")</f>
         <v>Valerenga IFSKN St. Pölten</v>
       </c>
-      <c r="K35" s="357">
+      <c r="K35" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L35" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L35" s="341" t="str">
         <f>IF(AND(K35&gt;0,Plan!$I38=0),H35&amp;Language!$E$90&amp;I35,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M35" s="357">
+        <v>2 : 2</v>
+      </c>
+      <c r="M35" s="340">
         <f>IF($H35="",0,Results!$L40)</f>
         <v>0</v>
       </c>
-      <c r="N35" s="358">
+      <c r="N35" s="341">
         <f>IF($I35="",0,Results!$M40)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E36" s="349">
+    <row r="36" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E36" s="332">
         <v>33</v>
       </c>
-      <c r="F36" s="362" t="str">
+      <c r="F36" s="345" t="str">
         <f>Plan!$Q39</f>
         <v>FC Twente</v>
       </c>
-      <c r="G36" s="363" t="str">
+      <c r="G36" s="346" t="str">
         <f>Plan!$S39</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="H36" s="354" t="str">
+      <c r="H36" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E36-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I41&lt;&gt;"",Results!$K41&lt;&gt;"",Results!$F41&lt;&gt;Results!$H41,$F36&lt;&gt;"",$G36&lt;&gt;""),Results!$I41,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I36" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I36" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E36-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I41&lt;&gt;"",Results!$K41&lt;&gt;"",Results!$F41&lt;&gt;Results!$H41,$F36&lt;&gt;"",$G36&lt;&gt;""),Results!$K41,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J36" s="362" t="str">
+        <v>4</v>
+      </c>
+      <c r="J36" s="345" t="str">
         <f>IF(Plan!$I39=0,F36&amp;G36,"")</f>
         <v>FC TwenteAtletico Madrid</v>
       </c>
-      <c r="K36" s="357">
+      <c r="K36" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L36" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L36" s="341" t="str">
         <f>IF(AND(K36&gt;0,Plan!$I39=0),H36&amp;Language!$E$90&amp;I36,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M36" s="357">
+        <v>0 : 4</v>
+      </c>
+      <c r="M36" s="340">
         <f>IF($H36="",0,Results!$L41)</f>
         <v>0</v>
       </c>
-      <c r="N36" s="358">
+      <c r="N36" s="341">
         <f>IF($I36="",0,Results!$M41)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E37" s="349">
+    <row r="37" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E37" s="332">
         <v>34</v>
       </c>
-      <c r="F37" s="362" t="str">
+      <c r="F37" s="345" t="str">
         <f>Plan!$Q40</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="G37" s="363" t="str">
+      <c r="G37" s="346" t="str">
         <f>Plan!$S40</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="H37" s="354" t="str">
+      <c r="H37" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E37-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I42&lt;&gt;"",Results!$K42&lt;&gt;"",Results!$F42&lt;&gt;Results!$H42,$F37&lt;&gt;"",$G37&lt;&gt;""),Results!$I42,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I37" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I37" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E37-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I42&lt;&gt;"",Results!$K42&lt;&gt;"",Results!$F42&lt;&gt;Results!$H42,$F37&lt;&gt;"",$G37&lt;&gt;""),Results!$K42,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J37" s="362" t="str">
+        <v>3</v>
+      </c>
+      <c r="J37" s="345" t="str">
         <f>IF(Plan!$I40=0,F37&amp;G37,"")</f>
         <v>Paris St. GermainFC Bayern München</v>
       </c>
-      <c r="K37" s="357">
+      <c r="K37" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L37" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L37" s="341" t="str">
         <f>IF(AND(K37&gt;0,Plan!$I40=0),H37&amp;Language!$E$90&amp;I37,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M37" s="357">
+        <v>1 : 3</v>
+      </c>
+      <c r="M37" s="340">
         <f>IF($H37="",0,Results!$L42)</f>
         <v>0</v>
       </c>
-      <c r="N37" s="358">
+      <c r="N37" s="341">
         <f>IF($I37="",0,Results!$M42)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E38" s="349">
+    <row r="38" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E38" s="332">
         <v>35</v>
       </c>
-      <c r="F38" s="362" t="str">
+      <c r="F38" s="345" t="str">
         <f>Plan!$Q41</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="G38" s="363" t="str">
+      <c r="G38" s="346" t="str">
         <f>Plan!$S41</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="H38" s="354" t="str">
+      <c r="H38" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E38-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I43&lt;&gt;"",Results!$K43&lt;&gt;"",Results!$F43&lt;&gt;Results!$H43,$F38&lt;&gt;"",$G38&lt;&gt;""),Results!$I43,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I38" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I38" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E38-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I43&lt;&gt;"",Results!$K43&lt;&gt;"",Results!$F43&lt;&gt;Results!$H43,$F38&lt;&gt;"",$G38&lt;&gt;""),Results!$K43,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J38" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J38" s="345" t="str">
         <f>IF(Plan!$I41=0,F38&amp;G38,"")</f>
         <v>Chelsea FCFC Barcelona</v>
       </c>
-      <c r="K38" s="357">
+      <c r="K38" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L38" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L38" s="341" t="str">
         <f>IF(AND(K38&gt;0,Plan!$I41=0),H38&amp;Language!$E$90&amp;I38,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M38" s="357">
+        <v>1 : 1</v>
+      </c>
+      <c r="M38" s="340">
         <f>IF($H38="",0,Results!$L43)</f>
         <v>0</v>
       </c>
-      <c r="N38" s="358">
+      <c r="N38" s="341">
         <f>IF($I38="",0,Results!$M43)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E39" s="349">
+    <row r="39" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E39" s="332">
         <v>36</v>
       </c>
-      <c r="F39" s="362" t="str">
+      <c r="F39" s="345" t="str">
         <f>Plan!$Q42</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="G39" s="363" t="str">
+      <c r="G39" s="346" t="str">
         <f>Plan!$S42</f>
         <v>AS Rom</v>
       </c>
-      <c r="H39" s="354" t="str">
+      <c r="H39" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E39-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I44&lt;&gt;"",Results!$K44&lt;&gt;"",Results!$F44&lt;&gt;Results!$H44,$F39&lt;&gt;"",$G39&lt;&gt;""),Results!$I44,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I39" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I39" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E39-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I44&lt;&gt;"",Results!$K44&lt;&gt;"",Results!$F44&lt;&gt;Results!$H44,$F39&lt;&gt;"",$G39&lt;&gt;""),Results!$K44,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J39" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J39" s="345" t="str">
         <f>IF(Plan!$I42=0,F39&amp;G39,"")</f>
         <v>Oud-Heverlee LeuvenAS Rom</v>
       </c>
-      <c r="K39" s="357">
+      <c r="K39" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L39" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L39" s="341" t="str">
         <f>IF(AND(K39&gt;0,Plan!$I42=0),H39&amp;Language!$E$90&amp;I39,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M39" s="357">
+        <v>1 : 1</v>
+      </c>
+      <c r="M39" s="340">
         <f>IF($H39="",0,Results!$L44)</f>
         <v>0</v>
       </c>
-      <c r="N39" s="358">
+      <c r="N39" s="341">
         <f>IF($I39="",0,Results!$M44)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E40" s="349">
+    <row r="40" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E40" s="332">
         <v>37</v>
       </c>
-      <c r="F40" s="362" t="str">
+      <c r="F40" s="345" t="str">
         <f>Plan!$Q43</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="G40" s="363" t="str">
+      <c r="G40" s="346" t="str">
         <f>Plan!$S43</f>
         <v>Juventus FC</v>
       </c>
-      <c r="H40" s="354" t="str">
+      <c r="H40" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E40-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I45&lt;&gt;"",Results!$K45&lt;&gt;"",Results!$F45&lt;&gt;Results!$H45,$F40&lt;&gt;"",$G40&lt;&gt;""),Results!$I45,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I40" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I40" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E40-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I45&lt;&gt;"",Results!$K45&lt;&gt;"",Results!$F45&lt;&gt;Results!$H45,$F40&lt;&gt;"",$G40&lt;&gt;""),Results!$K45,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J40" s="362" t="str">
+        <v>5</v>
+      </c>
+      <c r="J40" s="345" t="str">
         <f>IF(Plan!$I43=0,F40&amp;G40,"")</f>
         <v>SKN St. PöltenJuventus FC</v>
       </c>
-      <c r="K40" s="357">
+      <c r="K40" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L40" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L40" s="341" t="str">
         <f>IF(AND(K40&gt;0,Plan!$I43=0),H40&amp;Language!$E$90&amp;I40,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M40" s="357">
+        <v>0 : 5</v>
+      </c>
+      <c r="M40" s="340">
         <f>IF($H40="",0,Results!$L45)</f>
         <v>0</v>
       </c>
-      <c r="N40" s="358">
+      <c r="N40" s="341">
         <f>IF($I40="",0,Results!$M45)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E41" s="349">
+    <row r="41" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E41" s="332">
         <v>38</v>
       </c>
-      <c r="F41" s="362" t="str">
+      <c r="F41" s="345" t="str">
         <f>Plan!$Q44</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G41" s="363" t="str">
+      <c r="G41" s="346" t="str">
         <f>Plan!$S44</f>
         <v>FC Twente</v>
       </c>
-      <c r="H41" s="354" t="str">
+      <c r="H41" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E41-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I46&lt;&gt;"",Results!$K46&lt;&gt;"",Results!$F46&lt;&gt;Results!$H46,$F41&lt;&gt;"",$G41&lt;&gt;""),Results!$I46,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I41" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I41" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E41-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I46&lt;&gt;"",Results!$K46&lt;&gt;"",Results!$F46&lt;&gt;Results!$H46,$F41&lt;&gt;"",$G41&lt;&gt;""),Results!$K46,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J41" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J41" s="345" t="str">
         <f>IF(Plan!$I44=0,F41&amp;G41,"")</f>
         <v>Arsenal WFCFC Twente</v>
       </c>
-      <c r="K41" s="357">
+      <c r="K41" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L41" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L41" s="341" t="str">
         <f>IF(AND(K41&gt;0,Plan!$I44=0),H41&amp;Language!$E$90&amp;I41,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M41" s="357">
+        <v>1 : 0</v>
+      </c>
+      <c r="M41" s="340">
         <f>IF($H41="",0,Results!$L46)</f>
         <v>0</v>
       </c>
-      <c r="N41" s="358">
+      <c r="N41" s="341">
         <f>IF($I41="",0,Results!$M46)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E42" s="349">
+    <row r="42" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E42" s="332">
         <v>39</v>
       </c>
-      <c r="F42" s="362" t="str">
+      <c r="F42" s="345" t="str">
         <f>Plan!$Q45</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G42" s="363" t="str">
+      <c r="G42" s="346" t="str">
         <f>Plan!$S45</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="H42" s="354" t="str">
+      <c r="H42" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E42-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I47&lt;&gt;"",Results!$K47&lt;&gt;"",Results!$F47&lt;&gt;Results!$H47,$F42&lt;&gt;"",$G42&lt;&gt;""),Results!$I47,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I42" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I42" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E42-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I47&lt;&gt;"",Results!$K47&lt;&gt;"",Results!$F47&lt;&gt;Results!$H47,$F42&lt;&gt;"",$G42&lt;&gt;""),Results!$K47,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J42" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J42" s="345" t="str">
         <f>IF(Plan!$I45=0,F42&amp;G42,"")</f>
         <v>Real MadridVfL Wolfsburg</v>
       </c>
-      <c r="K42" s="357">
+      <c r="K42" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L42" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L42" s="341" t="str">
         <f>IF(AND(K42&gt;0,Plan!$I45=0),H42&amp;Language!$E$90&amp;I42,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M42" s="357">
+        <v>2 : 0</v>
+      </c>
+      <c r="M42" s="340">
         <f>IF($H42="",0,Results!$L47)</f>
         <v>0</v>
       </c>
-      <c r="N42" s="358">
+      <c r="N42" s="341">
         <f>IF($I42="",0,Results!$M47)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E43" s="349">
+    <row r="43" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E43" s="332">
         <v>40</v>
       </c>
-      <c r="F43" s="362" t="str">
+      <c r="F43" s="345" t="str">
         <f>Plan!$Q46</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="G43" s="363" t="str">
+      <c r="G43" s="346" t="str">
         <f>Plan!$S46</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="H43" s="354" t="str">
+      <c r="H43" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E43-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I48&lt;&gt;"",Results!$K48&lt;&gt;"",Results!$F48&lt;&gt;Results!$H48,$F43&lt;&gt;"",$G43&lt;&gt;""),Results!$I48,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I43" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I43" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E43-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I48&lt;&gt;"",Results!$K48&lt;&gt;"",Results!$F48&lt;&gt;Results!$H48,$F43&lt;&gt;"",$G43&lt;&gt;""),Results!$K48,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J43" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J43" s="345" t="str">
         <f>IF(Plan!$I46=0,F43&amp;G43,"")</f>
         <v>Paris St. GermainOud-Heverlee Leuven</v>
       </c>
-      <c r="K43" s="357">
+      <c r="K43" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L43" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L43" s="341" t="str">
         <f>IF(AND(K43&gt;0,Plan!$I46=0),H43&amp;Language!$E$90&amp;I43,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M43" s="357">
+        <v>0 : 0</v>
+      </c>
+      <c r="M43" s="340">
         <f>IF($H43="",0,Results!$L48)</f>
         <v>0</v>
       </c>
-      <c r="N43" s="358">
+      <c r="N43" s="341">
         <f>IF($I43="",0,Results!$M48)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E44" s="349">
+    <row r="44" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E44" s="332">
         <v>41</v>
       </c>
-      <c r="F44" s="362" t="str">
+      <c r="F44" s="345" t="str">
         <f>Plan!$Q47</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G44" s="363" t="str">
+      <c r="G44" s="346" t="str">
         <f>Plan!$S47</f>
         <v>SL Benfica</v>
       </c>
-      <c r="H44" s="354" t="str">
+      <c r="H44" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E44-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I49&lt;&gt;"",Results!$K49&lt;&gt;"",Results!$F49&lt;&gt;Results!$H49,$F44&lt;&gt;"",$G44&lt;&gt;""),Results!$I49,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I44" s="354" t="str">
+        <v>3</v>
+      </c>
+      <c r="I44" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E44-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I49&lt;&gt;"",Results!$K49&lt;&gt;"",Results!$F49&lt;&gt;Results!$H49,$F44&lt;&gt;"",$G44&lt;&gt;""),Results!$K49,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J44" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J44" s="345" t="str">
         <f>IF(Plan!$I47=0,F44&amp;G44,"")</f>
         <v>FC BarcelonaSL Benfica</v>
       </c>
-      <c r="K44" s="357">
+      <c r="K44" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L44" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L44" s="341" t="str">
         <f>IF(AND(K44&gt;0,Plan!$I47=0),H44&amp;Language!$E$90&amp;I44,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M44" s="357">
+        <v>3 : 1</v>
+      </c>
+      <c r="M44" s="340">
         <f>IF($H44="",0,Results!$L49)</f>
         <v>0</v>
       </c>
-      <c r="N44" s="358">
+      <c r="N44" s="341">
         <f>IF($I44="",0,Results!$M49)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E45" s="349">
+    <row r="45" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E45" s="332">
         <v>42</v>
       </c>
-      <c r="F45" s="362" t="str">
+      <c r="F45" s="345" t="str">
         <f>Plan!$Q48</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G45" s="363" t="str">
+      <c r="G45" s="346" t="str">
         <f>Plan!$S48</f>
         <v>Paris FC</v>
       </c>
-      <c r="H45" s="354" t="str">
+      <c r="H45" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E45-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I50&lt;&gt;"",Results!$K50&lt;&gt;"",Results!$F50&lt;&gt;Results!$H50,$F45&lt;&gt;"",$G45&lt;&gt;""),Results!$I50,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I45" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I45" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E45-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I50&lt;&gt;"",Results!$K50&lt;&gt;"",Results!$F50&lt;&gt;Results!$H50,$F45&lt;&gt;"",$G45&lt;&gt;""),Results!$K50,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J45" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J45" s="345" t="str">
         <f>IF(Plan!$I48=0,F45&amp;G45,"")</f>
         <v>Valerenga IFParis FC</v>
       </c>
-      <c r="K45" s="357">
+      <c r="K45" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L45" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L45" s="341" t="str">
         <f>IF(AND(K45&gt;0,Plan!$I48=0),H45&amp;Language!$E$90&amp;I45,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M45" s="357">
+        <v>0 : 1</v>
+      </c>
+      <c r="M45" s="340">
         <f>IF($H45="",0,Results!$L50)</f>
         <v>0</v>
       </c>
-      <c r="N45" s="358">
+      <c r="N45" s="341">
         <f>IF($I45="",0,Results!$M50)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E46" s="349">
+    <row r="46" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E46" s="332">
         <v>43</v>
       </c>
-      <c r="F46" s="362" t="str">
+      <c r="F46" s="345" t="str">
         <f>Plan!$Q49</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G46" s="363" t="str">
+      <c r="G46" s="346" t="str">
         <f>Plan!$S49</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="H46" s="354" t="str">
+      <c r="H46" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E46-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I51&lt;&gt;"",Results!$K51&lt;&gt;"",Results!$F51&lt;&gt;Results!$H51,$F46&lt;&gt;"",$G46&lt;&gt;""),Results!$I51,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I46" s="354" t="str">
+        <v>2</v>
+      </c>
+      <c r="I46" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E46-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I51&lt;&gt;"",Results!$K51&lt;&gt;"",Results!$F51&lt;&gt;Results!$H51,$F46&lt;&gt;"",$G46&lt;&gt;""),Results!$K51,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J46" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J46" s="345" t="str">
         <f>IF(Plan!$I49=0,F46&amp;G46,"")</f>
         <v>Atletico MadridFC Bayern München</v>
       </c>
-      <c r="K46" s="357">
+      <c r="K46" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L46" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L46" s="341" t="str">
         <f>IF(AND(K46&gt;0,Plan!$I49=0),H46&amp;Language!$E$90&amp;I46,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M46" s="357">
+        <v>2 : 2</v>
+      </c>
+      <c r="M46" s="340">
         <f>IF($H46="",0,Results!$L51)</f>
         <v>0</v>
       </c>
-      <c r="N46" s="358">
+      <c r="N46" s="341">
         <f>IF($I46="",0,Results!$M51)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E47" s="349">
+    <row r="47" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E47" s="332">
         <v>44</v>
       </c>
-      <c r="F47" s="362" t="str">
+      <c r="F47" s="345" t="str">
         <f>Plan!$Q50</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="G47" s="363" t="str">
+      <c r="G47" s="346" t="str">
         <f>Plan!$S50</f>
         <v>AS Rom</v>
       </c>
-      <c r="H47" s="354" t="str">
+      <c r="H47" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E47-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I52&lt;&gt;"",Results!$K52&lt;&gt;"",Results!$F52&lt;&gt;Results!$H52,$F47&lt;&gt;"",$G47&lt;&gt;""),Results!$I52,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I47" s="354" t="str">
+        <v>6</v>
+      </c>
+      <c r="I47" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E47-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I52&lt;&gt;"",Results!$K52&lt;&gt;"",Results!$F52&lt;&gt;Results!$H52,$F47&lt;&gt;"",$G47&lt;&gt;""),Results!$K52,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J47" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J47" s="345" t="str">
         <f>IF(Plan!$I50=0,F47&amp;G47,"")</f>
         <v>Chelsea FCAS Rom</v>
       </c>
-      <c r="K47" s="357">
+      <c r="K47" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L47" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L47" s="341" t="str">
         <f>IF(AND(K47&gt;0,Plan!$I50=0),H47&amp;Language!$E$90&amp;I47,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M47" s="357">
+        <v>6 : 0</v>
+      </c>
+      <c r="M47" s="340">
         <f>IF($H47="",0,Results!$L52)</f>
         <v>0</v>
       </c>
-      <c r="N47" s="358">
+      <c r="N47" s="341">
         <f>IF($I47="",0,Results!$M52)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E48" s="349">
+    <row r="48" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E48" s="332">
         <v>45</v>
       </c>
-      <c r="F48" s="362" t="str">
+      <c r="F48" s="345" t="str">
         <f>Plan!$Q51</f>
         <v>Manchester United</v>
       </c>
-      <c r="G48" s="363" t="str">
+      <c r="G48" s="346" t="str">
         <f>Plan!$S51</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="H48" s="354" t="str">
+      <c r="H48" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E48-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I53&lt;&gt;"",Results!$K53&lt;&gt;"",Results!$F53&lt;&gt;Results!$H53,$F48&lt;&gt;"",$G48&lt;&gt;""),Results!$I53,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I48" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I48" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E48-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I53&lt;&gt;"",Results!$K53&lt;&gt;"",Results!$F53&lt;&gt;Results!$H53,$F48&lt;&gt;"",$G48&lt;&gt;""),Results!$K53,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J48" s="362" t="str">
+        <v>3</v>
+      </c>
+      <c r="J48" s="345" t="str">
         <f>IF(Plan!$I51=0,F48&amp;G48,"")</f>
         <v>Manchester UnitedOL Lyonnes</v>
       </c>
-      <c r="K48" s="357">
+      <c r="K48" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L48" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L48" s="341" t="str">
         <f>IF(AND(K48&gt;0,Plan!$I51=0),H48&amp;Language!$E$90&amp;I48,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M48" s="357">
+        <v>0 : 3</v>
+      </c>
+      <c r="M48" s="340">
         <f>IF($H48="",0,Results!$L53)</f>
         <v>0</v>
       </c>
-      <c r="N48" s="358">
+      <c r="N48" s="341">
         <f>IF($I48="",0,Results!$M53)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E49" s="349">
+    <row r="49" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E49" s="332">
         <v>46</v>
       </c>
-      <c r="F49" s="362" t="str">
+      <c r="F49" s="345" t="str">
         <f>Plan!$Q52</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="G49" s="363" t="str">
+      <c r="G49" s="346" t="str">
         <f>Plan!$S52</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="H49" s="354" t="str">
+      <c r="H49" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E49-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I54&lt;&gt;"",Results!$K54&lt;&gt;"",Results!$F54&lt;&gt;Results!$H54,$F49&lt;&gt;"",$G49&lt;&gt;""),Results!$I54,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I49" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I49" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E49-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I54&lt;&gt;"",Results!$K54&lt;&gt;"",Results!$F54&lt;&gt;Results!$H54,$F49&lt;&gt;"",$G49&lt;&gt;""),Results!$K54,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J49" s="362" t="str">
+        <v>3</v>
+      </c>
+      <c r="J49" s="345" t="str">
         <f>IF(Plan!$I52=0,F49&amp;G49,"")</f>
         <v>Oud-Heverlee LeuvenArsenal WFC</v>
       </c>
-      <c r="K49" s="357">
+      <c r="K49" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L49" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L49" s="341" t="str">
         <f>IF(AND(K49&gt;0,Plan!$I52=0),H49&amp;Language!$E$90&amp;I49,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M49" s="357">
+        <v>0 : 3</v>
+      </c>
+      <c r="M49" s="340">
         <f>IF($H49="",0,Results!$L54)</f>
         <v>0</v>
       </c>
-      <c r="N49" s="358">
+      <c r="N49" s="341">
         <f>IF($I49="",0,Results!$M54)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E50" s="349">
+    <row r="50" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E50" s="332">
         <v>47</v>
       </c>
-      <c r="F50" s="362" t="str">
+      <c r="F50" s="345" t="str">
         <f>Plan!$Q53</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G50" s="363" t="str">
+      <c r="G50" s="346" t="str">
         <f>Plan!$S53</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="H50" s="354" t="str">
+      <c r="H50" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E50-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I55&lt;&gt;"",Results!$K55&lt;&gt;"",Results!$F55&lt;&gt;Results!$H55,$F50&lt;&gt;"",$G50&lt;&gt;""),Results!$I55,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I50" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I50" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E50-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I55&lt;&gt;"",Results!$K55&lt;&gt;"",Results!$F55&lt;&gt;Results!$H55,$F50&lt;&gt;"",$G50&lt;&gt;""),Results!$K55,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J50" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J50" s="345" t="str">
         <f>IF(Plan!$I53=0,F50&amp;G50,"")</f>
         <v>VfL WolfsburgChelsea FC</v>
       </c>
-      <c r="K50" s="357">
+      <c r="K50" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L50" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L50" s="341" t="str">
         <f>IF(AND(K50&gt;0,Plan!$I53=0),H50&amp;Language!$E$90&amp;I50,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M50" s="357">
+        <v>1 : 2</v>
+      </c>
+      <c r="M50" s="340">
         <f>IF($H50="",0,Results!$L55)</f>
         <v>0</v>
       </c>
-      <c r="N50" s="358">
+      <c r="N50" s="341">
         <f>IF($I50="",0,Results!$M55)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E51" s="349">
+    <row r="51" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E51" s="332">
         <v>48</v>
       </c>
-      <c r="F51" s="362" t="str">
+      <c r="F51" s="345" t="str">
         <f>Plan!$Q54</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="G51" s="363" t="str">
+      <c r="G51" s="346" t="str">
         <f>Plan!$S54</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="H51" s="354" t="str">
+      <c r="H51" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E51-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I56&lt;&gt;"",Results!$K56&lt;&gt;"",Results!$F56&lt;&gt;Results!$H56,$F51&lt;&gt;"",$G51&lt;&gt;""),Results!$I56,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I51" s="354" t="str">
+        <v>3</v>
+      </c>
+      <c r="I51" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E51-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I56&lt;&gt;"",Results!$K56&lt;&gt;"",Results!$F56&lt;&gt;Results!$H56,$F51&lt;&gt;"",$G51&lt;&gt;""),Results!$K56,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J51" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J51" s="345" t="str">
         <f>IF(Plan!$I54=0,F51&amp;G51,"")</f>
         <v>FC Bayern MünchenValerenga IF</v>
       </c>
-      <c r="K51" s="357">
+      <c r="K51" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L51" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L51" s="341" t="str">
         <f>IF(AND(K51&gt;0,Plan!$I54=0),H51&amp;Language!$E$90&amp;I51,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M51" s="357">
+        <v>3 : 0</v>
+      </c>
+      <c r="M51" s="340">
         <f>IF($H51="",0,Results!$L56)</f>
         <v>0</v>
       </c>
-      <c r="N51" s="358">
+      <c r="N51" s="341">
         <f>IF($I51="",0,Results!$M56)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E52" s="349">
+    <row r="52" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E52" s="332">
         <v>49</v>
       </c>
-      <c r="F52" s="362" t="str">
+      <c r="F52" s="345" t="str">
         <f>Plan!$Q55</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="G52" s="363" t="str">
+      <c r="G52" s="346" t="str">
         <f>Plan!$S55</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="H52" s="354" t="str">
+      <c r="H52" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E52-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I57&lt;&gt;"",Results!$K57&lt;&gt;"",Results!$F57&lt;&gt;Results!$H57,$F52&lt;&gt;"",$G52&lt;&gt;""),Results!$I57,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I52" s="354" t="str">
+        <v>4</v>
+      </c>
+      <c r="I52" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E52-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I57&lt;&gt;"",Results!$K57&lt;&gt;"",Results!$F57&lt;&gt;Results!$H57,$F52&lt;&gt;"",$G52&lt;&gt;""),Results!$K57,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J52" s="362" t="str">
+        <v>0</v>
+      </c>
+      <c r="J52" s="345" t="str">
         <f>IF(Plan!$I55=0,F52&amp;G52,"")</f>
         <v>OL LyonnesAtletico Madrid</v>
       </c>
-      <c r="K52" s="357">
+      <c r="K52" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L52" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L52" s="341" t="str">
         <f>IF(AND(K52&gt;0,Plan!$I55=0),H52&amp;Language!$E$90&amp;I52,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M52" s="357">
+        <v>4 : 0</v>
+      </c>
+      <c r="M52" s="340">
         <f>IF($H52="",0,Results!$L57)</f>
         <v>0</v>
       </c>
-      <c r="N52" s="358">
+      <c r="N52" s="341">
         <f>IF($I52="",0,Results!$M57)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E53" s="349">
+    <row r="53" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E53" s="332">
         <v>50</v>
       </c>
-      <c r="F53" s="362" t="str">
+      <c r="F53" s="345" t="str">
         <f>Plan!$Q56</f>
         <v>Paris FC</v>
       </c>
-      <c r="G53" s="363" t="str">
+      <c r="G53" s="346" t="str">
         <f>Plan!$S56</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="H53" s="354" t="str">
+      <c r="H53" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E53-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I58&lt;&gt;"",Results!$K58&lt;&gt;"",Results!$F58&lt;&gt;Results!$H58,$F53&lt;&gt;"",$G53&lt;&gt;""),Results!$I58,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I53" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I53" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E53-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I58&lt;&gt;"",Results!$K58&lt;&gt;"",Results!$F58&lt;&gt;Results!$H58,$F53&lt;&gt;"",$G53&lt;&gt;""),Results!$K58,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J53" s="362" t="str">
+        <v>2</v>
+      </c>
+      <c r="J53" s="345" t="str">
         <f>IF(Plan!$I56=0,F53&amp;G53,"")</f>
         <v>Paris FCFC Barcelona</v>
       </c>
-      <c r="K53" s="357">
+      <c r="K53" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L53" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L53" s="341" t="str">
         <f>IF(AND(K53&gt;0,Plan!$I56=0),H53&amp;Language!$E$90&amp;I53,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M53" s="357">
+        <v>0 : 2</v>
+      </c>
+      <c r="M53" s="340">
         <f>IF($H53="",0,Results!$L58)</f>
         <v>0</v>
       </c>
-      <c r="N53" s="358">
+      <c r="N53" s="341">
         <f>IF($I53="",0,Results!$M58)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E54" s="349">
+    <row r="54" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E54" s="332">
         <v>51</v>
       </c>
-      <c r="F54" s="362" t="str">
+      <c r="F54" s="345" t="str">
         <f>Plan!$Q57</f>
         <v>SL Benfica</v>
       </c>
-      <c r="G54" s="363" t="str">
+      <c r="G54" s="346" t="str">
         <f>Plan!$S57</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="H54" s="354" t="str">
+      <c r="H54" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E54-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I59&lt;&gt;"",Results!$K59&lt;&gt;"",Results!$F59&lt;&gt;Results!$H59,$F54&lt;&gt;"",$G54&lt;&gt;""),Results!$I59,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I54" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I54" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E54-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I59&lt;&gt;"",Results!$K59&lt;&gt;"",Results!$F59&lt;&gt;Results!$H59,$F54&lt;&gt;"",$G54&lt;&gt;""),Results!$K59,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J54" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J54" s="345" t="str">
         <f>IF(Plan!$I57=0,F54&amp;G54,"")</f>
         <v>SL BenficaParis St. Germain</v>
       </c>
-      <c r="K54" s="357">
+      <c r="K54" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L54" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L54" s="341" t="str">
         <f>IF(AND(K54&gt;0,Plan!$I57=0),H54&amp;Language!$E$90&amp;I54,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M54" s="357">
+        <v>1 : 1</v>
+      </c>
+      <c r="M54" s="340">
         <f>IF($H54="",0,Results!$L59)</f>
         <v>0</v>
       </c>
-      <c r="N54" s="358">
+      <c r="N54" s="341">
         <f>IF($I54="",0,Results!$M59)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E55" s="349">
+    <row r="55" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E55" s="332">
         <v>52</v>
       </c>
-      <c r="F55" s="362" t="str">
+      <c r="F55" s="345" t="str">
         <f>Plan!$Q58</f>
         <v>FC Twente</v>
       </c>
-      <c r="G55" s="363" t="str">
+      <c r="G55" s="346" t="str">
         <f>Plan!$S58</f>
         <v>Real Madrid</v>
       </c>
-      <c r="H55" s="354" t="str">
+      <c r="H55" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E55-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I60&lt;&gt;"",Results!$K60&lt;&gt;"",Results!$F60&lt;&gt;Results!$H60,$F55&lt;&gt;"",$G55&lt;&gt;""),Results!$I60,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I55" s="354" t="str">
+        <v>1</v>
+      </c>
+      <c r="I55" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E55-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I60&lt;&gt;"",Results!$K60&lt;&gt;"",Results!$F60&lt;&gt;Results!$H60,$F55&lt;&gt;"",$G55&lt;&gt;""),Results!$K60,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J55" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J55" s="345" t="str">
         <f>IF(Plan!$I58=0,F55&amp;G55,"")</f>
         <v>FC TwenteReal Madrid</v>
       </c>
-      <c r="K55" s="357">
+      <c r="K55" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L55" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L55" s="341" t="str">
         <f>IF(AND(K55&gt;0,Plan!$I58=0),H55&amp;Language!$E$90&amp;I55,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M55" s="357">
+        <v>1 : 1</v>
+      </c>
+      <c r="M55" s="340">
         <f>IF($H55="",0,Results!$L60)</f>
         <v>0</v>
       </c>
-      <c r="N55" s="358">
+      <c r="N55" s="341">
         <f>IF($I55="",0,Results!$M60)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E56" s="349">
+    <row r="56" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E56" s="332">
         <v>53</v>
       </c>
-      <c r="F56" s="362" t="str">
+      <c r="F56" s="345" t="str">
         <f>Plan!$Q59</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G56" s="363" t="str">
+      <c r="G56" s="346" t="str">
         <f>Plan!$S59</f>
         <v>Manchester United</v>
       </c>
-      <c r="H56" s="354" t="str">
+      <c r="H56" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E56-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I61&lt;&gt;"",Results!$K61&lt;&gt;"",Results!$F61&lt;&gt;Results!$H61,$F56&lt;&gt;"",$G56&lt;&gt;""),Results!$I61,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I56" s="354" t="str">
+        <v>0</v>
+      </c>
+      <c r="I56" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E56-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I61&lt;&gt;"",Results!$K61&lt;&gt;"",Results!$F61&lt;&gt;Results!$H61,$F56&lt;&gt;"",$G56&lt;&gt;""),Results!$K61,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J56" s="362" t="str">
+        <v>1</v>
+      </c>
+      <c r="J56" s="345" t="str">
         <f>IF(Plan!$I59=0,F56&amp;G56,"")</f>
         <v>Juventus FCManchester United</v>
       </c>
-      <c r="K56" s="357">
+      <c r="K56" s="340">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L56" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L56" s="341" t="str">
         <f>IF(AND(K56&gt;0,Plan!$I59=0),H56&amp;Language!$E$90&amp;I56,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M56" s="357">
+        <v>0 : 1</v>
+      </c>
+      <c r="M56" s="340">
         <f>IF($H56="",0,Results!$L61)</f>
         <v>0</v>
       </c>
-      <c r="N56" s="358">
+      <c r="N56" s="341">
         <f>IF($I56="",0,Results!$M61)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="5:14" x14ac:dyDescent="0.3">
-      <c r="E57" s="350">
+    <row r="57" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="E57" s="333">
         <v>54</v>
       </c>
-      <c r="F57" s="364" t="str">
+      <c r="F57" s="347" t="str">
         <f>Plan!$Q60</f>
         <v>AS Rom</v>
       </c>
-      <c r="G57" s="365" t="str">
+      <c r="G57" s="348" t="str">
         <f>Plan!$S60</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="H57" s="355" t="str">
+      <c r="H57" s="338">
         <f>IF(AND(Results!$Q$6&gt;0,$E57-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I62&lt;&gt;"",Results!$K62&lt;&gt;"",Results!$F62&lt;&gt;Results!$H62,$F57&lt;&gt;"",$G57&lt;&gt;""),Results!$I62,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="I57" s="354" t="str">
+        <v>6</v>
+      </c>
+      <c r="I57" s="337">
         <f>IF(AND(Results!$Q$6&gt;0,$E57-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I62&lt;&gt;"",Results!$K62&lt;&gt;"",Results!$F62&lt;&gt;Results!$H62,$F57&lt;&gt;"",$G57&lt;&gt;""),Results!$K62,""))</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="J57" s="364" t="str">
+        <v>1</v>
+      </c>
+      <c r="J57" s="347" t="str">
         <f>IF(Plan!$I60=0,F57&amp;G57,"")</f>
         <v>AS RomSKN St. Pölten</v>
       </c>
-      <c r="K57" s="355">
+      <c r="K57" s="338">
         <f t="shared" si="0"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L57" s="359" t="str">
+        <v>1</v>
+      </c>
+      <c r="L57" s="342" t="str">
         <f>IF(AND(K57&gt;0,Plan!$I60=0),H57&amp;Language!$E$90&amp;I57,"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="M57" s="355">
+        <v>6 : 1</v>
+      </c>
+      <c r="M57" s="338">
         <f>IF($H57="",0,Results!$L62)</f>
         <v>0</v>
       </c>
-      <c r="N57" s="359">
+      <c r="N57" s="342">
         <f>IF($I57="",0,Results!$M62)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="5:14" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="J58" s="324" t="str">
+    <row r="58" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="I58" s="334">
+        <v>1</v>
+      </c>
+      <c r="J58" s="307" t="str">
         <f>IF(Plan!$I7=0,G4&amp;F4,"")</f>
         <v>SL BenficaJuventus FC</v>
       </c>
-      <c r="K58" s="356">
+      <c r="K58" s="339">
         <f>K4</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L58" s="353" t="str">
+        <v>1</v>
+      </c>
+      <c r="L58" s="336" t="str">
         <f>IF(AND(K58&gt;0,Plan!$I7=0),I4&amp;Language!$E$90&amp;H4,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I59" s="348">
+        <v>1 : 2</v>
+      </c>
+    </row>
+    <row r="59" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="I59" s="331">
         <v>2</v>
       </c>
-      <c r="J59" s="231" t="str">
+      <c r="J59" s="214" t="str">
         <f>IF(Plan!$I8=0,G5&amp;F5,"")</f>
         <v>OL LyonnesArsenal WFC</v>
       </c>
-      <c r="K59" s="366">
+      <c r="K59" s="349">
         <f>K5</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L59" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L59" s="341" t="str">
         <f>IF(AND(K59&gt;0,Plan!$I8=0),I5&amp;Language!$E$90&amp;H5,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I60" s="348">
+        <v>2 : 1</v>
+      </c>
+    </row>
+    <row r="60" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="I60" s="331">
         <v>3</v>
       </c>
-      <c r="J60" s="231" t="str">
+      <c r="J60" s="214" t="str">
         <f>IF(Plan!$I9=0,G6&amp;F6,"")</f>
         <v>FC Bayern MünchenFC Barcelona</v>
       </c>
-      <c r="K60" s="366">
+      <c r="K60" s="349">
         <f t="shared" ref="K60:K111" si="1">K6</f>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L60" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L60" s="341" t="str">
         <f>IF(AND(K60&gt;0,Plan!$I9=0),I6&amp;Language!$E$90&amp;H6,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I61" s="348">
+        <v>1 : 7</v>
+      </c>
+    </row>
+    <row r="61" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="I61" s="331">
         <v>4</v>
       </c>
-      <c r="J61" s="231" t="str">
+      <c r="J61" s="214" t="str">
         <f>IF(Plan!$I10=0,G7&amp;F7,"")</f>
         <v>Oud-Heverlee LeuvenParis FC</v>
       </c>
-      <c r="K61" s="366">
+      <c r="K61" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L61" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L61" s="341" t="str">
         <f>IF(AND(K61&gt;0,Plan!$I10=0),I7&amp;Language!$E$90&amp;H7,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I62" s="348">
+        <v>2 : 2</v>
+      </c>
+    </row>
+    <row r="62" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="I62" s="331">
         <v>5</v>
       </c>
-      <c r="J62" s="231" t="str">
+      <c r="J62" s="214" t="str">
         <f>IF(Plan!$I11=0,G8&amp;F8,"")</f>
         <v>Chelsea FCFC Twente</v>
       </c>
-      <c r="K62" s="366">
+      <c r="K62" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L62" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L62" s="341" t="str">
         <f>IF(AND(K62&gt;0,Plan!$I11=0),I8&amp;Language!$E$90&amp;H8,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I63" s="348">
+        <v>1 : 1</v>
+      </c>
+    </row>
+    <row r="63" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="I63" s="331">
         <v>6</v>
       </c>
-      <c r="J63" s="231" t="str">
+      <c r="J63" s="214" t="str">
         <f>IF(Plan!$I12=0,G9&amp;F9,"")</f>
         <v>AS RomReal Madrid</v>
       </c>
-      <c r="K63" s="366">
+      <c r="K63" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L63" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L63" s="341" t="str">
         <f>IF(AND(K63&gt;0,Plan!$I12=0),I9&amp;Language!$E$90&amp;H9,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I64" s="348">
+        <v>2 : 6</v>
+      </c>
+    </row>
+    <row r="64" spans="5:14" x14ac:dyDescent="0.25">
+      <c r="I64" s="331">
         <v>7</v>
       </c>
-      <c r="J64" s="231" t="str">
+      <c r="J64" s="214" t="str">
         <f>IF(Plan!$I13=0,G10&amp;F10,"")</f>
         <v>Paris St. GermainVfL Wolfsburg</v>
       </c>
-      <c r="K64" s="366">
+      <c r="K64" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L64" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L64" s="341" t="str">
         <f>IF(AND(K64&gt;0,Plan!$I13=0),I10&amp;Language!$E$90&amp;H10,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I65" s="348">
+        <v>0 : 4</v>
+      </c>
+    </row>
+    <row r="65" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I65" s="331">
         <v>8</v>
       </c>
-      <c r="J65" s="231" t="str">
+      <c r="J65" s="214" t="str">
         <f>IF(Plan!$I14=0,G11&amp;F11,"")</f>
         <v>Atletico MadridSKN St. Pölten</v>
       </c>
-      <c r="K65" s="366">
+      <c r="K65" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L65" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L65" s="341" t="str">
         <f>IF(AND(K65&gt;0,Plan!$I14=0),I11&amp;Language!$E$90&amp;H11,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I66" s="348">
+        <v>6 : 0</v>
+      </c>
+    </row>
+    <row r="66" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I66" s="331">
         <v>9</v>
       </c>
-      <c r="J66" s="231" t="str">
+      <c r="J66" s="214" t="str">
         <f>IF(Plan!$I15=0,G12&amp;F12,"")</f>
         <v>Valerenga IFManchester United</v>
       </c>
-      <c r="K66" s="366">
+      <c r="K66" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L66" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L66" s="341" t="str">
         <f>IF(AND(K66&gt;0,Plan!$I15=0),I12&amp;Language!$E$90&amp;H12,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I67" s="348">
+        <v>0 : 1</v>
+      </c>
+    </row>
+    <row r="67" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I67" s="331">
         <v>10</v>
       </c>
-      <c r="J67" s="231" t="str">
+      <c r="J67" s="214" t="str">
         <f>IF(Plan!$I16=0,G13&amp;F13,"")</f>
         <v>VfL WolfsburgValerenga IF</v>
       </c>
-      <c r="K67" s="366">
+      <c r="K67" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L67" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L67" s="341" t="str">
         <f>IF(AND(K67&gt;0,Plan!$I16=0),I13&amp;Language!$E$90&amp;H13,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I68" s="348">
+        <v>2 : 1</v>
+      </c>
+    </row>
+    <row r="68" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I68" s="331">
         <v>11</v>
       </c>
-      <c r="J68" s="231" t="str">
+      <c r="J68" s="214" t="str">
         <f>IF(Plan!$I17=0,G14&amp;F14,"")</f>
         <v>SKN St. PöltenOL Lyonnes</v>
       </c>
-      <c r="K68" s="366">
+      <c r="K68" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L68" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L68" s="341" t="str">
         <f>IF(AND(K68&gt;0,Plan!$I17=0),I14&amp;Language!$E$90&amp;H14,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I69" s="348">
+        <v>0 : 3</v>
+      </c>
+    </row>
+    <row r="69" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I69" s="331">
         <v>12</v>
       </c>
-      <c r="J69" s="231" t="str">
+      <c r="J69" s="214" t="str">
         <f>IF(Plan!$I18=0,G15&amp;F15,"")</f>
         <v>Paris FCChelsea FC</v>
       </c>
-      <c r="K69" s="366">
+      <c r="K69" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L69" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L69" s="341" t="str">
         <f>IF(AND(K69&gt;0,Plan!$I18=0),I15&amp;Language!$E$90&amp;H15,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I70" s="348">
+        <v>0 : 4</v>
+      </c>
+    </row>
+    <row r="70" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I70" s="331">
         <v>13</v>
       </c>
-      <c r="J70" s="231" t="str">
+      <c r="J70" s="214" t="str">
         <f>IF(Plan!$I19=0,G16&amp;F16,"")</f>
         <v>FC BarcelonaAS Rom</v>
       </c>
-      <c r="K70" s="366">
+      <c r="K70" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L70" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L70" s="341" t="str">
         <f>IF(AND(K70&gt;0,Plan!$I19=0),I16&amp;Language!$E$90&amp;H16,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I71" s="348">
+        <v>4 : 0</v>
+      </c>
+    </row>
+    <row r="71" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I71" s="331">
         <v>14</v>
       </c>
-      <c r="J71" s="231" t="str">
+      <c r="J71" s="214" t="str">
         <f>IF(Plan!$I20=0,G17&amp;F17,"")</f>
         <v>FC TwenteOud-Heverlee Leuven</v>
       </c>
-      <c r="K71" s="366">
+      <c r="K71" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L71" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L71" s="341" t="str">
         <f>IF(AND(K71&gt;0,Plan!$I20=0),I17&amp;Language!$E$90&amp;H17,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I72" s="348">
+        <v>1 : 2</v>
+      </c>
+    </row>
+    <row r="72" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I72" s="331">
         <v>15</v>
       </c>
-      <c r="J72" s="231" t="str">
+      <c r="J72" s="214" t="str">
         <f>IF(Plan!$I21=0,G18&amp;F18,"")</f>
         <v>Manchester UnitedAtletico Madrid</v>
       </c>
-      <c r="K72" s="366">
+      <c r="K72" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L72" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L72" s="341" t="str">
         <f>IF(AND(K72&gt;0,Plan!$I21=0),I18&amp;Language!$E$90&amp;H18,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I73" s="348">
+        <v>1 : 0</v>
+      </c>
+    </row>
+    <row r="73" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I73" s="331">
         <v>16</v>
       </c>
-      <c r="J73" s="231" t="str">
+      <c r="J73" s="214" t="str">
         <f>IF(Plan!$I22=0,G19&amp;F19,"")</f>
         <v>Arsenal WFCSL Benfica</v>
       </c>
-      <c r="K73" s="366">
+      <c r="K73" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L73" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L73" s="341" t="str">
         <f>IF(AND(K73&gt;0,Plan!$I22=0),I19&amp;Language!$E$90&amp;H19,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I74" s="348">
+        <v>2 : 0</v>
+      </c>
+    </row>
+    <row r="74" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I74" s="331">
         <v>17</v>
       </c>
-      <c r="J74" s="231" t="str">
+      <c r="J74" s="214" t="str">
         <f>IF(Plan!$I23=0,G20&amp;F20,"")</f>
         <v>Juventus FCFC Bayern München</v>
       </c>
-      <c r="K74" s="366">
+      <c r="K74" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L74" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L74" s="341" t="str">
         <f>IF(AND(K74&gt;0,Plan!$I23=0),I20&amp;Language!$E$90&amp;H20,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I75" s="348">
+        <v>1 : 2</v>
+      </c>
+    </row>
+    <row r="75" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I75" s="331">
         <v>18</v>
       </c>
-      <c r="J75" s="231" t="str">
+      <c r="J75" s="214" t="str">
         <f>IF(Plan!$I24=0,G21&amp;F21,"")</f>
         <v>Real MadridParis St. Germain</v>
       </c>
-      <c r="K75" s="366">
+      <c r="K75" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L75" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L75" s="341" t="str">
         <f>IF(AND(K75&gt;0,Plan!$I24=0),I21&amp;Language!$E$90&amp;H21,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I76" s="348">
+        <v>2 : 1</v>
+      </c>
+    </row>
+    <row r="76" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I76" s="331">
         <v>19</v>
       </c>
-      <c r="J76" s="231" t="str">
+      <c r="J76" s="214" t="str">
         <f>IF(Plan!$I25=0,G22&amp;F22,"")</f>
         <v>Valerenga IFAS Rom</v>
       </c>
-      <c r="K76" s="366">
+      <c r="K76" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L76" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L76" s="341" t="str">
         <f>IF(AND(K76&gt;0,Plan!$I25=0),I22&amp;Language!$E$90&amp;H22,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I77" s="348">
+        <v>1 : 0</v>
+      </c>
+    </row>
+    <row r="77" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I77" s="331">
         <v>20</v>
       </c>
-      <c r="J77" s="231" t="str">
+      <c r="J77" s="214" t="str">
         <f>IF(Plan!$I26=0,G23&amp;F23,"")</f>
         <v>VfL WolfsburgOL Lyonnes</v>
       </c>
-      <c r="K77" s="366">
+      <c r="K77" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L77" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L77" s="341" t="str">
         <f>IF(AND(K77&gt;0,Plan!$I26=0),I23&amp;Language!$E$90&amp;H23,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I78" s="348">
+        <v>1 : 3</v>
+      </c>
+    </row>
+    <row r="78" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I78" s="331">
         <v>21</v>
       </c>
-      <c r="J78" s="231" t="str">
+      <c r="J78" s="214" t="str">
         <f>IF(Plan!$I27=0,G24&amp;F24,"")</f>
         <v>Chelsea FCSKN St. Pölten</v>
       </c>
-      <c r="K78" s="366">
+      <c r="K78" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L78" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L78" s="341" t="str">
         <f>IF(AND(K78&gt;0,Plan!$I27=0),I24&amp;Language!$E$90&amp;H24,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I79" s="348">
+        <v>6 : 0</v>
+      </c>
+    </row>
+    <row r="79" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I79" s="331">
         <v>22</v>
       </c>
-      <c r="J79" s="231" t="str">
+      <c r="J79" s="214" t="str">
         <f>IF(Plan!$I28=0,G25&amp;F25,"")</f>
         <v>Paris FCReal Madrid</v>
       </c>
-      <c r="K79" s="366">
+      <c r="K79" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L79" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L79" s="341" t="str">
         <f>IF(AND(K79&gt;0,Plan!$I28=0),I25&amp;Language!$E$90&amp;H25,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I80" s="348">
+        <v>1 : 1</v>
+      </c>
+    </row>
+    <row r="80" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I80" s="331">
         <v>23</v>
       </c>
-      <c r="J80" s="231" t="str">
+      <c r="J80" s="214" t="str">
         <f>IF(Plan!$I29=0,G26&amp;F26,"")</f>
         <v>Arsenal WFCFC Bayern München</v>
       </c>
-      <c r="K80" s="366">
+      <c r="K80" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L80" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L80" s="341" t="str">
         <f>IF(AND(K80&gt;0,Plan!$I29=0),I26&amp;Language!$E$90&amp;H26,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I81" s="348">
+        <v>2 : 3</v>
+      </c>
+    </row>
+    <row r="81" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I81" s="331">
         <v>24</v>
       </c>
-      <c r="J81" s="231" t="str">
+      <c r="J81" s="214" t="str">
         <f>IF(Plan!$I30=0,G27&amp;F27,"")</f>
         <v>Oud-Heverlee LeuvenFC Barcelona</v>
       </c>
-      <c r="K81" s="366">
+      <c r="K81" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L81" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L81" s="341" t="str">
         <f>IF(AND(K81&gt;0,Plan!$I30=0),I27&amp;Language!$E$90&amp;H27,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I82" s="348">
+        <v>0 : 3</v>
+      </c>
+    </row>
+    <row r="82" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I82" s="331">
         <v>25</v>
       </c>
-      <c r="J82" s="231" t="str">
+      <c r="J82" s="214" t="str">
         <f>IF(Plan!$I31=0,G28&amp;F28,"")</f>
         <v>Paris St. GermainManchester United</v>
       </c>
-      <c r="K82" s="366">
+      <c r="K82" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L82" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L82" s="341" t="str">
         <f>IF(AND(K82&gt;0,Plan!$I31=0),I28&amp;Language!$E$90&amp;H28,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I83" s="348">
+        <v>1 : 2</v>
+      </c>
+    </row>
+    <row r="83" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I83" s="331">
         <v>26</v>
       </c>
-      <c r="J83" s="231" t="str">
+      <c r="J83" s="214" t="str">
         <f>IF(Plan!$I32=0,G29&amp;F29,"")</f>
         <v>Juventus FCAtletico Madrid</v>
       </c>
-      <c r="K83" s="366">
+      <c r="K83" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L83" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L83" s="341" t="str">
         <f>IF(AND(K83&gt;0,Plan!$I32=0),I29&amp;Language!$E$90&amp;H29,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I84" s="348">
+        <v>2 : 1</v>
+      </c>
+    </row>
+    <row r="84" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I84" s="331">
         <v>27</v>
       </c>
-      <c r="J84" s="231" t="str">
+      <c r="J84" s="214" t="str">
         <f>IF(Plan!$I33=0,G30&amp;F30,"")</f>
         <v>FC TwenteSL Benfica</v>
       </c>
-      <c r="K84" s="366">
+      <c r="K84" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L84" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L84" s="341" t="str">
         <f>IF(AND(K84&gt;0,Plan!$I33=0),I30&amp;Language!$E$90&amp;H30,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I85" s="348">
+        <v>1 : 1</v>
+      </c>
+    </row>
+    <row r="85" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I85" s="331">
         <v>28</v>
       </c>
-      <c r="J85" s="231" t="str">
+      <c r="J85" s="214" t="str">
         <f>IF(Plan!$I34=0,G31&amp;F31,"")</f>
         <v>Manchester UnitedVfL Wolfsburg</v>
       </c>
-      <c r="K85" s="366">
+      <c r="K85" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L85" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L85" s="341" t="str">
         <f>IF(AND(K85&gt;0,Plan!$I34=0),I31&amp;Language!$E$90&amp;H31,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I86" s="348">
+        <v>2 : 5</v>
+      </c>
+    </row>
+    <row r="86" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I86" s="331">
         <v>29</v>
       </c>
-      <c r="J86" s="231" t="str">
+      <c r="J86" s="214" t="str">
         <f>IF(Plan!$I35=0,G32&amp;F32,"")</f>
         <v>OL LyonnesJuventus FC</v>
       </c>
-      <c r="K86" s="366">
+      <c r="K86" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L86" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L86" s="341" t="str">
         <f>IF(AND(K86&gt;0,Plan!$I35=0),I32&amp;Language!$E$90&amp;H32,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I87" s="348">
+        <v>3 : 3</v>
+      </c>
+    </row>
+    <row r="87" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I87" s="331">
         <v>30</v>
       </c>
-      <c r="J87" s="231" t="str">
+      <c r="J87" s="214" t="str">
         <f>IF(Plan!$I36=0,G33&amp;F33,"")</f>
         <v>Real MadridArsenal WFC</v>
       </c>
-      <c r="K87" s="366">
+      <c r="K87" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L87" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L87" s="341" t="str">
         <f>IF(AND(K87&gt;0,Plan!$I36=0),I33&amp;Language!$E$90&amp;H33,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I88" s="348">
+        <v>1 : 2</v>
+      </c>
+    </row>
+    <row r="88" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I88" s="331">
         <v>31</v>
       </c>
-      <c r="J88" s="231" t="str">
+      <c r="J88" s="214" t="str">
         <f>IF(Plan!$I37=0,G34&amp;F34,"")</f>
         <v>SL BenficaParis FC</v>
       </c>
-      <c r="K88" s="366">
+      <c r="K88" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L88" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L88" s="341" t="str">
         <f>IF(AND(K88&gt;0,Plan!$I37=0),I34&amp;Language!$E$90&amp;H34,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I89" s="348">
+        <v>0 : 2</v>
+      </c>
+    </row>
+    <row r="89" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I89" s="331">
         <v>32</v>
       </c>
-      <c r="J89" s="231" t="str">
+      <c r="J89" s="214" t="str">
         <f>IF(Plan!$I38=0,G35&amp;F35,"")</f>
         <v>SKN St. PöltenValerenga IF</v>
       </c>
-      <c r="K89" s="366">
+      <c r="K89" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L89" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L89" s="341" t="str">
         <f>IF(AND(K89&gt;0,Plan!$I38=0),I35&amp;Language!$E$90&amp;H35,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I90" s="348">
+        <v>2 : 2</v>
+      </c>
+    </row>
+    <row r="90" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I90" s="331">
         <v>33</v>
       </c>
-      <c r="J90" s="231" t="str">
+      <c r="J90" s="214" t="str">
         <f>IF(Plan!$I39=0,G36&amp;F36,"")</f>
         <v>Atletico MadridFC Twente</v>
       </c>
-      <c r="K90" s="366">
+      <c r="K90" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L90" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L90" s="341" t="str">
         <f>IF(AND(K90&gt;0,Plan!$I39=0),I36&amp;Language!$E$90&amp;H36,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I91" s="348">
+        <v>4 : 0</v>
+      </c>
+    </row>
+    <row r="91" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I91" s="331">
         <v>34</v>
       </c>
-      <c r="J91" s="231" t="str">
+      <c r="J91" s="214" t="str">
         <f>IF(Plan!$I40=0,G37&amp;F37,"")</f>
         <v>FC Bayern MünchenParis St. Germain</v>
       </c>
-      <c r="K91" s="366">
+      <c r="K91" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L91" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L91" s="341" t="str">
         <f>IF(AND(K91&gt;0,Plan!$I40=0),I37&amp;Language!$E$90&amp;H37,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I92" s="348">
+        <v>3 : 1</v>
+      </c>
+    </row>
+    <row r="92" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I92" s="331">
         <v>35</v>
       </c>
-      <c r="J92" s="231" t="str">
+      <c r="J92" s="214" t="str">
         <f>IF(Plan!$I41=0,G38&amp;F38,"")</f>
         <v>FC BarcelonaChelsea FC</v>
       </c>
-      <c r="K92" s="366">
+      <c r="K92" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L92" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L92" s="341" t="str">
         <f>IF(AND(K92&gt;0,Plan!$I41=0),I38&amp;Language!$E$90&amp;H38,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I93" s="348">
+        <v>1 : 1</v>
+      </c>
+    </row>
+    <row r="93" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I93" s="331">
         <v>36</v>
       </c>
-      <c r="J93" s="231" t="str">
+      <c r="J93" s="214" t="str">
         <f>IF(Plan!$I42=0,G39&amp;F39,"")</f>
         <v>AS RomOud-Heverlee Leuven</v>
       </c>
-      <c r="K93" s="366">
+      <c r="K93" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L93" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L93" s="341" t="str">
         <f>IF(AND(K93&gt;0,Plan!$I42=0),I39&amp;Language!$E$90&amp;H39,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I94" s="348">
+        <v>1 : 1</v>
+      </c>
+    </row>
+    <row r="94" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I94" s="331">
         <v>37</v>
       </c>
-      <c r="J94" s="231" t="str">
+      <c r="J94" s="214" t="str">
         <f>IF(Plan!$I43=0,G40&amp;F40,"")</f>
         <v>Juventus FCSKN St. Pölten</v>
       </c>
-      <c r="K94" s="366">
+      <c r="K94" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L94" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L94" s="341" t="str">
         <f>IF(AND(K94&gt;0,Plan!$I43=0),I40&amp;Language!$E$90&amp;H40,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I95" s="348">
+        <v>5 : 0</v>
+      </c>
+    </row>
+    <row r="95" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I95" s="331">
         <v>38</v>
       </c>
-      <c r="J95" s="231" t="str">
+      <c r="J95" s="214" t="str">
         <f>IF(Plan!$I44=0,G41&amp;F41,"")</f>
         <v>FC TwenteArsenal WFC</v>
       </c>
-      <c r="K95" s="366">
+      <c r="K95" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L95" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L95" s="341" t="str">
         <f>IF(AND(K95&gt;0,Plan!$I44=0),I41&amp;Language!$E$90&amp;H41,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I96" s="348">
+        <v>0 : 1</v>
+      </c>
+    </row>
+    <row r="96" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I96" s="331">
         <v>39</v>
       </c>
-      <c r="J96" s="231" t="str">
+      <c r="J96" s="214" t="str">
         <f>IF(Plan!$I45=0,G42&amp;F42,"")</f>
         <v>VfL WolfsburgReal Madrid</v>
       </c>
-      <c r="K96" s="366">
+      <c r="K96" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L96" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L96" s="341" t="str">
         <f>IF(AND(K96&gt;0,Plan!$I45=0),I42&amp;Language!$E$90&amp;H42,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I97" s="348">
+        <v>0 : 2</v>
+      </c>
+    </row>
+    <row r="97" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I97" s="331">
         <v>40</v>
       </c>
-      <c r="J97" s="231" t="str">
+      <c r="J97" s="214" t="str">
         <f>IF(Plan!$I46=0,G43&amp;F43,"")</f>
         <v>Oud-Heverlee LeuvenParis St. Germain</v>
       </c>
-      <c r="K97" s="366">
+      <c r="K97" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L97" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L97" s="341" t="str">
         <f>IF(AND(K97&gt;0,Plan!$I46=0),I43&amp;Language!$E$90&amp;H43,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I98" s="348">
+        <v>0 : 0</v>
+      </c>
+    </row>
+    <row r="98" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I98" s="331">
         <v>41</v>
       </c>
-      <c r="J98" s="231" t="str">
+      <c r="J98" s="214" t="str">
         <f>IF(Plan!$I47=0,G44&amp;F44,"")</f>
         <v>SL BenficaFC Barcelona</v>
       </c>
-      <c r="K98" s="366">
+      <c r="K98" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L98" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L98" s="341" t="str">
         <f>IF(AND(K98&gt;0,Plan!$I47=0),I44&amp;Language!$E$90&amp;H44,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I99" s="348">
+        <v>1 : 3</v>
+      </c>
+    </row>
+    <row r="99" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I99" s="331">
         <v>42</v>
       </c>
-      <c r="J99" s="231" t="str">
+      <c r="J99" s="214" t="str">
         <f>IF(Plan!$I48=0,G45&amp;F45,"")</f>
         <v>Paris FCValerenga IF</v>
       </c>
-      <c r="K99" s="366">
+      <c r="K99" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L99" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L99" s="341" t="str">
         <f>IF(AND(K99&gt;0,Plan!$I48=0),I45&amp;Language!$E$90&amp;H45,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I100" s="348">
+        <v>1 : 0</v>
+      </c>
+    </row>
+    <row r="100" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I100" s="331">
         <v>43</v>
       </c>
-      <c r="J100" s="231" t="str">
+      <c r="J100" s="214" t="str">
         <f>IF(Plan!$I49=0,G46&amp;F46,"")</f>
         <v>FC Bayern MünchenAtletico Madrid</v>
       </c>
-      <c r="K100" s="366">
+      <c r="K100" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L100" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L100" s="341" t="str">
         <f>IF(AND(K100&gt;0,Plan!$I49=0),I46&amp;Language!$E$90&amp;H46,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I101" s="348">
+        <v>2 : 2</v>
+      </c>
+    </row>
+    <row r="101" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I101" s="331">
         <v>44</v>
       </c>
-      <c r="J101" s="231" t="str">
+      <c r="J101" s="214" t="str">
         <f>IF(Plan!$I50=0,G47&amp;F47,"")</f>
         <v>AS RomChelsea FC</v>
       </c>
-      <c r="K101" s="366">
+      <c r="K101" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L101" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L101" s="341" t="str">
         <f>IF(AND(K101&gt;0,Plan!$I50=0),I47&amp;Language!$E$90&amp;H47,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I102" s="348">
+        <v>0 : 6</v>
+      </c>
+    </row>
+    <row r="102" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I102" s="331">
         <v>45</v>
       </c>
-      <c r="J102" s="231" t="str">
+      <c r="J102" s="214" t="str">
         <f>IF(Plan!$I51=0,G48&amp;F48,"")</f>
         <v>OL LyonnesManchester United</v>
       </c>
-      <c r="K102" s="366">
+      <c r="K102" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L102" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L102" s="341" t="str">
         <f>IF(AND(K102&gt;0,Plan!$I51=0),I48&amp;Language!$E$90&amp;H48,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I103" s="348">
+        <v>3 : 0</v>
+      </c>
+    </row>
+    <row r="103" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I103" s="331">
         <v>46</v>
       </c>
-      <c r="J103" s="231" t="str">
+      <c r="J103" s="214" t="str">
         <f>IF(Plan!$I52=0,G49&amp;F49,"")</f>
         <v>Arsenal WFCOud-Heverlee Leuven</v>
       </c>
-      <c r="K103" s="366">
+      <c r="K103" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L103" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L103" s="341" t="str">
         <f>IF(AND(K103&gt;0,Plan!$I52=0),I49&amp;Language!$E$90&amp;H49,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I104" s="348">
+        <v>3 : 0</v>
+      </c>
+    </row>
+    <row r="104" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I104" s="331">
         <v>47</v>
       </c>
-      <c r="J104" s="231" t="str">
+      <c r="J104" s="214" t="str">
         <f>IF(Plan!$I53=0,G50&amp;F50,"")</f>
         <v>Chelsea FCVfL Wolfsburg</v>
       </c>
-      <c r="K104" s="366">
+      <c r="K104" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L104" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L104" s="341" t="str">
         <f>IF(AND(K104&gt;0,Plan!$I53=0),I50&amp;Language!$E$90&amp;H50,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I105" s="348">
+        <v>2 : 1</v>
+      </c>
+    </row>
+    <row r="105" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I105" s="331">
         <v>48</v>
       </c>
-      <c r="J105" s="231" t="str">
+      <c r="J105" s="214" t="str">
         <f>IF(Plan!$I54=0,G51&amp;F51,"")</f>
         <v>Valerenga IFFC Bayern München</v>
       </c>
-      <c r="K105" s="366">
+      <c r="K105" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L105" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L105" s="341" t="str">
         <f>IF(AND(K105&gt;0,Plan!$I54=0),I51&amp;Language!$E$90&amp;H51,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I106" s="348">
+        <v>0 : 3</v>
+      </c>
+    </row>
+    <row r="106" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I106" s="331">
         <v>49</v>
       </c>
-      <c r="J106" s="231" t="str">
+      <c r="J106" s="214" t="str">
         <f>IF(Plan!$I55=0,G52&amp;F52,"")</f>
         <v>Atletico MadridOL Lyonnes</v>
       </c>
-      <c r="K106" s="366">
+      <c r="K106" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L106" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L106" s="341" t="str">
         <f>IF(AND(K106&gt;0,Plan!$I55=0),I52&amp;Language!$E$90&amp;H52,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I107" s="348">
+        <v>0 : 4</v>
+      </c>
+    </row>
+    <row r="107" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I107" s="331">
         <v>50</v>
       </c>
-      <c r="J107" s="231" t="str">
+      <c r="J107" s="214" t="str">
         <f>IF(Plan!$I56=0,G53&amp;F53,"")</f>
         <v>FC BarcelonaParis FC</v>
       </c>
-      <c r="K107" s="366">
+      <c r="K107" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L107" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L107" s="341" t="str">
         <f>IF(AND(K107&gt;0,Plan!$I56=0),I53&amp;Language!$E$90&amp;H53,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I108" s="348">
+        <v>2 : 0</v>
+      </c>
+    </row>
+    <row r="108" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I108" s="331">
         <v>51</v>
       </c>
-      <c r="J108" s="231" t="str">
+      <c r="J108" s="214" t="str">
         <f>IF(Plan!$I57=0,G54&amp;F54,"")</f>
         <v>Paris St. GermainSL Benfica</v>
       </c>
-      <c r="K108" s="366">
+      <c r="K108" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L108" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L108" s="341" t="str">
         <f>IF(AND(K108&gt;0,Plan!$I57=0),I54&amp;Language!$E$90&amp;H54,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I109" s="348">
+        <v>1 : 1</v>
+      </c>
+    </row>
+    <row r="109" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I109" s="331">
         <v>52</v>
       </c>
-      <c r="J109" s="231" t="str">
+      <c r="J109" s="214" t="str">
         <f>IF(Plan!$I58=0,G55&amp;F55,"")</f>
         <v>Real MadridFC Twente</v>
       </c>
-      <c r="K109" s="366">
+      <c r="K109" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L109" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L109" s="341" t="str">
         <f>IF(AND(K109&gt;0,Plan!$I58=0),I55&amp;Language!$E$90&amp;H55,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I110" s="348">
+        <v>1 : 1</v>
+      </c>
+    </row>
+    <row r="110" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I110" s="331">
         <v>53</v>
       </c>
-      <c r="J110" s="231" t="str">
+      <c r="J110" s="214" t="str">
         <f>IF(Plan!$I59=0,G56&amp;F56,"")</f>
         <v>Manchester UnitedJuventus FC</v>
       </c>
-      <c r="K110" s="366">
+      <c r="K110" s="349">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L110" s="358" t="str">
+        <v>1</v>
+      </c>
+      <c r="L110" s="341" t="str">
         <f>IF(AND(K110&gt;0,Plan!$I59=0),I56&amp;Language!$E$90&amp;H56,"")</f>
-        <v/>
-[...3 lines deleted...]
-      <c r="I111" s="352">
+        <v>1 : 0</v>
+      </c>
+    </row>
+    <row r="111" spans="9:12" x14ac:dyDescent="0.25">
+      <c r="I111" s="335">
         <v>54</v>
       </c>
-      <c r="J111" s="327" t="str">
+      <c r="J111" s="310" t="str">
         <f>IF(Plan!$I60=0,G57&amp;F57,"")</f>
         <v>SKN St. PöltenAS Rom</v>
       </c>
-      <c r="K111" s="367">
+      <c r="K111" s="350">
         <f t="shared" si="1"/>
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="L111" s="359" t="str">
+        <v>1</v>
+      </c>
+      <c r="L111" s="342" t="str">
         <f>IF(AND(K111&gt;0,Plan!$I60=0),I57&amp;Language!$E$90&amp;H57,"")</f>
-        <v/>
-[...2 lines deleted...]
-    <row r="112" spans="9:12" x14ac:dyDescent="0.3"/>
+        <v>1 : 6</v>
+      </c>
+    </row>
+    <row r="112" spans="9:12" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="M3:N3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="A14" sqref="A14:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="6" width="11.5546875" customWidth="1"/>
-    <col min="7" max="16384" width="11.5546875" hidden="1"/>
+    <col min="1" max="6" width="11.5703125" customWidth="1"/>
+    <col min="7" max="16384" width="11.5703125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:5" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="2:5" x14ac:dyDescent="0.3"/>
+    <row r="1" spans="2:5" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:5" x14ac:dyDescent="0.25"/>
     <row r="3" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="6" t="s">
         <v>165</v>
       </c>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="7">
         <v>1000000</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>49</v>
       </c>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="9">
         <v>1000</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>47</v>
       </c>
       <c r="D5" s="14">
         <v>500</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="6" spans="2:5" ht="15" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B6" s="9">
         <v>10</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>51</v>
       </c>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
-    <row r="7" spans="2:5" ht="15" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B7" s="15">
         <v>0.1</v>
       </c>
       <c r="C7" s="16" t="s">
         <v>167</v>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
     </row>
-    <row r="8" spans="2:5" ht="15" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B8" s="15">
         <v>0.01</v>
       </c>
       <c r="C8" s="16" t="s">
         <v>168</v>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
     </row>
     <row r="9" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="15">
         <v>1E-3</v>
       </c>
       <c r="C9" s="16" t="s">
         <v>169</v>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
     </row>
-    <row r="10" spans="2:5" ht="15" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:5" x14ac:dyDescent="0.25">
       <c r="B10" s="17"/>
       <c r="C10" s="18"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
     </row>
     <row r="11" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
     </row>
     <row r="12" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="556" t="s">
+      <c r="B12" s="551" t="s">
         <v>105</v>
       </c>
-      <c r="C12" s="556"/>
+      <c r="C12" s="551"/>
       <c r="D12" s="12">
         <v>7</v>
       </c>
       <c r="E12" s="13"/>
     </row>
-    <row r="13" spans="2:5" x14ac:dyDescent="0.3"/>
+    <row r="13" spans="2:5" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B12:C12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="2" width="11.5546875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="11.5546875" hidden="1"/>
+    <col min="1" max="2" width="11.5703125" customWidth="1"/>
+    <col min="3" max="3" width="29.7109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="11.5703125" customWidth="1"/>
+    <col min="6" max="16384" width="11.5703125" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:4" ht="15" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="D1" s="37"/>
+    <row r="1" spans="2:4" x14ac:dyDescent="0.25">
+      <c r="B1" s="35"/>
+      <c r="C1" s="35"/>
+      <c r="D1" s="35"/>
     </row>
     <row r="2" spans="2:4" ht="33.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="557" t="str">
+      <c r="B2" s="552" t="str">
         <f>Language!$E$6</f>
         <v>Tie-Break</v>
       </c>
-      <c r="C2" s="557"/>
-      <c r="D2" s="557"/>
+      <c r="C2" s="552"/>
+      <c r="D2" s="552"/>
     </row>
     <row r="3" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B3" s="37"/>
-      <c r="C3" s="46" t="str">
+      <c r="B3" s="35"/>
+      <c r="C3" s="44" t="str">
         <f>Language!$E$40</f>
         <v>in der Ligaphase</v>
       </c>
-      <c r="D3" s="37"/>
+      <c r="D3" s="35"/>
     </row>
     <row r="4" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B4" s="37"/>
-[...1 lines deleted...]
-      <c r="D4" s="37"/>
+      <c r="B4" s="35"/>
+      <c r="C4" s="35"/>
+      <c r="D4" s="35"/>
     </row>
     <row r="5" spans="2:4" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="B5" s="39" t="str">
+      <c r="B5" s="37" t="str">
         <f>Language!$E$9</f>
         <v>Nr.</v>
       </c>
-      <c r="C5" s="44" t="str">
+      <c r="C5" s="42" t="str">
         <f>Language!$E$10</f>
         <v>Teilnehmer bzw. Mannschaft</v>
       </c>
-      <c r="D5" s="40" t="str">
+      <c r="D5" s="38" t="str">
         <f>Language!$E$63</f>
         <v>Bonus</v>
       </c>
     </row>
     <row r="6" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B6" s="41">
-[...2 lines deleted...]
-      <c r="C6" s="45" t="str">
+      <c r="B6" s="39">
+        <v>1</v>
+      </c>
+      <c r="C6" s="43" t="str">
         <f>IF(Plan!$D7="","",Plan!$D7)</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="D6" s="42"/>
+      <c r="D6" s="40"/>
     </row>
     <row r="7" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B7" s="38">
+      <c r="B7" s="36">
         <v>2</v>
       </c>
-      <c r="C7" s="45" t="str">
+      <c r="C7" s="43" t="str">
         <f>IF(Plan!$D8="","",Plan!$D8)</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="D7" s="43"/>
+      <c r="D7" s="41"/>
     </row>
     <row r="8" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B8" s="38">
+      <c r="B8" s="36">
         <v>3</v>
       </c>
-      <c r="C8" s="45" t="str">
+      <c r="C8" s="43" t="str">
         <f>IF(Plan!$D9="","",Plan!$D9)</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="D8" s="43"/>
+      <c r="D8" s="41"/>
     </row>
     <row r="9" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B9" s="38">
+      <c r="B9" s="36">
         <v>4</v>
       </c>
-      <c r="C9" s="45" t="str">
+      <c r="C9" s="43" t="str">
         <f>IF(Plan!$D10="","",Plan!$D10)</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="D9" s="43"/>
+      <c r="D9" s="41"/>
     </row>
     <row r="10" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B10" s="38">
+      <c r="B10" s="36">
         <v>5</v>
       </c>
-      <c r="C10" s="45" t="str">
+      <c r="C10" s="43" t="str">
         <f>IF(Plan!$D11="","",Plan!$D11)</f>
         <v>SL Benfica</v>
       </c>
-      <c r="D10" s="43"/>
+      <c r="D10" s="41"/>
     </row>
     <row r="11" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B11" s="38">
+      <c r="B11" s="36">
         <v>6</v>
       </c>
-      <c r="C11" s="45" t="str">
+      <c r="C11" s="43" t="str">
         <f>IF(Plan!$D12="","",Plan!$D12)</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="D11" s="43"/>
+      <c r="D11" s="41"/>
     </row>
     <row r="12" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
-      <c r="B12" s="38">
+      <c r="B12" s="36">
         <v>7</v>
       </c>
-      <c r="C12" s="45" t="str">
+      <c r="C12" s="43" t="str">
         <f>IF(Plan!$D13="","",Plan!$D13)</f>
         <v>Juventus FC</v>
       </c>
-      <c r="D12" s="43"/>
-[...2 lines deleted...]
-      <c r="B13" s="38">
+      <c r="D12" s="41"/>
+    </row>
+    <row r="13" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B13" s="36">
         <v>8</v>
       </c>
-      <c r="C13" s="45" t="str">
+      <c r="C13" s="43" t="str">
         <f>IF(Plan!$D14="","",Plan!$D14)</f>
         <v>Manchester United</v>
       </c>
-      <c r="D13" s="43"/>
-[...2 lines deleted...]
-      <c r="B14" s="38">
+      <c r="D13" s="41"/>
+    </row>
+    <row r="14" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B14" s="36">
         <v>9</v>
       </c>
-      <c r="C14" s="45" t="str">
+      <c r="C14" s="43" t="str">
         <f>IF(Plan!$D15="","",Plan!$D15)</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="D14" s="43"/>
-[...2 lines deleted...]
-      <c r="B15" s="38">
+      <c r="D14" s="41"/>
+    </row>
+    <row r="15" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B15" s="36">
         <v>10</v>
       </c>
-      <c r="C15" s="45" t="str">
+      <c r="C15" s="43" t="str">
         <f>IF(Plan!$D16="","",Plan!$D16)</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="D15" s="43"/>
-[...2 lines deleted...]
-      <c r="B16" s="38">
+      <c r="D15" s="41"/>
+    </row>
+    <row r="16" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B16" s="36">
         <v>11</v>
       </c>
-      <c r="C16" s="45" t="str">
+      <c r="C16" s="43" t="str">
         <f>IF(Plan!$D17="","",Plan!$D17)</f>
         <v>Paris FC</v>
       </c>
-      <c r="D16" s="43"/>
-[...2 lines deleted...]
-      <c r="B17" s="38">
+      <c r="D16" s="41"/>
+    </row>
+    <row r="17" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B17" s="36">
         <v>12</v>
       </c>
-      <c r="C17" s="45" t="str">
+      <c r="C17" s="43" t="str">
         <f>IF(Plan!$D18="","",Plan!$D18)</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="D17" s="43"/>
-[...2 lines deleted...]
-      <c r="B18" s="38">
+      <c r="D17" s="41"/>
+    </row>
+    <row r="18" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B18" s="36">
         <v>13</v>
       </c>
-      <c r="C18" s="45" t="str">
+      <c r="C18" s="43" t="str">
         <f>IF(Plan!$D19="","",Plan!$D19)</f>
         <v>Real Madrid</v>
       </c>
-      <c r="D18" s="43"/>
-[...2 lines deleted...]
-      <c r="B19" s="38">
+      <c r="D18" s="41"/>
+    </row>
+    <row r="19" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B19" s="36">
         <v>14</v>
       </c>
-      <c r="C19" s="45" t="str">
+      <c r="C19" s="43" t="str">
         <f>IF(Plan!$D20="","",Plan!$D20)</f>
         <v>AS Rom</v>
       </c>
-      <c r="D19" s="43"/>
-[...2 lines deleted...]
-      <c r="B20" s="38">
+      <c r="D19" s="41"/>
+    </row>
+    <row r="20" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B20" s="36">
         <v>15</v>
       </c>
-      <c r="C20" s="45" t="str">
+      <c r="C20" s="43" t="str">
         <f>IF(Plan!$D21="","",Plan!$D21)</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="D20" s="43"/>
-[...2 lines deleted...]
-      <c r="B21" s="38">
+      <c r="D20" s="41"/>
+    </row>
+    <row r="21" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B21" s="36">
         <v>16</v>
       </c>
-      <c r="C21" s="45" t="str">
+      <c r="C21" s="43" t="str">
         <f>IF(Plan!$D22="","",Plan!$D22)</f>
         <v>FC Twente</v>
       </c>
-      <c r="D21" s="43"/>
-[...2 lines deleted...]
-      <c r="B22" s="38">
+      <c r="D21" s="41"/>
+    </row>
+    <row r="22" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="B22" s="36">
         <v>17</v>
       </c>
-      <c r="C22" s="45" t="str">
+      <c r="C22" s="43" t="str">
         <f>IF(Plan!$D23="","",Plan!$D23)</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="D22" s="43"/>
-[...2 lines deleted...]
-      <c r="B23" s="411">
+      <c r="D22" s="41"/>
+    </row>
+    <row r="23" spans="2:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B23" s="393">
         <v>18</v>
       </c>
-      <c r="C23" s="412" t="str">
+      <c r="C23" s="394" t="str">
         <f>IF(Plan!$D24="","",Plan!$D24)</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="D23" s="413"/>
-[...1 lines deleted...]
-    <row r="24" spans="2:4" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
+      <c r="D23" s="395"/>
+    </row>
+    <row r="24" spans="2:4" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:M95"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="J1" sqref="J1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="11.5546875" style="437" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="14" max="16384" width="11.5546875" style="437" hidden="1"/>
+    <col min="1" max="1" width="11.5703125" style="419" customWidth="1"/>
+    <col min="2" max="4" width="11.5703125" style="419" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="25" style="419" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="28.7109375" style="419" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="30" style="419" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="31.42578125" style="419" customWidth="1"/>
+    <col min="9" max="9" width="11.5703125" style="419" customWidth="1"/>
+    <col min="10" max="10" width="14" style="419" bestFit="1" customWidth="1"/>
+    <col min="11" max="13" width="11.5703125" style="419" customWidth="1"/>
+    <col min="14" max="16384" width="11.5703125" style="419" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="43.8" thickBot="1" x14ac:dyDescent="0.7">
-[...9 lines deleted...]
-      <c r="I1" s="434"/>
+    <row r="1" spans="2:12" ht="60.75" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="B1" s="414"/>
+      <c r="C1" s="415"/>
+      <c r="D1" s="415"/>
+      <c r="E1" s="415"/>
+      <c r="F1" s="553" t="str">
+        <f>$E$49</f>
+        <v>Sprache wählen</v>
+      </c>
+      <c r="G1" s="553"/>
+      <c r="H1" s="553"/>
+      <c r="I1" s="416"/>
       <c r="J1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="K1" s="435" t="s">
+      <c r="K1" s="417" t="s">
         <v>2</v>
       </c>
-      <c r="L1" s="436" t="str">
+      <c r="L1" s="418" t="str">
         <f>$E$86</f>
         <v>Hier klicken und Sprache wählen</v>
       </c>
     </row>
     <row r="2" spans="2:12" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="433"/>
-[...6 lines deleted...]
-      <c r="I2" s="438"/>
+      <c r="B2" s="415"/>
+      <c r="C2" s="415"/>
+      <c r="D2" s="415"/>
+      <c r="E2" s="415"/>
+      <c r="F2" s="556"/>
+      <c r="G2" s="556"/>
+      <c r="H2" s="415"/>
+      <c r="I2" s="420"/>
       <c r="J2" s="1"/>
-      <c r="K2" s="433"/>
-[...3 lines deleted...]
-      <c r="B3" s="433" t="s">
+      <c r="K2" s="415"/>
+      <c r="L2" s="415"/>
+    </row>
+    <row r="3" spans="2:12" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="B3" s="415" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="439">
+      <c r="C3" s="421">
         <f>IF(AND($J$1&lt;&gt;B4,$J$1&lt;&gt;B5),1,0)</f>
         <v>0</v>
       </c>
-      <c r="D3" s="562"/>
-[...1 lines deleted...]
-      <c r="F3" s="565" t="s">
+      <c r="D3" s="557"/>
+      <c r="E3" s="559"/>
+      <c r="F3" s="560" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="567" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="559" t="s">
+      <c r="G3" s="562" t="s">
+        <v>1</v>
+      </c>
+      <c r="H3" s="554" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="2"/>
-      <c r="J3" s="433"/>
-[...7 lines deleted...]
-      <c r="C4" s="439">
+      <c r="J3" s="415"/>
+      <c r="K3" s="415"/>
+      <c r="L3" s="415"/>
+    </row>
+    <row r="4" spans="2:12" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="B4" s="415" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="421">
         <f>IF($J$1=B4,1,0)</f>
         <v>1</v>
       </c>
-      <c r="D4" s="563"/>
-[...10 lines deleted...]
-      <c r="B5" s="433" t="s">
+      <c r="D4" s="558"/>
+      <c r="E4" s="559"/>
+      <c r="F4" s="561"/>
+      <c r="G4" s="563"/>
+      <c r="H4" s="555"/>
+      <c r="I4" s="422"/>
+      <c r="J4" s="423"/>
+      <c r="K4" s="415"/>
+      <c r="L4" s="415"/>
+    </row>
+    <row r="5" spans="2:12" ht="29.25" thickTop="1" x14ac:dyDescent="0.45">
+      <c r="B5" s="415" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="439">
+      <c r="C5" s="421">
         <f>IF($J$1=B5,1,0)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="433"/>
-[...15 lines deleted...]
-      <c r="E6" s="433" t="str">
+      <c r="D5" s="415"/>
+      <c r="E5" s="415"/>
+      <c r="F5" s="424" t="str">
+        <f>$E$50</f>
+        <v>Überschriften</v>
+      </c>
+      <c r="G5" s="425"/>
+      <c r="H5" s="426"/>
+      <c r="I5" s="422"/>
+      <c r="J5" s="423"/>
+      <c r="K5" s="415"/>
+      <c r="L5" s="415"/>
+    </row>
+    <row r="6" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B6" s="415"/>
+      <c r="C6" s="415"/>
+      <c r="D6" s="415"/>
+      <c r="E6" s="415" t="str">
         <f>IF($C$3,F6,IF($C$4,G6,IF($H6&lt;&gt;"",$H6,$F6)))</f>
         <v>Tie-Break</v>
       </c>
-      <c r="F6" s="445" t="s">
+      <c r="F6" s="427" t="s">
         <v>8</v>
       </c>
-      <c r="G6" s="446" t="s">
+      <c r="G6" s="428" t="s">
         <v>7</v>
       </c>
-      <c r="H6" s="447"/>
-[...9 lines deleted...]
-      <c r="E7" s="433" t="str">
+      <c r="H6" s="429"/>
+      <c r="I6" s="415"/>
+      <c r="J6" s="415"/>
+      <c r="K6" s="415"/>
+      <c r="L6" s="415"/>
+    </row>
+    <row r="7" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B7" s="415"/>
+      <c r="C7" s="415"/>
+      <c r="D7" s="415"/>
+      <c r="E7" s="415" t="str">
         <f t="shared" ref="E7:E70" si="0">IF($C$3,F7,IF($C$4,G7,IF($H7&lt;&gt;"",$H7,$F7)))</f>
         <v>Einstellungen</v>
       </c>
-      <c r="F7" s="445" t="s">
+      <c r="F7" s="427" t="s">
         <v>10</v>
       </c>
-      <c r="G7" s="446" t="s">
+      <c r="G7" s="428" t="s">
         <v>9</v>
       </c>
-      <c r="H7" s="448"/>
-[...9 lines deleted...]
-      <c r="E8" s="433" t="str">
+      <c r="H7" s="430"/>
+      <c r="I7" s="415"/>
+      <c r="J7" s="415"/>
+      <c r="K7" s="415"/>
+      <c r="L7" s="415"/>
+    </row>
+    <row r="8" spans="2:12" x14ac:dyDescent="0.25">
+      <c r="B8" s="415"/>
+      <c r="C8" s="415"/>
+      <c r="D8" s="415"/>
+      <c r="E8" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Dein Datum</v>
       </c>
-      <c r="F8" s="449" t="s">
+      <c r="F8" s="431" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="450" t="s">
+      <c r="G8" s="432" t="s">
         <v>11</v>
       </c>
-      <c r="H8" s="448"/>
-[...3 lines deleted...]
-      <c r="L8" s="433"/>
+      <c r="H8" s="430"/>
+      <c r="I8" s="415"/>
+      <c r="J8" s="415"/>
+      <c r="K8" s="415"/>
+      <c r="L8" s="415"/>
     </row>
     <row r="9" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B9" s="433"/>
-[...2 lines deleted...]
-      <c r="E9" s="433" t="str">
+      <c r="B9" s="415"/>
+      <c r="C9" s="415"/>
+      <c r="D9" s="415"/>
+      <c r="E9" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Nr.</v>
       </c>
-      <c r="F9" s="451" t="s">
+      <c r="F9" s="433" t="s">
         <v>14</v>
       </c>
-      <c r="G9" s="452" t="s">
+      <c r="G9" s="434" t="s">
         <v>13</v>
       </c>
-      <c r="H9" s="448"/>
-[...3 lines deleted...]
-      <c r="L9" s="433"/>
+      <c r="H9" s="430"/>
+      <c r="I9" s="435"/>
+      <c r="J9" s="415"/>
+      <c r="K9" s="415"/>
+      <c r="L9" s="415"/>
     </row>
     <row r="10" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B10" s="433"/>
-[...2 lines deleted...]
-      <c r="E10" s="433" t="str">
+      <c r="B10" s="415"/>
+      <c r="C10" s="415"/>
+      <c r="D10" s="415"/>
+      <c r="E10" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Teilnehmer bzw. Mannschaft</v>
       </c>
-      <c r="F10" s="451" t="s">
+      <c r="F10" s="433" t="s">
         <v>16</v>
       </c>
-      <c r="G10" s="452" t="s">
+      <c r="G10" s="434" t="s">
         <v>15</v>
       </c>
-      <c r="H10" s="448"/>
-[...9 lines deleted...]
-      <c r="E11" s="433" t="str">
+      <c r="H10" s="430"/>
+      <c r="I10" s="435"/>
+      <c r="J10" s="415"/>
+      <c r="K10" s="415"/>
+      <c r="L10" s="415"/>
+    </row>
+    <row r="11" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="B11" s="415"/>
+      <c r="C11" s="415"/>
+      <c r="D11" s="415"/>
+      <c r="E11" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Ergebnisse</v>
       </c>
-      <c r="F11" s="451" t="s">
+      <c r="F11" s="433" t="s">
         <v>18</v>
       </c>
-      <c r="G11" s="452" t="s">
+      <c r="G11" s="434" t="s">
         <v>17</v>
       </c>
-      <c r="H11" s="448"/>
-[...9 lines deleted...]
-      <c r="E12" s="433" t="str">
+      <c r="H11" s="430"/>
+      <c r="I11" s="435"/>
+      <c r="J11" s="415"/>
+      <c r="K11" s="415"/>
+      <c r="L11" s="415"/>
+    </row>
+    <row r="12" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="B12" s="415"/>
+      <c r="C12" s="415"/>
+      <c r="D12" s="415"/>
+      <c r="E12" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Tabelle</v>
       </c>
-      <c r="F12" s="451" t="s">
+      <c r="F12" s="433" t="s">
         <v>20</v>
       </c>
-      <c r="G12" s="452" t="s">
+      <c r="G12" s="434" t="s">
         <v>19</v>
       </c>
-      <c r="H12" s="448"/>
-[...9 lines deleted...]
-      <c r="E13" s="433" t="str">
+      <c r="H12" s="430"/>
+      <c r="I12" s="435"/>
+      <c r="J12" s="415"/>
+      <c r="K12" s="415"/>
+      <c r="L12" s="415"/>
+    </row>
+    <row r="13" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="B13" s="415"/>
+      <c r="C13" s="415"/>
+      <c r="D13" s="415"/>
+      <c r="E13" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Spielpaarungen</v>
       </c>
-      <c r="F13" s="451" t="s">
+      <c r="F13" s="433" t="s">
         <v>22</v>
       </c>
-      <c r="G13" s="452" t="s">
+      <c r="G13" s="434" t="s">
         <v>21</v>
       </c>
-      <c r="H13" s="448"/>
-[...9 lines deleted...]
-      <c r="E14" s="433" t="str">
+      <c r="H13" s="430"/>
+      <c r="I13" s="435"/>
+      <c r="J13" s="415"/>
+      <c r="K13" s="415"/>
+      <c r="L13" s="415"/>
+    </row>
+    <row r="14" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="B14" s="415"/>
+      <c r="C14" s="415"/>
+      <c r="D14" s="415"/>
+      <c r="E14" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Spielpaarung</v>
       </c>
-      <c r="F14" s="451" t="s">
+      <c r="F14" s="433" t="s">
         <v>24</v>
       </c>
-      <c r="G14" s="452" t="s">
+      <c r="G14" s="434" t="s">
         <v>23</v>
       </c>
-      <c r="H14" s="448"/>
-[...9 lines deleted...]
-      <c r="E15" s="433" t="str">
+      <c r="H14" s="430"/>
+      <c r="I14" s="435"/>
+      <c r="J14" s="415"/>
+      <c r="K14" s="415"/>
+      <c r="L14" s="415"/>
+    </row>
+    <row r="15" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="B15" s="415"/>
+      <c r="C15" s="415"/>
+      <c r="D15" s="415"/>
+      <c r="E15" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Ergebnis</v>
       </c>
-      <c r="F15" s="451" t="s">
+      <c r="F15" s="433" t="s">
         <v>26</v>
       </c>
-      <c r="G15" s="452" t="s">
+      <c r="G15" s="434" t="s">
         <v>25</v>
       </c>
-      <c r="H15" s="448"/>
-[...9 lines deleted...]
-      <c r="E16" s="433" t="str">
+      <c r="H15" s="430"/>
+      <c r="I15" s="435"/>
+      <c r="J15" s="415"/>
+      <c r="K15" s="415"/>
+      <c r="L15" s="415"/>
+    </row>
+    <row r="16" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="B16" s="415"/>
+      <c r="C16" s="415"/>
+      <c r="D16" s="415"/>
+      <c r="E16" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Spieltage</v>
       </c>
-      <c r="F16" s="451" t="s">
+      <c r="F16" s="433" t="s">
         <v>28</v>
       </c>
-      <c r="G16" s="452" t="s">
+      <c r="G16" s="434" t="s">
         <v>27</v>
       </c>
-      <c r="H16" s="448"/>
-[...6 lines deleted...]
-      <c r="E17" s="433" t="str">
+      <c r="H16" s="430"/>
+      <c r="I16" s="435"/>
+      <c r="J16" s="415"/>
+      <c r="K16" s="415"/>
+      <c r="L16" s="415"/>
+    </row>
+    <row r="17" spans="5:13" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="E17" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Spieltag</v>
       </c>
-      <c r="F17" s="451" t="s">
+      <c r="F17" s="433" t="s">
         <v>30</v>
       </c>
-      <c r="G17" s="452" t="s">
+      <c r="G17" s="434" t="s">
         <v>29</v>
       </c>
-      <c r="H17" s="448"/>
-[...7 lines deleted...]
-      <c r="E18" s="433" t="str">
+      <c r="H17" s="430"/>
+      <c r="I17" s="435"/>
+      <c r="J17" s="415"/>
+      <c r="K17" s="415"/>
+      <c r="L17" s="415"/>
+      <c r="M17" s="415"/>
+    </row>
+    <row r="18" spans="5:13" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="E18" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Auswärtsspiele</v>
       </c>
-      <c r="F18" s="451" t="s">
+      <c r="F18" s="433" t="s">
         <v>32</v>
       </c>
-      <c r="G18" s="452" t="s">
+      <c r="G18" s="434" t="s">
         <v>31</v>
       </c>
-      <c r="H18" s="448"/>
-[...7 lines deleted...]
-      <c r="E19" s="433" t="str">
+      <c r="H18" s="430"/>
+      <c r="I18" s="435"/>
+      <c r="J18" s="415"/>
+      <c r="K18" s="415"/>
+      <c r="L18" s="415"/>
+      <c r="M18" s="415"/>
+    </row>
+    <row r="19" spans="5:13" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="E19" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Rückspiele</v>
       </c>
-      <c r="F19" s="451" t="s">
+      <c r="F19" s="433" t="s">
         <v>34</v>
       </c>
-      <c r="G19" s="452" t="s">
+      <c r="G19" s="434" t="s">
         <v>33</v>
       </c>
-      <c r="H19" s="448"/>
-[...7 lines deleted...]
-      <c r="E20" s="433" t="str">
+      <c r="H19" s="430"/>
+      <c r="I19" s="435"/>
+      <c r="J19" s="415"/>
+      <c r="K19" s="415"/>
+      <c r="L19" s="415"/>
+      <c r="M19" s="415"/>
+    </row>
+    <row r="20" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E20" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Name</v>
       </c>
-      <c r="F20" s="449" t="s">
+      <c r="F20" s="431" t="s">
         <v>35</v>
       </c>
-      <c r="G20" s="450" t="s">
+      <c r="G20" s="432" t="s">
         <v>35</v>
       </c>
-      <c r="H20" s="448"/>
-[...7 lines deleted...]
-      <c r="E21" s="433" t="str">
+      <c r="H20" s="430"/>
+      <c r="I20" s="436"/>
+      <c r="J20" s="436"/>
+      <c r="K20" s="436"/>
+      <c r="L20" s="436"/>
+      <c r="M20" s="436"/>
+    </row>
+    <row r="21" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E21" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Sp</v>
       </c>
-      <c r="F21" s="449" t="s">
+      <c r="F21" s="431" t="s">
         <v>37</v>
       </c>
-      <c r="G21" s="450" t="s">
+      <c r="G21" s="432" t="s">
         <v>36</v>
       </c>
-      <c r="H21" s="448"/>
-[...7 lines deleted...]
-      <c r="E22" s="433" t="str">
+      <c r="H21" s="430"/>
+      <c r="I21" s="436"/>
+      <c r="J21" s="436"/>
+      <c r="K21" s="436"/>
+      <c r="L21" s="436"/>
+      <c r="M21" s="436"/>
+    </row>
+    <row r="22" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E22" s="415" t="str">
         <f t="shared" si="0"/>
         <v>G</v>
       </c>
-      <c r="F22" s="449" t="s">
+      <c r="F22" s="431" t="s">
         <v>39</v>
       </c>
-      <c r="G22" s="450" t="s">
+      <c r="G22" s="432" t="s">
         <v>38</v>
       </c>
-      <c r="H22" s="448"/>
-[...7 lines deleted...]
-      <c r="E23" s="433" t="str">
+      <c r="H22" s="430"/>
+      <c r="I22" s="436"/>
+      <c r="J22" s="436"/>
+      <c r="K22" s="436"/>
+      <c r="L22" s="436"/>
+      <c r="M22" s="436"/>
+    </row>
+    <row r="23" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E23" s="415" t="str">
         <f t="shared" si="0"/>
         <v>U</v>
       </c>
-      <c r="F23" s="449" t="s">
+      <c r="F23" s="431" t="s">
         <v>41</v>
       </c>
-      <c r="G23" s="450" t="s">
+      <c r="G23" s="432" t="s">
         <v>40</v>
       </c>
-      <c r="H23" s="448"/>
-[...7 lines deleted...]
-      <c r="E24" s="433" t="str">
+      <c r="H23" s="430"/>
+      <c r="I23" s="436"/>
+      <c r="J23" s="436"/>
+      <c r="K23" s="436"/>
+      <c r="L23" s="436"/>
+      <c r="M23" s="436"/>
+    </row>
+    <row r="24" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E24" s="415" t="str">
         <f t="shared" si="0"/>
         <v>V</v>
       </c>
-      <c r="F24" s="449" t="s">
+      <c r="F24" s="431" t="s">
         <v>43</v>
       </c>
-      <c r="G24" s="450" t="s">
+      <c r="G24" s="432" t="s">
         <v>42</v>
       </c>
-      <c r="H24" s="448"/>
-[...7 lines deleted...]
-      <c r="E25" s="433" t="str">
+      <c r="H24" s="430"/>
+      <c r="I24" s="436"/>
+      <c r="J24" s="436"/>
+      <c r="K24" s="436"/>
+      <c r="L24" s="436"/>
+      <c r="M24" s="436"/>
+    </row>
+    <row r="25" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E25" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Tore</v>
       </c>
-      <c r="F25" s="449" t="s">
+      <c r="F25" s="431" t="s">
         <v>45</v>
       </c>
-      <c r="G25" s="450" t="s">
+      <c r="G25" s="432" t="s">
         <v>44</v>
       </c>
-      <c r="H25" s="448"/>
-[...7 lines deleted...]
-      <c r="E26" s="433" t="str">
+      <c r="H25" s="430"/>
+      <c r="I25" s="436"/>
+      <c r="J25" s="436"/>
+      <c r="K25" s="436"/>
+      <c r="L25" s="436"/>
+      <c r="M25" s="436"/>
+    </row>
+    <row r="26" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E26" s="415" t="str">
         <f t="shared" si="0"/>
         <v>TD</v>
       </c>
-      <c r="F26" s="449" t="s">
+      <c r="F26" s="431" t="s">
         <v>47</v>
       </c>
-      <c r="G26" s="450" t="s">
+      <c r="G26" s="432" t="s">
         <v>46</v>
       </c>
-      <c r="H26" s="448"/>
-[...7 lines deleted...]
-      <c r="E27" s="433" t="str">
+      <c r="H26" s="430"/>
+      <c r="I26" s="436"/>
+      <c r="J26" s="436"/>
+      <c r="K26" s="436"/>
+      <c r="L26" s="436"/>
+      <c r="M26" s="436"/>
+    </row>
+    <row r="27" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E27" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Pkt</v>
       </c>
-      <c r="F27" s="449" t="s">
+      <c r="F27" s="431" t="s">
         <v>49</v>
       </c>
-      <c r="G27" s="450" t="s">
+      <c r="G27" s="432" t="s">
         <v>48</v>
       </c>
-      <c r="H27" s="448"/>
-[...7 lines deleted...]
-      <c r="E28" s="433" t="str">
+      <c r="H27" s="430"/>
+      <c r="I27" s="436"/>
+      <c r="J27" s="436"/>
+      <c r="K27" s="436"/>
+      <c r="L27" s="436"/>
+      <c r="M27" s="436"/>
+    </row>
+    <row r="28" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E28" s="415" t="str">
         <f t="shared" si="0"/>
         <v>erz. Tore</v>
       </c>
-      <c r="F28" s="449" t="s">
+      <c r="F28" s="431" t="s">
         <v>51</v>
       </c>
-      <c r="G28" s="450" t="s">
+      <c r="G28" s="432" t="s">
         <v>50</v>
       </c>
-      <c r="H28" s="448"/>
-[...7 lines deleted...]
-      <c r="E29" s="433" t="str">
+      <c r="H28" s="430"/>
+      <c r="I28" s="436"/>
+      <c r="J28" s="436"/>
+      <c r="K28" s="436"/>
+      <c r="L28" s="436"/>
+      <c r="M28" s="436"/>
+    </row>
+    <row r="29" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E29" s="415" t="str">
         <f t="shared" si="0"/>
         <v>ATore</v>
       </c>
-      <c r="F29" s="449" t="s">
+      <c r="F29" s="431" t="s">
         <v>53</v>
       </c>
-      <c r="G29" s="450" t="s">
+      <c r="G29" s="432" t="s">
         <v>52</v>
       </c>
-      <c r="H29" s="448"/>
-[...7 lines deleted...]
-      <c r="E30" s="433" t="str">
+      <c r="H29" s="430"/>
+      <c r="I29" s="436"/>
+      <c r="J29" s="436"/>
+      <c r="K29" s="436"/>
+      <c r="L29" s="436"/>
+      <c r="M29" s="436"/>
+    </row>
+    <row r="30" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E30" s="415" t="str">
         <f t="shared" si="0"/>
         <v>AGew</v>
       </c>
-      <c r="F30" s="449" t="s">
+      <c r="F30" s="431" t="s">
         <v>55</v>
       </c>
-      <c r="G30" s="450" t="s">
+      <c r="G30" s="432" t="s">
         <v>54</v>
       </c>
-      <c r="H30" s="448"/>
-[...7 lines deleted...]
-      <c r="E31" s="433" t="str">
+      <c r="H30" s="430"/>
+      <c r="I30" s="436"/>
+      <c r="J30" s="436"/>
+      <c r="K30" s="436"/>
+      <c r="L30" s="436"/>
+      <c r="M30" s="436"/>
+    </row>
+    <row r="31" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E31" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Hinspiel</v>
       </c>
-      <c r="F31" s="449" t="s">
+      <c r="F31" s="431" t="s">
         <v>57</v>
       </c>
-      <c r="G31" s="450" t="s">
+      <c r="G31" s="432" t="s">
         <v>56</v>
       </c>
-      <c r="H31" s="448"/>
-[...7 lines deleted...]
-      <c r="E32" s="433" t="str">
+      <c r="H31" s="430"/>
+      <c r="I31" s="436"/>
+      <c r="J31" s="436"/>
+      <c r="K31" s="436"/>
+      <c r="L31" s="436"/>
+      <c r="M31" s="436"/>
+    </row>
+    <row r="32" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E32" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Rückspiel</v>
       </c>
-      <c r="F32" s="449" t="s">
+      <c r="F32" s="431" t="s">
         <v>59</v>
       </c>
-      <c r="G32" s="450" t="s">
+      <c r="G32" s="432" t="s">
         <v>58</v>
       </c>
-      <c r="H32" s="448"/>
-[...7 lines deleted...]
-      <c r="E33" s="433" t="str">
+      <c r="H32" s="430"/>
+      <c r="I32" s="436"/>
+      <c r="J32" s="436"/>
+      <c r="K32" s="436"/>
+      <c r="L32" s="436"/>
+      <c r="M32" s="436"/>
+    </row>
+    <row r="33" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E33" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="F33" s="449" t="s">
+      <c r="F33" s="431" t="s">
         <v>61</v>
       </c>
-      <c r="G33" s="450" t="s">
+      <c r="G33" s="432" t="s">
         <v>60</v>
       </c>
-      <c r="H33" s="448"/>
-[...7 lines deleted...]
-      <c r="E34" s="433" t="str">
+      <c r="H33" s="430"/>
+      <c r="I33" s="436"/>
+      <c r="J33" s="436"/>
+      <c r="K33" s="436"/>
+      <c r="L33" s="436"/>
+      <c r="M33" s="436"/>
+    </row>
+    <row r="34" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E34" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Achtelfinale</v>
       </c>
-      <c r="F34" s="449" t="s">
+      <c r="F34" s="431" t="s">
         <v>63</v>
       </c>
-      <c r="G34" s="450" t="s">
+      <c r="G34" s="432" t="s">
         <v>62</v>
       </c>
-      <c r="H34" s="448"/>
-[...7 lines deleted...]
-      <c r="E35" s="433" t="str">
+      <c r="H34" s="430"/>
+      <c r="I34" s="436"/>
+      <c r="J34" s="436"/>
+      <c r="K34" s="436"/>
+      <c r="L34" s="436"/>
+      <c r="M34" s="436"/>
+    </row>
+    <row r="35" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E35" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Viertelfinale</v>
       </c>
-      <c r="F35" s="449" t="s">
+      <c r="F35" s="431" t="s">
         <v>65</v>
       </c>
-      <c r="G35" s="450" t="s">
+      <c r="G35" s="432" t="s">
         <v>64</v>
       </c>
-      <c r="H35" s="448"/>
-[...7 lines deleted...]
-      <c r="E36" s="433" t="str">
+      <c r="H35" s="430"/>
+      <c r="I35" s="436"/>
+      <c r="J35" s="436"/>
+      <c r="K35" s="436"/>
+      <c r="L35" s="436"/>
+      <c r="M35" s="436"/>
+    </row>
+    <row r="36" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E36" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Halbfinale</v>
       </c>
-      <c r="F36" s="449" t="s">
+      <c r="F36" s="431" t="s">
         <v>67</v>
       </c>
-      <c r="G36" s="450" t="s">
+      <c r="G36" s="432" t="s">
         <v>66</v>
       </c>
-      <c r="H36" s="448"/>
-[...7 lines deleted...]
-      <c r="E37" s="433" t="str">
+      <c r="H36" s="430"/>
+      <c r="I36" s="436"/>
+      <c r="J36" s="436"/>
+      <c r="K36" s="436"/>
+      <c r="L36" s="436"/>
+      <c r="M36" s="436"/>
+    </row>
+    <row r="37" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E37" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Finale</v>
       </c>
-      <c r="F37" s="449" t="s">
+      <c r="F37" s="431" t="s">
         <v>69</v>
       </c>
-      <c r="G37" s="450" t="s">
+      <c r="G37" s="432" t="s">
         <v>68</v>
       </c>
-      <c r="H37" s="448"/>
-[...7 lines deleted...]
-      <c r="E38" s="433" t="str">
+      <c r="H37" s="430"/>
+      <c r="I37" s="436"/>
+      <c r="J37" s="436"/>
+      <c r="K37" s="436"/>
+      <c r="L37" s="436"/>
+      <c r="M37" s="436"/>
+    </row>
+    <row r="38" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E38" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Play-Offs</v>
       </c>
-      <c r="F38" s="449" t="s">
+      <c r="F38" s="431" t="s">
         <v>71</v>
       </c>
-      <c r="G38" s="450" t="s">
+      <c r="G38" s="432" t="s">
         <v>70</v>
       </c>
-      <c r="H38" s="448"/>
-[...7 lines deleted...]
-      <c r="E39" s="433" t="str">
+      <c r="H38" s="430"/>
+      <c r="I38" s="436"/>
+      <c r="J38" s="436"/>
+      <c r="K38" s="436"/>
+      <c r="L38" s="436"/>
+      <c r="M38" s="436"/>
+    </row>
+    <row r="39" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E39" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Liga-Rang</v>
       </c>
-      <c r="F39" s="449" t="s">
+      <c r="F39" s="431" t="s">
         <v>73</v>
       </c>
-      <c r="G39" s="450" t="s">
+      <c r="G39" s="432" t="s">
         <v>72</v>
       </c>
-      <c r="H39" s="448"/>
-[...7 lines deleted...]
-      <c r="E40" s="433" t="str">
+      <c r="H39" s="430"/>
+      <c r="I39" s="436"/>
+      <c r="J39" s="436"/>
+      <c r="K39" s="436"/>
+      <c r="L39" s="436"/>
+      <c r="M39" s="436"/>
+    </row>
+    <row r="40" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E40" s="415" t="str">
         <f t="shared" si="0"/>
         <v>in der Ligaphase</v>
       </c>
-      <c r="F40" s="449" t="s">
+      <c r="F40" s="431" t="s">
         <v>75</v>
       </c>
-      <c r="G40" s="450" t="s">
+      <c r="G40" s="432" t="s">
         <v>74</v>
       </c>
-      <c r="H40" s="448"/>
-[...18 lines deleted...]
-      <c r="E42" s="433" t="str">
+      <c r="H40" s="430"/>
+      <c r="I40" s="436"/>
+      <c r="J40" s="436"/>
+      <c r="K40" s="436"/>
+      <c r="L40" s="436"/>
+      <c r="M40" s="436"/>
+    </row>
+    <row r="41" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E41" s="415"/>
+      <c r="F41" s="431"/>
+      <c r="G41" s="432"/>
+      <c r="H41" s="430"/>
+      <c r="I41" s="436"/>
+      <c r="J41" s="436"/>
+      <c r="K41" s="436"/>
+      <c r="L41" s="436"/>
+      <c r="M41" s="436"/>
+    </row>
+    <row r="42" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E42" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Liga-Tabelle</v>
       </c>
-      <c r="F42" s="449" t="s">
+      <c r="F42" s="431" t="s">
         <v>77</v>
       </c>
-      <c r="G42" s="450" t="s">
+      <c r="G42" s="432" t="s">
         <v>76</v>
       </c>
-      <c r="H42" s="448"/>
-[...7 lines deleted...]
-      <c r="E43" s="433" t="str">
+      <c r="H42" s="430"/>
+      <c r="I42" s="436"/>
+      <c r="J42" s="436"/>
+      <c r="K42" s="436"/>
+      <c r="L42" s="436"/>
+      <c r="M42" s="436"/>
+    </row>
+    <row r="43" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E43" s="415" t="str">
         <f t="shared" si="0"/>
         <v>TABELLE UNGÜLTIG</v>
       </c>
-      <c r="F43" s="449" t="s">
+      <c r="F43" s="431" t="s">
         <v>79</v>
       </c>
-      <c r="G43" s="450" t="s">
+      <c r="G43" s="432" t="s">
         <v>78</v>
       </c>
-      <c r="H43" s="448"/>
-[...7 lines deleted...]
-      <c r="E44" s="433" t="str">
+      <c r="H43" s="430"/>
+      <c r="I43" s="415"/>
+      <c r="J43" s="415"/>
+      <c r="K43" s="415"/>
+      <c r="L43" s="415"/>
+      <c r="M43" s="415"/>
+    </row>
+    <row r="44" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E44" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Teilnehmer und Ablaufplan</v>
       </c>
-      <c r="F44" s="449" t="s">
+      <c r="F44" s="431" t="s">
         <v>81</v>
       </c>
-      <c r="G44" s="450" t="s">
+      <c r="G44" s="432" t="s">
         <v>80</v>
       </c>
-      <c r="H44" s="448"/>
-[...7 lines deleted...]
-      <c r="E45" s="433" t="str">
+      <c r="H44" s="430"/>
+      <c r="I44" s="415"/>
+      <c r="J44" s="415"/>
+      <c r="K44" s="415"/>
+      <c r="L44" s="415"/>
+      <c r="M44" s="415"/>
+    </row>
+    <row r="45" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E45" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Teilnehmer</v>
       </c>
-      <c r="F45" s="449" t="s">
+      <c r="F45" s="431" t="s">
         <v>83</v>
       </c>
-      <c r="G45" s="450" t="s">
+      <c r="G45" s="432" t="s">
         <v>82</v>
       </c>
-      <c r="H45" s="448"/>
-[...7 lines deleted...]
-      <c r="E46" s="433" t="str">
+      <c r="H45" s="430"/>
+      <c r="I45" s="415"/>
+      <c r="J45" s="415"/>
+      <c r="K45" s="415"/>
+      <c r="L45" s="415"/>
+      <c r="M45" s="415"/>
+    </row>
+    <row r="46" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E46" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Ablaufplan</v>
       </c>
-      <c r="F46" s="449" t="s">
+      <c r="F46" s="431" t="s">
         <v>85</v>
       </c>
-      <c r="G46" s="450" t="s">
+      <c r="G46" s="432" t="s">
         <v>84</v>
       </c>
-      <c r="H46" s="448"/>
-[...7 lines deleted...]
-      <c r="E47" s="433" t="str">
+      <c r="H46" s="430"/>
+      <c r="I46" s="415"/>
+      <c r="J46" s="415"/>
+      <c r="K46" s="415"/>
+      <c r="L46" s="415"/>
+      <c r="M46" s="415"/>
+    </row>
+    <row r="47" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E47" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Spiel-Nr.</v>
       </c>
-      <c r="F47" s="449" t="s">
+      <c r="F47" s="431" t="s">
         <v>87</v>
       </c>
-      <c r="G47" s="450" t="s">
+      <c r="G47" s="432" t="s">
         <v>86</v>
       </c>
-      <c r="H47" s="448"/>
-[...7 lines deleted...]
-      <c r="E48" s="433" t="str">
+      <c r="H47" s="430"/>
+      <c r="I47" s="415"/>
+      <c r="J47" s="415"/>
+      <c r="K47" s="415"/>
+      <c r="L47" s="415"/>
+      <c r="M47" s="415"/>
+    </row>
+    <row r="48" spans="5:13" x14ac:dyDescent="0.25">
+      <c r="E48" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Paarungen</v>
       </c>
-      <c r="F48" s="449" t="s">
+      <c r="F48" s="431" t="s">
         <v>89</v>
       </c>
-      <c r="G48" s="450" t="s">
+      <c r="G48" s="432" t="s">
         <v>88</v>
       </c>
-      <c r="H48" s="448"/>
-[...7 lines deleted...]
-      <c r="E49" s="433" t="str">
+      <c r="H48" s="430"/>
+      <c r="I48" s="415"/>
+      <c r="J48" s="415"/>
+      <c r="K48" s="415"/>
+      <c r="L48" s="415"/>
+      <c r="M48" s="415"/>
+    </row>
+    <row r="49" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E49" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Sprache wählen</v>
       </c>
-      <c r="F49" s="449" t="s">
+      <c r="F49" s="431" t="s">
         <v>90</v>
       </c>
-      <c r="G49" s="450" t="s">
-[...5 lines deleted...]
-      <c r="E50" s="433" t="str">
+      <c r="G49" s="432" t="s">
+        <v>0</v>
+      </c>
+      <c r="H49" s="430"/>
+    </row>
+    <row r="50" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E50" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Überschriften</v>
       </c>
-      <c r="F50" s="449" t="s">
+      <c r="F50" s="431" t="s">
         <v>91</v>
       </c>
-      <c r="G50" s="450" t="s">
+      <c r="G50" s="432" t="s">
         <v>6</v>
       </c>
-      <c r="H50" s="448"/>
-[...2 lines deleted...]
-      <c r="E51" s="433" t="str">
+      <c r="H50" s="430"/>
+    </row>
+    <row r="51" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E51" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Meldungen</v>
       </c>
-      <c r="F51" s="449" t="s">
+      <c r="F51" s="431" t="s">
         <v>93</v>
       </c>
-      <c r="G51" s="450" t="s">
+      <c r="G51" s="432" t="s">
         <v>92</v>
       </c>
-      <c r="H51" s="448"/>
-[...2 lines deleted...]
-      <c r="E52" s="433" t="str">
+      <c r="H51" s="430"/>
+    </row>
+    <row r="52" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E52" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Deine Überschriften</v>
       </c>
-      <c r="F52" s="449" t="s">
+      <c r="F52" s="431" t="s">
         <v>95</v>
       </c>
-      <c r="G52" s="450" t="s">
+      <c r="G52" s="432" t="s">
         <v>94</v>
       </c>
-      <c r="H52" s="448"/>
-[...2 lines deleted...]
-      <c r="E53" s="433" t="str">
+      <c r="H52" s="430"/>
+    </row>
+    <row r="53" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E53" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Anzahl der Punkte für einen Sieg:</v>
       </c>
-      <c r="F53" s="449" t="s">
+      <c r="F53" s="431" t="s">
         <v>97</v>
       </c>
-      <c r="G53" s="450" t="s">
+      <c r="G53" s="432" t="s">
         <v>96</v>
       </c>
-      <c r="H53" s="448"/>
-[...2 lines deleted...]
-      <c r="E54" s="433" t="str">
+      <c r="H53" s="430"/>
+    </row>
+    <row r="54" spans="5:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E54" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Einzelne Teams im Vergleich für einen bestimmten Zeitraum</v>
       </c>
-      <c r="F54" s="455" t="s">
+      <c r="F54" s="437" t="s">
         <v>99</v>
       </c>
-      <c r="G54" s="456" t="s">
+      <c r="G54" s="438" t="s">
         <v>98</v>
       </c>
-      <c r="H54" s="448"/>
-[...2 lines deleted...]
-      <c r="E55" s="433" t="str">
+      <c r="H54" s="430"/>
+    </row>
+    <row r="55" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E55" s="415" t="str">
         <f t="shared" si="0"/>
         <v>von</v>
       </c>
-      <c r="F55" s="449" t="s">
+      <c r="F55" s="431" t="s">
         <v>101</v>
       </c>
-      <c r="G55" s="450" t="s">
+      <c r="G55" s="432" t="s">
         <v>100</v>
       </c>
-      <c r="H55" s="448"/>
-[...2 lines deleted...]
-      <c r="E56" s="433" t="str">
+      <c r="H55" s="430"/>
+    </row>
+    <row r="56" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E56" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Abkürzung</v>
       </c>
-      <c r="F56" s="449" t="s">
+      <c r="F56" s="431" t="s">
         <v>103</v>
       </c>
-      <c r="G56" s="450" t="s">
+      <c r="G56" s="432" t="s">
         <v>102</v>
       </c>
-      <c r="H56" s="448"/>
-[...2 lines deleted...]
-      <c r="E57" s="433" t="str">
+      <c r="H56" s="430"/>
+    </row>
+    <row r="57" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E57" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Länge der Abkürzungen:</v>
       </c>
-      <c r="F57" s="449" t="s">
+      <c r="F57" s="431" t="s">
         <v>105</v>
       </c>
-      <c r="G57" s="450" t="s">
+      <c r="G57" s="432" t="s">
         <v>104</v>
       </c>
-      <c r="H57" s="448"/>
-[...2 lines deleted...]
-      <c r="E58" s="433" t="str">
+      <c r="H57" s="430"/>
+    </row>
+    <row r="58" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E58" s="415" t="str">
         <f t="shared" si="0"/>
         <v>bis</v>
       </c>
-      <c r="F58" s="449" t="s">
+      <c r="F58" s="431" t="s">
         <v>107</v>
       </c>
-      <c r="G58" s="450" t="s">
+      <c r="G58" s="432" t="s">
         <v>106</v>
       </c>
-      <c r="H58" s="448"/>
-[...2 lines deleted...]
-      <c r="E59" s="433" t="str">
+      <c r="H58" s="430"/>
+    </row>
+    <row r="59" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E59" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Datum</v>
       </c>
-      <c r="F59" s="449" t="s">
+      <c r="F59" s="431" t="s">
         <v>109</v>
       </c>
-      <c r="G59" s="450" t="s">
+      <c r="G59" s="432" t="s">
         <v>108</v>
       </c>
-      <c r="H59" s="448"/>
-[...2 lines deleted...]
-      <c r="E60" s="433" t="str">
+      <c r="H59" s="430"/>
+    </row>
+    <row r="60" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E60" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Spiel gegen</v>
       </c>
-      <c r="F60" s="449" t="s">
+      <c r="F60" s="431" t="s">
         <v>111</v>
       </c>
-      <c r="G60" s="450" t="s">
+      <c r="G60" s="432" t="s">
         <v>110</v>
       </c>
-      <c r="H60" s="448"/>
-[...2 lines deleted...]
-      <c r="E61" s="433" t="str">
+      <c r="H60" s="430"/>
+    </row>
+    <row r="61" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E61" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Anmerkung</v>
       </c>
-      <c r="F61" s="449" t="s">
+      <c r="F61" s="431" t="s">
         <v>113</v>
       </c>
-      <c r="G61" s="450" t="s">
+      <c r="G61" s="432" t="s">
         <v>112</v>
       </c>
-      <c r="H61" s="448"/>
-[...2 lines deleted...]
-      <c r="E62" s="433" t="str">
+      <c r="H61" s="430"/>
+    </row>
+    <row r="62" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E62" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Zeit</v>
       </c>
-      <c r="F62" s="449" t="s">
+      <c r="F62" s="431" t="s">
         <v>115</v>
       </c>
-      <c r="G62" s="450" t="s">
+      <c r="G62" s="432" t="s">
         <v>114</v>
       </c>
-      <c r="H62" s="448"/>
-[...2 lines deleted...]
-      <c r="E63" s="433" t="str">
+      <c r="H62" s="430"/>
+    </row>
+    <row r="63" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E63" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Bonus</v>
       </c>
-      <c r="F63" s="445" t="s">
+      <c r="F63" s="427" t="s">
         <v>116</v>
       </c>
-      <c r="G63" s="446" t="s">
+      <c r="G63" s="428" t="s">
         <v>116</v>
       </c>
-      <c r="H63" s="448"/>
-[...2 lines deleted...]
-      <c r="E64" s="433" t="str">
+      <c r="H63" s="430"/>
+    </row>
+    <row r="64" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E64" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Team</v>
       </c>
-      <c r="F64" s="449" t="s">
+      <c r="F64" s="431" t="s">
         <v>117</v>
       </c>
-      <c r="G64" s="450" t="s">
+      <c r="G64" s="432" t="s">
         <v>117</v>
       </c>
-      <c r="H64" s="457"/>
-[...2 lines deleted...]
-      <c r="E65" s="433" t="str">
+      <c r="H64" s="439"/>
+    </row>
+    <row r="65" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E65" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Strafpunkte</v>
       </c>
-      <c r="F65" s="449" t="s">
+      <c r="F65" s="431" t="s">
         <v>119</v>
       </c>
-      <c r="G65" s="450" t="s">
+      <c r="G65" s="432" t="s">
         <v>118</v>
       </c>
-      <c r="H65" s="457"/>
-[...2 lines deleted...]
-      <c r="E66" s="433" t="str">
+      <c r="H65" s="439"/>
+    </row>
+    <row r="66" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E66" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Strafp.</v>
       </c>
-      <c r="F66" s="449" t="s">
+      <c r="F66" s="431" t="s">
         <v>121</v>
       </c>
-      <c r="G66" s="450" t="s">
+      <c r="G66" s="432" t="s">
         <v>120</v>
       </c>
-      <c r="H66" s="457"/>
-[...16 lines deleted...]
-      <c r="E69" s="433" t="str">
+      <c r="H66" s="439"/>
+    </row>
+    <row r="67" spans="5:8" ht="28.5" x14ac:dyDescent="0.45">
+      <c r="E67" s="415"/>
+      <c r="F67" s="440" t="str">
+        <f>$E$51</f>
+        <v>Meldungen</v>
+      </c>
+      <c r="G67" s="441"/>
+      <c r="H67" s="442"/>
+    </row>
+    <row r="68" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E68" s="415"/>
+      <c r="F68" s="443"/>
+      <c r="G68" s="444"/>
+      <c r="H68" s="445"/>
+    </row>
+    <row r="69" spans="5:8" ht="51" x14ac:dyDescent="0.25">
+      <c r="E69" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Doppelte Spielpaarungen und Spiele gegen sich selbst
 führen in der Gesamttabelle zu falschen Werten!</v>
       </c>
-      <c r="F69" s="455" t="s">
+      <c r="F69" s="437" t="s">
         <v>123</v>
       </c>
-      <c r="G69" s="456" t="s">
+      <c r="G69" s="438" t="s">
         <v>122</v>
       </c>
-      <c r="H69" s="463"/>
-[...2 lines deleted...]
-      <c r="E70" s="433" t="str">
+      <c r="H69" s="445"/>
+    </row>
+    <row r="70" spans="5:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E70" s="415" t="str">
         <f t="shared" si="0"/>
         <v>Bei Punktgleichheit entscheiden folgende Kriterien:</v>
       </c>
-      <c r="F70" s="455" t="s">
+      <c r="F70" s="437" t="s">
         <v>125</v>
       </c>
-      <c r="G70" s="462" t="s">
+      <c r="G70" s="444" t="s">
         <v>124</v>
       </c>
-      <c r="H70" s="463"/>
-[...2 lines deleted...]
-      <c r="E71" s="433" t="str">
+      <c r="H70" s="445"/>
+    </row>
+    <row r="71" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E71" s="415" t="str">
         <f t="shared" ref="E71:E90" si="1">IF($C$3,F71,IF($C$4,G71,IF($H71&lt;&gt;"",$H71,$F71)))</f>
         <v>Bessere Tordifferenz</v>
       </c>
-      <c r="F71" s="455" t="s">
+      <c r="F71" s="437" t="s">
         <v>127</v>
       </c>
-      <c r="G71" s="464" t="s">
+      <c r="G71" s="446" t="s">
         <v>126</v>
       </c>
-      <c r="H71" s="465"/>
-[...2 lines deleted...]
-      <c r="E72" s="433" t="str">
+      <c r="H71" s="447"/>
+    </row>
+    <row r="72" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E72" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl erzielter Tore</v>
       </c>
-      <c r="F72" s="455" t="s">
+      <c r="F72" s="437" t="s">
         <v>129</v>
       </c>
-      <c r="G72" s="464" t="s">
+      <c r="G72" s="446" t="s">
         <v>128</v>
       </c>
-      <c r="H72" s="465"/>
-[...2 lines deleted...]
-      <c r="E73" s="433" t="str">
+      <c r="H72" s="447"/>
+    </row>
+    <row r="73" spans="5:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E73" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl erzielter Auswärtstore</v>
       </c>
-      <c r="F73" s="455" t="s">
+      <c r="F73" s="437" t="s">
         <v>131</v>
       </c>
-      <c r="G73" s="464" t="s">
+      <c r="G73" s="446" t="s">
         <v>130</v>
       </c>
-      <c r="H73" s="465"/>
-[...2 lines deleted...]
-      <c r="E74" s="433" t="str">
+      <c r="H73" s="447"/>
+    </row>
+    <row r="74" spans="5:8" x14ac:dyDescent="0.25">
+      <c r="E74" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl von Siegen</v>
       </c>
-      <c r="F74" s="455" t="s">
+      <c r="F74" s="437" t="s">
         <v>133</v>
       </c>
-      <c r="G74" s="464" t="s">
+      <c r="G74" s="446" t="s">
         <v>132</v>
       </c>
-      <c r="H74" s="465"/>
-[...2 lines deleted...]
-      <c r="E75" s="433" t="str">
+      <c r="H74" s="447"/>
+    </row>
+    <row r="75" spans="5:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E75" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl von Auswärtssiegen</v>
       </c>
-      <c r="F75" s="455" t="s">
+      <c r="F75" s="437" t="s">
         <v>135</v>
       </c>
-      <c r="G75" s="464" t="s">
+      <c r="G75" s="446" t="s">
         <v>134</v>
       </c>
-      <c r="H75" s="465"/>
-[...2 lines deleted...]
-      <c r="E76" s="433" t="str">
+      <c r="H75" s="447"/>
+    </row>
+    <row r="76" spans="5:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E76" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Diese fünf Kriterien werden in der Tabelle oben berücksichtigt.</v>
       </c>
-      <c r="F76" s="455" t="s">
+      <c r="F76" s="437" t="s">
         <v>137</v>
       </c>
-      <c r="G76" s="464" t="s">
+      <c r="G76" s="446" t="s">
         <v>136</v>
       </c>
-      <c r="H76" s="465"/>
-[...2 lines deleted...]
-      <c r="E77" s="433" t="str">
+      <c r="H76" s="447"/>
+    </row>
+    <row r="77" spans="5:8" ht="51" x14ac:dyDescent="0.25">
+      <c r="E77" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Am Ende der Ligaphase werden bei Gleichstand zusätzlich folgende Kriterien herangezogen:</v>
       </c>
-      <c r="F77" s="455" t="s">
+      <c r="F77" s="437" t="s">
         <v>139</v>
       </c>
-      <c r="G77" s="464" t="s">
+      <c r="G77" s="446" t="s">
         <v>138</v>
       </c>
-      <c r="H77" s="465"/>
-[...2 lines deleted...]
-      <c r="E78" s="433" t="str">
+      <c r="H77" s="447"/>
+    </row>
+    <row r="78" spans="5:8" ht="38.25" x14ac:dyDescent="0.25">
+      <c r="E78" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl von Punkten, die die acht Gegner des betreffenden Klubs erspielt haben</v>
       </c>
-      <c r="F78" s="455" t="s">
+      <c r="F78" s="437" t="s">
         <v>141</v>
       </c>
-      <c r="G78" s="464" t="s">
+      <c r="G78" s="446" t="s">
         <v>140</v>
       </c>
-      <c r="H78" s="465"/>
-[...2 lines deleted...]
-      <c r="E79" s="433" t="str">
+      <c r="H78" s="447"/>
+    </row>
+    <row r="79" spans="5:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E79" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Bessere gemeinsame Tordifferenz der acht Gegner</v>
       </c>
-      <c r="F79" s="455" t="s">
+      <c r="F79" s="437" t="s">
         <v>143</v>
       </c>
-      <c r="G79" s="464" t="s">
+      <c r="G79" s="446" t="s">
         <v>142</v>
       </c>
-      <c r="H79" s="465"/>
-[...2 lines deleted...]
-      <c r="E80" s="433" t="str">
+      <c r="H79" s="447"/>
+    </row>
+    <row r="80" spans="5:8" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E80" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl erzielter Tore der acht Gegner</v>
       </c>
-      <c r="F80" s="455" t="s">
+      <c r="F80" s="437" t="s">
         <v>145</v>
       </c>
-      <c r="G80" s="464" t="s">
+      <c r="G80" s="446" t="s">
         <v>144</v>
       </c>
-      <c r="H80" s="465"/>
-[...2 lines deleted...]
-      <c r="E81" s="433" t="str">
+      <c r="H80" s="447"/>
+    </row>
+    <row r="81" spans="5:9" x14ac:dyDescent="0.25">
+      <c r="E81" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Fairplay-Wertung</v>
       </c>
-      <c r="F81" s="455" t="s">
+      <c r="F81" s="437" t="s">
         <v>147</v>
       </c>
-      <c r="G81" s="464" t="s">
+      <c r="G81" s="446" t="s">
         <v>146</v>
       </c>
-      <c r="H81" s="465"/>
-[...3 lines deleted...]
-      <c r="E82" s="433" t="str">
+      <c r="H81" s="447"/>
+      <c r="I81" s="415"/>
+    </row>
+    <row r="82" spans="5:9" x14ac:dyDescent="0.25">
+      <c r="E82" s="415" t="str">
         <f t="shared" si="1"/>
         <v>UEFA-Koeffizient</v>
       </c>
-      <c r="F82" s="455" t="s">
+      <c r="F82" s="437" t="s">
         <v>149</v>
       </c>
-      <c r="G82" s="464" t="s">
+      <c r="G82" s="446" t="s">
         <v>148</v>
       </c>
-      <c r="H82" s="465"/>
-[...3 lines deleted...]
-      <c r="E83" s="433" t="str">
+      <c r="H82" s="447"/>
+      <c r="I82" s="415"/>
+    </row>
+    <row r="83" spans="5:9" ht="51" x14ac:dyDescent="0.25">
+      <c r="E83" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Sollte dieser Fall eintreten, kann auf dem Tabellenblatt 'Tie_Break' ein Bonuspunkt für das bessere Team eingetragen werden.</v>
       </c>
-      <c r="F83" s="455" t="s">
+      <c r="F83" s="437" t="s">
         <v>151</v>
       </c>
-      <c r="G83" s="464" t="s">
+      <c r="G83" s="446" t="s">
         <v>150</v>
       </c>
-      <c r="H83" s="465"/>
-[...3 lines deleted...]
-      <c r="E84" s="433" t="str">
+      <c r="H83" s="447"/>
+      <c r="I83" s="415"/>
+    </row>
+    <row r="84" spans="5:9" x14ac:dyDescent="0.25">
+      <c r="E84" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Zum Vergleich:</v>
       </c>
-      <c r="F84" s="455" t="s">
+      <c r="F84" s="437" t="s">
         <v>153</v>
       </c>
-      <c r="G84" s="464" t="s">
+      <c r="G84" s="446" t="s">
         <v>152</v>
       </c>
-      <c r="H84" s="465"/>
-[...3 lines deleted...]
-      <c r="E85" s="433" t="str">
+      <c r="H84" s="447"/>
+      <c r="I84" s="415"/>
+    </row>
+    <row r="85" spans="5:9" x14ac:dyDescent="0.25">
+      <c r="E85" s="415" t="str">
         <f t="shared" si="1"/>
         <v>doppelt</v>
       </c>
-      <c r="F85" s="466" t="s">
+      <c r="F85" s="448" t="s">
         <v>155</v>
       </c>
-      <c r="G85" s="467" t="s">
+      <c r="G85" s="449" t="s">
         <v>154</v>
       </c>
-      <c r="H85" s="468"/>
-[...3 lines deleted...]
-      <c r="E86" s="433" t="str">
+      <c r="H85" s="450"/>
+      <c r="I85" s="415"/>
+    </row>
+    <row r="86" spans="5:9" x14ac:dyDescent="0.25">
+      <c r="E86" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Hier klicken und Sprache wählen</v>
       </c>
-      <c r="F86" s="469" t="s">
+      <c r="F86" s="451" t="s">
         <v>156</v>
       </c>
-      <c r="G86" s="470" t="s">
+      <c r="G86" s="452" t="s">
         <v>3</v>
       </c>
-      <c r="H86" s="471"/>
-[...3 lines deleted...]
-      <c r="E87" s="433" t="str">
+      <c r="H86" s="453"/>
+      <c r="I86" s="415"/>
+    </row>
+    <row r="87" spans="5:9" x14ac:dyDescent="0.25">
+      <c r="E87" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Doppelte Namen</v>
       </c>
-      <c r="F87" s="472" t="s">
+      <c r="F87" s="454" t="s">
         <v>158</v>
       </c>
-      <c r="G87" s="473" t="s">
+      <c r="G87" s="455" t="s">
         <v>157</v>
       </c>
-      <c r="H87" s="471"/>
-[...3 lines deleted...]
-      <c r="E88" s="433" t="str">
+      <c r="H87" s="453"/>
+      <c r="I87" s="415"/>
+    </row>
+    <row r="88" spans="5:9" ht="25.5" x14ac:dyDescent="0.25">
+      <c r="E88" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Diese Teams haben beim Rückspiel Heimrecht.</v>
       </c>
-      <c r="F88" s="474" t="s">
+      <c r="F88" s="456" t="s">
         <v>160</v>
       </c>
-      <c r="G88" s="475" t="s">
+      <c r="G88" s="457" t="s">
         <v>159</v>
       </c>
-      <c r="H88" s="465"/>
-[...3 lines deleted...]
-      <c r="E89" s="433" t="str">
+      <c r="H88" s="447"/>
+      <c r="I88" s="415"/>
+    </row>
+    <row r="89" spans="5:9" x14ac:dyDescent="0.25">
+      <c r="E89" s="415" t="str">
         <f t="shared" si="1"/>
         <v>Erläuterung</v>
       </c>
-      <c r="F89" s="474" t="s">
+      <c r="F89" s="456" t="s">
         <v>162</v>
       </c>
-      <c r="G89" s="476" t="s">
+      <c r="G89" s="458" t="s">
         <v>161</v>
       </c>
-      <c r="H89" s="465"/>
-[...3 lines deleted...]
-      <c r="E90" s="433" t="str">
+      <c r="H89" s="447"/>
+      <c r="I89" s="415"/>
+    </row>
+    <row r="90" spans="5:9" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="E90" s="415" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="F90" s="477" t="s">
+      <c r="F90" s="459" t="s">
         <v>164</v>
       </c>
-      <c r="G90" s="478" t="s">
+      <c r="G90" s="460" t="s">
         <v>163</v>
       </c>
-      <c r="H90" s="479"/>
-[...35 lines deleted...]
-      <c r="I95" s="480"/>
+      <c r="H90" s="461"/>
+      <c r="I90" s="415"/>
+    </row>
+    <row r="91" spans="5:9" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
+      <c r="E91" s="415"/>
+      <c r="F91" s="415"/>
+      <c r="G91" s="415"/>
+      <c r="H91" s="415"/>
+      <c r="I91" s="415"/>
+    </row>
+    <row r="92" spans="5:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="E92" s="415"/>
+      <c r="F92" s="415"/>
+      <c r="G92" s="415"/>
+      <c r="H92" s="415"/>
+      <c r="I92" s="415"/>
+    </row>
+    <row r="93" spans="5:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="E93" s="415"/>
+      <c r="F93" s="415"/>
+      <c r="G93" s="415"/>
+      <c r="H93" s="415"/>
+      <c r="I93" s="415"/>
+    </row>
+    <row r="94" spans="5:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="E94" s="415"/>
+      <c r="F94" s="415"/>
+      <c r="G94" s="415"/>
+      <c r="H94" s="415"/>
+      <c r="I94" s="415"/>
+    </row>
+    <row r="95" spans="5:9" hidden="1" x14ac:dyDescent="0.25">
+      <c r="E95" s="415"/>
+      <c r="F95" s="415"/>
+      <c r="G95" s="415"/>
+      <c r="H95" s="415"/>
+      <c r="I95" s="462"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="7">
     <mergeCell ref="F1:H1"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J1">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J1" xr:uid="{00000000-0002-0000-0700-000000000000}">
       <formula1>$B$3:$B$5</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="E6:E90 C3:C5" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>