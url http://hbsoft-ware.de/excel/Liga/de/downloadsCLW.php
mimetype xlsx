--- v1 (2026-02-05)
+++ v2 (2026-03-03)
@@ -8,76 +8,70 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="20417"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <fileVersion appName="xl" lastEdited="5" lowestEdited="5" rupBuild="9303"/>
   <workbookPr defaultThemeVersion="124226"/>
-  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
-[...4 lines deleted...]
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFD57912-3CCE-4119-954F-3554EF092737}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="36" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12060" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="0" yWindow="0" windowWidth="28800" windowHeight="12060" activeTab="1"/>
   </bookViews>
   <sheets>
     <sheet name="Results" sheetId="1" r:id="rId1"/>
     <sheet name="KO-Runde" sheetId="2" r:id="rId2"/>
     <sheet name="Plan" sheetId="3" r:id="rId3"/>
     <sheet name="Calc" sheetId="10" state="hidden" r:id="rId4"/>
     <sheet name="Calc2" sheetId="9" state="hidden" r:id="rId5"/>
     <sheet name="Factors" sheetId="6" state="hidden" r:id="rId6"/>
     <sheet name="Tie-Break" sheetId="7" r:id="rId7"/>
     <sheet name="Language" sheetId="8" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="Sverweis">#REF!</definedName>
   </definedNames>
-  <calcPr calcId="191029"/>
+  <calcPr calcId="145621"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="AH21" i="2" l="1"/>
   <c r="AH20" i="2"/>
   <c r="AH19" i="2"/>
   <c r="AH18" i="2"/>
   <c r="AH26" i="2"/>
   <c r="AH25" i="2"/>
   <c r="H60" i="3" l="1"/>
   <c r="G60" i="3"/>
   <c r="H59" i="3"/>
   <c r="G59" i="3"/>
   <c r="H58" i="3"/>
   <c r="G58" i="3"/>
   <c r="H57" i="3"/>
   <c r="G57" i="3"/>
   <c r="H56" i="3"/>
   <c r="G56" i="3"/>
   <c r="H55" i="3"/>
   <c r="G55" i="3"/>
   <c r="H54" i="3"/>
   <c r="G54" i="3"/>
@@ -1200,51 +1194,50 @@
   <c r="L11" i="10" s="1"/>
   <c r="L13" i="10" a="1"/>
   <c r="L13" i="10" s="1"/>
   <c r="N13" i="10" a="1"/>
   <c r="P13" i="10" a="1"/>
   <c r="P13" i="10" s="1"/>
   <c r="K10" i="10" a="1"/>
   <c r="L8" i="10" a="1"/>
   <c r="P12" i="10" a="1"/>
   <c r="P12" i="10" s="1"/>
   <c r="M33" i="9"/>
   <c r="K33" i="9"/>
   <c r="M45" i="9"/>
   <c r="K45" i="9"/>
   <c r="K29" i="9"/>
   <c r="M41" i="9"/>
   <c r="K41" i="9"/>
   <c r="K24" i="9"/>
   <c r="L18" i="10" a="1"/>
   <c r="L18" i="10" s="1"/>
   <c r="P6" i="10" a="1"/>
   <c r="N9" i="10" a="1"/>
   <c r="N9" i="10" s="1"/>
   <c r="P21" i="10" a="1"/>
   <c r="K16" i="10" a="1"/>
-  <c r="K16" i="10" s="1"/>
   <c r="K9" i="10" a="1"/>
   <c r="L6" i="10" a="1"/>
   <c r="M11" i="10" a="1"/>
   <c r="M11" i="10" s="1"/>
   <c r="P14" i="10" a="1"/>
   <c r="P14" i="10" s="1"/>
   <c r="N19" i="10" a="1"/>
   <c r="N19" i="10" s="1"/>
   <c r="K6" i="10" a="1"/>
   <c r="K6" i="10" s="1"/>
   <c r="P5" i="10" a="1"/>
   <c r="K5" i="10" a="1"/>
   <c r="K5" i="10" s="1"/>
   <c r="K12" i="10" a="1"/>
   <c r="P9" i="10" a="1"/>
   <c r="K17" i="10" a="1"/>
   <c r="K17" i="10" s="1"/>
   <c r="M36" i="9"/>
   <c r="K36" i="9"/>
   <c r="M37" i="9"/>
   <c r="K37" i="9"/>
   <c r="M42" i="9"/>
   <c r="K42" i="9"/>
   <c r="M43" i="9"/>
   <c r="K43" i="9"/>
@@ -1258,72 +1251,70 @@
   <c r="N16" i="10" s="1"/>
   <c r="M9" i="10" a="1"/>
   <c r="K15" i="10" a="1"/>
   <c r="M5" i="10" a="1"/>
   <c r="M5" i="10" s="1"/>
   <c r="L15" i="10" a="1"/>
   <c r="L15" i="10" s="1"/>
   <c r="L17" i="10" a="1"/>
   <c r="L17" i="10" s="1"/>
   <c r="N7" i="10" a="1"/>
   <c r="M48" i="9"/>
   <c r="K48" i="9"/>
   <c r="M39" i="9"/>
   <c r="K39" i="9"/>
   <c r="N12" i="10" a="1"/>
   <c r="N12" i="10" s="1"/>
   <c r="N4" i="10" a="1"/>
   <c r="N4" i="10" s="1"/>
   <c r="M21" i="10" a="1"/>
   <c r="M21" i="10" s="1"/>
   <c r="N18" i="10" a="1"/>
   <c r="N18" i="10" s="1"/>
   <c r="N5" i="10" a="1"/>
   <c r="N5" i="10" s="1"/>
   <c r="P8" i="10" a="1"/>
-  <c r="P8" i="10" s="1"/>
   <c r="M7" i="10" a="1"/>
   <c r="M7" i="10" s="1"/>
   <c r="L10" i="10" a="1"/>
   <c r="M55" i="9"/>
   <c r="K55" i="9"/>
   <c r="M31" i="9"/>
   <c r="K31" i="9"/>
   <c r="M52" i="9"/>
   <c r="K52" i="9"/>
   <c r="K23" i="9"/>
   <c r="M51" i="9"/>
   <c r="K51" i="9"/>
   <c r="M10" i="10" a="1"/>
   <c r="M10" i="10" s="1"/>
   <c r="P19" i="10" a="1"/>
   <c r="P19" i="10" s="1"/>
   <c r="M14" i="10" a="1"/>
   <c r="M14" i="10" s="1"/>
   <c r="M16" i="10" a="1"/>
   <c r="N21" i="10" a="1"/>
-  <c r="N21" i="10" s="1"/>
   <c r="L5" i="10" a="1"/>
   <c r="L16" i="10" a="1"/>
   <c r="L16" i="10" s="1"/>
   <c r="P20" i="10" a="1"/>
   <c r="L20" i="10" a="1"/>
   <c r="L20" i="10" s="1"/>
   <c r="M18" i="10" a="1"/>
   <c r="M18" i="10" s="1"/>
   <c r="M16" i="9"/>
   <c r="K16" i="9"/>
   <c r="M47" i="9"/>
   <c r="K47" i="9"/>
   <c r="M56" i="9"/>
   <c r="K56" i="9"/>
   <c r="K30" i="9"/>
   <c r="M22" i="9"/>
   <c r="K22" i="9"/>
   <c r="M17" i="10" a="1"/>
   <c r="L4" i="10" a="1"/>
   <c r="L4" i="10" s="1"/>
   <c r="K25" i="9"/>
   <c r="M49" i="9"/>
   <c r="K49" i="9"/>
   <c r="M6" i="9"/>
   <c r="K6" i="9"/>
@@ -1391,69 +1382,72 @@
   <c r="H21" i="10"/>
   <c r="G20" i="10"/>
   <c r="N8" i="9"/>
   <c r="O13" i="10"/>
   <c r="G13" i="10"/>
   <c r="H12" i="10"/>
   <c r="N12" i="9"/>
   <c r="O21" i="10"/>
   <c r="G21" i="10"/>
   <c r="H20" i="10"/>
   <c r="H15" i="10"/>
   <c r="G14" i="10"/>
   <c r="K13" i="9"/>
   <c r="M13" i="9"/>
   <c r="K12" i="9"/>
   <c r="M12" i="9"/>
   <c r="K11" i="9"/>
   <c r="M11" i="9"/>
   <c r="M10" i="9"/>
   <c r="K10" i="9"/>
   <c r="M9" i="9"/>
   <c r="K9" i="9"/>
   <c r="M8" i="9"/>
   <c r="P16" i="10"/>
   <c r="P6" i="10"/>
+  <c r="P8" i="10"/>
   <c r="P21" i="10"/>
   <c r="P20" i="10"/>
   <c r="P15" i="10"/>
   <c r="P7" i="10"/>
   <c r="P5" i="10"/>
   <c r="K8" i="9"/>
   <c r="P9" i="10"/>
   <c r="P17" i="10"/>
   <c r="N6" i="10"/>
   <c r="K18" i="10"/>
+  <c r="N21" i="10"/>
   <c r="N7" i="10"/>
   <c r="K12" i="10"/>
   <c r="K21" i="10"/>
   <c r="K10" i="10"/>
   <c r="N11" i="10"/>
   <c r="L7" i="10"/>
   <c r="L8" i="10"/>
   <c r="M9" i="10"/>
   <c r="K15" i="10"/>
+  <c r="K16" i="10"/>
   <c r="M16" i="10"/>
   <c r="M17" i="10"/>
   <c r="M12" i="10"/>
   <c r="K4" i="10"/>
   <c r="N13" i="10"/>
   <c r="L5" i="10"/>
   <c r="M4" i="10"/>
   <c r="K8" i="10"/>
   <c r="M6" i="10"/>
   <c r="K9" i="10"/>
   <c r="N14" i="10"/>
   <c r="L12" i="10"/>
   <c r="L9" i="10"/>
   <c r="M13" i="10"/>
   <c r="L6" i="10"/>
   <c r="L19" i="10"/>
   <c r="L14" i="10"/>
   <c r="M15" i="10"/>
   <c r="L10" i="10"/>
   <c r="C7" i="7"/>
   <c r="C8" i="7"/>
   <c r="C9" i="7"/>
   <c r="C10" i="7"/>
   <c r="C11" i="7"/>
   <c r="C12" i="7"/>
@@ -4176,63 +4170,63 @@
   <si>
     <t>25./26.04.2026</t>
   </si>
   <si>
     <t>02./03.05.2026</t>
   </si>
   <si>
     <t>Hans Hocheder</t>
   </si>
   <si>
     <t>https://www.uefa.com/womenschampionsleague/standings/</t>
   </si>
   <si>
     <t>WIN PO 1</t>
   </si>
   <si>
     <t>WIN PO 3</t>
   </si>
   <si>
     <t>WIN PO 2</t>
   </si>
   <si>
     <t>WIN PO 4</t>
   </si>
   <si>
-    <t>Stand: 18.12.2025</t>
-[...1 lines deleted...]
-  <si>
     <t>Version 1.5</t>
   </si>
   <si>
     <t>Champions League Frauen 2025/26</t>
   </si>
+  <si>
+    <t>Stand: 19.02.2026</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <numFmts count="6">
     <numFmt numFmtId="164" formatCode="0&quot;.&quot;"/>
     <numFmt numFmtId="165" formatCode="h:mm;@"/>
     <numFmt numFmtId="166" formatCode=";;;"/>
     <numFmt numFmtId="167" formatCode="\+0_ ;[Red]\-0\ "/>
     <numFmt numFmtId="168" formatCode="#,##0.000"/>
     <numFmt numFmtId="169" formatCode="ddd\,\ dd/mm/yyyy"/>
   </numFmts>
   <fonts count="63" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FFFA7D00"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -7866,50 +7860,78 @@
     <xf numFmtId="0" fontId="12" fillId="4" borderId="132" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="133" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="134" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="129" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="124" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="91" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="131" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="43" fillId="0" borderId="135" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="136" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="137" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="138" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="139" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="137" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="right"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="138" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="139" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="4" borderId="140" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="151" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="110" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="113" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="114" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="155" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="156" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
@@ -8734,69 +8756,77 @@
     </xf>
     <xf numFmtId="0" fontId="9" fillId="9" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="4" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="12" borderId="91" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="12" borderId="131" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="164" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="4" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="0" borderId="0" xfId="4" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="78" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="3" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="74" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="3" borderId="75" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="3" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="53" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="54" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="55" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="43" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="44" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="4" borderId="45" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
@@ -8806,57 +8836,79 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="11" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="4" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="8" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="9" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="59" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="60" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="0" borderId="0" xfId="4" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="29" fillId="0" borderId="116" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="116" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-      <protection locked="0"/>
-[...3 lines deleted...]
-      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="120" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="13" borderId="141" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="13" borderId="142" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="44" fillId="13" borderId="143" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="14" borderId="144" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="14" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="14" borderId="145" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="14" borderId="146" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="45" fillId="14" borderId="147" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
@@ -8877,80 +8929,50 @@
     </xf>
     <xf numFmtId="14" fontId="60" fillId="0" borderId="117" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="60" fillId="0" borderId="118" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="60" fillId="0" borderId="119" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="29" fillId="0" borderId="118" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="29" fillId="0" borderId="119" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="121" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="96" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="122" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="117" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...28 lines deleted...]
-    </xf>
     <xf numFmtId="166" fontId="31" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="34" fillId="0" borderId="96" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="3" borderId="81" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="71" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="3" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="24" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
@@ -8961,87 +8983,57 @@
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="21" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="8" borderId="22" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="8" borderId="25" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="51" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="6" borderId="52" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="43" fillId="0" borderId="135" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...28 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="5">
-    <cellStyle name="Link" xfId="4" builtinId="8"/>
+    <cellStyle name="Hyperlink" xfId="4" builtinId="8"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
-    <cellStyle name="Standard 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
-[...1 lines deleted...]
-    <cellStyle name="Standard 4" xfId="3" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
+    <cellStyle name="Standard 2" xfId="2"/>
+    <cellStyle name="Standard 3" xfId="1"/>
+    <cellStyle name="Standard 4" xfId="3"/>
   </cellStyles>
   <dxfs count="55">
     <dxf>
       <numFmt numFmtId="30" formatCode="@"/>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFDA0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFDA0000"/>
       </font>
     </dxf>
     <dxf>
       <font>
         <b/>
         <i val="0"/>
         <color rgb="FFDA0000"/>
       </font>
@@ -9284,51 +9276,51 @@
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>2</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>5</xdr:col>
       <xdr:colOff>1424940</xdr:colOff>
       <xdr:row>6</xdr:row>
       <xdr:rowOff>83663</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0000-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2301240" y="365761"/>
           <a:ext cx="1874520" cy="1356202"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
@@ -9339,233 +9331,199 @@
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>4</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>1</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>960120</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>379096</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Grafik 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
+              <a16:creationId xmlns="" xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00000000-0008-0000-0100-000002000000}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="2781300" y="198121"/>
           <a:ext cx="960120" cy="579120"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Larissa">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Larissa">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Larissa">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -9714,442 +9672,442 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://de.uefa.com/uefachampionsleague/news/0291-1bd8c79c85fa-31c2596c42f5-1000--tabelle-der-ligaphase-der-champions-league-vorgehen-bei-p/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://documents.uefa.com/r/Reglement-der-UEFA-Champions-League-2024/25/Artikel-18-Punktegleichheit-Ligaphase-Online" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.uefa.com/womenschampionsleague/standings/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:BP99"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q6" sqref="Q6"/>
+      <selection activeCell="L9" sqref="L9"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="3.42578125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="6" max="6" width="26.7109375" customWidth="1"/>
+    <col min="1" max="1" width="3.44140625" customWidth="1"/>
+    <col min="2" max="2" width="11.5546875" customWidth="1"/>
+    <col min="3" max="3" width="6.6640625" customWidth="1"/>
+    <col min="4" max="4" width="11.88671875" customWidth="1"/>
+    <col min="5" max="5" width="6.5546875" customWidth="1"/>
+    <col min="6" max="6" width="26.6640625" customWidth="1"/>
     <col min="7" max="7" width="3" customWidth="1"/>
-    <col min="8" max="8" width="26.7109375" customWidth="1"/>
-    <col min="9" max="9" width="6.7109375" customWidth="1"/>
+    <col min="8" max="8" width="26.6640625" customWidth="1"/>
+    <col min="9" max="9" width="6.6640625" customWidth="1"/>
     <col min="10" max="10" width="2" customWidth="1"/>
-    <col min="11" max="13" width="6.7109375" customWidth="1"/>
-[...11 lines deleted...]
-    <col min="51" max="51" width="11.5703125" customWidth="1"/>
+    <col min="11" max="13" width="6.6640625" customWidth="1"/>
+    <col min="14" max="14" width="9.44140625" customWidth="1"/>
+    <col min="15" max="15" width="7.44140625" customWidth="1"/>
+    <col min="16" max="16" width="26.6640625" customWidth="1"/>
+    <col min="17" max="21" width="6.6640625" customWidth="1"/>
+    <col min="22" max="22" width="2.109375" customWidth="1"/>
+    <col min="23" max="28" width="6.6640625" customWidth="1"/>
+    <col min="29" max="29" width="11.44140625" hidden="1" customWidth="1"/>
+    <col min="30" max="30" width="4.88671875" customWidth="1"/>
+    <col min="31" max="31" width="6.88671875" customWidth="1"/>
+    <col min="32" max="32" width="23.6640625" customWidth="1"/>
+    <col min="33" max="50" width="7.88671875" customWidth="1"/>
+    <col min="51" max="51" width="11.5546875" customWidth="1"/>
     <col min="52" max="68" width="0" hidden="1" customWidth="1"/>
-    <col min="69" max="16384" width="11.5703125" hidden="1"/>
+    <col min="69" max="16384" width="11.5546875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:68" x14ac:dyDescent="0.25">
-      <c r="B1" s="476" t="s">
+    <row r="1" spans="2:68" ht="15" x14ac:dyDescent="0.25">
+      <c r="B1" s="485" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="2" spans="2:68" ht="15" x14ac:dyDescent="0.25">
+      <c r="B2" s="486">
+        <v>46027</v>
+      </c>
+    </row>
+    <row r="3" spans="2:68" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="G3" s="509" t="s">
         <v>269</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="G3" s="498" t="s">
+      <c r="H3" s="510"/>
+      <c r="I3" s="510"/>
+      <c r="J3" s="510"/>
+      <c r="K3" s="510"/>
+      <c r="L3" s="510"/>
+      <c r="M3" s="510"/>
+      <c r="N3" s="510"/>
+      <c r="O3" s="510"/>
+      <c r="P3" s="510"/>
+      <c r="Q3" s="511"/>
+    </row>
+    <row r="4" spans="2:68" ht="23.25" x14ac:dyDescent="0.25">
+      <c r="G4" s="512" t="s">
         <v>270</v>
       </c>
-      <c r="H3" s="499"/>
-[...23 lines deleted...]
-      <c r="Q4" s="503"/>
+      <c r="H4" s="513"/>
+      <c r="I4" s="513"/>
+      <c r="J4" s="513"/>
+      <c r="K4" s="513"/>
+      <c r="L4" s="513"/>
+      <c r="M4" s="513"/>
+      <c r="N4" s="513"/>
+      <c r="O4" s="513"/>
+      <c r="P4" s="513"/>
+      <c r="Q4" s="514"/>
     </row>
     <row r="5" spans="2:68" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
-    <row r="6" spans="2:68" ht="28.15" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="B6" s="196" t="str">
+    <row r="6" spans="2:68" ht="28.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B6" s="205" t="str">
         <f>Language!$E$11</f>
         <v>Ergebnisse</v>
       </c>
-      <c r="O6" s="504" t="str">
+      <c r="O6" s="515" t="str">
         <f>Language!$E$17</f>
         <v>Spieltag</v>
       </c>
-      <c r="P6" s="504"/>
-[...1 lines deleted...]
-      <c r="R6" s="512" t="str">
+      <c r="P6" s="515"/>
+      <c r="Q6" s="475"/>
+      <c r="R6" s="523" t="str">
         <f>Language!$E$43</f>
         <v>TABELLE UNGÜLTIG</v>
       </c>
-      <c r="S6" s="512"/>
-[...9 lines deleted...]
-    <row r="7" spans="2:68" ht="16.149999999999999" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="S6" s="523"/>
+      <c r="T6" s="523"/>
+      <c r="U6" s="523"/>
+      <c r="V6" s="523"/>
+      <c r="W6" s="523"/>
+      <c r="X6" s="523"/>
+      <c r="Y6" s="523"/>
+      <c r="Z6" s="523"/>
+      <c r="AA6" s="523"/>
+    </row>
+    <row r="7" spans="2:68" ht="16.2" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="O7" s="51"/>
       <c r="P7" s="51"/>
       <c r="Q7" s="51"/>
       <c r="R7" s="51"/>
       <c r="S7" s="51"/>
       <c r="T7" s="51"/>
       <c r="U7" s="51"/>
       <c r="V7" s="51"/>
       <c r="W7" s="51"/>
       <c r="X7" s="51"/>
-      <c r="Y7" s="491" t="str">
+      <c r="Y7" s="507" t="str">
         <f>Language!$E$18</f>
         <v>Auswärtsspiele</v>
       </c>
-      <c r="Z7" s="492"/>
+      <c r="Z7" s="508"/>
       <c r="AA7" s="51"/>
       <c r="AB7" s="51"/>
       <c r="AE7" s="51"/>
       <c r="AF7" s="51"/>
-      <c r="AG7" s="200" t="str">
+      <c r="AG7" s="209" t="str">
         <f>AC9</f>
         <v>FC Barc.</v>
       </c>
-      <c r="AH7" s="201" t="str">
+      <c r="AH7" s="210" t="str">
         <f>AC10</f>
         <v>OL Lyon.</v>
       </c>
-      <c r="AI7" s="201" t="str">
+      <c r="AI7" s="210" t="str">
         <f>AC11</f>
         <v>Chelsea.</v>
       </c>
-      <c r="AJ7" s="201" t="str">
+      <c r="AJ7" s="210" t="str">
         <f>AC12</f>
         <v>FC Baye.</v>
       </c>
-      <c r="AK7" s="201" t="str">
+      <c r="AK7" s="210" t="str">
         <f>AC13</f>
         <v>Arsenal.</v>
       </c>
-      <c r="AL7" s="201" t="str">
+      <c r="AL7" s="210" t="str">
         <f>AC14</f>
         <v>Manches.</v>
       </c>
-      <c r="AM7" s="201" t="str">
+      <c r="AM7" s="210" t="str">
         <f>AC15</f>
         <v>Real Ma.</v>
       </c>
-      <c r="AN7" s="201" t="str">
+      <c r="AN7" s="210" t="str">
         <f>AC16</f>
         <v>Juventu.</v>
       </c>
-      <c r="AO7" s="201" t="str">
+      <c r="AO7" s="210" t="str">
         <f>AC17</f>
         <v>VfL Wol.</v>
       </c>
-      <c r="AP7" s="201" t="str">
+      <c r="AP7" s="210" t="str">
         <f>AC18</f>
         <v>Paris F.</v>
       </c>
-      <c r="AQ7" s="201" t="str">
+      <c r="AQ7" s="210" t="str">
         <f>AC19</f>
         <v>Atletic.</v>
       </c>
-      <c r="AR7" s="201" t="str">
+      <c r="AR7" s="210" t="str">
         <f>AC20</f>
         <v>Oud-Hev.</v>
       </c>
-      <c r="AS7" s="201" t="str">
+      <c r="AS7" s="210" t="str">
         <f>AC21</f>
         <v>Valeren.</v>
       </c>
-      <c r="AT7" s="201" t="str">
+      <c r="AT7" s="210" t="str">
         <f>AC22</f>
         <v>AS Rom</v>
       </c>
-      <c r="AU7" s="201" t="str">
+      <c r="AU7" s="210" t="str">
         <f>AC23</f>
         <v>FC Twen.</v>
       </c>
-      <c r="AV7" s="201" t="str">
+      <c r="AV7" s="210" t="str">
         <f>AC24</f>
         <v>SL Benf.</v>
       </c>
-      <c r="AW7" s="201" t="str">
+      <c r="AW7" s="210" t="str">
         <f>AC25</f>
         <v>Paris S.</v>
       </c>
-      <c r="AX7" s="215" t="str">
+      <c r="AX7" s="224" t="str">
         <f>AC26</f>
         <v>SKN St..</v>
       </c>
-      <c r="AY7" s="213"/>
-[...16 lines deleted...]
-      <c r="BP7" s="213"/>
+      <c r="AY7" s="222"/>
+      <c r="AZ7" s="222"/>
+      <c r="BA7" s="222"/>
+      <c r="BB7" s="222"/>
+      <c r="BC7" s="222"/>
+      <c r="BD7" s="222"/>
+      <c r="BE7" s="222"/>
+      <c r="BF7" s="222"/>
+      <c r="BG7" s="222"/>
+      <c r="BH7" s="222"/>
+      <c r="BI7" s="222"/>
+      <c r="BJ7" s="222"/>
+      <c r="BK7" s="222"/>
+      <c r="BL7" s="222"/>
+      <c r="BM7" s="222"/>
+      <c r="BN7" s="222"/>
+      <c r="BO7" s="222"/>
+      <c r="BP7" s="222"/>
     </row>
     <row r="8" spans="2:68" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B8" s="33" t="str">
         <f>Language!$E$17</f>
         <v>Spieltag</v>
       </c>
       <c r="C8" s="22" t="str">
         <f>Language!$E$9</f>
         <v>Nr.</v>
       </c>
       <c r="D8" s="24" t="str">
         <f>Language!$E$59</f>
         <v>Datum</v>
       </c>
       <c r="E8" s="24" t="str">
         <f>Language!$E$62</f>
         <v>Zeit</v>
       </c>
-      <c r="F8" s="505" t="str">
+      <c r="F8" s="516" t="str">
         <f>Language!$E$14</f>
         <v>Spielpaarung</v>
       </c>
-      <c r="G8" s="506"/>
-[...1 lines deleted...]
-      <c r="I8" s="508" t="str">
+      <c r="G8" s="517"/>
+      <c r="H8" s="518"/>
+      <c r="I8" s="519" t="str">
         <f>Language!$E$15</f>
         <v>Ergebnis</v>
       </c>
-      <c r="J8" s="506"/>
-[...1 lines deleted...]
-      <c r="L8" s="510" t="str">
+      <c r="J8" s="517"/>
+      <c r="K8" s="520"/>
+      <c r="L8" s="521" t="str">
         <f>Language!$E$65</f>
         <v>Strafpunkte</v>
       </c>
-      <c r="M8" s="511"/>
-[...1 lines deleted...]
-      <c r="P8" s="494"/>
+      <c r="M8" s="522"/>
+      <c r="O8" s="505"/>
+      <c r="P8" s="506"/>
       <c r="Q8" s="52" t="str">
         <f>Language!$E$21</f>
         <v>Sp</v>
       </c>
       <c r="R8" s="53" t="str">
         <f>Language!$E$22</f>
         <v>G</v>
       </c>
       <c r="S8" s="53" t="str">
         <f>Language!$E$23</f>
         <v>U</v>
       </c>
       <c r="T8" s="54" t="str">
         <f>Language!$E$24</f>
         <v>V</v>
       </c>
-      <c r="U8" s="495" t="str">
+      <c r="U8" s="502" t="str">
         <f>Language!$E$25</f>
         <v>Tore</v>
       </c>
-      <c r="V8" s="496"/>
-      <c r="W8" s="497"/>
+      <c r="V8" s="503"/>
+      <c r="W8" s="504"/>
       <c r="X8" s="53" t="str">
         <f>Language!$E$26</f>
         <v>TD</v>
       </c>
       <c r="Y8" s="54" t="str">
         <f>Language!$E$29</f>
         <v>ATore</v>
       </c>
       <c r="Z8" s="54" t="str">
         <f>Language!$E$30</f>
         <v>AGew</v>
       </c>
       <c r="AA8" s="55" t="str">
         <f>Language!$E$27</f>
         <v>Pkt</v>
       </c>
       <c r="AB8" s="56" t="str">
         <f>Language!$E$66</f>
         <v>Strafp.</v>
       </c>
-      <c r="AE8" s="202"/>
-[...1 lines deleted...]
-      <c r="AG8" s="204" t="str">
+      <c r="AE8" s="211"/>
+      <c r="AF8" s="212"/>
+      <c r="AG8" s="213" t="str">
         <f>P9</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="AH8" s="205" t="str">
+      <c r="AH8" s="214" t="str">
         <f>P10</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="AI8" s="205" t="str">
+      <c r="AI8" s="214" t="str">
         <f>P11</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="AJ8" s="205" t="str">
+      <c r="AJ8" s="214" t="str">
         <f>P12</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="AK8" s="205" t="str">
+      <c r="AK8" s="214" t="str">
         <f>P13</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="AL8" s="205" t="str">
+      <c r="AL8" s="214" t="str">
         <f>P14</f>
         <v>Manchester United</v>
       </c>
-      <c r="AM8" s="205" t="str">
+      <c r="AM8" s="214" t="str">
         <f>P15</f>
         <v>Real Madrid</v>
       </c>
-      <c r="AN8" s="205" t="str">
+      <c r="AN8" s="214" t="str">
         <f>P16</f>
         <v>Juventus FC</v>
       </c>
-      <c r="AO8" s="205" t="str">
+      <c r="AO8" s="214" t="str">
         <f>P17</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="AP8" s="205" t="str">
+      <c r="AP8" s="214" t="str">
         <f>P18</f>
         <v>Paris FC</v>
       </c>
-      <c r="AQ8" s="205" t="str">
+      <c r="AQ8" s="214" t="str">
         <f>P19</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="AR8" s="205" t="str">
+      <c r="AR8" s="214" t="str">
         <f>P20</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="AS8" s="205" t="str">
+      <c r="AS8" s="214" t="str">
         <f>P21</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="AT8" s="205" t="str">
+      <c r="AT8" s="214" t="str">
         <f>P22</f>
         <v>AS Rom</v>
       </c>
-      <c r="AU8" s="205" t="str">
+      <c r="AU8" s="214" t="str">
         <f>P23</f>
         <v>FC Twente</v>
       </c>
-      <c r="AV8" s="205" t="str">
+      <c r="AV8" s="214" t="str">
         <f>P24</f>
         <v>SL Benfica</v>
       </c>
-      <c r="AW8" s="205" t="str">
+      <c r="AW8" s="214" t="str">
         <f>P25</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="AX8" s="216" t="str">
+      <c r="AX8" s="225" t="str">
         <f>P26</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="AY8" s="239"/>
-[...16 lines deleted...]
-      <c r="BP8" s="239"/>
+      <c r="AY8" s="248"/>
+      <c r="AZ8" s="248"/>
+      <c r="BA8" s="248"/>
+      <c r="BB8" s="248"/>
+      <c r="BC8" s="248"/>
+      <c r="BD8" s="248"/>
+      <c r="BE8" s="248"/>
+      <c r="BF8" s="248"/>
+      <c r="BG8" s="248"/>
+      <c r="BH8" s="248"/>
+      <c r="BI8" s="248"/>
+      <c r="BJ8" s="248"/>
+      <c r="BK8" s="248"/>
+      <c r="BL8" s="248"/>
+      <c r="BM8" s="248"/>
+      <c r="BN8" s="248"/>
+      <c r="BO8" s="248"/>
+      <c r="BP8" s="248"/>
     </row>
     <row r="9" spans="2:68" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B9" s="23">
         <v>1</v>
       </c>
       <c r="C9" s="21">
         <v>1</v>
       </c>
-      <c r="D9" s="479">
+      <c r="D9" s="488">
         <f>IF(Plan!$T7="","",Plan!$T7)</f>
         <v>45937</v>
       </c>
       <c r="E9" s="19">
         <f>IF(Plan!$U7="","",Plan!$U7)</f>
         <v>0.78125</v>
       </c>
       <c r="F9" s="45" t="str">
         <f>Plan!$Q7</f>
         <v>Juventus FC</v>
       </c>
       <c r="G9" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H9" s="45" t="str">
         <f>Plan!$S7</f>
         <v>SL Benfica</v>
       </c>
       <c r="I9" s="47">
         <v>2</v>
       </c>
       <c r="J9" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K9" s="49">
@@ -10195,152 +10153,152 @@
       </c>
       <c r="X9" s="65">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,7,0)))</f>
         <v>17</v>
       </c>
       <c r="Y9" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$P$21,13,0)))</f>
         <v>7</v>
       </c>
       <c r="Z9" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$P$21,14,0)))</f>
         <v>2</v>
       </c>
       <c r="AA9" s="67">
         <f>IF(Calc!$K$22=0,"",IF($Q9=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$N$21,8,0)))</f>
         <v>16</v>
       </c>
       <c r="AB9" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B4,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B4,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC9" t="str">
         <f>IF(IFERROR(VLOOKUP($P9,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P9)&gt;Factors!$D$12,LEFT(P9,Factors!$D$12)&amp;".",P9),VLOOKUP($P9,Plan!$D$7:$E$42,2,0))</f>
         <v>FC Barc.</v>
       </c>
-      <c r="AE9" s="206">
+      <c r="AE9" s="215">
         <f>O9</f>
         <v>1</v>
       </c>
-      <c r="AF9" s="207" t="str">
+      <c r="AF9" s="216" t="str">
         <f>P9</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="AG9" s="400"/>
-      <c r="AH9" s="401" t="str">
+      <c r="AG9" s="409"/>
+      <c r="AH9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI9" s="401" t="str">
+      <c r="AI9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AJ9" s="401" t="str">
+      <c r="AJ9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>7 : 1</v>
       </c>
-      <c r="AK9" s="401" t="str">
+      <c r="AK9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL9" s="401" t="str">
+      <c r="AL9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM9" s="401" t="str">
+      <c r="AM9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN9" s="401" t="str">
+      <c r="AN9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO9" s="401" t="str">
+      <c r="AO9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP9" s="401" t="str">
+      <c r="AP9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 0</v>
       </c>
-      <c r="AQ9" s="401" t="str">
+      <c r="AQ9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR9" s="401" t="str">
+      <c r="AR9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 0</v>
       </c>
-      <c r="AS9" s="401" t="str">
+      <c r="AS9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT9" s="401" t="str">
+      <c r="AT9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>4 : 0</v>
       </c>
-      <c r="AU9" s="401" t="str">
+      <c r="AU9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV9" s="401" t="str">
+      <c r="AV9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 1</v>
       </c>
-      <c r="AW9" s="401" t="str">
+      <c r="AW9" s="410" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX9" s="402" t="str">
+      <c r="AX9" s="411" t="str">
         <f>IFERROR(VLOOKUP($P9&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY9" s="212"/>
-[...16 lines deleted...]
-      <c r="BP9" s="212"/>
+      <c r="AY9" s="221"/>
+      <c r="AZ9" s="221"/>
+      <c r="BA9" s="221"/>
+      <c r="BB9" s="221"/>
+      <c r="BC9" s="221"/>
+      <c r="BD9" s="221"/>
+      <c r="BE9" s="221"/>
+      <c r="BF9" s="221"/>
+      <c r="BG9" s="221"/>
+      <c r="BH9" s="221"/>
+      <c r="BI9" s="221"/>
+      <c r="BJ9" s="221"/>
+      <c r="BK9" s="221"/>
+      <c r="BL9" s="221"/>
+      <c r="BM9" s="221"/>
+      <c r="BN9" s="221"/>
+      <c r="BO9" s="221"/>
+      <c r="BP9" s="221"/>
     </row>
     <row r="10" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B10" s="23"/>
       <c r="C10" s="21">
         <v>2</v>
       </c>
-      <c r="D10" s="479">
+      <c r="D10" s="488">
         <f>IF(Plan!$T8="","",Plan!$T8)</f>
         <v>45937</v>
       </c>
       <c r="E10" s="19">
         <f>IF(Plan!$U8="","",Plan!$U8)</f>
         <v>0.875</v>
       </c>
       <c r="F10" s="45" t="str">
         <f>Plan!$Q8</f>
         <v>Arsenal WFC</v>
       </c>
       <c r="G10" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H10" s="45" t="str">
         <f>Plan!$S8</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="I10" s="47">
         <v>1</v>
       </c>
       <c r="J10" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K10" s="49">
@@ -10386,152 +10344,152 @@
       </c>
       <c r="X10" s="65">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,7,0)))</f>
         <v>13</v>
       </c>
       <c r="Y10" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$P$21,13,0)))</f>
         <v>8</v>
       </c>
       <c r="Z10" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$P$21,14,0)))</f>
         <v>2</v>
       </c>
       <c r="AA10" s="67">
         <f>IF(Calc!$K$22=0,"",IF($Q10=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$N$21,8,0)))</f>
         <v>16</v>
       </c>
       <c r="AB10" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B5,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B5,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC10" t="str">
         <f>IF(IFERROR(VLOOKUP($P10,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P10)&gt;Factors!$D$12,LEFT(P10,Factors!$D$12)&amp;".",P10),VLOOKUP($P10,Plan!$D$7:$E$42,2,0))</f>
         <v>OL Lyon.</v>
       </c>
-      <c r="AE10" s="208">
+      <c r="AE10" s="217">
         <f t="shared" ref="AE10:AF26" si="0">O10</f>
         <v>2</v>
       </c>
-      <c r="AF10" s="209" t="str">
+      <c r="AF10" s="218" t="str">
         <f t="shared" si="0"/>
         <v>OL Lyonnes</v>
       </c>
-      <c r="AG10" s="403" t="str">
+      <c r="AG10" s="412" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH10" s="404"/>
-      <c r="AI10" s="405" t="str">
+      <c r="AH10" s="413"/>
+      <c r="AI10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ10" s="405" t="str">
+      <c r="AJ10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK10" s="405" t="str">
+      <c r="AK10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AL10" s="405" t="str">
+      <c r="AL10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 0</v>
       </c>
-      <c r="AM10" s="405" t="str">
+      <c r="AM10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN10" s="405" t="str">
+      <c r="AN10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 3</v>
       </c>
-      <c r="AO10" s="405" t="str">
+      <c r="AO10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 1</v>
       </c>
-      <c r="AP10" s="405" t="str">
+      <c r="AP10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ10" s="405" t="str">
+      <c r="AQ10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>4 : 0</v>
       </c>
-      <c r="AR10" s="405" t="str">
+      <c r="AR10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS10" s="405" t="str">
+      <c r="AS10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT10" s="405" t="str">
+      <c r="AT10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU10" s="405" t="str">
+      <c r="AU10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV10" s="405" t="str">
+      <c r="AV10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW10" s="405" t="str">
+      <c r="AW10" s="414" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX10" s="406" t="str">
+      <c r="AX10" s="415" t="str">
         <f>IFERROR(VLOOKUP($P10&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 0</v>
       </c>
-      <c r="AY10" s="212"/>
-[...16 lines deleted...]
-      <c r="BP10" s="212"/>
+      <c r="AY10" s="221"/>
+      <c r="AZ10" s="221"/>
+      <c r="BA10" s="221"/>
+      <c r="BB10" s="221"/>
+      <c r="BC10" s="221"/>
+      <c r="BD10" s="221"/>
+      <c r="BE10" s="221"/>
+      <c r="BF10" s="221"/>
+      <c r="BG10" s="221"/>
+      <c r="BH10" s="221"/>
+      <c r="BI10" s="221"/>
+      <c r="BJ10" s="221"/>
+      <c r="BK10" s="221"/>
+      <c r="BL10" s="221"/>
+      <c r="BM10" s="221"/>
+      <c r="BN10" s="221"/>
+      <c r="BO10" s="221"/>
+      <c r="BP10" s="221"/>
     </row>
     <row r="11" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B11" s="23"/>
       <c r="C11" s="21">
         <v>3</v>
       </c>
-      <c r="D11" s="479">
+      <c r="D11" s="488">
         <f>IF(Plan!$T9="","",Plan!$T9)</f>
         <v>45937</v>
       </c>
       <c r="E11" s="19">
         <f>IF(Plan!$U9="","",Plan!$U9)</f>
         <v>0.875</v>
       </c>
       <c r="F11" s="45" t="str">
         <f>Plan!$Q9</f>
         <v>FC Barcelona</v>
       </c>
       <c r="G11" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H11" s="45" t="str">
         <f>Plan!$S9</f>
         <v>FC Bayern München</v>
       </c>
       <c r="I11" s="47">
         <v>7</v>
       </c>
       <c r="J11" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K11" s="49">
@@ -10577,152 +10535,152 @@
       </c>
       <c r="X11" s="65">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,7,0)))</f>
         <v>17</v>
       </c>
       <c r="Y11" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$P$21,13,0)))</f>
         <v>9</v>
       </c>
       <c r="Z11" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$P$21,14,0)))</f>
         <v>2</v>
       </c>
       <c r="AA11" s="67">
         <f>IF(Calc!$K$22=0,"",IF($Q11=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$N$21,8,0)))</f>
         <v>14</v>
       </c>
       <c r="AB11" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B6,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B6,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC11" t="str">
         <f>IF(IFERROR(VLOOKUP($P11,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P11)&gt;Factors!$D$12,LEFT(P11,Factors!$D$12)&amp;".",P11),VLOOKUP($P11,Plan!$D$7:$E$42,2,0))</f>
         <v>Chelsea.</v>
       </c>
-      <c r="AE11" s="208">
+      <c r="AE11" s="217">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
-      <c r="AF11" s="209" t="str">
+      <c r="AF11" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Chelsea FC</v>
       </c>
-      <c r="AG11" s="403" t="str">
+      <c r="AG11" s="412" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AH11" s="405" t="str">
+      <c r="AH11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI11" s="404"/>
-      <c r="AJ11" s="405" t="str">
+      <c r="AI11" s="413"/>
+      <c r="AJ11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK11" s="405" t="str">
+      <c r="AK11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL11" s="405" t="str">
+      <c r="AL11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM11" s="405" t="str">
+      <c r="AM11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN11" s="405" t="str">
+      <c r="AN11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO11" s="405" t="str">
+      <c r="AO11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AP11" s="405" t="str">
+      <c r="AP11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>4 : 0</v>
       </c>
-      <c r="AQ11" s="405" t="str">
+      <c r="AQ11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR11" s="405" t="str">
+      <c r="AR11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS11" s="405" t="str">
+      <c r="AS11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT11" s="405" t="str">
+      <c r="AT11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>6 : 0</v>
       </c>
-      <c r="AU11" s="405" t="str">
+      <c r="AU11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AV11" s="405" t="str">
+      <c r="AV11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW11" s="405" t="str">
+      <c r="AW11" s="414" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX11" s="406" t="str">
+      <c r="AX11" s="415" t="str">
         <f>IFERROR(VLOOKUP($P11&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>6 : 0</v>
       </c>
-      <c r="AY11" s="212"/>
-[...16 lines deleted...]
-      <c r="BP11" s="212"/>
+      <c r="AY11" s="221"/>
+      <c r="AZ11" s="221"/>
+      <c r="BA11" s="221"/>
+      <c r="BB11" s="221"/>
+      <c r="BC11" s="221"/>
+      <c r="BD11" s="221"/>
+      <c r="BE11" s="221"/>
+      <c r="BF11" s="221"/>
+      <c r="BG11" s="221"/>
+      <c r="BH11" s="221"/>
+      <c r="BI11" s="221"/>
+      <c r="BJ11" s="221"/>
+      <c r="BK11" s="221"/>
+      <c r="BL11" s="221"/>
+      <c r="BM11" s="221"/>
+      <c r="BN11" s="221"/>
+      <c r="BO11" s="221"/>
+      <c r="BP11" s="221"/>
     </row>
     <row r="12" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B12" s="23"/>
       <c r="C12" s="21">
         <v>4</v>
       </c>
-      <c r="D12" s="479">
+      <c r="D12" s="488">
         <f>IF(Plan!$T10="","",Plan!$T10)</f>
         <v>45937</v>
       </c>
       <c r="E12" s="19">
         <f>IF(Plan!$U10="","",Plan!$U10)</f>
         <v>0.875</v>
       </c>
       <c r="F12" s="45" t="str">
         <f>Plan!$Q10</f>
         <v>Paris FC</v>
       </c>
       <c r="G12" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H12" s="45" t="str">
         <f>Plan!$S10</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="I12" s="47">
         <v>2</v>
       </c>
       <c r="J12" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K12" s="49">
@@ -10768,5246 +10726,5246 @@
       </c>
       <c r="X12" s="65">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,7,0)))</f>
         <v>1</v>
       </c>
       <c r="Y12" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$P$21,13,0)))</f>
         <v>6</v>
       </c>
       <c r="Z12" s="66">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$P$21,14,0)))</f>
         <v>1</v>
       </c>
       <c r="AA12" s="67">
         <f>IF(Calc!$K$22=0,"",IF($Q12=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$N$21,8,0)))</f>
         <v>13</v>
       </c>
       <c r="AB12" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B7,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B7,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC12" t="str">
         <f>IF(IFERROR(VLOOKUP($P12,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P12)&gt;Factors!$D$12,LEFT(P12,Factors!$D$12)&amp;".",P12),VLOOKUP($P12,Plan!$D$7:$E$42,2,0))</f>
         <v>FC Baye.</v>
       </c>
-      <c r="AE12" s="208">
+      <c r="AE12" s="217">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="AF12" s="209" t="str">
+      <c r="AF12" s="218" t="str">
         <f t="shared" si="0"/>
         <v>FC Bayern München</v>
       </c>
-      <c r="AG12" s="403" t="str">
+      <c r="AG12" s="412" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 7</v>
       </c>
-      <c r="AH12" s="405" t="str">
+      <c r="AH12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI12" s="405" t="str">
+      <c r="AI12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ12" s="404"/>
-      <c r="AK12" s="405" t="str">
+      <c r="AJ12" s="413"/>
+      <c r="AK12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 2</v>
       </c>
-      <c r="AL12" s="405" t="str">
+      <c r="AL12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM12" s="405" t="str">
+      <c r="AM12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN12" s="405" t="str">
+      <c r="AN12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AO12" s="405" t="str">
+      <c r="AO12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP12" s="405" t="str">
+      <c r="AP12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ12" s="405" t="str">
+      <c r="AQ12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="AR12" s="405" t="str">
+      <c r="AR12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS12" s="405" t="str">
+      <c r="AS12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 0</v>
       </c>
-      <c r="AT12" s="405" t="str">
+      <c r="AT12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU12" s="405" t="str">
+      <c r="AU12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV12" s="405" t="str">
+      <c r="AV12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW12" s="405" t="str">
+      <c r="AW12" s="414" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 1</v>
       </c>
-      <c r="AX12" s="406" t="str">
+      <c r="AX12" s="415" t="str">
         <f>IFERROR(VLOOKUP($P12&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY12" s="212"/>
-[...16 lines deleted...]
-      <c r="BP12" s="212"/>
+      <c r="AY12" s="221"/>
+      <c r="AZ12" s="221"/>
+      <c r="BA12" s="221"/>
+      <c r="BB12" s="221"/>
+      <c r="BC12" s="221"/>
+      <c r="BD12" s="221"/>
+      <c r="BE12" s="221"/>
+      <c r="BF12" s="221"/>
+      <c r="BG12" s="221"/>
+      <c r="BH12" s="221"/>
+      <c r="BI12" s="221"/>
+      <c r="BJ12" s="221"/>
+      <c r="BK12" s="221"/>
+      <c r="BL12" s="221"/>
+      <c r="BM12" s="221"/>
+      <c r="BN12" s="221"/>
+      <c r="BO12" s="221"/>
+      <c r="BP12" s="221"/>
     </row>
     <row r="13" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B13" s="23"/>
       <c r="C13" s="21">
         <v>5</v>
       </c>
-      <c r="D13" s="479">
+      <c r="D13" s="488">
         <f>IF(Plan!$T11="","",Plan!$T11)</f>
         <v>45938</v>
       </c>
       <c r="E13" s="19">
         <f>IF(Plan!$U11="","",Plan!$U11)</f>
         <v>0.78125</v>
       </c>
       <c r="F13" s="45" t="str">
         <f>Plan!$Q11</f>
         <v>FC Twente</v>
       </c>
       <c r="G13" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H13" s="45" t="str">
         <f>Plan!$S11</f>
         <v>Chelsea FC</v>
       </c>
       <c r="I13" s="47">
         <v>1</v>
       </c>
       <c r="J13" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K13" s="49">
         <v>1</v>
       </c>
       <c r="L13" s="25"/>
       <c r="M13" s="26"/>
-      <c r="O13" s="241">
+      <c r="O13" s="250">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B8,Calc!$C$4:$E$21,3,0)=MAX(O$9:O12),VLOOKUP(Calc!B8,Calc!$C$4:$E$21,3,0),Calc!B8))</f>
         <v>5</v>
       </c>
-      <c r="P13" s="242" t="str">
+      <c r="P13" s="251" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C8,VLOOKUP(Calc!B8,Calc!$C$4:$N$21,4,0))</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="Q13" s="243">
+      <c r="Q13" s="252">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R13" s="244">
+      <c r="R13" s="253">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,10,0)))</f>
         <v>4</v>
       </c>
-      <c r="S13" s="244">
+      <c r="S13" s="253">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,11,0)))</f>
         <v>0</v>
       </c>
-      <c r="T13" s="245">
+      <c r="T13" s="254">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,12,0)))</f>
         <v>2</v>
       </c>
-      <c r="U13" s="246">
+      <c r="U13" s="255">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,5,0)))</f>
         <v>11</v>
       </c>
-      <c r="V13" s="247" t="str">
+      <c r="V13" s="256" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W13" s="248">
+      <c r="W13" s="257">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,6,0)))</f>
         <v>6</v>
       </c>
-      <c r="X13" s="249">
+      <c r="X13" s="258">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,7,0)))</f>
         <v>5</v>
       </c>
-      <c r="Y13" s="250">
+      <c r="Y13" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$P$21,13,0)))</f>
         <v>7</v>
       </c>
-      <c r="Z13" s="250">
+      <c r="Z13" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$P$21,14,0)))</f>
         <v>2</v>
       </c>
-      <c r="AA13" s="251">
+      <c r="AA13" s="260">
         <f>IF(Calc!$K$22=0,"",IF($Q13=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$N$21,8,0)))</f>
         <v>12</v>
       </c>
       <c r="AB13" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B8,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B8,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC13" t="str">
         <f>IF(IFERROR(VLOOKUP($P13,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P13)&gt;Factors!$D$12,LEFT(P13,Factors!$D$12)&amp;".",P13),VLOOKUP($P13,Plan!$D$7:$E$42,2,0))</f>
         <v>Arsenal.</v>
       </c>
-      <c r="AE13" s="208">
+      <c r="AE13" s="217">
         <f t="shared" si="0"/>
         <v>5</v>
       </c>
-      <c r="AF13" s="209" t="str">
+      <c r="AF13" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Arsenal WFC</v>
       </c>
-      <c r="AG13" s="403" t="str">
+      <c r="AG13" s="412" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH13" s="405" t="str">
+      <c r="AH13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AI13" s="405" t="str">
+      <c r="AI13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ13" s="405" t="str">
+      <c r="AJ13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 3</v>
       </c>
-      <c r="AK13" s="404"/>
-      <c r="AL13" s="405" t="str">
+      <c r="AK13" s="413"/>
+      <c r="AL13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM13" s="405" t="str">
+      <c r="AM13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AN13" s="405" t="str">
+      <c r="AN13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO13" s="405" t="str">
+      <c r="AO13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP13" s="405" t="str">
+      <c r="AP13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ13" s="405" t="str">
+      <c r="AQ13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR13" s="405" t="str">
+      <c r="AR13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 0</v>
       </c>
-      <c r="AS13" s="405" t="str">
+      <c r="AS13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT13" s="405" t="str">
+      <c r="AT13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU13" s="405" t="str">
+      <c r="AU13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 0</v>
       </c>
-      <c r="AV13" s="405" t="str">
+      <c r="AV13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 0</v>
       </c>
-      <c r="AW13" s="405" t="str">
+      <c r="AW13" s="414" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX13" s="406" t="str">
+      <c r="AX13" s="415" t="str">
         <f>IFERROR(VLOOKUP($P13&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY13" s="212"/>
-[...16 lines deleted...]
-      <c r="BP13" s="212"/>
+      <c r="AY13" s="221"/>
+      <c r="AZ13" s="221"/>
+      <c r="BA13" s="221"/>
+      <c r="BB13" s="221"/>
+      <c r="BC13" s="221"/>
+      <c r="BD13" s="221"/>
+      <c r="BE13" s="221"/>
+      <c r="BF13" s="221"/>
+      <c r="BG13" s="221"/>
+      <c r="BH13" s="221"/>
+      <c r="BI13" s="221"/>
+      <c r="BJ13" s="221"/>
+      <c r="BK13" s="221"/>
+      <c r="BL13" s="221"/>
+      <c r="BM13" s="221"/>
+      <c r="BN13" s="221"/>
+      <c r="BO13" s="221"/>
+      <c r="BP13" s="221"/>
     </row>
     <row r="14" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B14" s="23"/>
       <c r="C14" s="21">
         <v>6</v>
       </c>
-      <c r="D14" s="479">
+      <c r="D14" s="488">
         <f>IF(Plan!$T12="","",Plan!$T12)</f>
         <v>45938</v>
       </c>
       <c r="E14" s="19">
         <f>IF(Plan!$U12="","",Plan!$U12)</f>
         <v>0.78125</v>
       </c>
       <c r="F14" s="45" t="str">
         <f>Plan!$Q12</f>
         <v>Real Madrid</v>
       </c>
       <c r="G14" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H14" s="45" t="str">
         <f>Plan!$S12</f>
         <v>AS Rom</v>
       </c>
       <c r="I14" s="47">
         <v>6</v>
       </c>
       <c r="J14" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K14" s="49">
         <v>2</v>
       </c>
       <c r="L14" s="25"/>
       <c r="M14" s="26"/>
-      <c r="O14" s="241">
+      <c r="O14" s="250">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B9,Calc!$C$4:$E$21,3,0)=MAX(O$9:O13),VLOOKUP(Calc!B9,Calc!$C$4:$E$21,3,0),Calc!B9))</f>
         <v>6</v>
       </c>
-      <c r="P14" s="242" t="str">
+      <c r="P14" s="251" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C9,VLOOKUP(Calc!B9,Calc!$C$4:$N$21,4,0))</f>
         <v>Manchester United</v>
       </c>
-      <c r="Q14" s="243">
+      <c r="Q14" s="252">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R14" s="244">
+      <c r="R14" s="253">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,10,0)))</f>
         <v>4</v>
       </c>
-      <c r="S14" s="244">
+      <c r="S14" s="253">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,11,0)))</f>
         <v>0</v>
       </c>
-      <c r="T14" s="245">
+      <c r="T14" s="254">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,12,0)))</f>
         <v>2</v>
       </c>
-      <c r="U14" s="246">
+      <c r="U14" s="255">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,5,0)))</f>
         <v>7</v>
       </c>
-      <c r="V14" s="247" t="str">
+      <c r="V14" s="256" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W14" s="248">
+      <c r="W14" s="257">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,6,0)))</f>
         <v>9</v>
       </c>
-      <c r="X14" s="249">
+      <c r="X14" s="258">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,7,0)))</f>
         <v>-2</v>
       </c>
-      <c r="Y14" s="250">
+      <c r="Y14" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$P$21,13,0)))</f>
         <v>4</v>
       </c>
-      <c r="Z14" s="250">
+      <c r="Z14" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$P$21,14,0)))</f>
         <v>2</v>
       </c>
-      <c r="AA14" s="251">
+      <c r="AA14" s="260">
         <f>IF(Calc!$K$22=0,"",IF($Q14=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$N$21,8,0)))</f>
         <v>12</v>
       </c>
       <c r="AB14" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B9,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B9,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC14" t="str">
         <f>IF(IFERROR(VLOOKUP($P14,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P14)&gt;Factors!$D$12,LEFT(P14,Factors!$D$12)&amp;".",P14),VLOOKUP($P14,Plan!$D$7:$E$42,2,0))</f>
         <v>Manches.</v>
       </c>
-      <c r="AE14" s="208">
+      <c r="AE14" s="217">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="AF14" s="209" t="str">
+      <c r="AF14" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Manchester United</v>
       </c>
-      <c r="AG14" s="403" t="str">
+      <c r="AG14" s="412" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH14" s="405" t="str">
+      <c r="AH14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 3</v>
       </c>
-      <c r="AI14" s="405" t="str">
+      <c r="AI14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ14" s="405" t="str">
+      <c r="AJ14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK14" s="405" t="str">
+      <c r="AK14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL14" s="404"/>
-      <c r="AM14" s="405" t="str">
+      <c r="AL14" s="413"/>
+      <c r="AM14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN14" s="405" t="str">
+      <c r="AN14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 0</v>
       </c>
-      <c r="AO14" s="405" t="str">
+      <c r="AO14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 5</v>
       </c>
-      <c r="AP14" s="405" t="str">
+      <c r="AP14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ14" s="405" t="str">
+      <c r="AQ14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 0</v>
       </c>
-      <c r="AR14" s="405" t="str">
+      <c r="AR14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS14" s="405" t="str">
+      <c r="AS14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 0</v>
       </c>
-      <c r="AT14" s="405" t="str">
+      <c r="AT14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU14" s="405" t="str">
+      <c r="AU14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV14" s="405" t="str">
+      <c r="AV14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW14" s="405" t="str">
+      <c r="AW14" s="414" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AX14" s="406" t="str">
+      <c r="AX14" s="415" t="str">
         <f>IFERROR(VLOOKUP($P14&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY14" s="212"/>
-[...16 lines deleted...]
-      <c r="BP14" s="212"/>
+      <c r="AY14" s="221"/>
+      <c r="AZ14" s="221"/>
+      <c r="BA14" s="221"/>
+      <c r="BB14" s="221"/>
+      <c r="BC14" s="221"/>
+      <c r="BD14" s="221"/>
+      <c r="BE14" s="221"/>
+      <c r="BF14" s="221"/>
+      <c r="BG14" s="221"/>
+      <c r="BH14" s="221"/>
+      <c r="BI14" s="221"/>
+      <c r="BJ14" s="221"/>
+      <c r="BK14" s="221"/>
+      <c r="BL14" s="221"/>
+      <c r="BM14" s="221"/>
+      <c r="BN14" s="221"/>
+      <c r="BO14" s="221"/>
+      <c r="BP14" s="221"/>
     </row>
     <row r="15" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B15" s="23"/>
       <c r="C15" s="21">
         <v>7</v>
       </c>
-      <c r="D15" s="479">
+      <c r="D15" s="488">
         <f>IF(Plan!$T13="","",Plan!$T13)</f>
         <v>45938</v>
       </c>
       <c r="E15" s="19">
         <f>IF(Plan!$U13="","",Plan!$U13)</f>
         <v>0.875</v>
       </c>
       <c r="F15" s="45" t="str">
         <f>Plan!$Q13</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="G15" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H15" s="45" t="str">
         <f>Plan!$S13</f>
         <v>Paris St. Germain</v>
       </c>
       <c r="I15" s="47">
         <v>4</v>
       </c>
       <c r="J15" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K15" s="49">
         <v>0</v>
       </c>
       <c r="L15" s="25"/>
       <c r="M15" s="26"/>
-      <c r="O15" s="241">
+      <c r="O15" s="250">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B10,Calc!$C$4:$E$21,3,0)=MAX(O$9:O14),VLOOKUP(Calc!B10,Calc!$C$4:$E$21,3,0),Calc!B10))</f>
         <v>7</v>
       </c>
-      <c r="P15" s="242" t="str">
+      <c r="P15" s="251" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C10,VLOOKUP(Calc!B10,Calc!$C$4:$N$21,4,0))</f>
         <v>Real Madrid</v>
       </c>
-      <c r="Q15" s="243">
+      <c r="Q15" s="252">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R15" s="244">
+      <c r="R15" s="253">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,10,0)))</f>
         <v>3</v>
       </c>
-      <c r="S15" s="244">
+      <c r="S15" s="253">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,11,0)))</f>
         <v>2</v>
       </c>
-      <c r="T15" s="245">
+      <c r="T15" s="254">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,12,0)))</f>
         <v>1</v>
       </c>
-      <c r="U15" s="246">
+      <c r="U15" s="255">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,5,0)))</f>
         <v>13</v>
       </c>
-      <c r="V15" s="247" t="str">
+      <c r="V15" s="256" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W15" s="248">
+      <c r="W15" s="257">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,6,0)))</f>
         <v>7</v>
       </c>
-      <c r="X15" s="249">
+      <c r="X15" s="258">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,7,0)))</f>
         <v>6</v>
       </c>
-      <c r="Y15" s="250">
+      <c r="Y15" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$P$21,13,0)))</f>
         <v>4</v>
       </c>
-      <c r="Z15" s="250">
+      <c r="Z15" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$P$21,14,0)))</f>
         <v>1</v>
       </c>
-      <c r="AA15" s="251">
+      <c r="AA15" s="260">
         <f>IF(Calc!$K$22=0,"",IF($Q15=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$N$21,8,0)))</f>
         <v>11</v>
       </c>
       <c r="AB15" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B10,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B10,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC15" t="str">
         <f>IF(IFERROR(VLOOKUP($P15,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P15)&gt;Factors!$D$12,LEFT(P15,Factors!$D$12)&amp;".",P15),VLOOKUP($P15,Plan!$D$7:$E$42,2,0))</f>
         <v>Real Ma.</v>
       </c>
-      <c r="AE15" s="208">
+      <c r="AE15" s="217">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
-      <c r="AF15" s="209" t="str">
+      <c r="AF15" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Real Madrid</v>
       </c>
-      <c r="AG15" s="403" t="str">
+      <c r="AG15" s="412" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH15" s="405" t="str">
+      <c r="AH15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI15" s="405" t="str">
+      <c r="AI15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ15" s="405" t="str">
+      <c r="AJ15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK15" s="405" t="str">
+      <c r="AK15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AL15" s="405" t="str">
+      <c r="AL15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM15" s="404"/>
-      <c r="AN15" s="405" t="str">
+      <c r="AM15" s="413"/>
+      <c r="AN15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO15" s="405" t="str">
+      <c r="AO15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 0</v>
       </c>
-      <c r="AP15" s="405" t="str">
+      <c r="AP15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AQ15" s="405" t="str">
+      <c r="AQ15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR15" s="405" t="str">
+      <c r="AR15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS15" s="405" t="str">
+      <c r="AS15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT15" s="405" t="str">
+      <c r="AT15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>6 : 2</v>
       </c>
-      <c r="AU15" s="405" t="str">
+      <c r="AU15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AV15" s="405" t="str">
+      <c r="AV15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW15" s="405" t="str">
+      <c r="AW15" s="414" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AX15" s="406" t="str">
+      <c r="AX15" s="415" t="str">
         <f>IFERROR(VLOOKUP($P15&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY15" s="212"/>
-[...16 lines deleted...]
-      <c r="BP15" s="212"/>
+      <c r="AY15" s="221"/>
+      <c r="AZ15" s="221"/>
+      <c r="BA15" s="221"/>
+      <c r="BB15" s="221"/>
+      <c r="BC15" s="221"/>
+      <c r="BD15" s="221"/>
+      <c r="BE15" s="221"/>
+      <c r="BF15" s="221"/>
+      <c r="BG15" s="221"/>
+      <c r="BH15" s="221"/>
+      <c r="BI15" s="221"/>
+      <c r="BJ15" s="221"/>
+      <c r="BK15" s="221"/>
+      <c r="BL15" s="221"/>
+      <c r="BM15" s="221"/>
+      <c r="BN15" s="221"/>
+      <c r="BO15" s="221"/>
+      <c r="BP15" s="221"/>
     </row>
     <row r="16" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B16" s="23"/>
       <c r="C16" s="21">
         <v>8</v>
       </c>
-      <c r="D16" s="479">
+      <c r="D16" s="488">
         <f>IF(Plan!$T14="","",Plan!$T14)</f>
         <v>45938</v>
       </c>
       <c r="E16" s="19">
         <f>IF(Plan!$U14="","",Plan!$U14)</f>
         <v>0.875</v>
       </c>
       <c r="F16" s="45" t="str">
         <f>Plan!$Q14</f>
         <v>SKN St. Pölten</v>
       </c>
       <c r="G16" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H16" s="45" t="str">
         <f>Plan!$S14</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="I16" s="47">
         <v>0</v>
       </c>
       <c r="J16" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K16" s="49">
         <v>6</v>
       </c>
       <c r="L16" s="25"/>
       <c r="M16" s="26"/>
-      <c r="O16" s="241">
+      <c r="O16" s="250">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B11,Calc!$C$4:$E$21,3,0)=MAX(O$9:O15),VLOOKUP(Calc!B11,Calc!$C$4:$E$21,3,0),Calc!B11))</f>
         <v>8</v>
       </c>
-      <c r="P16" s="242" t="str">
+      <c r="P16" s="251" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C11,VLOOKUP(Calc!B11,Calc!$C$4:$N$21,4,0))</f>
         <v>Juventus FC</v>
       </c>
-      <c r="Q16" s="243">
+      <c r="Q16" s="252">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R16" s="244">
+      <c r="R16" s="253">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,10,0)))</f>
         <v>3</v>
       </c>
-      <c r="S16" s="244">
+      <c r="S16" s="253">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,11,0)))</f>
         <v>1</v>
       </c>
-      <c r="T16" s="245">
+      <c r="T16" s="254">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,12,0)))</f>
         <v>2</v>
       </c>
-      <c r="U16" s="246">
+      <c r="U16" s="255">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,5,0)))</f>
         <v>13</v>
       </c>
-      <c r="V16" s="247" t="str">
+      <c r="V16" s="256" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W16" s="248">
+      <c r="W16" s="257">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,6,0)))</f>
         <v>8</v>
       </c>
-      <c r="X16" s="249">
+      <c r="X16" s="258">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,7,0)))</f>
         <v>5</v>
       </c>
-      <c r="Y16" s="250">
+      <c r="Y16" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$P$21,13,0)))</f>
         <v>8</v>
       </c>
-      <c r="Z16" s="250">
+      <c r="Z16" s="259">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$P$21,14,0)))</f>
         <v>2</v>
       </c>
-      <c r="AA16" s="251">
+      <c r="AA16" s="260">
         <f>IF(Calc!$K$22=0,"",IF($Q16=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$N$21,8,0)))</f>
         <v>10</v>
       </c>
       <c r="AB16" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B11,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B11,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC16" t="str">
         <f>IF(IFERROR(VLOOKUP($P16,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P16)&gt;Factors!$D$12,LEFT(P16,Factors!$D$12)&amp;".",P16),VLOOKUP($P16,Plan!$D$7:$E$42,2,0))</f>
         <v>Juventu.</v>
       </c>
-      <c r="AE16" s="208">
+      <c r="AE16" s="217">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
-      <c r="AF16" s="209" t="str">
+      <c r="AF16" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Juventus FC</v>
       </c>
-      <c r="AG16" s="403" t="str">
+      <c r="AG16" s="412" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH16" s="405" t="str">
+      <c r="AH16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>3 : 3</v>
       </c>
-      <c r="AI16" s="405" t="str">
+      <c r="AI16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ16" s="405" t="str">
+      <c r="AJ16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AK16" s="405" t="str">
+      <c r="AK16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL16" s="405" t="str">
+      <c r="AL16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="AM16" s="405" t="str">
+      <c r="AM16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN16" s="404"/>
-      <c r="AO16" s="405" t="str">
+      <c r="AN16" s="413"/>
+      <c r="AO16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP16" s="405" t="str">
+      <c r="AP16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ16" s="405" t="str">
+      <c r="AQ16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AR16" s="405" t="str">
+      <c r="AR16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS16" s="405" t="str">
+      <c r="AS16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT16" s="405" t="str">
+      <c r="AT16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU16" s="405" t="str">
+      <c r="AU16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV16" s="405" t="str">
+      <c r="AV16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AW16" s="405" t="str">
+      <c r="AW16" s="414" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX16" s="406" t="str">
+      <c r="AX16" s="415" t="str">
         <f>IFERROR(VLOOKUP($P16&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>5 : 0</v>
       </c>
-      <c r="AY16" s="212"/>
-[...16 lines deleted...]
-      <c r="BP16" s="212"/>
+      <c r="AY16" s="221"/>
+      <c r="AZ16" s="221"/>
+      <c r="BA16" s="221"/>
+      <c r="BB16" s="221"/>
+      <c r="BC16" s="221"/>
+      <c r="BD16" s="221"/>
+      <c r="BE16" s="221"/>
+      <c r="BF16" s="221"/>
+      <c r="BG16" s="221"/>
+      <c r="BH16" s="221"/>
+      <c r="BI16" s="221"/>
+      <c r="BJ16" s="221"/>
+      <c r="BK16" s="221"/>
+      <c r="BL16" s="221"/>
+      <c r="BM16" s="221"/>
+      <c r="BN16" s="221"/>
+      <c r="BO16" s="221"/>
+      <c r="BP16" s="221"/>
     </row>
     <row r="17" spans="2:68" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B17" s="23"/>
       <c r="C17" s="21">
         <v>9</v>
       </c>
-      <c r="D17" s="479">
+      <c r="D17" s="488">
         <f>IF(Plan!$T15="","",Plan!$T15)</f>
         <v>45938</v>
       </c>
       <c r="E17" s="19">
         <f>IF(Plan!$U15="","",Plan!$U15)</f>
         <v>0.875</v>
       </c>
       <c r="F17" s="45" t="str">
         <f>Plan!$Q15</f>
         <v>Manchester United</v>
       </c>
       <c r="G17" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H17" s="45" t="str">
         <f>Plan!$S15</f>
         <v>Valerenga IF</v>
       </c>
       <c r="I17" s="47">
         <v>1</v>
       </c>
-      <c r="J17" s="473" t="s">
+      <c r="J17" s="482" t="s">
         <v>235</v>
       </c>
       <c r="K17" s="49">
         <v>0</v>
       </c>
       <c r="L17" s="25"/>
-      <c r="M17" s="471"/>
-      <c r="O17" s="263">
+      <c r="M17" s="480"/>
+      <c r="O17" s="272">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B12,Calc!$C$4:$E$21,3,0)=MAX(O$9:O16),VLOOKUP(Calc!B12,Calc!$C$4:$E$21,3,0),Calc!B12))</f>
         <v>9</v>
       </c>
-      <c r="P17" s="264" t="str">
+      <c r="P17" s="273" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C12,VLOOKUP(Calc!B12,Calc!$C$4:$N$21,4,0))</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="Q17" s="265">
+      <c r="Q17" s="274">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R17" s="266">
+      <c r="R17" s="275">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,10,0)))</f>
         <v>3</v>
       </c>
-      <c r="S17" s="266">
+      <c r="S17" s="275">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,11,0)))</f>
         <v>0</v>
       </c>
-      <c r="T17" s="267">
+      <c r="T17" s="276">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,12,0)))</f>
         <v>3</v>
       </c>
-      <c r="U17" s="268">
+      <c r="U17" s="277">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,5,0)))</f>
         <v>13</v>
       </c>
-      <c r="V17" s="269" t="str">
+      <c r="V17" s="278" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W17" s="270">
+      <c r="W17" s="279">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,6,0)))</f>
         <v>10</v>
       </c>
-      <c r="X17" s="271">
+      <c r="X17" s="280">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,7,0)))</f>
         <v>3</v>
       </c>
-      <c r="Y17" s="272">
+      <c r="Y17" s="281">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$P$21,13,0)))</f>
         <v>3</v>
       </c>
-      <c r="Z17" s="272">
+      <c r="Z17" s="281">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$P$21,14,0)))</f>
         <v>1</v>
       </c>
-      <c r="AA17" s="273">
+      <c r="AA17" s="282">
         <f>IF(Calc!$K$22=0,"",IF($Q17=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$N$21,8,0)))</f>
         <v>9</v>
       </c>
       <c r="AB17" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B12,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B12,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC17" t="str">
         <f>IF(IFERROR(VLOOKUP($P17,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P17)&gt;Factors!$D$12,LEFT(P17,Factors!$D$12)&amp;".",P17),VLOOKUP($P17,Plan!$D$7:$E$42,2,0))</f>
         <v>VfL Wol.</v>
       </c>
-      <c r="AE17" s="208">
+      <c r="AE17" s="217">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
-      <c r="AF17" s="209" t="str">
+      <c r="AF17" s="218" t="str">
         <f t="shared" si="0"/>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="AG17" s="403" t="str">
+      <c r="AG17" s="412" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH17" s="405" t="str">
+      <c r="AH17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 3</v>
       </c>
-      <c r="AI17" s="405" t="str">
+      <c r="AI17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AJ17" s="405" t="str">
+      <c r="AJ17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK17" s="405" t="str">
+      <c r="AK17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL17" s="405" t="str">
+      <c r="AL17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>5 : 2</v>
       </c>
-      <c r="AM17" s="405" t="str">
+      <c r="AM17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 2</v>
       </c>
-      <c r="AN17" s="405" t="str">
+      <c r="AN17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO17" s="404"/>
-      <c r="AP17" s="405" t="str">
+      <c r="AO17" s="413"/>
+      <c r="AP17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ17" s="405" t="str">
+      <c r="AQ17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR17" s="405" t="str">
+      <c r="AR17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS17" s="405" t="str">
+      <c r="AS17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AT17" s="405" t="str">
+      <c r="AT17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU17" s="405" t="str">
+      <c r="AU17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV17" s="405" t="str">
+      <c r="AV17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW17" s="405" t="str">
+      <c r="AW17" s="414" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>4 : 0</v>
       </c>
-      <c r="AX17" s="406" t="str">
+      <c r="AX17" s="415" t="str">
         <f>IFERROR(VLOOKUP($P17&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY17" s="212"/>
-[...16 lines deleted...]
-      <c r="BP17" s="212"/>
+      <c r="AY17" s="221"/>
+      <c r="AZ17" s="221"/>
+      <c r="BA17" s="221"/>
+      <c r="BB17" s="221"/>
+      <c r="BC17" s="221"/>
+      <c r="BD17" s="221"/>
+      <c r="BE17" s="221"/>
+      <c r="BF17" s="221"/>
+      <c r="BG17" s="221"/>
+      <c r="BH17" s="221"/>
+      <c r="BI17" s="221"/>
+      <c r="BJ17" s="221"/>
+      <c r="BK17" s="221"/>
+      <c r="BL17" s="221"/>
+      <c r="BM17" s="221"/>
+      <c r="BN17" s="221"/>
+      <c r="BO17" s="221"/>
+      <c r="BP17" s="221"/>
     </row>
     <row r="18" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B18" s="27">
         <v>2</v>
       </c>
       <c r="C18" s="28">
         <v>10</v>
       </c>
-      <c r="D18" s="480">
+      <c r="D18" s="489">
         <f>IF(Plan!$T16="","",Plan!$T16)</f>
         <v>45945</v>
       </c>
       <c r="E18" s="29">
         <f>IF(Plan!$U16="","",Plan!$U16)</f>
         <v>0.78125</v>
       </c>
       <c r="F18" s="46" t="str">
         <f>Plan!$Q16</f>
         <v>Valerenga IF</v>
       </c>
       <c r="G18" s="30" t="s">
         <v>170</v>
       </c>
       <c r="H18" s="46" t="str">
         <f>Plan!$S16</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="I18" s="48">
         <v>1</v>
       </c>
-      <c r="J18" s="472" t="s">
+      <c r="J18" s="481" t="s">
         <v>235</v>
       </c>
       <c r="K18" s="50">
         <v>2</v>
       </c>
       <c r="L18" s="31"/>
-      <c r="M18" s="470"/>
-      <c r="O18" s="263">
+      <c r="M18" s="479"/>
+      <c r="O18" s="272">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B13,Calc!$C$4:$E$21,3,0)=MAX(O$9:O17),VLOOKUP(Calc!B13,Calc!$C$4:$E$21,3,0),Calc!B13))</f>
         <v>10</v>
       </c>
-      <c r="P18" s="264" t="str">
+      <c r="P18" s="273" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C13,VLOOKUP(Calc!B13,Calc!$C$4:$N$21,4,0))</f>
         <v>Paris FC</v>
       </c>
-      <c r="Q18" s="265">
+      <c r="Q18" s="274">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R18" s="266">
+      <c r="R18" s="275">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,10,0)))</f>
         <v>2</v>
       </c>
-      <c r="S18" s="266">
+      <c r="S18" s="275">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,11,0)))</f>
         <v>2</v>
       </c>
-      <c r="T18" s="267">
+      <c r="T18" s="276">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,12,0)))</f>
         <v>2</v>
       </c>
-      <c r="U18" s="268">
+      <c r="U18" s="277">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,5,0)))</f>
         <v>6</v>
       </c>
-      <c r="V18" s="269" t="str">
+      <c r="V18" s="278" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W18" s="270">
+      <c r="W18" s="279">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,6,0)))</f>
         <v>9</v>
       </c>
-      <c r="X18" s="271">
+      <c r="X18" s="280">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,7,0)))</f>
         <v>-3</v>
       </c>
-      <c r="Y18" s="272">
+      <c r="Y18" s="281">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$P$21,13,0)))</f>
         <v>2</v>
       </c>
-      <c r="Z18" s="272">
+      <c r="Z18" s="281">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$P$21,14,0)))</f>
         <v>1</v>
       </c>
-      <c r="AA18" s="273">
+      <c r="AA18" s="282">
         <f>IF(Calc!$K$22=0,"",IF($Q18=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$N$21,8,0)))</f>
         <v>8</v>
       </c>
       <c r="AB18" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B13,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B13,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC18" t="str">
         <f>IF(IFERROR(VLOOKUP($P18,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P18)&gt;Factors!$D$12,LEFT(P18,Factors!$D$12)&amp;".",P18),VLOOKUP($P18,Plan!$D$7:$E$42,2,0))</f>
         <v>Paris F.</v>
       </c>
-      <c r="AE18" s="208">
+      <c r="AE18" s="217">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
-      <c r="AF18" s="209" t="str">
+      <c r="AF18" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Paris FC</v>
       </c>
-      <c r="AG18" s="403" t="str">
+      <c r="AG18" s="412" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 2</v>
       </c>
-      <c r="AH18" s="405" t="str">
+      <c r="AH18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI18" s="405" t="str">
+      <c r="AI18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 4</v>
       </c>
-      <c r="AJ18" s="405" t="str">
+      <c r="AJ18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK18" s="405" t="str">
+      <c r="AK18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL18" s="405" t="str">
+      <c r="AL18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM18" s="405" t="str">
+      <c r="AM18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AN18" s="405" t="str">
+      <c r="AN18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO18" s="405" t="str">
+      <c r="AO18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP18" s="404"/>
-      <c r="AQ18" s="405" t="str">
+      <c r="AP18" s="413"/>
+      <c r="AQ18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR18" s="405" t="str">
+      <c r="AR18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="AS18" s="405" t="str">
+      <c r="AS18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 0</v>
       </c>
-      <c r="AT18" s="405" t="str">
+      <c r="AT18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU18" s="405" t="str">
+      <c r="AU18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV18" s="405" t="str">
+      <c r="AV18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 0</v>
       </c>
-      <c r="AW18" s="405" t="str">
+      <c r="AW18" s="414" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX18" s="406" t="str">
+      <c r="AX18" s="415" t="str">
         <f>IFERROR(VLOOKUP($P18&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY18" s="212"/>
-[...16 lines deleted...]
-      <c r="BP18" s="212"/>
+      <c r="AY18" s="221"/>
+      <c r="AZ18" s="221"/>
+      <c r="BA18" s="221"/>
+      <c r="BB18" s="221"/>
+      <c r="BC18" s="221"/>
+      <c r="BD18" s="221"/>
+      <c r="BE18" s="221"/>
+      <c r="BF18" s="221"/>
+      <c r="BG18" s="221"/>
+      <c r="BH18" s="221"/>
+      <c r="BI18" s="221"/>
+      <c r="BJ18" s="221"/>
+      <c r="BK18" s="221"/>
+      <c r="BL18" s="221"/>
+      <c r="BM18" s="221"/>
+      <c r="BN18" s="221"/>
+      <c r="BO18" s="221"/>
+      <c r="BP18" s="221"/>
     </row>
     <row r="19" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B19" s="23"/>
       <c r="C19" s="21">
         <v>11</v>
       </c>
-      <c r="D19" s="479">
+      <c r="D19" s="488">
         <f>IF(Plan!$T17="","",Plan!$T17)</f>
         <v>45945</v>
       </c>
       <c r="E19" s="19">
         <f>IF(Plan!$U17="","",Plan!$U17)</f>
         <v>0.78125</v>
       </c>
       <c r="F19" s="45" t="str">
         <f>Plan!$Q17</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="G19" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H19" s="45" t="str">
         <f>Plan!$S17</f>
         <v>SKN St. Pölten</v>
       </c>
       <c r="I19" s="47">
         <v>3</v>
       </c>
       <c r="J19" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K19" s="49">
         <v>0</v>
       </c>
       <c r="L19" s="25"/>
       <c r="M19" s="26"/>
-      <c r="O19" s="263">
+      <c r="O19" s="272">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B14,Calc!$C$4:$E$21,3,0)=MAX(O$9:O18),VLOOKUP(Calc!B14,Calc!$C$4:$E$21,3,0),Calc!B14))</f>
         <v>11</v>
       </c>
-      <c r="P19" s="264" t="str">
+      <c r="P19" s="273" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C14,VLOOKUP(Calc!B14,Calc!$C$4:$N$21,4,0))</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="Q19" s="265">
+      <c r="Q19" s="274">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R19" s="266">
+      <c r="R19" s="275">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,10,0)))</f>
         <v>2</v>
       </c>
-      <c r="S19" s="266">
+      <c r="S19" s="275">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,11,0)))</f>
         <v>1</v>
       </c>
-      <c r="T19" s="267">
+      <c r="T19" s="276">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,12,0)))</f>
         <v>3</v>
       </c>
-      <c r="U19" s="268">
+      <c r="U19" s="277">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,5,0)))</f>
         <v>13</v>
       </c>
-      <c r="V19" s="269" t="str">
+      <c r="V19" s="278" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W19" s="270">
+      <c r="W19" s="279">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,6,0)))</f>
         <v>9</v>
       </c>
-      <c r="X19" s="271">
+      <c r="X19" s="280">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,7,0)))</f>
         <v>4</v>
       </c>
-      <c r="Y19" s="272">
+      <c r="Y19" s="281">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$P$21,13,0)))</f>
         <v>10</v>
       </c>
-      <c r="Z19" s="272">
+      <c r="Z19" s="281">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$P$21,14,0)))</f>
         <v>2</v>
       </c>
-      <c r="AA19" s="273">
+      <c r="AA19" s="282">
         <f>IF(Calc!$K$22=0,"",IF($Q19=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$N$21,8,0)))</f>
         <v>7</v>
       </c>
       <c r="AB19" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B14,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B14,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC19" t="str">
         <f>IF(IFERROR(VLOOKUP($P19,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P19)&gt;Factors!$D$12,LEFT(P19,Factors!$D$12)&amp;".",P19),VLOOKUP($P19,Plan!$D$7:$E$42,2,0))</f>
         <v>Atletic.</v>
       </c>
-      <c r="AE19" s="208">
+      <c r="AE19" s="217">
         <f t="shared" si="0"/>
         <v>11</v>
       </c>
-      <c r="AF19" s="209" t="str">
+      <c r="AF19" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Atletico Madrid</v>
       </c>
-      <c r="AG19" s="403" t="str">
+      <c r="AG19" s="412" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH19" s="405" t="str">
+      <c r="AH19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 4</v>
       </c>
-      <c r="AI19" s="405" t="str">
+      <c r="AI19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ19" s="405" t="str">
+      <c r="AJ19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="AK19" s="405" t="str">
+      <c r="AK19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL19" s="405" t="str">
+      <c r="AL19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="AM19" s="405" t="str">
+      <c r="AM19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN19" s="405" t="str">
+      <c r="AN19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AO19" s="405" t="str">
+      <c r="AO19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP19" s="405" t="str">
+      <c r="AP19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ19" s="404"/>
-      <c r="AR19" s="405" t="str">
+      <c r="AQ19" s="413"/>
+      <c r="AR19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS19" s="405" t="str">
+      <c r="AS19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT19" s="405" t="str">
+      <c r="AT19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU19" s="405" t="str">
+      <c r="AU19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>4 : 0</v>
       </c>
-      <c r="AV19" s="405" t="str">
+      <c r="AV19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW19" s="405" t="str">
+      <c r="AW19" s="414" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX19" s="406" t="str">
+      <c r="AX19" s="415" t="str">
         <f>IFERROR(VLOOKUP($P19&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>6 : 0</v>
       </c>
-      <c r="AY19" s="212"/>
-[...16 lines deleted...]
-      <c r="BP19" s="212"/>
+      <c r="AY19" s="221"/>
+      <c r="AZ19" s="221"/>
+      <c r="BA19" s="221"/>
+      <c r="BB19" s="221"/>
+      <c r="BC19" s="221"/>
+      <c r="BD19" s="221"/>
+      <c r="BE19" s="221"/>
+      <c r="BF19" s="221"/>
+      <c r="BG19" s="221"/>
+      <c r="BH19" s="221"/>
+      <c r="BI19" s="221"/>
+      <c r="BJ19" s="221"/>
+      <c r="BK19" s="221"/>
+      <c r="BL19" s="221"/>
+      <c r="BM19" s="221"/>
+      <c r="BN19" s="221"/>
+      <c r="BO19" s="221"/>
+      <c r="BP19" s="221"/>
     </row>
     <row r="20" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B20" s="23"/>
       <c r="C20" s="21">
         <v>12</v>
       </c>
-      <c r="D20" s="479">
+      <c r="D20" s="488">
         <f>IF(Plan!$T18="","",Plan!$T18)</f>
         <v>45945</v>
       </c>
       <c r="E20" s="19">
         <f>IF(Plan!$U18="","",Plan!$U18)</f>
         <v>0.875</v>
       </c>
       <c r="F20" s="45" t="str">
         <f>Plan!$Q18</f>
         <v>Chelsea FC</v>
       </c>
       <c r="G20" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H20" s="45" t="str">
         <f>Plan!$S18</f>
         <v>Paris FC</v>
       </c>
       <c r="I20" s="47">
         <v>4</v>
       </c>
       <c r="J20" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K20" s="49">
         <v>0</v>
       </c>
       <c r="L20" s="25"/>
       <c r="M20" s="26"/>
-      <c r="O20" s="263">
+      <c r="O20" s="272">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B15,Calc!$C$4:$E$21,3,0)=MAX(O$9:O19),VLOOKUP(Calc!B15,Calc!$C$4:$E$21,3,0),Calc!B15))</f>
         <v>12</v>
       </c>
-      <c r="P20" s="264" t="str">
+      <c r="P20" s="273" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C15,VLOOKUP(Calc!B15,Calc!$C$4:$N$21,4,0))</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="Q20" s="265">
+      <c r="Q20" s="274">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R20" s="266">
+      <c r="R20" s="275">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,10,0)))</f>
         <v>1</v>
       </c>
-      <c r="S20" s="266">
+      <c r="S20" s="275">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,11,0)))</f>
         <v>3</v>
       </c>
-      <c r="T20" s="267">
+      <c r="T20" s="276">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,12,0)))</f>
         <v>2</v>
       </c>
-      <c r="U20" s="268">
+      <c r="U20" s="277">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,5,0)))</f>
         <v>5</v>
       </c>
-      <c r="V20" s="269" t="str">
+      <c r="V20" s="278" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W20" s="270">
+      <c r="W20" s="279">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,6,0)))</f>
         <v>10</v>
       </c>
-      <c r="X20" s="271">
+      <c r="X20" s="280">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,7,0)))</f>
         <v>-5</v>
       </c>
-      <c r="Y20" s="272">
+      <c r="Y20" s="281">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$P$21,13,0)))</f>
         <v>2</v>
       </c>
-      <c r="Z20" s="272">
+      <c r="Z20" s="281">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$P$21,14,0)))</f>
         <v>0</v>
       </c>
-      <c r="AA20" s="273">
+      <c r="AA20" s="282">
         <f>IF(Calc!$K$22=0,"",IF($Q20=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$N$21,8,0)))</f>
         <v>6</v>
       </c>
       <c r="AB20" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B15,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B15,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC20" t="str">
         <f>IF(IFERROR(VLOOKUP($P20,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P20)&gt;Factors!$D$12,LEFT(P20,Factors!$D$12)&amp;".",P20),VLOOKUP($P20,Plan!$D$7:$E$42,2,0))</f>
         <v>Oud-Hev.</v>
       </c>
-      <c r="AE20" s="208">
+      <c r="AE20" s="217">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
-      <c r="AF20" s="209" t="str">
+      <c r="AF20" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="AG20" s="403" t="str">
+      <c r="AG20" s="412" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 3</v>
       </c>
-      <c r="AH20" s="405" t="str">
+      <c r="AH20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI20" s="405" t="str">
+      <c r="AI20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ20" s="405" t="str">
+      <c r="AJ20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK20" s="405" t="str">
+      <c r="AK20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 3</v>
       </c>
-      <c r="AL20" s="405" t="str">
+      <c r="AL20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM20" s="405" t="str">
+      <c r="AM20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN20" s="405" t="str">
+      <c r="AN20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO20" s="405" t="str">
+      <c r="AO20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP20" s="405" t="str">
+      <c r="AP20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="AQ20" s="405" t="str">
+      <c r="AQ20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR20" s="404"/>
-      <c r="AS20" s="405" t="str">
+      <c r="AR20" s="413"/>
+      <c r="AS20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT20" s="405" t="str">
+      <c r="AT20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AU20" s="405" t="str">
+      <c r="AU20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="AV20" s="405" t="str">
+      <c r="AV20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW20" s="405" t="str">
+      <c r="AW20" s="414" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 0</v>
       </c>
-      <c r="AX20" s="406" t="str">
+      <c r="AX20" s="415" t="str">
         <f>IFERROR(VLOOKUP($P20&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY20" s="212"/>
-[...16 lines deleted...]
-      <c r="BP20" s="212"/>
+      <c r="AY20" s="221"/>
+      <c r="AZ20" s="221"/>
+      <c r="BA20" s="221"/>
+      <c r="BB20" s="221"/>
+      <c r="BC20" s="221"/>
+      <c r="BD20" s="221"/>
+      <c r="BE20" s="221"/>
+      <c r="BF20" s="221"/>
+      <c r="BG20" s="221"/>
+      <c r="BH20" s="221"/>
+      <c r="BI20" s="221"/>
+      <c r="BJ20" s="221"/>
+      <c r="BK20" s="221"/>
+      <c r="BL20" s="221"/>
+      <c r="BM20" s="221"/>
+      <c r="BN20" s="221"/>
+      <c r="BO20" s="221"/>
+      <c r="BP20" s="221"/>
     </row>
     <row r="21" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B21" s="23"/>
       <c r="C21" s="21">
         <v>13</v>
       </c>
-      <c r="D21" s="479">
+      <c r="D21" s="488">
         <f>IF(Plan!$T19="","",Plan!$T19)</f>
         <v>45945</v>
       </c>
       <c r="E21" s="19">
         <f>IF(Plan!$U19="","",Plan!$U19)</f>
         <v>0.875</v>
       </c>
       <c r="F21" s="45" t="str">
         <f>Plan!$Q19</f>
         <v>AS Rom</v>
       </c>
       <c r="G21" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H21" s="45" t="str">
         <f>Plan!$S19</f>
         <v>FC Barcelona</v>
       </c>
       <c r="I21" s="47">
         <v>0</v>
       </c>
       <c r="J21" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K21" s="49">
         <v>4</v>
       </c>
       <c r="L21" s="25"/>
       <c r="M21" s="26"/>
-      <c r="O21" s="252">
+      <c r="O21" s="261">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B16,Calc!$C$4:$E$21,3,0)=MAX(O$9:O20),VLOOKUP(Calc!B16,Calc!$C$4:$E$21,3,0),Calc!B16))</f>
         <v>13</v>
       </c>
-      <c r="P21" s="253" t="str">
+      <c r="P21" s="262" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C16,VLOOKUP(Calc!B16,Calc!$C$4:$N$21,4,0))</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="Q21" s="254">
+      <c r="Q21" s="263">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R21" s="255">
+      <c r="R21" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,10,0)))</f>
         <v>1</v>
       </c>
-      <c r="S21" s="255">
+      <c r="S21" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,11,0)))</f>
         <v>1</v>
       </c>
-      <c r="T21" s="256">
+      <c r="T21" s="265">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,12,0)))</f>
         <v>4</v>
       </c>
-      <c r="U21" s="257">
+      <c r="U21" s="266">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,5,0)))</f>
         <v>4</v>
       </c>
-      <c r="V21" s="258" t="str">
+      <c r="V21" s="267" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W21" s="259">
+      <c r="W21" s="268">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,6,0)))</f>
         <v>9</v>
       </c>
-      <c r="X21" s="260">
+      <c r="X21" s="269">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,7,0)))</f>
         <v>-5</v>
       </c>
-      <c r="Y21" s="261">
+      <c r="Y21" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$P$21,13,0)))</f>
         <v>1</v>
       </c>
-      <c r="Z21" s="261">
+      <c r="Z21" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$P$21,14,0)))</f>
         <v>1</v>
       </c>
-      <c r="AA21" s="262">
+      <c r="AA21" s="271">
         <f>IF(Calc!$K$22=0,"",IF($Q21=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$N$21,8,0)))</f>
         <v>4</v>
       </c>
       <c r="AB21" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B16,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B16,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC21" t="str">
         <f>IF(IFERROR(VLOOKUP($P21,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P21)&gt;Factors!$D$12,LEFT(P21,Factors!$D$12)&amp;".",P21),VLOOKUP($P21,Plan!$D$7:$E$42,2,0))</f>
         <v>Valeren.</v>
       </c>
-      <c r="AE21" s="208">
+      <c r="AE21" s="217">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
-      <c r="AF21" s="209" t="str">
+      <c r="AF21" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Valerenga IF</v>
       </c>
-      <c r="AG21" s="403" t="str">
+      <c r="AG21" s="412" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH21" s="405" t="str">
+      <c r="AH21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI21" s="405" t="str">
+      <c r="AI21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ21" s="405" t="str">
+      <c r="AJ21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 3</v>
       </c>
-      <c r="AK21" s="405" t="str">
+      <c r="AK21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL21" s="405" t="str">
+      <c r="AL21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="AM21" s="405" t="str">
+      <c r="AM21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN21" s="405" t="str">
+      <c r="AN21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO21" s="405" t="str">
+      <c r="AO21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AP21" s="405" t="str">
+      <c r="AP21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="AQ21" s="405" t="str">
+      <c r="AQ21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR21" s="405" t="str">
+      <c r="AR21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS21" s="404"/>
-      <c r="AT21" s="405" t="str">
+      <c r="AS21" s="413"/>
+      <c r="AT21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 0</v>
       </c>
-      <c r="AU21" s="405" t="str">
+      <c r="AU21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV21" s="405" t="str">
+      <c r="AV21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW21" s="405" t="str">
+      <c r="AW21" s="414" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX21" s="406" t="str">
+      <c r="AX21" s="415" t="str">
         <f>IFERROR(VLOOKUP($P21&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="AY21" s="212"/>
-[...16 lines deleted...]
-      <c r="BP21" s="212"/>
+      <c r="AY21" s="221"/>
+      <c r="AZ21" s="221"/>
+      <c r="BA21" s="221"/>
+      <c r="BB21" s="221"/>
+      <c r="BC21" s="221"/>
+      <c r="BD21" s="221"/>
+      <c r="BE21" s="221"/>
+      <c r="BF21" s="221"/>
+      <c r="BG21" s="221"/>
+      <c r="BH21" s="221"/>
+      <c r="BI21" s="221"/>
+      <c r="BJ21" s="221"/>
+      <c r="BK21" s="221"/>
+      <c r="BL21" s="221"/>
+      <c r="BM21" s="221"/>
+      <c r="BN21" s="221"/>
+      <c r="BO21" s="221"/>
+      <c r="BP21" s="221"/>
     </row>
     <row r="22" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B22" s="23"/>
       <c r="C22" s="21">
         <v>14</v>
       </c>
-      <c r="D22" s="479">
+      <c r="D22" s="488">
         <f>IF(Plan!$T20="","",Plan!$T20)</f>
         <v>45945</v>
       </c>
       <c r="E22" s="19">
         <f>IF(Plan!$U20="","",Plan!$U20)</f>
         <v>0.875</v>
       </c>
       <c r="F22" s="45" t="str">
         <f>Plan!$Q20</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="G22" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H22" s="45" t="str">
         <f>Plan!$S20</f>
         <v>FC Twente</v>
       </c>
       <c r="I22" s="47">
         <v>2</v>
       </c>
       <c r="J22" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K22" s="49">
         <v>1</v>
       </c>
       <c r="L22" s="25"/>
       <c r="M22" s="26"/>
-      <c r="O22" s="252">
+      <c r="O22" s="261">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B17,Calc!$C$4:$E$21,3,0)=MAX(O$9:O21),VLOOKUP(Calc!B17,Calc!$C$4:$E$21,3,0),Calc!B17))</f>
         <v>14</v>
       </c>
-      <c r="P22" s="253" t="str">
+      <c r="P22" s="262" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C17,VLOOKUP(Calc!B17,Calc!$C$4:$N$21,4,0))</f>
         <v>AS Rom</v>
       </c>
-      <c r="Q22" s="254">
+      <c r="Q22" s="263">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R22" s="255">
+      <c r="R22" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,10,0)))</f>
         <v>1</v>
       </c>
-      <c r="S22" s="255">
+      <c r="S22" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,11,0)))</f>
         <v>1</v>
       </c>
-      <c r="T22" s="256">
+      <c r="T22" s="265">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,12,0)))</f>
         <v>4</v>
       </c>
-      <c r="U22" s="257">
+      <c r="U22" s="266">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,5,0)))</f>
         <v>9</v>
       </c>
-      <c r="V22" s="258" t="str">
+      <c r="V22" s="267" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W22" s="259">
+      <c r="W22" s="268">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,6,0)))</f>
         <v>19</v>
       </c>
-      <c r="X22" s="260">
+      <c r="X22" s="269">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,7,0)))</f>
         <v>-10</v>
       </c>
-      <c r="Y22" s="261">
+      <c r="Y22" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$P$21,13,0)))</f>
         <v>3</v>
       </c>
-      <c r="Z22" s="261">
+      <c r="Z22" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$P$21,14,0)))</f>
         <v>0</v>
       </c>
-      <c r="AA22" s="262">
+      <c r="AA22" s="271">
         <f>IF(Calc!$K$22=0,"",IF($Q22=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$N$21,8,0)))</f>
         <v>4</v>
       </c>
       <c r="AB22" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B17,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B17,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC22" t="str">
         <f>IF(IFERROR(VLOOKUP($P22,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P22)&gt;Factors!$D$12,LEFT(P22,Factors!$D$12)&amp;".",P22),VLOOKUP($P22,Plan!$D$7:$E$42,2,0))</f>
         <v>AS Rom</v>
       </c>
-      <c r="AE22" s="208">
+      <c r="AE22" s="217">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
-      <c r="AF22" s="209" t="str">
+      <c r="AF22" s="218" t="str">
         <f t="shared" si="0"/>
         <v>AS Rom</v>
       </c>
-      <c r="AG22" s="403" t="str">
+      <c r="AG22" s="412" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 4</v>
       </c>
-      <c r="AH22" s="405" t="str">
+      <c r="AH22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI22" s="405" t="str">
+      <c r="AI22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 6</v>
       </c>
-      <c r="AJ22" s="405" t="str">
+      <c r="AJ22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK22" s="405" t="str">
+      <c r="AK22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL22" s="405" t="str">
+      <c r="AL22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM22" s="405" t="str">
+      <c r="AM22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 6</v>
       </c>
-      <c r="AN22" s="405" t="str">
+      <c r="AN22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO22" s="405" t="str">
+      <c r="AO22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP22" s="405" t="str">
+      <c r="AP22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ22" s="405" t="str">
+      <c r="AQ22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR22" s="405" t="str">
+      <c r="AR22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AS22" s="405" t="str">
+      <c r="AS22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="AT22" s="404"/>
-      <c r="AU22" s="405" t="str">
+      <c r="AT22" s="413"/>
+      <c r="AU22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV22" s="405" t="str">
+      <c r="AV22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW22" s="405" t="str">
+      <c r="AW22" s="414" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX22" s="406" t="str">
+      <c r="AX22" s="415" t="str">
         <f>IFERROR(VLOOKUP($P22&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>6 : 1</v>
       </c>
-      <c r="AY22" s="212"/>
-[...16 lines deleted...]
-      <c r="BP22" s="212"/>
+      <c r="AY22" s="221"/>
+      <c r="AZ22" s="221"/>
+      <c r="BA22" s="221"/>
+      <c r="BB22" s="221"/>
+      <c r="BC22" s="221"/>
+      <c r="BD22" s="221"/>
+      <c r="BE22" s="221"/>
+      <c r="BF22" s="221"/>
+      <c r="BG22" s="221"/>
+      <c r="BH22" s="221"/>
+      <c r="BI22" s="221"/>
+      <c r="BJ22" s="221"/>
+      <c r="BK22" s="221"/>
+      <c r="BL22" s="221"/>
+      <c r="BM22" s="221"/>
+      <c r="BN22" s="221"/>
+      <c r="BO22" s="221"/>
+      <c r="BP22" s="221"/>
     </row>
     <row r="23" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B23" s="23"/>
       <c r="C23" s="21">
         <v>15</v>
       </c>
-      <c r="D23" s="479">
+      <c r="D23" s="488">
         <f>IF(Plan!$T21="","",Plan!$T21)</f>
         <v>45946</v>
       </c>
       <c r="E23" s="19">
         <f>IF(Plan!$U21="","",Plan!$U21)</f>
         <v>0.78125</v>
       </c>
       <c r="F23" s="45" t="str">
         <f>Plan!$Q21</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="G23" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H23" s="45" t="str">
         <f>Plan!$S21</f>
         <v>Manchester United</v>
       </c>
       <c r="I23" s="47">
         <v>0</v>
       </c>
       <c r="J23" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K23" s="49">
         <v>1</v>
       </c>
       <c r="L23" s="25"/>
       <c r="M23" s="26"/>
-      <c r="O23" s="252">
+      <c r="O23" s="261">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B18,Calc!$C$4:$E$21,3,0)=MAX(O$9:O22),VLOOKUP(Calc!B18,Calc!$C$4:$E$21,3,0),Calc!B18))</f>
         <v>15</v>
       </c>
-      <c r="P23" s="253" t="str">
+      <c r="P23" s="262" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C18,VLOOKUP(Calc!B18,Calc!$C$4:$N$21,4,0))</f>
         <v>FC Twente</v>
       </c>
-      <c r="Q23" s="254">
+      <c r="Q23" s="263">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R23" s="255">
+      <c r="R23" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,10,0)))</f>
         <v>0</v>
       </c>
-      <c r="S23" s="255">
+      <c r="S23" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,11,0)))</f>
         <v>3</v>
       </c>
-      <c r="T23" s="256">
+      <c r="T23" s="265">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,12,0)))</f>
         <v>3</v>
       </c>
-      <c r="U23" s="257">
+      <c r="U23" s="266">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,5,0)))</f>
         <v>4</v>
       </c>
-      <c r="V23" s="258" t="str">
+      <c r="V23" s="267" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W23" s="259">
+      <c r="W23" s="268">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,6,0)))</f>
         <v>10</v>
       </c>
-      <c r="X23" s="260">
+      <c r="X23" s="269">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,7,0)))</f>
         <v>-6</v>
       </c>
-      <c r="Y23" s="261">
+      <c r="Y23" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$P$21,13,0)))</f>
         <v>2</v>
       </c>
-      <c r="Z23" s="261">
+      <c r="Z23" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$P$21,14,0)))</f>
         <v>0</v>
       </c>
-      <c r="AA23" s="262">
+      <c r="AA23" s="271">
         <f>IF(Calc!$K$22=0,"",IF($Q23=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$N$21,8,0)))</f>
         <v>3</v>
       </c>
       <c r="AB23" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B18,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B18,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC23" t="str">
         <f>IF(IFERROR(VLOOKUP($P23,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P23)&gt;Factors!$D$12,LEFT(P23,Factors!$D$12)&amp;".",P23),VLOOKUP($P23,Plan!$D$7:$E$42,2,0))</f>
         <v>FC Twen.</v>
       </c>
-      <c r="AE23" s="208">
+      <c r="AE23" s="217">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="AF23" s="209" t="str">
+      <c r="AF23" s="218" t="str">
         <f t="shared" si="0"/>
         <v>FC Twente</v>
       </c>
-      <c r="AG23" s="403" t="str">
+      <c r="AG23" s="412" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH23" s="405" t="str">
+      <c r="AH23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI23" s="405" t="str">
+      <c r="AI23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AJ23" s="405" t="str">
+      <c r="AJ23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK23" s="405" t="str">
+      <c r="AK23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="AL23" s="405" t="str">
+      <c r="AL23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM23" s="405" t="str">
+      <c r="AM23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AN23" s="405" t="str">
+      <c r="AN23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO23" s="405" t="str">
+      <c r="AO23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP23" s="405" t="str">
+      <c r="AP23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ23" s="405" t="str">
+      <c r="AQ23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 4</v>
       </c>
-      <c r="AR23" s="405" t="str">
+      <c r="AR23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AS23" s="405" t="str">
+      <c r="AS23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT23" s="405" t="str">
+      <c r="AT23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU23" s="404"/>
-      <c r="AV23" s="405" t="str">
+      <c r="AU23" s="413"/>
+      <c r="AV23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AW23" s="405" t="str">
+      <c r="AW23" s="414" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX23" s="406" t="str">
+      <c r="AX23" s="415" t="str">
         <f>IFERROR(VLOOKUP($P23&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY23" s="212"/>
-[...16 lines deleted...]
-      <c r="BP23" s="212"/>
+      <c r="AY23" s="221"/>
+      <c r="AZ23" s="221"/>
+      <c r="BA23" s="221"/>
+      <c r="BB23" s="221"/>
+      <c r="BC23" s="221"/>
+      <c r="BD23" s="221"/>
+      <c r="BE23" s="221"/>
+      <c r="BF23" s="221"/>
+      <c r="BG23" s="221"/>
+      <c r="BH23" s="221"/>
+      <c r="BI23" s="221"/>
+      <c r="BJ23" s="221"/>
+      <c r="BK23" s="221"/>
+      <c r="BL23" s="221"/>
+      <c r="BM23" s="221"/>
+      <c r="BN23" s="221"/>
+      <c r="BO23" s="221"/>
+      <c r="BP23" s="221"/>
     </row>
     <row r="24" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B24" s="23"/>
       <c r="C24" s="21">
         <v>16</v>
       </c>
-      <c r="D24" s="479">
+      <c r="D24" s="488">
         <f>IF(Plan!$T22="","",Plan!$T22)</f>
         <v>45946</v>
       </c>
       <c r="E24" s="19">
         <f>IF(Plan!$U22="","",Plan!$U22)</f>
         <v>0.875</v>
       </c>
       <c r="F24" s="45" t="str">
         <f>Plan!$Q22</f>
         <v>SL Benfica</v>
       </c>
       <c r="G24" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H24" s="45" t="str">
         <f>Plan!$S22</f>
         <v>Arsenal WFC</v>
       </c>
       <c r="I24" s="47">
         <v>0</v>
       </c>
       <c r="J24" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K24" s="49">
         <v>2</v>
       </c>
       <c r="L24" s="25"/>
       <c r="M24" s="26"/>
-      <c r="O24" s="252">
+      <c r="O24" s="261">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B19,Calc!$C$4:$E$21,3,0)=MAX(O$9:O23),VLOOKUP(Calc!B19,Calc!$C$4:$E$21,3,0),Calc!B19))</f>
         <v>16</v>
       </c>
-      <c r="P24" s="253" t="str">
+      <c r="P24" s="262" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C19,VLOOKUP(Calc!B19,Calc!$C$4:$N$21,4,0))</f>
         <v>SL Benfica</v>
       </c>
-      <c r="Q24" s="254">
+      <c r="Q24" s="263">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R24" s="255">
+      <c r="R24" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,10,0)))</f>
         <v>0</v>
       </c>
-      <c r="S24" s="255">
+      <c r="S24" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,11,0)))</f>
         <v>2</v>
       </c>
-      <c r="T24" s="256">
+      <c r="T24" s="265">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,12,0)))</f>
         <v>4</v>
       </c>
-      <c r="U24" s="257">
+      <c r="U24" s="266">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,5,0)))</f>
         <v>4</v>
       </c>
-      <c r="V24" s="258" t="str">
+      <c r="V24" s="267" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W24" s="259">
+      <c r="W24" s="268">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,6,0)))</f>
         <v>11</v>
       </c>
-      <c r="X24" s="260">
+      <c r="X24" s="269">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,7,0)))</f>
         <v>-7</v>
       </c>
-      <c r="Y24" s="261">
+      <c r="Y24" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$P$21,13,0)))</f>
         <v>2</v>
       </c>
-      <c r="Z24" s="261">
+      <c r="Z24" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$P$21,14,0)))</f>
         <v>0</v>
       </c>
-      <c r="AA24" s="262">
+      <c r="AA24" s="271">
         <f>IF(Calc!$K$22=0,"",IF($Q24=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$N$21,8,0)))</f>
         <v>2</v>
       </c>
       <c r="AB24" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B19,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B19,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC24" t="str">
         <f>IF(IFERROR(VLOOKUP($P24,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P24)&gt;Factors!$D$12,LEFT(P24,Factors!$D$12)&amp;".",P24),VLOOKUP($P24,Plan!$D$7:$E$42,2,0))</f>
         <v>SL Benf.</v>
       </c>
-      <c r="AE24" s="208">
+      <c r="AE24" s="217">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="AF24" s="209" t="str">
+      <c r="AF24" s="218" t="str">
         <f t="shared" si="0"/>
         <v>SL Benfica</v>
       </c>
-      <c r="AG24" s="403" t="str">
+      <c r="AG24" s="412" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 3</v>
       </c>
-      <c r="AH24" s="405" t="str">
+      <c r="AH24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI24" s="405" t="str">
+      <c r="AI24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ24" s="405" t="str">
+      <c r="AJ24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK24" s="405" t="str">
+      <c r="AK24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 2</v>
       </c>
-      <c r="AL24" s="405" t="str">
+      <c r="AL24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM24" s="405" t="str">
+      <c r="AM24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN24" s="405" t="str">
+      <c r="AN24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AO24" s="405" t="str">
+      <c r="AO24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP24" s="405" t="str">
+      <c r="AP24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 2</v>
       </c>
-      <c r="AQ24" s="405" t="str">
+      <c r="AQ24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR24" s="405" t="str">
+      <c r="AR24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS24" s="405" t="str">
+      <c r="AS24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT24" s="405" t="str">
+      <c r="AT24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU24" s="405" t="str">
+      <c r="AU24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AV24" s="404"/>
-      <c r="AW24" s="405" t="str">
+      <c r="AV24" s="413"/>
+      <c r="AW24" s="414" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AX24" s="406" t="str">
+      <c r="AX24" s="415" t="str">
         <f>IFERROR(VLOOKUP($P24&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY24" s="212"/>
-[...16 lines deleted...]
-      <c r="BP24" s="212"/>
+      <c r="AY24" s="221"/>
+      <c r="AZ24" s="221"/>
+      <c r="BA24" s="221"/>
+      <c r="BB24" s="221"/>
+      <c r="BC24" s="221"/>
+      <c r="BD24" s="221"/>
+      <c r="BE24" s="221"/>
+      <c r="BF24" s="221"/>
+      <c r="BG24" s="221"/>
+      <c r="BH24" s="221"/>
+      <c r="BI24" s="221"/>
+      <c r="BJ24" s="221"/>
+      <c r="BK24" s="221"/>
+      <c r="BL24" s="221"/>
+      <c r="BM24" s="221"/>
+      <c r="BN24" s="221"/>
+      <c r="BO24" s="221"/>
+      <c r="BP24" s="221"/>
     </row>
     <row r="25" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B25" s="23"/>
       <c r="C25" s="21">
         <v>17</v>
       </c>
-      <c r="D25" s="479">
+      <c r="D25" s="488">
         <f>IF(Plan!$T23="","",Plan!$T23)</f>
         <v>45946</v>
       </c>
       <c r="E25" s="19">
         <f>IF(Plan!$U23="","",Plan!$U23)</f>
         <v>0.875</v>
       </c>
       <c r="F25" s="45" t="str">
         <f>Plan!$Q23</f>
         <v>FC Bayern München</v>
       </c>
       <c r="G25" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H25" s="45" t="str">
         <f>Plan!$S23</f>
         <v>Juventus FC</v>
       </c>
       <c r="I25" s="47">
         <v>2</v>
       </c>
       <c r="J25" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K25" s="49">
         <v>1</v>
       </c>
       <c r="L25" s="25"/>
       <c r="M25" s="26"/>
-      <c r="O25" s="252">
+      <c r="O25" s="261">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B20,Calc!$C$4:$E$21,3,0)=MAX(O$9:O24),VLOOKUP(Calc!B20,Calc!$C$4:$E$21,3,0),Calc!B20))</f>
         <v>17</v>
       </c>
-      <c r="P25" s="253" t="str">
+      <c r="P25" s="262" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C20,VLOOKUP(Calc!B20,Calc!$C$4:$N$21,4,0))</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="Q25" s="254">
+      <c r="Q25" s="263">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R25" s="255">
+      <c r="R25" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,10,0)))</f>
         <v>0</v>
       </c>
-      <c r="S25" s="255">
+      <c r="S25" s="264">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,11,0)))</f>
         <v>2</v>
       </c>
-      <c r="T25" s="256">
+      <c r="T25" s="265">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,12,0)))</f>
         <v>4</v>
       </c>
-      <c r="U25" s="257">
+      <c r="U25" s="266">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,5,0)))</f>
         <v>4</v>
       </c>
-      <c r="V25" s="258" t="str">
+      <c r="V25" s="267" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W25" s="259">
+      <c r="W25" s="268">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,6,0)))</f>
         <v>12</v>
       </c>
-      <c r="X25" s="260">
+      <c r="X25" s="269">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,7,0)))</f>
         <v>-8</v>
       </c>
-      <c r="Y25" s="261">
+      <c r="Y25" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$P$21,13,0)))</f>
         <v>2</v>
       </c>
-      <c r="Z25" s="261">
+      <c r="Z25" s="270">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$P$21,14,0)))</f>
         <v>0</v>
       </c>
-      <c r="AA25" s="262">
+      <c r="AA25" s="271">
         <f>IF(Calc!$K$22=0,"",IF($Q25=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$N$21,8,0)))</f>
         <v>2</v>
       </c>
       <c r="AB25" s="68" t="str">
         <f>IF(VLOOKUP(Calc!B20,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B20,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC25" t="str">
         <f>IF(IFERROR(VLOOKUP($P25,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P25)&gt;Factors!$D$12,LEFT(P25,Factors!$D$12)&amp;".",P25),VLOOKUP($P25,Plan!$D$7:$E$42,2,0))</f>
         <v>Paris S.</v>
       </c>
-      <c r="AE25" s="208">
+      <c r="AE25" s="217">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
-      <c r="AF25" s="209" t="str">
+      <c r="AF25" s="218" t="str">
         <f t="shared" si="0"/>
         <v>Paris St. Germain</v>
       </c>
-      <c r="AG25" s="403" t="str">
+      <c r="AG25" s="412" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH25" s="405" t="str">
+      <c r="AH25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AI25" s="405" t="str">
+      <c r="AI25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AJ25" s="405" t="str">
+      <c r="AJ25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 3</v>
       </c>
-      <c r="AK25" s="405" t="str">
+      <c r="AK25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL25" s="405" t="str">
+      <c r="AL25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AM25" s="405" t="str">
+      <c r="AM25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="AN25" s="405" t="str">
+      <c r="AN25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AO25" s="405" t="str">
+      <c r="AO25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 4</v>
       </c>
-      <c r="AP25" s="405" t="str">
+      <c r="AP25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ25" s="405" t="str">
+      <c r="AQ25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AR25" s="405" t="str">
+      <c r="AR25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 0</v>
       </c>
-      <c r="AS25" s="405" t="str">
+      <c r="AS25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AT25" s="405" t="str">
+      <c r="AT25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AU25" s="405" t="str">
+      <c r="AU25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV25" s="405" t="str">
+      <c r="AV25" s="414" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="AW25" s="404"/>
-      <c r="AX25" s="406" t="str">
+      <c r="AW25" s="413"/>
+      <c r="AX25" s="415" t="str">
         <f>IFERROR(VLOOKUP($P25&amp;AX$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AY25" s="212"/>
-[...16 lines deleted...]
-      <c r="BP25" s="212"/>
+      <c r="AY25" s="221"/>
+      <c r="AZ25" s="221"/>
+      <c r="BA25" s="221"/>
+      <c r="BB25" s="221"/>
+      <c r="BC25" s="221"/>
+      <c r="BD25" s="221"/>
+      <c r="BE25" s="221"/>
+      <c r="BF25" s="221"/>
+      <c r="BG25" s="221"/>
+      <c r="BH25" s="221"/>
+      <c r="BI25" s="221"/>
+      <c r="BJ25" s="221"/>
+      <c r="BK25" s="221"/>
+      <c r="BL25" s="221"/>
+      <c r="BM25" s="221"/>
+      <c r="BN25" s="221"/>
+      <c r="BO25" s="221"/>
+      <c r="BP25" s="221"/>
     </row>
     <row r="26" spans="2:68" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B26" s="23"/>
       <c r="C26" s="21">
         <v>18</v>
       </c>
-      <c r="D26" s="479">
+      <c r="D26" s="488">
         <f>IF(Plan!$T24="","",Plan!$T24)</f>
         <v>45946</v>
       </c>
       <c r="E26" s="19">
         <f>IF(Plan!$U24="","",Plan!$U24)</f>
         <v>0.875</v>
       </c>
       <c r="F26" s="45" t="str">
         <f>Plan!$Q24</f>
         <v>Paris St. Germain</v>
       </c>
       <c r="G26" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H26" s="45" t="str">
         <f>Plan!$S24</f>
         <v>Real Madrid</v>
       </c>
       <c r="I26" s="47">
         <v>1</v>
       </c>
-      <c r="J26" s="473" t="s">
+      <c r="J26" s="482" t="s">
         <v>235</v>
       </c>
       <c r="K26" s="49">
         <v>2</v>
       </c>
       <c r="L26" s="25"/>
       <c r="M26" s="26"/>
-      <c r="O26" s="352">
+      <c r="O26" s="361">
         <f>IF(Calc!$K$22=0,"",IF(VLOOKUP(Calc!B21,Calc!$C$4:$E$21,3,0)=MAX(O$9:O25),VLOOKUP(Calc!B21,Calc!$C$4:$E$21,3,0),Calc!B21))</f>
         <v>18</v>
       </c>
-      <c r="P26" s="353" t="str">
+      <c r="P26" s="362" t="str">
         <f>IF(Calc!$K$22=0,Calc2!$C21,VLOOKUP(Calc!B21,Calc!$C$4:$N$21,4,0))</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="Q26" s="389">
+      <c r="Q26" s="398">
         <f>IF(Calc!$K$22=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,9,0))</f>
         <v>6</v>
       </c>
-      <c r="R26" s="390">
+      <c r="R26" s="399">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,10,0)))</f>
         <v>0</v>
       </c>
-      <c r="S26" s="365">
+      <c r="S26" s="374">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,11,0)))</f>
         <v>1</v>
       </c>
-      <c r="T26" s="366">
+      <c r="T26" s="375">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,12,0)))</f>
         <v>5</v>
       </c>
-      <c r="U26" s="367">
+      <c r="U26" s="376">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,5,0)))</f>
         <v>3</v>
       </c>
-      <c r="V26" s="368" t="str">
+      <c r="V26" s="377" t="str">
         <f>Language!$E$90</f>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W26" s="369">
+      <c r="W26" s="378">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,6,0)))</f>
         <v>28</v>
       </c>
-      <c r="X26" s="370">
+      <c r="X26" s="379">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,7,0)))</f>
         <v>-25</v>
       </c>
-      <c r="Y26" s="371">
+      <c r="Y26" s="380">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$P$21,13,0)))</f>
         <v>3</v>
       </c>
-      <c r="Z26" s="371">
+      <c r="Z26" s="380">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$P$21,14,0)))</f>
         <v>0</v>
       </c>
-      <c r="AA26" s="372">
+      <c r="AA26" s="381">
         <f>IF(Calc!$K$22=0,"",IF($Q26=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$N$21,8,0)))</f>
         <v>1</v>
       </c>
-      <c r="AB26" s="354" t="str">
+      <c r="AB26" s="363" t="str">
         <f>IF(VLOOKUP(Calc!B21,Calc!$C$4:$Q$21,15,0)=0,"",VLOOKUP(Calc!B21,Calc!$C$4:$Q$21,15,0))</f>
         <v/>
       </c>
       <c r="AC26" t="str">
         <f>IF(IFERROR(VLOOKUP($P26,Plan!$D$7:$E$42,2,0),0)=0,IF(LEN(P26)&gt;Factors!$D$12,LEFT(P26,Factors!$D$12)&amp;".",P26),VLOOKUP($P26,Plan!$D$7:$E$42,2,0))</f>
         <v>SKN St..</v>
       </c>
-      <c r="AE26" s="410">
+      <c r="AE26" s="419">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
-      <c r="AF26" s="411" t="str">
+      <c r="AF26" s="420" t="str">
         <f t="shared" si="0"/>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="AG26" s="407" t="str">
+      <c r="AG26" s="416" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AG$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AH26" s="408" t="str">
+      <c r="AH26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AH$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 3</v>
       </c>
-      <c r="AI26" s="408" t="str">
+      <c r="AI26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AI$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 6</v>
       </c>
-      <c r="AJ26" s="408" t="str">
+      <c r="AJ26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AJ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AK26" s="408" t="str">
+      <c r="AK26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AK$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AL26" s="408" t="str">
+      <c r="AL26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AL$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AM26" s="408" t="str">
+      <c r="AM26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AM$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AN26" s="408" t="str">
+      <c r="AN26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AN$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 5</v>
       </c>
-      <c r="AO26" s="408" t="str">
+      <c r="AO26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AO$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AP26" s="408" t="str">
+      <c r="AP26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AP$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AQ26" s="408" t="str">
+      <c r="AQ26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AQ$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>0 : 6</v>
       </c>
-      <c r="AR26" s="408" t="str">
+      <c r="AR26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AR$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AS26" s="408" t="str">
+      <c r="AS26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AS$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="AT26" s="408" t="str">
+      <c r="AT26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AT$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v>1 : 6</v>
       </c>
-      <c r="AU26" s="408" t="str">
+      <c r="AU26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AU$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AV26" s="408" t="str">
+      <c r="AV26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AV$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AW26" s="408" t="str">
+      <c r="AW26" s="417" t="str">
         <f>IFERROR(VLOOKUP($P26&amp;AW$8,Calc2!$J$4:$L$111,3,0),"")</f>
         <v/>
       </c>
-      <c r="AX26" s="409"/>
-[...17 lines deleted...]
-      <c r="BP26" s="212"/>
+      <c r="AX26" s="418"/>
+      <c r="AY26" s="221"/>
+      <c r="AZ26" s="221"/>
+      <c r="BA26" s="221"/>
+      <c r="BB26" s="221"/>
+      <c r="BC26" s="221"/>
+      <c r="BD26" s="221"/>
+      <c r="BE26" s="221"/>
+      <c r="BF26" s="221"/>
+      <c r="BG26" s="221"/>
+      <c r="BH26" s="221"/>
+      <c r="BI26" s="221"/>
+      <c r="BJ26" s="221"/>
+      <c r="BK26" s="221"/>
+      <c r="BL26" s="221"/>
+      <c r="BM26" s="221"/>
+      <c r="BN26" s="221"/>
+      <c r="BO26" s="221"/>
+      <c r="BP26" s="221"/>
     </row>
     <row r="27" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B27" s="27">
         <v>3</v>
       </c>
       <c r="C27" s="28">
         <v>19</v>
       </c>
-      <c r="D27" s="480">
+      <c r="D27" s="489">
         <f>IF(Plan!$T25="","",Plan!$T25)</f>
         <v>45972</v>
       </c>
       <c r="E27" s="29">
         <f>IF(Plan!$U25="","",Plan!$U25)</f>
         <v>0.78125</v>
       </c>
       <c r="F27" s="46" t="str">
         <f>Plan!$Q25</f>
         <v>AS Rom</v>
       </c>
       <c r="G27" s="30" t="s">
         <v>170</v>
       </c>
       <c r="H27" s="46" t="str">
         <f>Plan!$S25</f>
         <v>Valerenga IF</v>
       </c>
       <c r="I27" s="48">
         <v>0</v>
       </c>
-      <c r="J27" s="472" t="s">
+      <c r="J27" s="481" t="s">
         <v>235</v>
       </c>
       <c r="K27" s="50">
         <v>1</v>
       </c>
       <c r="L27" s="31"/>
       <c r="M27" s="32"/>
-      <c r="AE27" s="210"/>
-[...36 lines deleted...]
-      <c r="BP27" s="212"/>
+      <c r="AE27" s="219"/>
+      <c r="AF27" s="220"/>
+      <c r="AG27" s="221"/>
+      <c r="AH27" s="221"/>
+      <c r="AI27" s="221"/>
+      <c r="AJ27" s="221"/>
+      <c r="AK27" s="221"/>
+      <c r="AL27" s="221"/>
+      <c r="AM27" s="221"/>
+      <c r="AN27" s="221"/>
+      <c r="AO27" s="221"/>
+      <c r="AP27" s="221"/>
+      <c r="AQ27" s="221"/>
+      <c r="AR27" s="221"/>
+      <c r="AS27" s="221"/>
+      <c r="AT27" s="221"/>
+      <c r="AU27" s="221"/>
+      <c r="AV27" s="221"/>
+      <c r="AW27" s="221"/>
+      <c r="AX27" s="221"/>
+      <c r="AY27" s="221"/>
+      <c r="AZ27" s="221"/>
+      <c r="BA27" s="221"/>
+      <c r="BB27" s="221"/>
+      <c r="BC27" s="221"/>
+      <c r="BD27" s="221"/>
+      <c r="BE27" s="221"/>
+      <c r="BF27" s="221"/>
+      <c r="BG27" s="221"/>
+      <c r="BH27" s="221"/>
+      <c r="BI27" s="221"/>
+      <c r="BJ27" s="221"/>
+      <c r="BK27" s="221"/>
+      <c r="BL27" s="221"/>
+      <c r="BM27" s="221"/>
+      <c r="BN27" s="221"/>
+      <c r="BO27" s="221"/>
+      <c r="BP27" s="221"/>
     </row>
     <row r="28" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B28" s="23"/>
       <c r="C28" s="21">
         <v>20</v>
       </c>
-      <c r="D28" s="479">
+      <c r="D28" s="488">
         <f>IF(Plan!$T26="","",Plan!$T26)</f>
         <v>45972</v>
       </c>
       <c r="E28" s="19">
         <f>IF(Plan!$U26="","",Plan!$U26)</f>
         <v>0.875</v>
       </c>
       <c r="F28" s="45" t="str">
         <f>Plan!$Q26</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="G28" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H28" s="45" t="str">
         <f>Plan!$S26</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="I28" s="47">
         <v>3</v>
       </c>
       <c r="J28" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K28" s="49">
         <v>1</v>
       </c>
       <c r="L28" s="25"/>
       <c r="M28" s="26"/>
-      <c r="AE28" s="210"/>
-[...36 lines deleted...]
-      <c r="BP28" s="212"/>
+      <c r="AE28" s="219"/>
+      <c r="AF28" s="220"/>
+      <c r="AG28" s="221"/>
+      <c r="AH28" s="221"/>
+      <c r="AI28" s="221"/>
+      <c r="AJ28" s="221"/>
+      <c r="AK28" s="221"/>
+      <c r="AL28" s="221"/>
+      <c r="AM28" s="221"/>
+      <c r="AN28" s="221"/>
+      <c r="AO28" s="221"/>
+      <c r="AP28" s="221"/>
+      <c r="AQ28" s="221"/>
+      <c r="AR28" s="221"/>
+      <c r="AS28" s="221"/>
+      <c r="AT28" s="221"/>
+      <c r="AU28" s="221"/>
+      <c r="AV28" s="221"/>
+      <c r="AW28" s="221"/>
+      <c r="AX28" s="221"/>
+      <c r="AY28" s="221"/>
+      <c r="AZ28" s="221"/>
+      <c r="BA28" s="221"/>
+      <c r="BB28" s="221"/>
+      <c r="BC28" s="221"/>
+      <c r="BD28" s="221"/>
+      <c r="BE28" s="221"/>
+      <c r="BF28" s="221"/>
+      <c r="BG28" s="221"/>
+      <c r="BH28" s="221"/>
+      <c r="BI28" s="221"/>
+      <c r="BJ28" s="221"/>
+      <c r="BK28" s="221"/>
+      <c r="BL28" s="221"/>
+      <c r="BM28" s="221"/>
+      <c r="BN28" s="221"/>
+      <c r="BO28" s="221"/>
+      <c r="BP28" s="221"/>
     </row>
     <row r="29" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B29" s="23"/>
       <c r="C29" s="21">
         <v>21</v>
       </c>
-      <c r="D29" s="479">
+      <c r="D29" s="488">
         <f>IF(Plan!$T27="","",Plan!$T27)</f>
         <v>45972</v>
       </c>
       <c r="E29" s="19">
         <f>IF(Plan!$U27="","",Plan!$U27)</f>
         <v>0.875</v>
       </c>
       <c r="F29" s="45" t="str">
         <f>Plan!$Q27</f>
         <v>SKN St. Pölten</v>
       </c>
       <c r="G29" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H29" s="45" t="str">
         <f>Plan!$S27</f>
         <v>Chelsea FC</v>
       </c>
       <c r="I29" s="47">
         <v>0</v>
       </c>
       <c r="J29" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K29" s="49">
         <v>6</v>
       </c>
       <c r="L29" s="25"/>
       <c r="M29" s="26"/>
-      <c r="O29" s="217" t="str">
+      <c r="O29" s="226" t="str">
         <f>Language!$E$70</f>
         <v>Bei Punktgleichheit entscheiden folgende Kriterien:</v>
       </c>
-      <c r="P29" s="218"/>
-[...51 lines deleted...]
-      <c r="BP29" s="212"/>
+      <c r="P29" s="227"/>
+      <c r="Q29" s="228"/>
+      <c r="R29" s="228"/>
+      <c r="S29" s="228"/>
+      <c r="T29" s="228"/>
+      <c r="U29" s="228"/>
+      <c r="V29" s="228"/>
+      <c r="W29" s="228"/>
+      <c r="X29" s="228"/>
+      <c r="Y29" s="228"/>
+      <c r="Z29" s="228"/>
+      <c r="AA29" s="228"/>
+      <c r="AB29" s="212"/>
+      <c r="AC29" s="212"/>
+      <c r="AD29" s="212"/>
+      <c r="AE29" s="229"/>
+      <c r="AF29" s="230"/>
+      <c r="AG29" s="221"/>
+      <c r="AH29" s="221"/>
+      <c r="AI29" s="221"/>
+      <c r="AJ29" s="221"/>
+      <c r="AK29" s="221"/>
+      <c r="AL29" s="221"/>
+      <c r="AM29" s="221"/>
+      <c r="AN29" s="221"/>
+      <c r="AO29" s="221"/>
+      <c r="AP29" s="221"/>
+      <c r="AQ29" s="221"/>
+      <c r="AR29" s="221"/>
+      <c r="AS29" s="221"/>
+      <c r="AT29" s="221"/>
+      <c r="AU29" s="221"/>
+      <c r="AV29" s="221"/>
+      <c r="AW29" s="221"/>
+      <c r="AX29" s="221"/>
+      <c r="AY29" s="221"/>
+      <c r="AZ29" s="221"/>
+      <c r="BA29" s="221"/>
+      <c r="BB29" s="221"/>
+      <c r="BC29" s="221"/>
+      <c r="BD29" s="221"/>
+      <c r="BE29" s="221"/>
+      <c r="BF29" s="221"/>
+      <c r="BG29" s="221"/>
+      <c r="BH29" s="221"/>
+      <c r="BI29" s="221"/>
+      <c r="BJ29" s="221"/>
+      <c r="BK29" s="221"/>
+      <c r="BL29" s="221"/>
+      <c r="BM29" s="221"/>
+      <c r="BN29" s="221"/>
+      <c r="BO29" s="221"/>
+      <c r="BP29" s="221"/>
     </row>
     <row r="30" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B30" s="23"/>
       <c r="C30" s="21">
         <v>22</v>
       </c>
-      <c r="D30" s="479">
+      <c r="D30" s="488">
         <f>IF(Plan!$T28="","",Plan!$T28)</f>
         <v>45972</v>
       </c>
       <c r="E30" s="19">
         <f>IF(Plan!$U28="","",Plan!$U28)</f>
         <v>0.875</v>
       </c>
       <c r="F30" s="45" t="str">
         <f>Plan!$Q28</f>
         <v>Real Madrid</v>
       </c>
       <c r="G30" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H30" s="45" t="str">
         <f>Plan!$S28</f>
         <v>Paris FC</v>
       </c>
       <c r="I30" s="47">
         <v>1</v>
       </c>
       <c r="J30" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K30" s="49">
         <v>1</v>
       </c>
       <c r="L30" s="25"/>
       <c r="M30" s="26"/>
-      <c r="O30" s="222"/>
-[...52 lines deleted...]
-      <c r="BP30" s="212"/>
+      <c r="O30" s="231"/>
+      <c r="P30" s="227"/>
+      <c r="Q30" s="228"/>
+      <c r="R30" s="228"/>
+      <c r="S30" s="228"/>
+      <c r="T30" s="228"/>
+      <c r="U30" s="228"/>
+      <c r="V30" s="228"/>
+      <c r="W30" s="228"/>
+      <c r="X30" s="228"/>
+      <c r="Y30" s="228"/>
+      <c r="Z30" s="228"/>
+      <c r="AA30" s="228"/>
+      <c r="AB30" s="212"/>
+      <c r="AC30" s="212"/>
+      <c r="AD30" s="212"/>
+      <c r="AE30" s="232"/>
+      <c r="AF30" s="233"/>
+      <c r="AG30" s="221"/>
+      <c r="AH30" s="221"/>
+      <c r="AI30" s="221"/>
+      <c r="AJ30" s="221"/>
+      <c r="AK30" s="221"/>
+      <c r="AL30" s="221"/>
+      <c r="AM30" s="221"/>
+      <c r="AN30" s="221"/>
+      <c r="AO30" s="221"/>
+      <c r="AP30" s="221"/>
+      <c r="AQ30" s="221"/>
+      <c r="AR30" s="221"/>
+      <c r="AS30" s="221"/>
+      <c r="AT30" s="221"/>
+      <c r="AU30" s="221"/>
+      <c r="AV30" s="221"/>
+      <c r="AW30" s="221"/>
+      <c r="AX30" s="221"/>
+      <c r="AY30" s="221"/>
+      <c r="AZ30" s="221"/>
+      <c r="BA30" s="221"/>
+      <c r="BB30" s="221"/>
+      <c r="BC30" s="221"/>
+      <c r="BD30" s="221"/>
+      <c r="BE30" s="221"/>
+      <c r="BF30" s="221"/>
+      <c r="BG30" s="221"/>
+      <c r="BH30" s="221"/>
+      <c r="BI30" s="221"/>
+      <c r="BJ30" s="221"/>
+      <c r="BK30" s="221"/>
+      <c r="BL30" s="221"/>
+      <c r="BM30" s="221"/>
+      <c r="BN30" s="221"/>
+      <c r="BO30" s="221"/>
+      <c r="BP30" s="221"/>
     </row>
     <row r="31" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B31" s="23"/>
       <c r="C31" s="21">
         <v>23</v>
       </c>
-      <c r="D31" s="479">
+      <c r="D31" s="488">
         <f>IF(Plan!$T29="","",Plan!$T29)</f>
         <v>45973</v>
       </c>
       <c r="E31" s="19">
         <f>IF(Plan!$U29="","",Plan!$U29)</f>
         <v>0.78125</v>
       </c>
       <c r="F31" s="45" t="str">
         <f>Plan!$Q29</f>
         <v>FC Bayern München</v>
       </c>
       <c r="G31" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H31" s="45" t="str">
         <f>Plan!$S29</f>
         <v>Arsenal WFC</v>
       </c>
       <c r="I31" s="47">
         <v>3</v>
       </c>
       <c r="J31" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K31" s="49">
         <v>2</v>
       </c>
       <c r="L31" s="25"/>
       <c r="M31" s="26"/>
-      <c r="O31" s="225" t="s">
+      <c r="O31" s="234" t="s">
         <v>171</v>
       </c>
-      <c r="P31" s="219" t="str">
+      <c r="P31" s="228" t="str">
         <f>Language!$E$71</f>
         <v>Bessere Tordifferenz</v>
       </c>
-      <c r="Q31" s="219"/>
-[...50 lines deleted...]
-      <c r="BP31" s="212"/>
+      <c r="Q31" s="228"/>
+      <c r="R31" s="228"/>
+      <c r="S31" s="228"/>
+      <c r="T31" s="228"/>
+      <c r="U31" s="228"/>
+      <c r="V31" s="228"/>
+      <c r="W31" s="228"/>
+      <c r="X31" s="228"/>
+      <c r="Y31" s="228"/>
+      <c r="Z31" s="228"/>
+      <c r="AA31" s="228"/>
+      <c r="AB31" s="212"/>
+      <c r="AC31" s="212"/>
+      <c r="AD31" s="212"/>
+      <c r="AE31" s="232"/>
+      <c r="AF31" s="233"/>
+      <c r="AG31" s="221"/>
+      <c r="AH31" s="221"/>
+      <c r="AI31" s="221"/>
+      <c r="AJ31" s="221"/>
+      <c r="AK31" s="221"/>
+      <c r="AL31" s="221"/>
+      <c r="AM31" s="221"/>
+      <c r="AN31" s="221"/>
+      <c r="AO31" s="221"/>
+      <c r="AP31" s="221"/>
+      <c r="AQ31" s="221"/>
+      <c r="AR31" s="221"/>
+      <c r="AS31" s="221"/>
+      <c r="AT31" s="221"/>
+      <c r="AU31" s="221"/>
+      <c r="AV31" s="221"/>
+      <c r="AW31" s="221"/>
+      <c r="AX31" s="221"/>
+      <c r="AY31" s="221"/>
+      <c r="AZ31" s="221"/>
+      <c r="BA31" s="221"/>
+      <c r="BB31" s="221"/>
+      <c r="BC31" s="221"/>
+      <c r="BD31" s="221"/>
+      <c r="BE31" s="221"/>
+      <c r="BF31" s="221"/>
+      <c r="BG31" s="221"/>
+      <c r="BH31" s="221"/>
+      <c r="BI31" s="221"/>
+      <c r="BJ31" s="221"/>
+      <c r="BK31" s="221"/>
+      <c r="BL31" s="221"/>
+      <c r="BM31" s="221"/>
+      <c r="BN31" s="221"/>
+      <c r="BO31" s="221"/>
+      <c r="BP31" s="221"/>
     </row>
     <row r="32" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B32" s="23"/>
       <c r="C32" s="21">
         <v>24</v>
       </c>
-      <c r="D32" s="479">
+      <c r="D32" s="488">
         <f>IF(Plan!$T30="","",Plan!$T30)</f>
         <v>45973</v>
       </c>
       <c r="E32" s="19">
         <f>IF(Plan!$U30="","",Plan!$U30)</f>
         <v>0.78125</v>
       </c>
       <c r="F32" s="45" t="str">
         <f>Plan!$Q30</f>
         <v>FC Barcelona</v>
       </c>
       <c r="G32" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H32" s="45" t="str">
         <f>Plan!$S30</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="I32" s="47">
         <v>3</v>
       </c>
       <c r="J32" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K32" s="49">
         <v>0</v>
       </c>
       <c r="L32" s="25"/>
       <c r="M32" s="26"/>
-      <c r="O32" s="225" t="s">
+      <c r="O32" s="234" t="s">
         <v>172</v>
       </c>
-      <c r="P32" s="226" t="str">
+      <c r="P32" s="235" t="str">
         <f>Language!$E$72</f>
         <v>Höhere Anzahl erzielter Tore</v>
       </c>
-      <c r="Q32" s="219"/>
-[...50 lines deleted...]
-      <c r="BP32" s="212"/>
+      <c r="Q32" s="228"/>
+      <c r="R32" s="228"/>
+      <c r="S32" s="228"/>
+      <c r="T32" s="228"/>
+      <c r="U32" s="228"/>
+      <c r="V32" s="228"/>
+      <c r="W32" s="228"/>
+      <c r="X32" s="228"/>
+      <c r="Y32" s="228"/>
+      <c r="Z32" s="228"/>
+      <c r="AA32" s="228"/>
+      <c r="AB32" s="212"/>
+      <c r="AC32" s="212"/>
+      <c r="AD32" s="212"/>
+      <c r="AE32" s="232"/>
+      <c r="AF32" s="233"/>
+      <c r="AG32" s="221"/>
+      <c r="AH32" s="221"/>
+      <c r="AI32" s="221"/>
+      <c r="AJ32" s="221"/>
+      <c r="AK32" s="221"/>
+      <c r="AL32" s="221"/>
+      <c r="AM32" s="221"/>
+      <c r="AN32" s="221"/>
+      <c r="AO32" s="221"/>
+      <c r="AP32" s="221"/>
+      <c r="AQ32" s="221"/>
+      <c r="AR32" s="221"/>
+      <c r="AS32" s="221"/>
+      <c r="AT32" s="221"/>
+      <c r="AU32" s="221"/>
+      <c r="AV32" s="221"/>
+      <c r="AW32" s="221"/>
+      <c r="AX32" s="221"/>
+      <c r="AY32" s="221"/>
+      <c r="AZ32" s="221"/>
+      <c r="BA32" s="221"/>
+      <c r="BB32" s="221"/>
+      <c r="BC32" s="221"/>
+      <c r="BD32" s="221"/>
+      <c r="BE32" s="221"/>
+      <c r="BF32" s="221"/>
+      <c r="BG32" s="221"/>
+      <c r="BH32" s="221"/>
+      <c r="BI32" s="221"/>
+      <c r="BJ32" s="221"/>
+      <c r="BK32" s="221"/>
+      <c r="BL32" s="221"/>
+      <c r="BM32" s="221"/>
+      <c r="BN32" s="221"/>
+      <c r="BO32" s="221"/>
+      <c r="BP32" s="221"/>
     </row>
     <row r="33" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B33" s="23"/>
       <c r="C33" s="21">
         <v>25</v>
       </c>
-      <c r="D33" s="479">
+      <c r="D33" s="488">
         <f>IF(Plan!$T31="","",Plan!$T31)</f>
         <v>45973</v>
       </c>
       <c r="E33" s="19">
         <f>IF(Plan!$U31="","",Plan!$U31)</f>
         <v>0.875</v>
       </c>
       <c r="F33" s="45" t="str">
         <f>Plan!$Q31</f>
         <v>Manchester United</v>
       </c>
       <c r="G33" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H33" s="45" t="str">
         <f>Plan!$S31</f>
         <v>Paris St. Germain</v>
       </c>
       <c r="I33" s="47">
         <v>2</v>
       </c>
       <c r="J33" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K33" s="49">
         <v>1</v>
       </c>
       <c r="L33" s="25"/>
       <c r="M33" s="26"/>
-      <c r="O33" s="225" t="s">
+      <c r="O33" s="234" t="s">
         <v>173</v>
       </c>
-      <c r="P33" s="226" t="str">
+      <c r="P33" s="235" t="str">
         <f>Language!$E$73</f>
         <v>Höhere Anzahl erzielter Auswärtstore</v>
       </c>
-      <c r="Q33" s="219"/>
-[...50 lines deleted...]
-      <c r="BP33" s="212"/>
+      <c r="Q33" s="228"/>
+      <c r="R33" s="228"/>
+      <c r="S33" s="228"/>
+      <c r="T33" s="228"/>
+      <c r="U33" s="228"/>
+      <c r="V33" s="228"/>
+      <c r="W33" s="228"/>
+      <c r="X33" s="228"/>
+      <c r="Y33" s="228"/>
+      <c r="Z33" s="228"/>
+      <c r="AA33" s="228"/>
+      <c r="AB33" s="212"/>
+      <c r="AC33" s="212"/>
+      <c r="AD33" s="212"/>
+      <c r="AE33" s="232"/>
+      <c r="AF33" s="233"/>
+      <c r="AG33" s="221"/>
+      <c r="AH33" s="221"/>
+      <c r="AI33" s="221"/>
+      <c r="AJ33" s="221"/>
+      <c r="AK33" s="221"/>
+      <c r="AL33" s="221"/>
+      <c r="AM33" s="221"/>
+      <c r="AN33" s="221"/>
+      <c r="AO33" s="221"/>
+      <c r="AP33" s="221"/>
+      <c r="AQ33" s="221"/>
+      <c r="AR33" s="221"/>
+      <c r="AS33" s="221"/>
+      <c r="AT33" s="221"/>
+      <c r="AU33" s="221"/>
+      <c r="AV33" s="221"/>
+      <c r="AW33" s="221"/>
+      <c r="AX33" s="221"/>
+      <c r="AY33" s="221"/>
+      <c r="AZ33" s="221"/>
+      <c r="BA33" s="221"/>
+      <c r="BB33" s="221"/>
+      <c r="BC33" s="221"/>
+      <c r="BD33" s="221"/>
+      <c r="BE33" s="221"/>
+      <c r="BF33" s="221"/>
+      <c r="BG33" s="221"/>
+      <c r="BH33" s="221"/>
+      <c r="BI33" s="221"/>
+      <c r="BJ33" s="221"/>
+      <c r="BK33" s="221"/>
+      <c r="BL33" s="221"/>
+      <c r="BM33" s="221"/>
+      <c r="BN33" s="221"/>
+      <c r="BO33" s="221"/>
+      <c r="BP33" s="221"/>
     </row>
     <row r="34" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B34" s="23"/>
       <c r="C34" s="21">
         <v>26</v>
       </c>
-      <c r="D34" s="479">
+      <c r="D34" s="488">
         <f>IF(Plan!$T32="","",Plan!$T32)</f>
         <v>45973</v>
       </c>
       <c r="E34" s="19">
         <f>IF(Plan!$U32="","",Plan!$U32)</f>
         <v>0.875</v>
       </c>
       <c r="F34" s="45" t="str">
         <f>Plan!$Q32</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="G34" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H34" s="45" t="str">
         <f>Plan!$S32</f>
         <v>Juventus FC</v>
       </c>
       <c r="I34" s="47">
         <v>1</v>
       </c>
       <c r="J34" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K34" s="49">
         <v>2</v>
       </c>
       <c r="L34" s="25"/>
       <c r="M34" s="26"/>
-      <c r="O34" s="225" t="s">
+      <c r="O34" s="234" t="s">
         <v>174</v>
       </c>
-      <c r="P34" s="226" t="str">
+      <c r="P34" s="235" t="str">
         <f>Language!$E$74</f>
         <v>Höhere Anzahl von Siegen</v>
       </c>
-      <c r="Q34" s="219"/>
-[...50 lines deleted...]
-      <c r="BP34" s="212"/>
+      <c r="Q34" s="228"/>
+      <c r="R34" s="228"/>
+      <c r="S34" s="228"/>
+      <c r="T34" s="228"/>
+      <c r="U34" s="228"/>
+      <c r="V34" s="228"/>
+      <c r="W34" s="228"/>
+      <c r="X34" s="228"/>
+      <c r="Y34" s="228"/>
+      <c r="Z34" s="228"/>
+      <c r="AA34" s="228"/>
+      <c r="AB34" s="212"/>
+      <c r="AC34" s="212"/>
+      <c r="AD34" s="212"/>
+      <c r="AE34" s="232"/>
+      <c r="AF34" s="233"/>
+      <c r="AG34" s="221"/>
+      <c r="AH34" s="221"/>
+      <c r="AI34" s="221"/>
+      <c r="AJ34" s="221"/>
+      <c r="AK34" s="221"/>
+      <c r="AL34" s="221"/>
+      <c r="AM34" s="221"/>
+      <c r="AN34" s="221"/>
+      <c r="AO34" s="221"/>
+      <c r="AP34" s="221"/>
+      <c r="AQ34" s="221"/>
+      <c r="AR34" s="221"/>
+      <c r="AS34" s="221"/>
+      <c r="AT34" s="221"/>
+      <c r="AU34" s="221"/>
+      <c r="AV34" s="221"/>
+      <c r="AW34" s="221"/>
+      <c r="AX34" s="221"/>
+      <c r="AY34" s="221"/>
+      <c r="AZ34" s="221"/>
+      <c r="BA34" s="221"/>
+      <c r="BB34" s="221"/>
+      <c r="BC34" s="221"/>
+      <c r="BD34" s="221"/>
+      <c r="BE34" s="221"/>
+      <c r="BF34" s="221"/>
+      <c r="BG34" s="221"/>
+      <c r="BH34" s="221"/>
+      <c r="BI34" s="221"/>
+      <c r="BJ34" s="221"/>
+      <c r="BK34" s="221"/>
+      <c r="BL34" s="221"/>
+      <c r="BM34" s="221"/>
+      <c r="BN34" s="221"/>
+      <c r="BO34" s="221"/>
+      <c r="BP34" s="221"/>
     </row>
     <row r="35" spans="2:68" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B35" s="23"/>
       <c r="C35" s="21">
         <v>27</v>
       </c>
-      <c r="D35" s="479">
+      <c r="D35" s="488">
         <f>IF(Plan!$T33="","",Plan!$T33)</f>
         <v>45973</v>
       </c>
       <c r="E35" s="19">
         <f>IF(Plan!$U33="","",Plan!$U33)</f>
         <v>0.875</v>
       </c>
       <c r="F35" s="45" t="str">
         <f>Plan!$Q33</f>
         <v>SL Benfica</v>
       </c>
       <c r="G35" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H35" s="45" t="str">
         <f>Plan!$S33</f>
         <v>FC Twente</v>
       </c>
       <c r="I35" s="47">
         <v>1</v>
       </c>
-      <c r="J35" s="473" t="s">
+      <c r="J35" s="482" t="s">
         <v>235</v>
       </c>
       <c r="K35" s="49">
         <v>1</v>
       </c>
       <c r="L35" s="25"/>
       <c r="M35" s="26"/>
-      <c r="O35" s="225" t="s">
+      <c r="O35" s="234" t="s">
         <v>175</v>
       </c>
-      <c r="P35" s="226" t="str">
+      <c r="P35" s="235" t="str">
         <f>Language!$E$75</f>
         <v>Höhere Anzahl von Auswärtssiegen</v>
       </c>
-      <c r="Q35" s="219"/>
-[...50 lines deleted...]
-      <c r="BP35" s="212"/>
+      <c r="Q35" s="228"/>
+      <c r="R35" s="228"/>
+      <c r="S35" s="228"/>
+      <c r="T35" s="228"/>
+      <c r="U35" s="228"/>
+      <c r="V35" s="228"/>
+      <c r="W35" s="228"/>
+      <c r="X35" s="228"/>
+      <c r="Y35" s="228"/>
+      <c r="Z35" s="228"/>
+      <c r="AA35" s="228"/>
+      <c r="AB35" s="212"/>
+      <c r="AC35" s="212"/>
+      <c r="AD35" s="212"/>
+      <c r="AE35" s="232"/>
+      <c r="AF35" s="233"/>
+      <c r="AG35" s="221"/>
+      <c r="AH35" s="221"/>
+      <c r="AI35" s="221"/>
+      <c r="AJ35" s="221"/>
+      <c r="AK35" s="221"/>
+      <c r="AL35" s="221"/>
+      <c r="AM35" s="221"/>
+      <c r="AN35" s="221"/>
+      <c r="AO35" s="221"/>
+      <c r="AP35" s="221"/>
+      <c r="AQ35" s="221"/>
+      <c r="AR35" s="221"/>
+      <c r="AS35" s="221"/>
+      <c r="AT35" s="221"/>
+      <c r="AU35" s="221"/>
+      <c r="AV35" s="221"/>
+      <c r="AW35" s="221"/>
+      <c r="AX35" s="221"/>
+      <c r="AY35" s="221"/>
+      <c r="AZ35" s="221"/>
+      <c r="BA35" s="221"/>
+      <c r="BB35" s="221"/>
+      <c r="BC35" s="221"/>
+      <c r="BD35" s="221"/>
+      <c r="BE35" s="221"/>
+      <c r="BF35" s="221"/>
+      <c r="BG35" s="221"/>
+      <c r="BH35" s="221"/>
+      <c r="BI35" s="221"/>
+      <c r="BJ35" s="221"/>
+      <c r="BK35" s="221"/>
+      <c r="BL35" s="221"/>
+      <c r="BM35" s="221"/>
+      <c r="BN35" s="221"/>
+      <c r="BO35" s="221"/>
+      <c r="BP35" s="221"/>
     </row>
     <row r="36" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B36" s="27">
         <v>4</v>
       </c>
       <c r="C36" s="28">
         <v>28</v>
       </c>
-      <c r="D36" s="480">
+      <c r="D36" s="489">
         <f>IF(Plan!$T34="","",Plan!$T34)</f>
         <v>45980</v>
       </c>
       <c r="E36" s="29">
         <f>IF(Plan!$U34="","",Plan!$U34)</f>
         <v>0.78125</v>
       </c>
       <c r="F36" s="46" t="str">
         <f>Plan!$Q34</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="G36" s="30" t="s">
         <v>170</v>
       </c>
       <c r="H36" s="46" t="str">
         <f>Plan!$S34</f>
         <v>Manchester United</v>
       </c>
       <c r="I36" s="48">
         <v>5</v>
       </c>
-      <c r="J36" s="472" t="s">
+      <c r="J36" s="481" t="s">
         <v>235</v>
       </c>
       <c r="K36" s="50">
         <v>2</v>
       </c>
       <c r="L36" s="31"/>
       <c r="M36" s="32"/>
-      <c r="O36" s="227"/>
-[...54 lines deleted...]
-    <row r="37" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O36" s="236"/>
+      <c r="P36" s="236"/>
+      <c r="Q36" s="228"/>
+      <c r="R36" s="228"/>
+      <c r="S36" s="228"/>
+      <c r="T36" s="228"/>
+      <c r="U36" s="228"/>
+      <c r="V36" s="228"/>
+      <c r="W36" s="228"/>
+      <c r="X36" s="228"/>
+      <c r="Y36" s="228"/>
+      <c r="Z36" s="228"/>
+      <c r="AA36" s="228"/>
+      <c r="AB36" s="212"/>
+      <c r="AC36" s="212"/>
+      <c r="AD36" s="212"/>
+      <c r="AE36" s="232"/>
+      <c r="AF36" s="233"/>
+      <c r="AG36" s="221"/>
+      <c r="AH36" s="221"/>
+      <c r="AI36" s="221"/>
+      <c r="AJ36" s="221"/>
+      <c r="AK36" s="221"/>
+      <c r="AL36" s="221"/>
+      <c r="AM36" s="221"/>
+      <c r="AN36" s="221"/>
+      <c r="AO36" s="221"/>
+      <c r="AP36" s="221"/>
+      <c r="AQ36" s="221"/>
+      <c r="AR36" s="221"/>
+      <c r="AS36" s="221"/>
+      <c r="AT36" s="221"/>
+      <c r="AU36" s="221"/>
+      <c r="AV36" s="221"/>
+      <c r="AW36" s="221"/>
+      <c r="AX36" s="221"/>
+      <c r="AY36" s="221"/>
+      <c r="AZ36" s="221"/>
+      <c r="BA36" s="221"/>
+      <c r="BB36" s="221"/>
+      <c r="BC36" s="221"/>
+      <c r="BD36" s="221"/>
+      <c r="BE36" s="221"/>
+      <c r="BF36" s="221"/>
+      <c r="BG36" s="221"/>
+      <c r="BH36" s="221"/>
+      <c r="BI36" s="221"/>
+      <c r="BJ36" s="221"/>
+      <c r="BK36" s="221"/>
+      <c r="BL36" s="221"/>
+      <c r="BM36" s="221"/>
+      <c r="BN36" s="221"/>
+      <c r="BO36" s="221"/>
+      <c r="BP36" s="221"/>
+    </row>
+    <row r="37" spans="2:68" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B37" s="23"/>
       <c r="C37" s="21">
         <v>29</v>
       </c>
-      <c r="D37" s="479">
+      <c r="D37" s="488">
         <f>IF(Plan!$T35="","",Plan!$T35)</f>
         <v>45980</v>
       </c>
       <c r="E37" s="19">
         <f>IF(Plan!$U35="","",Plan!$U35)</f>
         <v>0.78125</v>
       </c>
       <c r="F37" s="45" t="str">
         <f>Plan!$Q35</f>
         <v>Juventus FC</v>
       </c>
       <c r="G37" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H37" s="45" t="str">
         <f>Plan!$S35</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="I37" s="47">
         <v>3</v>
       </c>
       <c r="J37" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K37" s="49">
         <v>3</v>
       </c>
       <c r="L37" s="25"/>
       <c r="M37" s="26"/>
-      <c r="O37" s="228" t="str">
+      <c r="O37" s="237" t="str">
         <f>Language!$E$76</f>
         <v>Diese fünf Kriterien werden in der Tabelle oben berücksichtigt.</v>
       </c>
-      <c r="P37" s="227"/>
-[...53 lines deleted...]
-    <row r="38" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="P37" s="236"/>
+      <c r="Q37" s="228"/>
+      <c r="R37" s="228"/>
+      <c r="S37" s="228"/>
+      <c r="T37" s="228"/>
+      <c r="U37" s="228"/>
+      <c r="V37" s="228"/>
+      <c r="W37" s="228"/>
+      <c r="X37" s="228"/>
+      <c r="Y37" s="228"/>
+      <c r="Z37" s="228"/>
+      <c r="AA37" s="228"/>
+      <c r="AB37" s="212"/>
+      <c r="AC37" s="212"/>
+      <c r="AD37" s="212"/>
+      <c r="AE37" s="232"/>
+      <c r="AF37" s="233"/>
+      <c r="AG37" s="221"/>
+      <c r="AH37" s="221"/>
+      <c r="AI37" s="221"/>
+      <c r="AJ37" s="221"/>
+      <c r="AK37" s="221"/>
+      <c r="AL37" s="221"/>
+      <c r="AM37" s="221"/>
+      <c r="AN37" s="221"/>
+      <c r="AO37" s="221"/>
+      <c r="AP37" s="221"/>
+      <c r="AQ37" s="221"/>
+      <c r="AR37" s="221"/>
+      <c r="AS37" s="221"/>
+      <c r="AT37" s="221"/>
+      <c r="AU37" s="221"/>
+      <c r="AV37" s="221"/>
+      <c r="AW37" s="221"/>
+      <c r="AX37" s="221"/>
+      <c r="AY37" s="221"/>
+      <c r="AZ37" s="221"/>
+      <c r="BA37" s="221"/>
+      <c r="BB37" s="221"/>
+      <c r="BC37" s="221"/>
+      <c r="BD37" s="221"/>
+      <c r="BE37" s="221"/>
+      <c r="BF37" s="221"/>
+      <c r="BG37" s="221"/>
+      <c r="BH37" s="221"/>
+      <c r="BI37" s="221"/>
+      <c r="BJ37" s="221"/>
+      <c r="BK37" s="221"/>
+      <c r="BL37" s="221"/>
+      <c r="BM37" s="221"/>
+      <c r="BN37" s="221"/>
+      <c r="BO37" s="221"/>
+      <c r="BP37" s="221"/>
+    </row>
+    <row r="38" spans="2:68" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B38" s="23"/>
       <c r="C38" s="21">
         <v>30</v>
       </c>
-      <c r="D38" s="479">
+      <c r="D38" s="488">
         <f>IF(Plan!$T36="","",Plan!$T36)</f>
         <v>45980</v>
       </c>
       <c r="E38" s="19">
         <f>IF(Plan!$U36="","",Plan!$U36)</f>
         <v>0.875</v>
       </c>
       <c r="F38" s="45" t="str">
         <f>Plan!$Q36</f>
         <v>Arsenal WFC</v>
       </c>
       <c r="G38" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H38" s="45" t="str">
         <f>Plan!$S36</f>
         <v>Real Madrid</v>
       </c>
       <c r="I38" s="47">
         <v>2</v>
       </c>
       <c r="J38" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K38" s="49">
         <v>1</v>
       </c>
       <c r="L38" s="25"/>
       <c r="M38" s="26"/>
-      <c r="O38" s="227"/>
-[...54 lines deleted...]
-    <row r="39" spans="2:68" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="O38" s="236"/>
+      <c r="P38" s="236"/>
+      <c r="Q38" s="228"/>
+      <c r="R38" s="228"/>
+      <c r="S38" s="228"/>
+      <c r="T38" s="228"/>
+      <c r="U38" s="228"/>
+      <c r="V38" s="228"/>
+      <c r="W38" s="228"/>
+      <c r="X38" s="228"/>
+      <c r="Y38" s="228"/>
+      <c r="Z38" s="228"/>
+      <c r="AA38" s="228"/>
+      <c r="AB38" s="212"/>
+      <c r="AC38" s="212"/>
+      <c r="AD38" s="212"/>
+      <c r="AE38" s="232"/>
+      <c r="AF38" s="233"/>
+      <c r="AG38" s="221"/>
+      <c r="AH38" s="221"/>
+      <c r="AI38" s="221"/>
+      <c r="AJ38" s="221"/>
+      <c r="AK38" s="221"/>
+      <c r="AL38" s="221"/>
+      <c r="AM38" s="221"/>
+      <c r="AN38" s="221"/>
+      <c r="AO38" s="221"/>
+      <c r="AP38" s="221"/>
+      <c r="AQ38" s="221"/>
+      <c r="AR38" s="221"/>
+      <c r="AS38" s="221"/>
+      <c r="AT38" s="221"/>
+      <c r="AU38" s="221"/>
+      <c r="AV38" s="221"/>
+      <c r="AW38" s="221"/>
+      <c r="AX38" s="221"/>
+      <c r="AY38" s="221"/>
+      <c r="AZ38" s="221"/>
+      <c r="BA38" s="221"/>
+      <c r="BB38" s="221"/>
+      <c r="BC38" s="221"/>
+      <c r="BD38" s="221"/>
+      <c r="BE38" s="221"/>
+      <c r="BF38" s="221"/>
+      <c r="BG38" s="221"/>
+      <c r="BH38" s="221"/>
+      <c r="BI38" s="221"/>
+      <c r="BJ38" s="221"/>
+      <c r="BK38" s="221"/>
+      <c r="BL38" s="221"/>
+      <c r="BM38" s="221"/>
+      <c r="BN38" s="221"/>
+      <c r="BO38" s="221"/>
+      <c r="BP38" s="221"/>
+    </row>
+    <row r="39" spans="2:68" ht="18" x14ac:dyDescent="0.3">
       <c r="B39" s="23"/>
       <c r="C39" s="21">
         <v>31</v>
       </c>
-      <c r="D39" s="479">
+      <c r="D39" s="488">
         <f>IF(Plan!$T37="","",Plan!$T37)</f>
         <v>45980</v>
       </c>
       <c r="E39" s="19">
         <f>IF(Plan!$U37="","",Plan!$U37)</f>
         <v>0.875</v>
       </c>
       <c r="F39" s="45" t="str">
         <f>Plan!$Q37</f>
         <v>Paris FC</v>
       </c>
       <c r="G39" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H39" s="45" t="str">
         <f>Plan!$S37</f>
         <v>SL Benfica</v>
       </c>
       <c r="I39" s="47">
         <v>2</v>
       </c>
       <c r="J39" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K39" s="49">
         <v>0</v>
       </c>
       <c r="L39" s="25"/>
       <c r="M39" s="26"/>
-      <c r="O39" s="227"/>
-[...54 lines deleted...]
-    <row r="40" spans="2:68" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="O39" s="236"/>
+      <c r="P39" s="236"/>
+      <c r="Q39" s="228"/>
+      <c r="R39" s="228"/>
+      <c r="S39" s="228"/>
+      <c r="T39" s="228"/>
+      <c r="U39" s="228"/>
+      <c r="V39" s="228"/>
+      <c r="W39" s="228"/>
+      <c r="X39" s="228"/>
+      <c r="Y39" s="228"/>
+      <c r="Z39" s="228"/>
+      <c r="AA39" s="238"/>
+      <c r="AB39" s="239"/>
+      <c r="AC39" s="240"/>
+      <c r="AD39" s="239"/>
+      <c r="AE39" s="232"/>
+      <c r="AF39" s="233"/>
+      <c r="AG39" s="221"/>
+      <c r="AH39" s="221"/>
+      <c r="AI39" s="221"/>
+      <c r="AJ39" s="221"/>
+      <c r="AK39" s="221"/>
+      <c r="AL39" s="221"/>
+      <c r="AM39" s="221"/>
+      <c r="AN39" s="221"/>
+      <c r="AO39" s="221"/>
+      <c r="AP39" s="221"/>
+      <c r="AQ39" s="221"/>
+      <c r="AR39" s="221"/>
+      <c r="AS39" s="221"/>
+      <c r="AT39" s="221"/>
+      <c r="AU39" s="221"/>
+      <c r="AV39" s="221"/>
+      <c r="AW39" s="221"/>
+      <c r="AX39" s="221"/>
+      <c r="AY39" s="221"/>
+      <c r="AZ39" s="221"/>
+      <c r="BA39" s="221"/>
+      <c r="BB39" s="221"/>
+      <c r="BC39" s="221"/>
+      <c r="BD39" s="221"/>
+      <c r="BE39" s="221"/>
+      <c r="BF39" s="221"/>
+      <c r="BG39" s="221"/>
+      <c r="BH39" s="221"/>
+      <c r="BI39" s="221"/>
+      <c r="BJ39" s="221"/>
+      <c r="BK39" s="221"/>
+      <c r="BL39" s="221"/>
+      <c r="BM39" s="221"/>
+      <c r="BN39" s="221"/>
+      <c r="BO39" s="221"/>
+      <c r="BP39" s="221"/>
+    </row>
+    <row r="40" spans="2:68" ht="18" x14ac:dyDescent="0.3">
       <c r="B40" s="23"/>
       <c r="C40" s="21">
         <v>32</v>
       </c>
-      <c r="D40" s="479">
+      <c r="D40" s="488">
         <f>IF(Plan!$T38="","",Plan!$T38)</f>
         <v>45980</v>
       </c>
       <c r="E40" s="19">
         <f>IF(Plan!$U38="","",Plan!$U38)</f>
         <v>0.875</v>
       </c>
       <c r="F40" s="45" t="str">
         <f>Plan!$Q38</f>
         <v>Valerenga IF</v>
       </c>
       <c r="G40" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H40" s="45" t="str">
         <f>Plan!$S38</f>
         <v>SKN St. Pölten</v>
       </c>
       <c r="I40" s="47">
         <v>2</v>
       </c>
       <c r="J40" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K40" s="49">
         <v>2</v>
       </c>
       <c r="L40" s="25"/>
       <c r="M40" s="26"/>
-      <c r="O40" s="232" t="str">
+      <c r="O40" s="241" t="str">
         <f>Language!$E$77</f>
         <v>Am Ende der Ligaphase werden bei Gleichstand zusätzlich folgende Kriterien herangezogen:</v>
       </c>
-      <c r="P40" s="227"/>
-[...53 lines deleted...]
-    <row r="41" spans="2:68" ht="18.75" x14ac:dyDescent="0.25">
+      <c r="P40" s="236"/>
+      <c r="Q40" s="228"/>
+      <c r="R40" s="228"/>
+      <c r="S40" s="228"/>
+      <c r="T40" s="228"/>
+      <c r="U40" s="228"/>
+      <c r="V40" s="228"/>
+      <c r="W40" s="228"/>
+      <c r="X40" s="228"/>
+      <c r="Y40" s="228"/>
+      <c r="Z40" s="228"/>
+      <c r="AA40" s="238"/>
+      <c r="AB40" s="239"/>
+      <c r="AC40" s="240"/>
+      <c r="AD40" s="239"/>
+      <c r="AE40" s="232"/>
+      <c r="AF40" s="233"/>
+      <c r="AG40" s="221"/>
+      <c r="AH40" s="221"/>
+      <c r="AI40" s="221"/>
+      <c r="AJ40" s="221"/>
+      <c r="AK40" s="221"/>
+      <c r="AL40" s="221"/>
+      <c r="AM40" s="221"/>
+      <c r="AN40" s="221"/>
+      <c r="AO40" s="221"/>
+      <c r="AP40" s="221"/>
+      <c r="AQ40" s="221"/>
+      <c r="AR40" s="221"/>
+      <c r="AS40" s="221"/>
+      <c r="AT40" s="221"/>
+      <c r="AU40" s="221"/>
+      <c r="AV40" s="221"/>
+      <c r="AW40" s="221"/>
+      <c r="AX40" s="221"/>
+      <c r="AY40" s="221"/>
+      <c r="AZ40" s="221"/>
+      <c r="BA40" s="221"/>
+      <c r="BB40" s="221"/>
+      <c r="BC40" s="221"/>
+      <c r="BD40" s="221"/>
+      <c r="BE40" s="221"/>
+      <c r="BF40" s="221"/>
+      <c r="BG40" s="221"/>
+      <c r="BH40" s="221"/>
+      <c r="BI40" s="221"/>
+      <c r="BJ40" s="221"/>
+      <c r="BK40" s="221"/>
+      <c r="BL40" s="221"/>
+      <c r="BM40" s="221"/>
+      <c r="BN40" s="221"/>
+      <c r="BO40" s="221"/>
+      <c r="BP40" s="221"/>
+    </row>
+    <row r="41" spans="2:68" ht="18" x14ac:dyDescent="0.3">
       <c r="B41" s="23"/>
       <c r="C41" s="21">
         <v>33</v>
       </c>
-      <c r="D41" s="479">
+      <c r="D41" s="488">
         <f>IF(Plan!$T39="","",Plan!$T39)</f>
         <v>45981</v>
       </c>
       <c r="E41" s="19">
         <f>IF(Plan!$U39="","",Plan!$U39)</f>
         <v>0.78125</v>
       </c>
       <c r="F41" s="45" t="str">
         <f>Plan!$Q39</f>
         <v>FC Twente</v>
       </c>
       <c r="G41" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H41" s="45" t="str">
         <f>Plan!$S39</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="I41" s="47">
         <v>0</v>
       </c>
       <c r="J41" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K41" s="49">
         <v>4</v>
       </c>
       <c r="L41" s="25"/>
       <c r="M41" s="26"/>
-      <c r="O41" s="227"/>
-[...54 lines deleted...]
-    <row r="42" spans="2:68" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="O41" s="236"/>
+      <c r="P41" s="236"/>
+      <c r="Q41" s="228"/>
+      <c r="R41" s="228"/>
+      <c r="S41" s="228"/>
+      <c r="T41" s="228"/>
+      <c r="U41" s="228"/>
+      <c r="V41" s="228"/>
+      <c r="W41" s="228"/>
+      <c r="X41" s="228"/>
+      <c r="Y41" s="228"/>
+      <c r="Z41" s="228"/>
+      <c r="AA41" s="238"/>
+      <c r="AB41" s="239"/>
+      <c r="AC41" s="240"/>
+      <c r="AD41" s="239"/>
+      <c r="AE41" s="232"/>
+      <c r="AF41" s="233"/>
+      <c r="AG41" s="221"/>
+      <c r="AH41" s="221"/>
+      <c r="AI41" s="221"/>
+      <c r="AJ41" s="221"/>
+      <c r="AK41" s="221"/>
+      <c r="AL41" s="221"/>
+      <c r="AM41" s="221"/>
+      <c r="AN41" s="221"/>
+      <c r="AO41" s="221"/>
+      <c r="AP41" s="221"/>
+      <c r="AQ41" s="221"/>
+      <c r="AR41" s="221"/>
+      <c r="AS41" s="221"/>
+      <c r="AT41" s="221"/>
+      <c r="AU41" s="221"/>
+      <c r="AV41" s="221"/>
+      <c r="AW41" s="221"/>
+      <c r="AX41" s="221"/>
+      <c r="AY41" s="221"/>
+      <c r="AZ41" s="221"/>
+      <c r="BA41" s="221"/>
+      <c r="BB41" s="221"/>
+      <c r="BC41" s="221"/>
+      <c r="BD41" s="221"/>
+      <c r="BE41" s="221"/>
+      <c r="BF41" s="221"/>
+      <c r="BG41" s="221"/>
+      <c r="BH41" s="221"/>
+      <c r="BI41" s="221"/>
+      <c r="BJ41" s="221"/>
+      <c r="BK41" s="221"/>
+      <c r="BL41" s="221"/>
+      <c r="BM41" s="221"/>
+      <c r="BN41" s="221"/>
+      <c r="BO41" s="221"/>
+      <c r="BP41" s="221"/>
+    </row>
+    <row r="42" spans="2:68" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B42" s="23"/>
       <c r="C42" s="21">
         <v>34</v>
       </c>
-      <c r="D42" s="479">
+      <c r="D42" s="488">
         <f>IF(Plan!$T40="","",Plan!$T40)</f>
         <v>45981</v>
       </c>
       <c r="E42" s="19">
         <f>IF(Plan!$U40="","",Plan!$U40)</f>
         <v>0.875</v>
       </c>
       <c r="F42" s="45" t="str">
         <f>Plan!$Q40</f>
         <v>Paris St. Germain</v>
       </c>
       <c r="G42" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H42" s="45" t="str">
         <f>Plan!$S40</f>
         <v>FC Bayern München</v>
       </c>
       <c r="I42" s="47">
         <v>1</v>
       </c>
       <c r="J42" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K42" s="49">
         <v>3</v>
       </c>
       <c r="L42" s="25"/>
       <c r="M42" s="26"/>
-      <c r="O42" s="233" t="s">
+      <c r="O42" s="242" t="s">
         <v>176</v>
       </c>
-      <c r="P42" s="226" t="str">
+      <c r="P42" s="235" t="str">
         <f>Language!$E$78</f>
         <v>Höhere Anzahl von Punkten, die die acht Gegner des betreffenden Klubs erspielt haben</v>
       </c>
-      <c r="Q42" s="219"/>
-[...52 lines deleted...]
-    <row r="43" spans="2:68" ht="15.6" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="Q42" s="228"/>
+      <c r="R42" s="228"/>
+      <c r="S42" s="228"/>
+      <c r="T42" s="228"/>
+      <c r="U42" s="228"/>
+      <c r="V42" s="228"/>
+      <c r="W42" s="228"/>
+      <c r="X42" s="228"/>
+      <c r="Y42" s="228"/>
+      <c r="Z42" s="228"/>
+      <c r="AA42" s="238"/>
+      <c r="AB42" s="239"/>
+      <c r="AC42" s="240"/>
+      <c r="AD42" s="239"/>
+      <c r="AE42" s="232"/>
+      <c r="AF42" s="233"/>
+      <c r="AG42" s="221"/>
+      <c r="AH42" s="221"/>
+      <c r="AI42" s="221"/>
+      <c r="AJ42" s="221"/>
+      <c r="AK42" s="221"/>
+      <c r="AL42" s="221"/>
+      <c r="AM42" s="221"/>
+      <c r="AN42" s="221"/>
+      <c r="AO42" s="221"/>
+      <c r="AP42" s="221"/>
+      <c r="AQ42" s="221"/>
+      <c r="AR42" s="221"/>
+      <c r="AS42" s="221"/>
+      <c r="AT42" s="221"/>
+      <c r="AU42" s="221"/>
+      <c r="AV42" s="221"/>
+      <c r="AW42" s="221"/>
+      <c r="AX42" s="221"/>
+      <c r="AY42" s="221"/>
+      <c r="AZ42" s="221"/>
+      <c r="BA42" s="221"/>
+      <c r="BB42" s="221"/>
+      <c r="BC42" s="221"/>
+      <c r="BD42" s="221"/>
+      <c r="BE42" s="221"/>
+      <c r="BF42" s="221"/>
+      <c r="BG42" s="221"/>
+      <c r="BH42" s="221"/>
+      <c r="BI42" s="221"/>
+      <c r="BJ42" s="221"/>
+      <c r="BK42" s="221"/>
+      <c r="BL42" s="221"/>
+      <c r="BM42" s="221"/>
+      <c r="BN42" s="221"/>
+      <c r="BO42" s="221"/>
+      <c r="BP42" s="221"/>
+    </row>
+    <row r="43" spans="2:68" ht="15.6" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B43" s="23"/>
       <c r="C43" s="21">
         <v>35</v>
       </c>
-      <c r="D43" s="479">
+      <c r="D43" s="488">
         <f>IF(Plan!$T41="","",Plan!$T41)</f>
         <v>45981</v>
       </c>
       <c r="E43" s="19">
         <f>IF(Plan!$U41="","",Plan!$U41)</f>
         <v>0.875</v>
       </c>
       <c r="F43" s="45" t="str">
         <f>Plan!$Q41</f>
         <v>Chelsea FC</v>
       </c>
       <c r="G43" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H43" s="45" t="str">
         <f>Plan!$S41</f>
         <v>FC Barcelona</v>
       </c>
       <c r="I43" s="47">
         <v>1</v>
       </c>
       <c r="J43" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K43" s="49">
         <v>1</v>
       </c>
       <c r="L43" s="25"/>
       <c r="M43" s="26"/>
-      <c r="O43" s="234" t="s">
+      <c r="O43" s="243" t="s">
         <v>177</v>
       </c>
-      <c r="P43" s="226" t="str">
+      <c r="P43" s="235" t="str">
         <f>Language!$E$79</f>
         <v>Bessere gemeinsame Tordifferenz der acht Gegner</v>
       </c>
-      <c r="Q43" s="235"/>
-[...51 lines deleted...]
-    <row r="44" spans="2:68" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="Q43" s="244"/>
+      <c r="R43" s="244"/>
+      <c r="S43" s="244"/>
+      <c r="T43" s="244"/>
+      <c r="U43" s="244"/>
+      <c r="V43" s="244"/>
+      <c r="W43" s="244"/>
+      <c r="X43" s="244"/>
+      <c r="Y43" s="244"/>
+      <c r="Z43" s="244"/>
+      <c r="AA43" s="244"/>
+      <c r="AB43" s="245"/>
+      <c r="AC43" s="245"/>
+      <c r="AD43" s="245"/>
+      <c r="AE43" s="232"/>
+      <c r="AF43" s="233"/>
+      <c r="AG43" s="221"/>
+      <c r="AH43" s="221"/>
+      <c r="AI43" s="221"/>
+      <c r="AJ43" s="221"/>
+      <c r="AK43" s="221"/>
+      <c r="AL43" s="221"/>
+      <c r="AM43" s="221"/>
+      <c r="AN43" s="221"/>
+      <c r="AO43" s="221"/>
+      <c r="AP43" s="221"/>
+      <c r="AQ43" s="221"/>
+      <c r="AR43" s="221"/>
+      <c r="AS43" s="221"/>
+      <c r="AT43" s="221"/>
+      <c r="AU43" s="221"/>
+      <c r="AV43" s="221"/>
+      <c r="AW43" s="221"/>
+      <c r="AX43" s="221"/>
+      <c r="AY43" s="221"/>
+      <c r="AZ43" s="221"/>
+      <c r="BA43" s="221"/>
+      <c r="BB43" s="221"/>
+      <c r="BD43" s="221"/>
+      <c r="BE43" s="221"/>
+      <c r="BF43" s="221"/>
+      <c r="BG43" s="221"/>
+      <c r="BH43" s="221"/>
+      <c r="BI43" s="221"/>
+      <c r="BJ43" s="221"/>
+      <c r="BK43" s="221"/>
+      <c r="BL43" s="221"/>
+      <c r="BM43" s="221"/>
+      <c r="BN43" s="221"/>
+      <c r="BO43" s="221"/>
+      <c r="BP43" s="221"/>
+    </row>
+    <row r="44" spans="2:68" ht="15.6" customHeight="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B44" s="23"/>
       <c r="C44" s="21">
         <v>36</v>
       </c>
-      <c r="D44" s="479">
+      <c r="D44" s="488">
         <f>IF(Plan!$T42="","",Plan!$T42)</f>
         <v>45981</v>
       </c>
       <c r="E44" s="19">
         <f>IF(Plan!$U42="","",Plan!$U42)</f>
         <v>0.875</v>
       </c>
       <c r="F44" s="45" t="str">
         <f>Plan!$Q42</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="G44" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H44" s="45" t="str">
         <f>Plan!$S42</f>
         <v>AS Rom</v>
       </c>
       <c r="I44" s="47">
         <v>1</v>
       </c>
-      <c r="J44" s="473" t="s">
+      <c r="J44" s="482" t="s">
         <v>235</v>
       </c>
       <c r="K44" s="49">
         <v>1</v>
       </c>
       <c r="L44" s="25"/>
       <c r="M44" s="26"/>
-      <c r="O44" s="234" t="s">
+      <c r="O44" s="243" t="s">
         <v>178</v>
       </c>
-      <c r="P44" s="226" t="str">
+      <c r="P44" s="235" t="str">
         <f>Language!$E$80</f>
         <v>Höhere Anzahl erzielter Tore der acht Gegner</v>
       </c>
-      <c r="Q44" s="235"/>
-[...35 lines deleted...]
-    <row r="45" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="Q44" s="244"/>
+      <c r="R44" s="244"/>
+      <c r="S44" s="244"/>
+      <c r="T44" s="244"/>
+      <c r="U44" s="244"/>
+      <c r="V44" s="244"/>
+      <c r="W44" s="244"/>
+      <c r="X44" s="244"/>
+      <c r="Y44" s="244"/>
+      <c r="Z44" s="244"/>
+      <c r="AA44" s="244"/>
+      <c r="AB44" s="245"/>
+      <c r="AC44" s="245"/>
+      <c r="AD44" s="245"/>
+      <c r="AE44" s="232"/>
+      <c r="AF44" s="233"/>
+      <c r="AG44" s="221"/>
+      <c r="AH44" s="221"/>
+      <c r="AI44" s="221"/>
+      <c r="AJ44" s="221"/>
+      <c r="AK44" s="221"/>
+      <c r="AL44" s="221"/>
+      <c r="AM44" s="221"/>
+      <c r="AN44" s="221"/>
+      <c r="AO44" s="221"/>
+      <c r="AP44" s="221"/>
+      <c r="AQ44" s="221"/>
+      <c r="AR44" s="221"/>
+      <c r="AS44" s="221"/>
+      <c r="AT44" s="221"/>
+      <c r="AU44" s="221"/>
+      <c r="AV44" s="221"/>
+      <c r="AW44" s="221"/>
+      <c r="AX44" s="221"/>
+      <c r="AY44" s="223"/>
+    </row>
+    <row r="45" spans="2:68" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B45" s="27">
         <v>5</v>
       </c>
       <c r="C45" s="28">
         <v>37</v>
       </c>
-      <c r="D45" s="480">
+      <c r="D45" s="489">
         <f>IF(Plan!$T43="","",Plan!$T43)</f>
         <v>46000</v>
       </c>
       <c r="E45" s="29">
         <f>IF(Plan!$U43="","",Plan!$U43)</f>
         <v>0.78125</v>
       </c>
       <c r="F45" s="46" t="str">
         <f>Plan!$Q43</f>
         <v>SKN St. Pölten</v>
       </c>
       <c r="G45" s="30" t="s">
         <v>170</v>
       </c>
       <c r="H45" s="46" t="str">
         <f>Plan!$S43</f>
         <v>Juventus FC</v>
       </c>
       <c r="I45" s="48">
         <v>0</v>
       </c>
-      <c r="J45" s="472" t="s">
+      <c r="J45" s="481" t="s">
         <v>235</v>
       </c>
       <c r="K45" s="50">
         <v>5</v>
       </c>
       <c r="L45" s="31"/>
       <c r="M45" s="32"/>
-      <c r="O45" s="234" t="s">
+      <c r="O45" s="243" t="s">
         <v>179</v>
       </c>
-      <c r="P45" s="219" t="str">
+      <c r="P45" s="228" t="str">
         <f>Language!$E$81</f>
         <v>Fairplay-Wertung</v>
       </c>
-      <c r="Q45" s="219"/>
-[...16 lines deleted...]
-    <row r="46" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="Q45" s="228"/>
+      <c r="R45" s="228"/>
+      <c r="S45" s="228"/>
+      <c r="T45" s="228"/>
+      <c r="U45" s="228"/>
+      <c r="V45" s="228"/>
+      <c r="W45" s="228"/>
+      <c r="X45" s="228"/>
+      <c r="Y45" s="228"/>
+      <c r="Z45" s="228"/>
+      <c r="AA45" s="228"/>
+      <c r="AB45" s="246"/>
+      <c r="AC45" s="246"/>
+      <c r="AD45" s="246"/>
+      <c r="AE45" s="232"/>
+      <c r="AF45" s="233"/>
+    </row>
+    <row r="46" spans="2:68" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B46" s="23"/>
       <c r="C46" s="21">
         <v>38</v>
       </c>
-      <c r="D46" s="479">
+      <c r="D46" s="488">
         <f>IF(Plan!$T44="","",Plan!$T44)</f>
         <v>46000</v>
       </c>
       <c r="E46" s="19">
         <f>IF(Plan!$U44="","",Plan!$U44)</f>
         <v>0.875</v>
       </c>
       <c r="F46" s="45" t="str">
         <f>Plan!$Q44</f>
         <v>Arsenal WFC</v>
       </c>
       <c r="G46" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H46" s="45" t="str">
         <f>Plan!$S44</f>
         <v>FC Twente</v>
       </c>
       <c r="I46" s="47">
         <v>1</v>
       </c>
       <c r="J46" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K46" s="49">
         <v>0</v>
       </c>
       <c r="L46" s="25"/>
       <c r="M46" s="26"/>
-      <c r="O46" s="374" t="s">
+      <c r="O46" s="383" t="s">
         <v>180</v>
       </c>
-      <c r="P46" s="219" t="str">
+      <c r="P46" s="228" t="str">
         <f>Language!$E$82</f>
         <v>UEFA-Koeffizient</v>
       </c>
-      <c r="Q46" s="238"/>
-[...16 lines deleted...]
-    <row r="47" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="Q46" s="247"/>
+      <c r="R46" s="247"/>
+      <c r="S46" s="247"/>
+      <c r="T46" s="247"/>
+      <c r="U46" s="247"/>
+      <c r="V46" s="247"/>
+      <c r="W46" s="247"/>
+      <c r="X46" s="247"/>
+      <c r="Y46" s="247"/>
+      <c r="Z46" s="247"/>
+      <c r="AA46" s="247"/>
+      <c r="AB46" s="248"/>
+      <c r="AC46" s="229"/>
+      <c r="AD46" s="248"/>
+      <c r="AE46" s="232"/>
+      <c r="AF46" s="233"/>
+    </row>
+    <row r="47" spans="2:68" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B47" s="23"/>
       <c r="C47" s="21">
         <v>39</v>
       </c>
-      <c r="D47" s="479">
+      <c r="D47" s="488">
         <f>IF(Plan!$T45="","",Plan!$T45)</f>
         <v>46000</v>
       </c>
       <c r="E47" s="19">
         <f>IF(Plan!$U45="","",Plan!$U45)</f>
         <v>0.875</v>
       </c>
       <c r="F47" s="45" t="str">
         <f>Plan!$Q45</f>
         <v>Real Madrid</v>
       </c>
       <c r="G47" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H47" s="45" t="str">
         <f>Plan!$S45</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="I47" s="47">
         <v>2</v>
       </c>
       <c r="J47" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K47" s="49">
         <v>0</v>
       </c>
       <c r="L47" s="25"/>
       <c r="M47" s="26"/>
-      <c r="O47" s="227"/>
-[...18 lines deleted...]
-    <row r="48" spans="2:68" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O47" s="236"/>
+      <c r="P47" s="236"/>
+      <c r="Q47" s="228"/>
+      <c r="R47" s="228"/>
+      <c r="S47" s="228"/>
+      <c r="T47" s="228"/>
+      <c r="U47" s="228"/>
+      <c r="V47" s="228"/>
+      <c r="W47" s="228"/>
+      <c r="X47" s="228"/>
+      <c r="Y47" s="228"/>
+      <c r="Z47" s="228"/>
+      <c r="AA47" s="228"/>
+      <c r="AB47" s="212"/>
+      <c r="AC47" s="212"/>
+      <c r="AD47" s="212"/>
+      <c r="AE47" s="232"/>
+      <c r="AF47" s="233"/>
+    </row>
+    <row r="48" spans="2:68" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B48" s="23"/>
       <c r="C48" s="21">
         <v>40</v>
       </c>
-      <c r="D48" s="479">
+      <c r="D48" s="488">
         <f>IF(Plan!$T46="","",Plan!$T46)</f>
         <v>46000</v>
       </c>
       <c r="E48" s="19">
         <f>IF(Plan!$U46="","",Plan!$U46)</f>
         <v>0.875</v>
       </c>
       <c r="F48" s="45" t="str">
         <f>Plan!$Q46</f>
         <v>Paris St. Germain</v>
       </c>
       <c r="G48" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H48" s="45" t="str">
         <f>Plan!$S46</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="I48" s="47">
         <v>0</v>
       </c>
       <c r="J48" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K48" s="49">
         <v>0</v>
       </c>
       <c r="L48" s="25"/>
       <c r="M48" s="26"/>
-      <c r="O48" s="228" t="str">
+      <c r="O48" s="237" t="str">
         <f>Language!$E$83</f>
         <v>Sollte dieser Fall eintreten, kann auf dem Tabellenblatt 'Tie_Break' ein Bonuspunkt für das bessere Team eingetragen werden.</v>
       </c>
-      <c r="P48" s="227"/>
-[...17 lines deleted...]
-    <row r="49" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="P48" s="236"/>
+      <c r="Q48" s="228"/>
+      <c r="R48" s="228"/>
+      <c r="S48" s="228"/>
+      <c r="T48" s="228"/>
+      <c r="U48" s="228"/>
+      <c r="V48" s="228"/>
+      <c r="W48" s="228"/>
+      <c r="X48" s="228"/>
+      <c r="Y48" s="228"/>
+      <c r="Z48" s="228"/>
+      <c r="AA48" s="228"/>
+      <c r="AB48" s="212"/>
+      <c r="AC48" s="212"/>
+      <c r="AD48" s="212"/>
+      <c r="AE48" s="232"/>
+      <c r="AF48" s="233"/>
+    </row>
+    <row r="49" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B49" s="23"/>
       <c r="C49" s="21">
         <v>41</v>
       </c>
-      <c r="D49" s="479">
+      <c r="D49" s="488">
         <f>IF(Plan!$T47="","",Plan!$T47)</f>
         <v>46001</v>
       </c>
       <c r="E49" s="19">
         <f>IF(Plan!$U47="","",Plan!$U47)</f>
         <v>0.78125</v>
       </c>
       <c r="F49" s="45" t="str">
         <f>Plan!$Q47</f>
         <v>FC Barcelona</v>
       </c>
       <c r="G49" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H49" s="45" t="str">
         <f>Plan!$S47</f>
         <v>SL Benfica</v>
       </c>
       <c r="I49" s="47">
         <v>3</v>
       </c>
       <c r="J49" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K49" s="49">
         <v>1</v>
       </c>
       <c r="L49" s="25"/>
       <c r="M49" s="26"/>
-      <c r="O49" s="227"/>
-[...18 lines deleted...]
-    <row r="50" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="O49" s="236"/>
+      <c r="P49" s="236"/>
+      <c r="Q49" s="228"/>
+      <c r="R49" s="228"/>
+      <c r="S49" s="228"/>
+      <c r="T49" s="228"/>
+      <c r="U49" s="228"/>
+      <c r="V49" s="228"/>
+      <c r="W49" s="228"/>
+      <c r="X49" s="228"/>
+      <c r="Y49" s="228"/>
+      <c r="Z49" s="228"/>
+      <c r="AA49" s="228"/>
+      <c r="AB49" s="212"/>
+      <c r="AC49" s="212"/>
+      <c r="AD49" s="212"/>
+      <c r="AE49" s="232"/>
+      <c r="AF49" s="233"/>
+    </row>
+    <row r="50" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B50" s="23"/>
       <c r="C50" s="21">
         <v>42</v>
       </c>
-      <c r="D50" s="479">
+      <c r="D50" s="488">
         <f>IF(Plan!$T48="","",Plan!$T48)</f>
         <v>46001</v>
       </c>
       <c r="E50" s="19">
         <f>IF(Plan!$U48="","",Plan!$U48)</f>
         <v>0.78125</v>
       </c>
       <c r="F50" s="45" t="str">
         <f>Plan!$Q48</f>
         <v>Valerenga IF</v>
       </c>
       <c r="G50" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H50" s="45" t="str">
         <f>Plan!$S48</f>
         <v>Paris FC</v>
       </c>
       <c r="I50" s="47">
         <v>0</v>
       </c>
       <c r="J50" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K50" s="49">
         <v>1</v>
       </c>
       <c r="L50" s="25"/>
       <c r="M50" s="26"/>
-      <c r="O50" s="232" t="str">
+      <c r="O50" s="241" t="str">
         <f>Language!$E$84</f>
         <v>Zum Vergleich:</v>
       </c>
-      <c r="P50" s="227"/>
-[...17 lines deleted...]
-    <row r="51" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="P50" s="236"/>
+      <c r="Q50" s="228"/>
+      <c r="R50" s="228"/>
+      <c r="S50" s="228"/>
+      <c r="T50" s="228"/>
+      <c r="U50" s="228"/>
+      <c r="V50" s="228"/>
+      <c r="W50" s="228"/>
+      <c r="X50" s="228"/>
+      <c r="Y50" s="228"/>
+      <c r="Z50" s="228"/>
+      <c r="AA50" s="228"/>
+      <c r="AB50" s="212"/>
+      <c r="AC50" s="212"/>
+      <c r="AD50" s="212"/>
+      <c r="AE50" s="232"/>
+      <c r="AF50" s="233"/>
+    </row>
+    <row r="51" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B51" s="23"/>
       <c r="C51" s="21">
         <v>43</v>
       </c>
-      <c r="D51" s="479">
+      <c r="D51" s="488">
         <f>IF(Plan!$T49="","",Plan!$T49)</f>
         <v>46001</v>
       </c>
       <c r="E51" s="19">
         <f>IF(Plan!$U49="","",Plan!$U49)</f>
         <v>0.875</v>
       </c>
       <c r="F51" s="45" t="str">
         <f>Plan!$Q49</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="G51" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H51" s="45" t="str">
         <f>Plan!$S49</f>
         <v>FC Bayern München</v>
       </c>
       <c r="I51" s="47">
         <v>2</v>
       </c>
       <c r="J51" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K51" s="49">
         <v>2</v>
       </c>
       <c r="L51" s="25"/>
       <c r="M51" s="26"/>
-      <c r="O51" s="513" t="s">
+      <c r="O51" s="500" t="s">
         <v>263</v>
       </c>
-      <c r="P51" s="514"/>
-[...17 lines deleted...]
-    <row r="52" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="P51" s="501"/>
+      <c r="Q51" s="501"/>
+      <c r="R51" s="501"/>
+      <c r="S51" s="501"/>
+      <c r="T51" s="228"/>
+      <c r="U51" s="228"/>
+      <c r="V51" s="228"/>
+      <c r="W51" s="228"/>
+      <c r="X51" s="228"/>
+      <c r="Y51" s="228"/>
+      <c r="Z51" s="228"/>
+      <c r="AA51" s="228"/>
+      <c r="AB51" s="212"/>
+      <c r="AC51" s="212"/>
+      <c r="AD51" s="212"/>
+      <c r="AE51" s="232"/>
+      <c r="AF51" s="233"/>
+    </row>
+    <row r="52" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B52" s="23"/>
       <c r="C52" s="21">
         <v>44</v>
       </c>
-      <c r="D52" s="479">
+      <c r="D52" s="488">
         <f>IF(Plan!$T50="","",Plan!$T50)</f>
         <v>46001</v>
       </c>
       <c r="E52" s="19">
         <f>IF(Plan!$U50="","",Plan!$U50)</f>
         <v>0.875</v>
       </c>
       <c r="F52" s="45" t="str">
         <f>Plan!$Q50</f>
         <v>Chelsea FC</v>
       </c>
       <c r="G52" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H52" s="45" t="str">
         <f>Plan!$S50</f>
         <v>AS Rom</v>
       </c>
       <c r="I52" s="47">
         <v>6</v>
       </c>
       <c r="J52" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K52" s="49">
         <v>0</v>
       </c>
       <c r="L52" s="25"/>
       <c r="M52" s="26"/>
-      <c r="O52" s="227"/>
-[...18 lines deleted...]
-    <row r="53" spans="2:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="O52" s="236"/>
+      <c r="P52" s="236"/>
+      <c r="Q52" s="228"/>
+      <c r="R52" s="228"/>
+      <c r="S52" s="228"/>
+      <c r="T52" s="228"/>
+      <c r="U52" s="228"/>
+      <c r="V52" s="228"/>
+      <c r="W52" s="228"/>
+      <c r="X52" s="228"/>
+      <c r="Y52" s="228"/>
+      <c r="Z52" s="228"/>
+      <c r="AA52" s="228"/>
+      <c r="AB52" s="212"/>
+      <c r="AC52" s="212"/>
+      <c r="AD52" s="212"/>
+      <c r="AE52" s="232"/>
+      <c r="AF52" s="233"/>
+    </row>
+    <row r="53" spans="2:32" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B53" s="23"/>
       <c r="C53" s="21">
         <v>45</v>
       </c>
-      <c r="D53" s="479">
+      <c r="D53" s="488">
         <f>IF(Plan!$T51="","",Plan!$T51)</f>
         <v>46001</v>
       </c>
       <c r="E53" s="19">
         <f>IF(Plan!$U51="","",Plan!$U51)</f>
         <v>0.875</v>
       </c>
       <c r="F53" s="45" t="str">
         <f>Plan!$Q51</f>
         <v>Manchester United</v>
       </c>
       <c r="G53" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H53" s="45" t="str">
         <f>Plan!$S51</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="I53" s="47">
         <v>0</v>
       </c>
-      <c r="J53" s="473" t="s">
+      <c r="J53" s="482" t="s">
         <v>235</v>
       </c>
       <c r="K53" s="49">
         <v>3</v>
       </c>
       <c r="L53" s="25"/>
       <c r="M53" s="26"/>
-      <c r="O53" s="232" t="s">
+      <c r="O53" s="241" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="54" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="54" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B54" s="27">
         <v>6</v>
       </c>
       <c r="C54" s="28">
         <v>46</v>
       </c>
-      <c r="D54" s="480">
+      <c r="D54" s="489">
         <f>IF(Plan!$T52="","",Plan!$T52)</f>
         <v>46008</v>
       </c>
       <c r="E54" s="29">
         <f>IF(Plan!$U52="","",Plan!$U52)</f>
         <v>0.875</v>
       </c>
       <c r="F54" s="46" t="str">
         <f>Plan!$Q52</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="G54" s="30" t="s">
         <v>170</v>
       </c>
       <c r="H54" s="46" t="str">
         <f>Plan!$S52</f>
         <v>Arsenal WFC</v>
       </c>
       <c r="I54" s="48">
         <v>0</v>
       </c>
-      <c r="J54" s="472" t="s">
+      <c r="J54" s="481" t="s">
         <v>235</v>
       </c>
       <c r="K54" s="50">
         <v>3</v>
       </c>
       <c r="L54" s="31"/>
       <c r="M54" s="32"/>
-      <c r="O54" s="240" t="s">
+      <c r="O54" s="249" t="s">
         <v>229</v>
       </c>
-      <c r="P54" s="240"/>
-[...16 lines deleted...]
-    <row r="55" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="P54" s="249"/>
+      <c r="Q54" s="249"/>
+      <c r="R54" s="249"/>
+      <c r="S54" s="249"/>
+      <c r="T54" s="249"/>
+      <c r="U54" s="249"/>
+      <c r="V54" s="249"/>
+      <c r="W54" s="249"/>
+      <c r="X54" s="249"/>
+      <c r="Y54" s="249"/>
+      <c r="Z54" s="249"/>
+      <c r="AA54" s="249"/>
+      <c r="AB54" s="249"/>
+      <c r="AC54" s="249"/>
+      <c r="AD54" s="249"/>
+      <c r="AE54" s="249"/>
+    </row>
+    <row r="55" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B55" s="23"/>
       <c r="C55" s="21">
         <v>47</v>
       </c>
-      <c r="D55" s="479">
+      <c r="D55" s="488">
         <f>IF(Plan!$T53="","",Plan!$T53)</f>
         <v>46008</v>
       </c>
       <c r="E55" s="19">
         <f>IF(Plan!$U53="","",Plan!$U53)</f>
         <v>0.875</v>
       </c>
       <c r="F55" s="45" t="str">
         <f>Plan!$Q53</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="G55" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H55" s="45" t="str">
         <f>Plan!$S53</f>
         <v>Chelsea FC</v>
       </c>
       <c r="I55" s="47">
         <v>1</v>
       </c>
       <c r="J55" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K55" s="49">
         <v>2</v>
       </c>
       <c r="L55" s="25"/>
       <c r="M55" s="26"/>
-      <c r="O55" s="232" t="s">
+      <c r="O55" s="241" t="s">
         <v>230</v>
       </c>
     </row>
-    <row r="56" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="56" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B56" s="23"/>
       <c r="C56" s="21">
         <v>48</v>
       </c>
-      <c r="D56" s="479">
+      <c r="D56" s="488">
         <f>IF(Plan!$T54="","",Plan!$T54)</f>
         <v>46008</v>
       </c>
       <c r="E56" s="19">
         <f>IF(Plan!$U54="","",Plan!$U54)</f>
         <v>0.875</v>
       </c>
       <c r="F56" s="45" t="str">
         <f>Plan!$Q54</f>
         <v>FC Bayern München</v>
       </c>
       <c r="G56" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H56" s="45" t="str">
         <f>Plan!$S54</f>
         <v>Valerenga IF</v>
       </c>
       <c r="I56" s="47">
         <v>3</v>
       </c>
       <c r="J56" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K56" s="49">
         <v>0</v>
       </c>
       <c r="L56" s="25"/>
       <c r="M56" s="26"/>
-      <c r="O56" s="514" t="s">
+      <c r="O56" s="501" t="s">
         <v>231</v>
       </c>
-      <c r="P56" s="514"/>
-[...17 lines deleted...]
-    <row r="57" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="P56" s="501"/>
+      <c r="Q56" s="501"/>
+      <c r="R56" s="501"/>
+      <c r="S56" s="501"/>
+      <c r="T56" s="501"/>
+      <c r="U56" s="501"/>
+      <c r="V56" s="501"/>
+      <c r="W56" s="501"/>
+      <c r="X56" s="501"/>
+      <c r="Y56" s="501"/>
+      <c r="Z56" s="501"/>
+      <c r="AA56" s="501"/>
+      <c r="AB56" s="501"/>
+      <c r="AC56" s="501"/>
+      <c r="AD56" s="501"/>
+      <c r="AE56" s="501"/>
+      <c r="AF56" s="501"/>
+    </row>
+    <row r="57" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B57" s="23"/>
       <c r="C57" s="21">
         <v>49</v>
       </c>
-      <c r="D57" s="479">
+      <c r="D57" s="488">
         <f>IF(Plan!$T55="","",Plan!$T55)</f>
         <v>46008</v>
       </c>
       <c r="E57" s="19">
         <f>IF(Plan!$U55="","",Plan!$U55)</f>
         <v>0.875</v>
       </c>
       <c r="F57" s="45" t="str">
         <f>Plan!$Q55</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="G57" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H57" s="45" t="str">
         <f>Plan!$S55</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="I57" s="47">
         <v>4</v>
       </c>
       <c r="J57" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K57" s="49">
         <v>0</v>
       </c>
       <c r="L57" s="25"/>
       <c r="M57" s="26"/>
     </row>
-    <row r="58" spans="2:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="58" spans="2:32" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="B58" s="23"/>
       <c r="C58" s="21">
         <v>50</v>
       </c>
-      <c r="D58" s="479">
+      <c r="D58" s="488">
         <f>IF(Plan!$T56="","",Plan!$T56)</f>
         <v>46008</v>
       </c>
       <c r="E58" s="19">
         <f>IF(Plan!$U56="","",Plan!$U56)</f>
         <v>0.875</v>
       </c>
       <c r="F58" s="45" t="str">
         <f>Plan!$Q56</f>
         <v>Paris FC</v>
       </c>
       <c r="G58" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H58" s="45" t="str">
         <f>Plan!$S56</f>
         <v>FC Barcelona</v>
       </c>
       <c r="I58" s="47">
         <v>0</v>
       </c>
       <c r="J58" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K58" s="49">
         <v>2</v>
       </c>
       <c r="L58" s="25"/>
       <c r="M58" s="26"/>
     </row>
-    <row r="59" spans="2:32" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="2:32" ht="16.2" thickTop="1" x14ac:dyDescent="0.3">
       <c r="B59" s="23"/>
       <c r="C59" s="21">
         <v>51</v>
       </c>
-      <c r="D59" s="479">
+      <c r="D59" s="488">
         <f>IF(Plan!$T57="","",Plan!$T57)</f>
         <v>46008</v>
       </c>
       <c r="E59" s="19">
         <f>IF(Plan!$U57="","",Plan!$U57)</f>
         <v>0.875</v>
       </c>
       <c r="F59" s="45" t="str">
         <f>Plan!$Q57</f>
         <v>SL Benfica</v>
       </c>
       <c r="G59" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H59" s="45" t="str">
         <f>Plan!$S57</f>
         <v>Paris St. Germain</v>
       </c>
       <c r="I59" s="47">
         <v>1</v>
       </c>
       <c r="J59" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K59" s="49">
         <v>1</v>
       </c>
       <c r="L59" s="25"/>
       <c r="M59" s="26"/>
-      <c r="O59" s="493"/>
-      <c r="P59" s="494"/>
+      <c r="O59" s="505"/>
+      <c r="P59" s="506"/>
       <c r="Q59" s="52" t="str">
         <f>$Q$8</f>
         <v>Sp</v>
       </c>
       <c r="R59" s="53" t="str">
         <f>$R$8</f>
         <v>G</v>
       </c>
       <c r="S59" s="53" t="str">
         <f>$S$8</f>
         <v>U</v>
       </c>
-      <c r="T59" s="195" t="str">
+      <c r="T59" s="204" t="str">
         <f>$T$8</f>
         <v>V</v>
       </c>
-      <c r="U59" s="495" t="str">
+      <c r="U59" s="502" t="str">
         <f>$U$8</f>
         <v>Tore</v>
       </c>
-      <c r="V59" s="496"/>
-      <c r="W59" s="497"/>
+      <c r="V59" s="503"/>
+      <c r="W59" s="504"/>
       <c r="X59" s="53" t="str">
         <f>$X$8</f>
         <v>TD</v>
       </c>
-      <c r="Y59" s="195" t="str">
+      <c r="Y59" s="204" t="str">
         <f>$Y$8</f>
         <v>ATore</v>
       </c>
-      <c r="Z59" s="195" t="str">
+      <c r="Z59" s="204" t="str">
         <f>$Z$8</f>
         <v>AGew</v>
       </c>
       <c r="AA59" s="55" t="str">
         <f>$AA$8</f>
         <v>Pkt</v>
       </c>
       <c r="AB59" s="56" t="str">
         <f>$AB$8</f>
         <v>Strafp.</v>
       </c>
     </row>
-    <row r="60" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B60" s="23"/>
       <c r="C60" s="21">
         <v>52</v>
       </c>
-      <c r="D60" s="479">
+      <c r="D60" s="488">
         <f>IF(Plan!$T58="","",Plan!$T58)</f>
         <v>46008</v>
       </c>
       <c r="E60" s="19">
         <f>IF(Plan!$U58="","",Plan!$U58)</f>
         <v>0.875</v>
       </c>
       <c r="F60" s="45" t="str">
         <f>Plan!$Q58</f>
         <v>FC Twente</v>
       </c>
       <c r="G60" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H60" s="45" t="str">
         <f>Plan!$S58</f>
         <v>Real Madrid</v>
       </c>
       <c r="I60" s="47">
         <v>1</v>
       </c>
       <c r="J60" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K60" s="49">
@@ -16037,56 +15995,56 @@
       <c r="U60" s="62">
         <v>20</v>
       </c>
       <c r="V60" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="W60" s="64">
         <v>3</v>
       </c>
       <c r="X60" s="65">
         <v>17</v>
       </c>
       <c r="Y60" s="66">
         <v>7</v>
       </c>
       <c r="Z60" s="66">
         <v>2</v>
       </c>
       <c r="AA60" s="67">
         <v>16</v>
       </c>
       <c r="AB60" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="61" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="61" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
       <c r="B61" s="23"/>
       <c r="C61" s="21">
         <v>53</v>
       </c>
-      <c r="D61" s="479">
+      <c r="D61" s="488">
         <f>IF(Plan!$T59="","",Plan!$T59)</f>
         <v>46008</v>
       </c>
       <c r="E61" s="19">
         <f>IF(Plan!$U59="","",Plan!$U59)</f>
         <v>0.875</v>
       </c>
       <c r="F61" s="45" t="str">
         <f>Plan!$Q59</f>
         <v>Juventus FC</v>
       </c>
       <c r="G61" s="20" t="s">
         <v>170</v>
       </c>
       <c r="H61" s="45" t="str">
         <f>Plan!$S59</f>
         <v>Manchester United</v>
       </c>
       <c r="I61" s="47">
         <v>0</v>
       </c>
       <c r="J61" s="34" t="s">
         <v>235</v>
       </c>
       <c r="K61" s="49">
@@ -16115,1652 +16073,1652 @@
       <c r="U61" s="62">
         <v>18</v>
       </c>
       <c r="V61" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="W61" s="64">
         <v>5</v>
       </c>
       <c r="X61" s="65">
         <v>13</v>
       </c>
       <c r="Y61" s="66">
         <v>8</v>
       </c>
       <c r="Z61" s="66">
         <v>2</v>
       </c>
       <c r="AA61" s="67">
         <v>16</v>
       </c>
       <c r="AB61" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="62" spans="2:32" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="C62" s="356">
+    <row r="62" spans="2:32" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B62" s="364"/>
+      <c r="C62" s="365">
         <v>54</v>
       </c>
-      <c r="D62" s="481">
+      <c r="D62" s="490">
         <f>IF(Plan!$T60="","",Plan!$T60)</f>
         <v>46008</v>
       </c>
-      <c r="E62" s="357">
+      <c r="E62" s="366">
         <f>IF(Plan!$U60="","",Plan!$U60)</f>
         <v>0.875</v>
       </c>
-      <c r="F62" s="358" t="str">
+      <c r="F62" s="367" t="str">
         <f>Plan!$Q60</f>
         <v>AS Rom</v>
       </c>
-      <c r="G62" s="359" t="s">
+      <c r="G62" s="368" t="s">
         <v>170</v>
       </c>
-      <c r="H62" s="358" t="str">
+      <c r="H62" s="367" t="str">
         <f>Plan!$S60</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="I62" s="360">
+      <c r="I62" s="369">
         <v>6</v>
       </c>
-      <c r="J62" s="361" t="s">
+      <c r="J62" s="370" t="s">
         <v>235</v>
       </c>
-      <c r="K62" s="362">
-[...3 lines deleted...]
-      <c r="M62" s="364"/>
+      <c r="K62" s="371">
+        <v>1</v>
+      </c>
+      <c r="L62" s="372"/>
+      <c r="M62" s="373"/>
       <c r="O62" s="57">
         <v>3</v>
       </c>
       <c r="P62" s="58" t="str">
         <v>Chelsea FC</v>
       </c>
       <c r="Q62" s="59">
         <v>6</v>
       </c>
       <c r="R62" s="60">
         <v>4</v>
       </c>
       <c r="S62" s="60">
         <v>2</v>
       </c>
       <c r="T62" s="61">
         <v>0</v>
       </c>
       <c r="U62" s="62">
         <v>20</v>
       </c>
       <c r="V62" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="W62" s="64">
         <v>3</v>
       </c>
       <c r="X62" s="65">
         <v>17</v>
       </c>
       <c r="Y62" s="66">
         <v>9</v>
       </c>
       <c r="Z62" s="66">
         <v>2</v>
       </c>
       <c r="AA62" s="67">
         <v>14</v>
       </c>
       <c r="AB62" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="63" spans="2:32" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="2:32" ht="16.2" thickTop="1" x14ac:dyDescent="0.3">
       <c r="O63" s="57">
         <v>4</v>
       </c>
       <c r="P63" s="58" t="str">
         <v>FC Bayern München</v>
       </c>
       <c r="Q63" s="59">
         <v>6</v>
       </c>
       <c r="R63" s="60">
         <v>4</v>
       </c>
       <c r="S63" s="60">
         <v>1</v>
       </c>
       <c r="T63" s="61">
         <v>1</v>
       </c>
       <c r="U63" s="62">
         <v>14</v>
       </c>
       <c r="V63" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="W63" s="64">
         <v>13</v>
       </c>
       <c r="X63" s="65">
         <v>1</v>
       </c>
       <c r="Y63" s="66">
         <v>6</v>
       </c>
       <c r="Z63" s="66">
         <v>1</v>
       </c>
       <c r="AA63" s="67">
         <v>13</v>
       </c>
       <c r="AB63" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="64" spans="2:32" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O64" s="241">
+    <row r="64" spans="2:32" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O64" s="250">
         <v>5</v>
       </c>
-      <c r="P64" s="242" t="str">
+      <c r="P64" s="251" t="str">
         <v>Arsenal WFC</v>
       </c>
-      <c r="Q64" s="243">
+      <c r="Q64" s="252">
         <v>6</v>
       </c>
-      <c r="R64" s="244">
+      <c r="R64" s="253">
         <v>4</v>
       </c>
-      <c r="S64" s="244">
-[...2 lines deleted...]
-      <c r="T64" s="245">
+      <c r="S64" s="253">
+        <v>0</v>
+      </c>
+      <c r="T64" s="254">
         <v>2</v>
       </c>
-      <c r="U64" s="246">
+      <c r="U64" s="255">
         <v>11</v>
       </c>
-      <c r="V64" s="247" t="str">
+      <c r="V64" s="256" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W64" s="248">
+      <c r="W64" s="257">
         <v>6</v>
       </c>
-      <c r="X64" s="249">
+      <c r="X64" s="258">
         <v>5</v>
       </c>
-      <c r="Y64" s="250">
+      <c r="Y64" s="259">
         <v>7</v>
       </c>
-      <c r="Z64" s="250">
+      <c r="Z64" s="259">
         <v>2</v>
       </c>
-      <c r="AA64" s="251">
+      <c r="AA64" s="260">
         <v>12</v>
       </c>
       <c r="AB64" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="65" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O65" s="241">
+    <row r="65" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O65" s="250">
         <v>6</v>
       </c>
-      <c r="P65" s="242" t="str">
+      <c r="P65" s="251" t="str">
         <v>Manchester United</v>
       </c>
-      <c r="Q65" s="243">
+      <c r="Q65" s="252">
         <v>6</v>
       </c>
-      <c r="R65" s="244">
+      <c r="R65" s="253">
         <v>4</v>
       </c>
-      <c r="S65" s="244">
-[...2 lines deleted...]
-      <c r="T65" s="245">
+      <c r="S65" s="253">
+        <v>0</v>
+      </c>
+      <c r="T65" s="254">
         <v>2</v>
       </c>
-      <c r="U65" s="246">
+      <c r="U65" s="255">
         <v>7</v>
       </c>
-      <c r="V65" s="247" t="str">
+      <c r="V65" s="256" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W65" s="248">
+      <c r="W65" s="257">
         <v>9</v>
       </c>
-      <c r="X65" s="249">
+      <c r="X65" s="258">
         <v>-2</v>
       </c>
-      <c r="Y65" s="250">
+      <c r="Y65" s="259">
         <v>4</v>
       </c>
-      <c r="Z65" s="250">
+      <c r="Z65" s="259">
         <v>2</v>
       </c>
-      <c r="AA65" s="251">
+      <c r="AA65" s="260">
         <v>12</v>
       </c>
       <c r="AB65" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="66" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O66" s="241">
+    <row r="66" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O66" s="250">
         <v>7</v>
       </c>
-      <c r="P66" s="242" t="str">
+      <c r="P66" s="251" t="str">
         <v>Real Madrid</v>
       </c>
-      <c r="Q66" s="243">
+      <c r="Q66" s="252">
         <v>6</v>
       </c>
-      <c r="R66" s="244">
+      <c r="R66" s="253">
         <v>3</v>
       </c>
-      <c r="S66" s="244">
+      <c r="S66" s="253">
         <v>2</v>
       </c>
-      <c r="T66" s="245">
-[...2 lines deleted...]
-      <c r="U66" s="246">
+      <c r="T66" s="254">
+        <v>1</v>
+      </c>
+      <c r="U66" s="255">
         <v>13</v>
       </c>
-      <c r="V66" s="247" t="str">
+      <c r="V66" s="256" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W66" s="248">
+      <c r="W66" s="257">
         <v>7</v>
       </c>
-      <c r="X66" s="249">
+      <c r="X66" s="258">
         <v>6</v>
       </c>
-      <c r="Y66" s="250">
+      <c r="Y66" s="259">
         <v>4</v>
       </c>
-      <c r="Z66" s="250">
-[...2 lines deleted...]
-      <c r="AA66" s="251">
+      <c r="Z66" s="259">
+        <v>1</v>
+      </c>
+      <c r="AA66" s="260">
         <v>11</v>
       </c>
       <c r="AB66" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="67" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O67" s="241">
+    <row r="67" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O67" s="250">
         <v>8</v>
       </c>
-      <c r="P67" s="242" t="str">
+      <c r="P67" s="251" t="str">
         <v>Juventus FC</v>
       </c>
-      <c r="Q67" s="243">
+      <c r="Q67" s="252">
         <v>6</v>
       </c>
-      <c r="R67" s="244">
+      <c r="R67" s="253">
         <v>3</v>
       </c>
-      <c r="S67" s="244">
-[...2 lines deleted...]
-      <c r="T67" s="245">
+      <c r="S67" s="253">
+        <v>1</v>
+      </c>
+      <c r="T67" s="254">
         <v>2</v>
       </c>
-      <c r="U67" s="246">
+      <c r="U67" s="255">
         <v>13</v>
       </c>
-      <c r="V67" s="247" t="str">
+      <c r="V67" s="256" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W67" s="248">
+      <c r="W67" s="257">
         <v>8</v>
       </c>
-      <c r="X67" s="249">
+      <c r="X67" s="258">
         <v>5</v>
       </c>
-      <c r="Y67" s="250">
+      <c r="Y67" s="259">
         <v>8</v>
       </c>
-      <c r="Z67" s="250">
+      <c r="Z67" s="259">
         <v>2</v>
       </c>
-      <c r="AA67" s="251">
+      <c r="AA67" s="260">
         <v>10</v>
       </c>
       <c r="AB67" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="68" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O68" s="263">
+    <row r="68" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O68" s="272">
         <v>9</v>
       </c>
-      <c r="P68" s="264" t="str">
+      <c r="P68" s="273" t="str">
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="Q68" s="265">
+      <c r="Q68" s="274">
         <v>6</v>
       </c>
-      <c r="R68" s="266">
+      <c r="R68" s="275">
         <v>3</v>
       </c>
-      <c r="S68" s="266">
-[...2 lines deleted...]
-      <c r="T68" s="267">
+      <c r="S68" s="275">
+        <v>0</v>
+      </c>
+      <c r="T68" s="276">
         <v>3</v>
       </c>
-      <c r="U68" s="268">
+      <c r="U68" s="277">
         <v>13</v>
       </c>
-      <c r="V68" s="269" t="str">
+      <c r="V68" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W68" s="270">
+      <c r="W68" s="279">
         <v>10</v>
       </c>
-      <c r="X68" s="271">
+      <c r="X68" s="280">
         <v>3</v>
       </c>
-      <c r="Y68" s="272">
+      <c r="Y68" s="281">
         <v>3</v>
       </c>
-      <c r="Z68" s="272">
-[...2 lines deleted...]
-      <c r="AA68" s="273">
+      <c r="Z68" s="281">
+        <v>1</v>
+      </c>
+      <c r="AA68" s="282">
         <v>9</v>
       </c>
       <c r="AB68" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="69" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O69" s="263">
+    <row r="69" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O69" s="272">
         <v>10</v>
       </c>
-      <c r="P69" s="264" t="str">
+      <c r="P69" s="273" t="str">
         <v>Paris FC</v>
       </c>
-      <c r="Q69" s="265">
+      <c r="Q69" s="274">
         <v>6</v>
       </c>
-      <c r="R69" s="266">
+      <c r="R69" s="275">
         <v>2</v>
       </c>
-      <c r="S69" s="266">
+      <c r="S69" s="275">
         <v>2</v>
       </c>
-      <c r="T69" s="267">
+      <c r="T69" s="276">
         <v>2</v>
       </c>
-      <c r="U69" s="268">
+      <c r="U69" s="277">
         <v>6</v>
       </c>
-      <c r="V69" s="269" t="str">
+      <c r="V69" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W69" s="270">
+      <c r="W69" s="279">
         <v>9</v>
       </c>
-      <c r="X69" s="271">
+      <c r="X69" s="280">
         <v>-3</v>
       </c>
-      <c r="Y69" s="272">
+      <c r="Y69" s="281">
         <v>2</v>
       </c>
-      <c r="Z69" s="272">
-[...2 lines deleted...]
-      <c r="AA69" s="273">
+      <c r="Z69" s="281">
+        <v>1</v>
+      </c>
+      <c r="AA69" s="282">
         <v>8</v>
       </c>
       <c r="AB69" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="70" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O70" s="263">
+    <row r="70" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O70" s="272">
         <v>11</v>
       </c>
-      <c r="P70" s="264" t="str">
+      <c r="P70" s="273" t="str">
         <v>Atletico Madrid</v>
       </c>
-      <c r="Q70" s="265">
+      <c r="Q70" s="274">
         <v>6</v>
       </c>
-      <c r="R70" s="266">
+      <c r="R70" s="275">
         <v>2</v>
       </c>
-      <c r="S70" s="266">
-[...2 lines deleted...]
-      <c r="T70" s="267">
+      <c r="S70" s="275">
+        <v>1</v>
+      </c>
+      <c r="T70" s="276">
         <v>3</v>
       </c>
-      <c r="U70" s="268">
+      <c r="U70" s="277">
         <v>13</v>
       </c>
-      <c r="V70" s="269" t="str">
+      <c r="V70" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W70" s="270">
+      <c r="W70" s="279">
         <v>9</v>
       </c>
-      <c r="X70" s="271">
+      <c r="X70" s="280">
         <v>4</v>
       </c>
-      <c r="Y70" s="272">
+      <c r="Y70" s="281">
         <v>10</v>
       </c>
-      <c r="Z70" s="272">
+      <c r="Z70" s="281">
         <v>2</v>
       </c>
-      <c r="AA70" s="273">
+      <c r="AA70" s="282">
         <v>7</v>
       </c>
       <c r="AB70" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="71" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O71" s="263">
+    <row r="71" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O71" s="272">
         <v>12</v>
       </c>
-      <c r="P71" s="264" t="str">
+      <c r="P71" s="273" t="str">
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="Q71" s="265">
+      <c r="Q71" s="274">
         <v>6</v>
       </c>
-      <c r="R71" s="266">
-[...2 lines deleted...]
-      <c r="S71" s="266">
+      <c r="R71" s="275">
+        <v>1</v>
+      </c>
+      <c r="S71" s="275">
         <v>3</v>
       </c>
-      <c r="T71" s="267">
+      <c r="T71" s="276">
         <v>2</v>
       </c>
-      <c r="U71" s="268">
+      <c r="U71" s="277">
         <v>5</v>
       </c>
-      <c r="V71" s="269" t="str">
+      <c r="V71" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W71" s="270">
+      <c r="W71" s="279">
         <v>10</v>
       </c>
-      <c r="X71" s="271">
+      <c r="X71" s="280">
         <v>-5</v>
       </c>
-      <c r="Y71" s="272">
+      <c r="Y71" s="281">
         <v>2</v>
       </c>
-      <c r="Z71" s="272">
-[...2 lines deleted...]
-      <c r="AA71" s="273">
+      <c r="Z71" s="281">
+        <v>0</v>
+      </c>
+      <c r="AA71" s="282">
         <v>6</v>
       </c>
       <c r="AB71" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="72" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O72" s="252">
+    <row r="72" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O72" s="261">
         <v>13</v>
       </c>
-      <c r="P72" s="253" t="str">
+      <c r="P72" s="262" t="str">
         <v>Valerenga IF</v>
       </c>
-      <c r="Q72" s="254">
+      <c r="Q72" s="263">
         <v>6</v>
       </c>
-      <c r="R72" s="255">
-[...5 lines deleted...]
-      <c r="T72" s="256">
+      <c r="R72" s="264">
+        <v>1</v>
+      </c>
+      <c r="S72" s="264">
+        <v>1</v>
+      </c>
+      <c r="T72" s="265">
         <v>4</v>
       </c>
-      <c r="U72" s="257">
+      <c r="U72" s="266">
         <v>4</v>
       </c>
-      <c r="V72" s="258" t="str">
+      <c r="V72" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W72" s="259">
+      <c r="W72" s="268">
         <v>9</v>
       </c>
-      <c r="X72" s="260">
+      <c r="X72" s="269">
         <v>-5</v>
       </c>
-      <c r="Y72" s="261">
-[...5 lines deleted...]
-      <c r="AA72" s="262">
+      <c r="Y72" s="270">
+        <v>1</v>
+      </c>
+      <c r="Z72" s="270">
+        <v>1</v>
+      </c>
+      <c r="AA72" s="271">
         <v>4</v>
       </c>
       <c r="AB72" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="73" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O73" s="252">
+    <row r="73" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O73" s="261">
         <v>14</v>
       </c>
-      <c r="P73" s="253" t="str">
+      <c r="P73" s="262" t="str">
         <v>AS Rom</v>
       </c>
-      <c r="Q73" s="254">
+      <c r="Q73" s="263">
         <v>6</v>
       </c>
-      <c r="R73" s="255">
-[...5 lines deleted...]
-      <c r="T73" s="256">
+      <c r="R73" s="264">
+        <v>1</v>
+      </c>
+      <c r="S73" s="264">
+        <v>1</v>
+      </c>
+      <c r="T73" s="265">
         <v>4</v>
       </c>
-      <c r="U73" s="257">
+      <c r="U73" s="266">
         <v>9</v>
       </c>
-      <c r="V73" s="258" t="str">
+      <c r="V73" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W73" s="259">
+      <c r="W73" s="268">
         <v>19</v>
       </c>
-      <c r="X73" s="260">
+      <c r="X73" s="269">
         <v>-10</v>
       </c>
-      <c r="Y73" s="261">
+      <c r="Y73" s="270">
         <v>3</v>
       </c>
-      <c r="Z73" s="261">
-[...2 lines deleted...]
-      <c r="AA73" s="262">
+      <c r="Z73" s="270">
+        <v>0</v>
+      </c>
+      <c r="AA73" s="271">
         <v>4</v>
       </c>
       <c r="AB73" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="74" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O74" s="252">
+    <row r="74" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O74" s="261">
         <v>15</v>
       </c>
-      <c r="P74" s="253" t="str">
+      <c r="P74" s="262" t="str">
         <v>FC Twente</v>
       </c>
-      <c r="Q74" s="254">
+      <c r="Q74" s="263">
         <v>6</v>
       </c>
-      <c r="R74" s="255">
-[...2 lines deleted...]
-      <c r="S74" s="255">
+      <c r="R74" s="264">
+        <v>0</v>
+      </c>
+      <c r="S74" s="264">
         <v>3</v>
       </c>
-      <c r="T74" s="256">
+      <c r="T74" s="265">
         <v>3</v>
       </c>
-      <c r="U74" s="257">
+      <c r="U74" s="266">
         <v>4</v>
       </c>
-      <c r="V74" s="258" t="str">
+      <c r="V74" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W74" s="259">
+      <c r="W74" s="268">
         <v>10</v>
       </c>
-      <c r="X74" s="260">
+      <c r="X74" s="269">
         <v>-6</v>
       </c>
-      <c r="Y74" s="261">
+      <c r="Y74" s="270">
         <v>2</v>
       </c>
-      <c r="Z74" s="261">
-[...2 lines deleted...]
-      <c r="AA74" s="262">
+      <c r="Z74" s="270">
+        <v>0</v>
+      </c>
+      <c r="AA74" s="271">
         <v>3</v>
       </c>
       <c r="AB74" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="75" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O75" s="252">
+    <row r="75" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O75" s="261">
         <v>16</v>
       </c>
-      <c r="P75" s="253" t="str">
+      <c r="P75" s="262" t="str">
         <v>SL Benfica</v>
       </c>
-      <c r="Q75" s="254">
+      <c r="Q75" s="263">
         <v>6</v>
       </c>
-      <c r="R75" s="255">
-[...2 lines deleted...]
-      <c r="S75" s="255">
+      <c r="R75" s="264">
+        <v>0</v>
+      </c>
+      <c r="S75" s="264">
         <v>2</v>
       </c>
-      <c r="T75" s="256">
+      <c r="T75" s="265">
         <v>4</v>
       </c>
-      <c r="U75" s="257">
+      <c r="U75" s="266">
         <v>4</v>
       </c>
-      <c r="V75" s="258" t="str">
+      <c r="V75" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W75" s="259">
+      <c r="W75" s="268">
         <v>11</v>
       </c>
-      <c r="X75" s="260">
+      <c r="X75" s="269">
         <v>-7</v>
       </c>
-      <c r="Y75" s="261">
+      <c r="Y75" s="270">
         <v>2</v>
       </c>
-      <c r="Z75" s="261">
-[...2 lines deleted...]
-      <c r="AA75" s="262">
+      <c r="Z75" s="270">
+        <v>0</v>
+      </c>
+      <c r="AA75" s="271">
         <v>2</v>
       </c>
       <c r="AB75" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="76" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O76" s="252">
+    <row r="76" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O76" s="261">
         <v>17</v>
       </c>
-      <c r="P76" s="253" t="str">
+      <c r="P76" s="262" t="str">
         <v>Paris St. Germain</v>
       </c>
-      <c r="Q76" s="254">
+      <c r="Q76" s="263">
         <v>6</v>
       </c>
-      <c r="R76" s="255">
-[...2 lines deleted...]
-      <c r="S76" s="255">
+      <c r="R76" s="264">
+        <v>0</v>
+      </c>
+      <c r="S76" s="264">
         <v>2</v>
       </c>
-      <c r="T76" s="256">
+      <c r="T76" s="265">
         <v>4</v>
       </c>
-      <c r="U76" s="257">
+      <c r="U76" s="266">
         <v>4</v>
       </c>
-      <c r="V76" s="258" t="str">
+      <c r="V76" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W76" s="259">
+      <c r="W76" s="268">
         <v>12</v>
       </c>
-      <c r="X76" s="260">
+      <c r="X76" s="269">
         <v>-8</v>
       </c>
-      <c r="Y76" s="261">
+      <c r="Y76" s="270">
         <v>2</v>
       </c>
-      <c r="Z76" s="261">
-[...2 lines deleted...]
-      <c r="AA76" s="262">
+      <c r="Z76" s="270">
+        <v>0</v>
+      </c>
+      <c r="AA76" s="271">
         <v>2</v>
       </c>
       <c r="AB76" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="77" spans="15:28" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="O77" s="352">
+    <row r="77" spans="15:28" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="O77" s="361">
         <v>18</v>
       </c>
-      <c r="P77" s="353" t="str">
+      <c r="P77" s="362" t="str">
         <v>SKN St. Pölten</v>
       </c>
-      <c r="Q77" s="373">
+      <c r="Q77" s="382">
         <v>6</v>
       </c>
-      <c r="R77" s="365">
-[...5 lines deleted...]
-      <c r="T77" s="366">
+      <c r="R77" s="374">
+        <v>0</v>
+      </c>
+      <c r="S77" s="374">
+        <v>1</v>
+      </c>
+      <c r="T77" s="375">
         <v>5</v>
       </c>
-      <c r="U77" s="367">
+      <c r="U77" s="376">
         <v>3</v>
       </c>
-      <c r="V77" s="368" t="str">
+      <c r="V77" s="377" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W77" s="369">
+      <c r="W77" s="378">
         <v>28</v>
       </c>
-      <c r="X77" s="370">
+      <c r="X77" s="379">
         <v>-25</v>
       </c>
-      <c r="Y77" s="371">
+      <c r="Y77" s="380">
         <v>3</v>
       </c>
-      <c r="Z77" s="371">
-[...5 lines deleted...]
-      <c r="AB77" s="354" t="str">
+      <c r="Z77" s="380">
+        <v>0</v>
+      </c>
+      <c r="AA77" s="381">
+        <v>1</v>
+      </c>
+      <c r="AB77" s="363" t="str">
         <v/>
       </c>
     </row>
-    <row r="78" spans="15:28" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
-[...3 lines deleted...]
-      <c r="P80" s="494"/>
+    <row r="78" spans="15:28" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
+    <row r="79" spans="15:28" ht="15" thickBot="1" x14ac:dyDescent="0.35"/>
+    <row r="80" spans="15:28" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="O80" s="505"/>
+      <c r="P80" s="506"/>
       <c r="Q80" s="52" t="str">
         <f>$Q$8</f>
         <v>Sp</v>
       </c>
       <c r="R80" s="53" t="str">
         <f>$R$8</f>
         <v>G</v>
       </c>
       <c r="S80" s="53" t="str">
         <f>$S$8</f>
         <v>U</v>
       </c>
-      <c r="T80" s="195" t="str">
+      <c r="T80" s="204" t="str">
         <f>$T$8</f>
         <v>V</v>
       </c>
-      <c r="U80" s="495" t="str">
+      <c r="U80" s="502" t="str">
         <f>$U$8</f>
         <v>Tore</v>
       </c>
-      <c r="V80" s="496"/>
-      <c r="W80" s="497"/>
+      <c r="V80" s="503"/>
+      <c r="W80" s="504"/>
       <c r="X80" s="53" t="str">
         <f>$X$8</f>
         <v>TD</v>
       </c>
-      <c r="Y80" s="195" t="str">
+      <c r="Y80" s="204" t="str">
         <f>$Y$8</f>
         <v>ATore</v>
       </c>
-      <c r="Z80" s="195" t="str">
+      <c r="Z80" s="204" t="str">
         <f>$Z$8</f>
         <v>AGew</v>
       </c>
       <c r="AA80" s="55" t="str">
         <f>$AA$8</f>
         <v>Pkt</v>
       </c>
       <c r="AB80" s="56" t="str">
         <f>$AB$8</f>
         <v>Strafp.</v>
       </c>
     </row>
-    <row r="81" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="81" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
       <c r="O81" s="57">
         <f t="array" ref="O81:AB98">IF($O$9:$AB$26="","",$O$9:$AB$26)</f>
         <v>1</v>
       </c>
       <c r="P81" s="58" t="str">
         <v>FC Barcelona</v>
       </c>
       <c r="Q81" s="59">
         <v>6</v>
       </c>
       <c r="R81" s="60">
         <v>5</v>
       </c>
       <c r="S81" s="60">
         <v>1</v>
       </c>
       <c r="T81" s="61">
         <v>0</v>
       </c>
       <c r="U81" s="62">
         <v>20</v>
       </c>
       <c r="V81" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="W81" s="64">
         <v>3</v>
       </c>
       <c r="X81" s="65">
         <v>17</v>
       </c>
       <c r="Y81" s="66">
         <v>7</v>
       </c>
       <c r="Z81" s="66">
         <v>2</v>
       </c>
       <c r="AA81" s="67">
         <v>16</v>
       </c>
       <c r="AB81" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="82" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="82" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
       <c r="O82" s="57">
         <v>2</v>
       </c>
       <c r="P82" s="58" t="str">
         <v>OL Lyonnes</v>
       </c>
       <c r="Q82" s="59">
         <v>6</v>
       </c>
       <c r="R82" s="60">
         <v>5</v>
       </c>
       <c r="S82" s="60">
         <v>1</v>
       </c>
       <c r="T82" s="61">
         <v>0</v>
       </c>
       <c r="U82" s="62">
         <v>18</v>
       </c>
       <c r="V82" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="W82" s="64">
         <v>5</v>
       </c>
       <c r="X82" s="65">
         <v>13</v>
       </c>
       <c r="Y82" s="66">
         <v>8</v>
       </c>
       <c r="Z82" s="66">
         <v>2</v>
       </c>
       <c r="AA82" s="67">
         <v>16</v>
       </c>
       <c r="AB82" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="83" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="83" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
       <c r="O83" s="57">
         <v>3</v>
       </c>
       <c r="P83" s="58" t="str">
         <v>Chelsea FC</v>
       </c>
       <c r="Q83" s="59">
         <v>6</v>
       </c>
       <c r="R83" s="60">
         <v>4</v>
       </c>
       <c r="S83" s="60">
         <v>2</v>
       </c>
       <c r="T83" s="61">
         <v>0</v>
       </c>
       <c r="U83" s="62">
         <v>20</v>
       </c>
       <c r="V83" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="W83" s="64">
         <v>3</v>
       </c>
       <c r="X83" s="65">
         <v>17</v>
       </c>
       <c r="Y83" s="66">
         <v>9</v>
       </c>
       <c r="Z83" s="66">
         <v>2</v>
       </c>
       <c r="AA83" s="67">
         <v>14</v>
       </c>
       <c r="AB83" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="84" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="84" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
       <c r="O84" s="57">
         <v>4</v>
       </c>
       <c r="P84" s="58" t="str">
         <v>FC Bayern München</v>
       </c>
       <c r="Q84" s="59">
         <v>6</v>
       </c>
       <c r="R84" s="60">
         <v>4</v>
       </c>
       <c r="S84" s="60">
         <v>1</v>
       </c>
       <c r="T84" s="61">
         <v>1</v>
       </c>
       <c r="U84" s="62">
         <v>14</v>
       </c>
       <c r="V84" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="W84" s="64">
         <v>13</v>
       </c>
       <c r="X84" s="65">
         <v>1</v>
       </c>
       <c r="Y84" s="66">
         <v>6</v>
       </c>
       <c r="Z84" s="66">
         <v>1</v>
       </c>
       <c r="AA84" s="67">
         <v>13</v>
       </c>
       <c r="AB84" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="85" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O85" s="241">
+    <row r="85" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O85" s="250">
         <v>5</v>
       </c>
-      <c r="P85" s="242" t="str">
+      <c r="P85" s="251" t="str">
         <v>Arsenal WFC</v>
       </c>
-      <c r="Q85" s="243">
+      <c r="Q85" s="252">
         <v>6</v>
       </c>
-      <c r="R85" s="244">
+      <c r="R85" s="253">
         <v>4</v>
       </c>
-      <c r="S85" s="244">
-[...2 lines deleted...]
-      <c r="T85" s="245">
+      <c r="S85" s="253">
+        <v>0</v>
+      </c>
+      <c r="T85" s="254">
         <v>2</v>
       </c>
-      <c r="U85" s="246">
+      <c r="U85" s="255">
         <v>11</v>
       </c>
-      <c r="V85" s="247" t="str">
+      <c r="V85" s="256" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W85" s="248">
+      <c r="W85" s="257">
         <v>6</v>
       </c>
-      <c r="X85" s="249">
+      <c r="X85" s="258">
         <v>5</v>
       </c>
-      <c r="Y85" s="250">
+      <c r="Y85" s="259">
         <v>7</v>
       </c>
-      <c r="Z85" s="250">
+      <c r="Z85" s="259">
         <v>2</v>
       </c>
-      <c r="AA85" s="251">
+      <c r="AA85" s="260">
         <v>12</v>
       </c>
       <c r="AB85" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="86" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O86" s="241">
+    <row r="86" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O86" s="250">
         <v>6</v>
       </c>
-      <c r="P86" s="242" t="str">
+      <c r="P86" s="251" t="str">
         <v>Manchester United</v>
       </c>
-      <c r="Q86" s="243">
+      <c r="Q86" s="252">
         <v>6</v>
       </c>
-      <c r="R86" s="244">
+      <c r="R86" s="253">
         <v>4</v>
       </c>
-      <c r="S86" s="244">
-[...2 lines deleted...]
-      <c r="T86" s="245">
+      <c r="S86" s="253">
+        <v>0</v>
+      </c>
+      <c r="T86" s="254">
         <v>2</v>
       </c>
-      <c r="U86" s="246">
+      <c r="U86" s="255">
         <v>7</v>
       </c>
-      <c r="V86" s="247" t="str">
+      <c r="V86" s="256" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W86" s="248">
+      <c r="W86" s="257">
         <v>9</v>
       </c>
-      <c r="X86" s="249">
+      <c r="X86" s="258">
         <v>-2</v>
       </c>
-      <c r="Y86" s="250">
+      <c r="Y86" s="259">
         <v>4</v>
       </c>
-      <c r="Z86" s="250">
+      <c r="Z86" s="259">
         <v>2</v>
       </c>
-      <c r="AA86" s="251">
+      <c r="AA86" s="260">
         <v>12</v>
       </c>
       <c r="AB86" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="87" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O87" s="241">
+    <row r="87" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O87" s="250">
         <v>7</v>
       </c>
-      <c r="P87" s="242" t="str">
+      <c r="P87" s="251" t="str">
         <v>Real Madrid</v>
       </c>
-      <c r="Q87" s="243">
+      <c r="Q87" s="252">
         <v>6</v>
       </c>
-      <c r="R87" s="244">
+      <c r="R87" s="253">
         <v>3</v>
       </c>
-      <c r="S87" s="244">
+      <c r="S87" s="253">
         <v>2</v>
       </c>
-      <c r="T87" s="245">
-[...2 lines deleted...]
-      <c r="U87" s="246">
+      <c r="T87" s="254">
+        <v>1</v>
+      </c>
+      <c r="U87" s="255">
         <v>13</v>
       </c>
-      <c r="V87" s="247" t="str">
+      <c r="V87" s="256" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W87" s="248">
+      <c r="W87" s="257">
         <v>7</v>
       </c>
-      <c r="X87" s="249">
+      <c r="X87" s="258">
         <v>6</v>
       </c>
-      <c r="Y87" s="250">
+      <c r="Y87" s="259">
         <v>4</v>
       </c>
-      <c r="Z87" s="250">
-[...2 lines deleted...]
-      <c r="AA87" s="251">
+      <c r="Z87" s="259">
+        <v>1</v>
+      </c>
+      <c r="AA87" s="260">
         <v>11</v>
       </c>
       <c r="AB87" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="88" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O88" s="241">
+    <row r="88" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O88" s="250">
         <v>8</v>
       </c>
-      <c r="P88" s="242" t="str">
+      <c r="P88" s="251" t="str">
         <v>Juventus FC</v>
       </c>
-      <c r="Q88" s="243">
+      <c r="Q88" s="252">
         <v>6</v>
       </c>
-      <c r="R88" s="244">
+      <c r="R88" s="253">
         <v>3</v>
       </c>
-      <c r="S88" s="244">
-[...2 lines deleted...]
-      <c r="T88" s="245">
+      <c r="S88" s="253">
+        <v>1</v>
+      </c>
+      <c r="T88" s="254">
         <v>2</v>
       </c>
-      <c r="U88" s="246">
+      <c r="U88" s="255">
         <v>13</v>
       </c>
-      <c r="V88" s="247" t="str">
+      <c r="V88" s="256" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W88" s="248">
+      <c r="W88" s="257">
         <v>8</v>
       </c>
-      <c r="X88" s="249">
+      <c r="X88" s="258">
         <v>5</v>
       </c>
-      <c r="Y88" s="250">
+      <c r="Y88" s="259">
         <v>8</v>
       </c>
-      <c r="Z88" s="250">
+      <c r="Z88" s="259">
         <v>2</v>
       </c>
-      <c r="AA88" s="251">
+      <c r="AA88" s="260">
         <v>10</v>
       </c>
       <c r="AB88" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="89" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O89" s="263">
+    <row r="89" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O89" s="272">
         <v>9</v>
       </c>
-      <c r="P89" s="264" t="str">
+      <c r="P89" s="273" t="str">
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="Q89" s="265">
+      <c r="Q89" s="274">
         <v>6</v>
       </c>
-      <c r="R89" s="266">
+      <c r="R89" s="275">
         <v>3</v>
       </c>
-      <c r="S89" s="266">
-[...2 lines deleted...]
-      <c r="T89" s="267">
+      <c r="S89" s="275">
+        <v>0</v>
+      </c>
+      <c r="T89" s="276">
         <v>3</v>
       </c>
-      <c r="U89" s="268">
+      <c r="U89" s="277">
         <v>13</v>
       </c>
-      <c r="V89" s="269" t="str">
+      <c r="V89" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W89" s="270">
+      <c r="W89" s="279">
         <v>10</v>
       </c>
-      <c r="X89" s="271">
+      <c r="X89" s="280">
         <v>3</v>
       </c>
-      <c r="Y89" s="272">
+      <c r="Y89" s="281">
         <v>3</v>
       </c>
-      <c r="Z89" s="272">
-[...2 lines deleted...]
-      <c r="AA89" s="273">
+      <c r="Z89" s="281">
+        <v>1</v>
+      </c>
+      <c r="AA89" s="282">
         <v>9</v>
       </c>
       <c r="AB89" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="90" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O90" s="263">
+    <row r="90" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O90" s="272">
         <v>10</v>
       </c>
-      <c r="P90" s="264" t="str">
+      <c r="P90" s="273" t="str">
         <v>Paris FC</v>
       </c>
-      <c r="Q90" s="265">
+      <c r="Q90" s="274">
         <v>6</v>
       </c>
-      <c r="R90" s="266">
+      <c r="R90" s="275">
         <v>2</v>
       </c>
-      <c r="S90" s="266">
+      <c r="S90" s="275">
         <v>2</v>
       </c>
-      <c r="T90" s="267">
+      <c r="T90" s="276">
         <v>2</v>
       </c>
-      <c r="U90" s="268">
+      <c r="U90" s="277">
         <v>6</v>
       </c>
-      <c r="V90" s="269" t="str">
+      <c r="V90" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W90" s="270">
+      <c r="W90" s="279">
         <v>9</v>
       </c>
-      <c r="X90" s="271">
+      <c r="X90" s="280">
         <v>-3</v>
       </c>
-      <c r="Y90" s="272">
+      <c r="Y90" s="281">
         <v>2</v>
       </c>
-      <c r="Z90" s="272">
-[...2 lines deleted...]
-      <c r="AA90" s="273">
+      <c r="Z90" s="281">
+        <v>1</v>
+      </c>
+      <c r="AA90" s="282">
         <v>8</v>
       </c>
       <c r="AB90" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="91" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O91" s="263">
+    <row r="91" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O91" s="272">
         <v>11</v>
       </c>
-      <c r="P91" s="264" t="str">
+      <c r="P91" s="273" t="str">
         <v>Atletico Madrid</v>
       </c>
-      <c r="Q91" s="265">
+      <c r="Q91" s="274">
         <v>6</v>
       </c>
-      <c r="R91" s="266">
+      <c r="R91" s="275">
         <v>2</v>
       </c>
-      <c r="S91" s="266">
-[...2 lines deleted...]
-      <c r="T91" s="267">
+      <c r="S91" s="275">
+        <v>1</v>
+      </c>
+      <c r="T91" s="276">
         <v>3</v>
       </c>
-      <c r="U91" s="268">
+      <c r="U91" s="277">
         <v>13</v>
       </c>
-      <c r="V91" s="269" t="str">
+      <c r="V91" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W91" s="270">
+      <c r="W91" s="279">
         <v>9</v>
       </c>
-      <c r="X91" s="271">
+      <c r="X91" s="280">
         <v>4</v>
       </c>
-      <c r="Y91" s="272">
+      <c r="Y91" s="281">
         <v>10</v>
       </c>
-      <c r="Z91" s="272">
+      <c r="Z91" s="281">
         <v>2</v>
       </c>
-      <c r="AA91" s="273">
+      <c r="AA91" s="282">
         <v>7</v>
       </c>
       <c r="AB91" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="92" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O92" s="263">
+    <row r="92" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O92" s="272">
         <v>12</v>
       </c>
-      <c r="P92" s="264" t="str">
+      <c r="P92" s="273" t="str">
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="Q92" s="265">
+      <c r="Q92" s="274">
         <v>6</v>
       </c>
-      <c r="R92" s="266">
-[...2 lines deleted...]
-      <c r="S92" s="266">
+      <c r="R92" s="275">
+        <v>1</v>
+      </c>
+      <c r="S92" s="275">
         <v>3</v>
       </c>
-      <c r="T92" s="267">
+      <c r="T92" s="276">
         <v>2</v>
       </c>
-      <c r="U92" s="268">
+      <c r="U92" s="277">
         <v>5</v>
       </c>
-      <c r="V92" s="269" t="str">
+      <c r="V92" s="278" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W92" s="270">
+      <c r="W92" s="279">
         <v>10</v>
       </c>
-      <c r="X92" s="271">
+      <c r="X92" s="280">
         <v>-5</v>
       </c>
-      <c r="Y92" s="272">
+      <c r="Y92" s="281">
         <v>2</v>
       </c>
-      <c r="Z92" s="272">
-[...2 lines deleted...]
-      <c r="AA92" s="273">
+      <c r="Z92" s="281">
+        <v>0</v>
+      </c>
+      <c r="AA92" s="282">
         <v>6</v>
       </c>
       <c r="AB92" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="93" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O93" s="252">
+    <row r="93" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O93" s="261">
         <v>13</v>
       </c>
-      <c r="P93" s="253" t="str">
+      <c r="P93" s="262" t="str">
         <v>Valerenga IF</v>
       </c>
-      <c r="Q93" s="254">
+      <c r="Q93" s="263">
         <v>6</v>
       </c>
-      <c r="R93" s="255">
-[...5 lines deleted...]
-      <c r="T93" s="256">
+      <c r="R93" s="264">
+        <v>1</v>
+      </c>
+      <c r="S93" s="264">
+        <v>1</v>
+      </c>
+      <c r="T93" s="265">
         <v>4</v>
       </c>
-      <c r="U93" s="257">
+      <c r="U93" s="266">
         <v>4</v>
       </c>
-      <c r="V93" s="258" t="str">
+      <c r="V93" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W93" s="259">
+      <c r="W93" s="268">
         <v>9</v>
       </c>
-      <c r="X93" s="260">
+      <c r="X93" s="269">
         <v>-5</v>
       </c>
-      <c r="Y93" s="261">
-[...5 lines deleted...]
-      <c r="AA93" s="262">
+      <c r="Y93" s="270">
+        <v>1</v>
+      </c>
+      <c r="Z93" s="270">
+        <v>1</v>
+      </c>
+      <c r="AA93" s="271">
         <v>4</v>
       </c>
       <c r="AB93" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="94" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O94" s="252">
+    <row r="94" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O94" s="261">
         <v>14</v>
       </c>
-      <c r="P94" s="253" t="str">
+      <c r="P94" s="262" t="str">
         <v>AS Rom</v>
       </c>
-      <c r="Q94" s="254">
+      <c r="Q94" s="263">
         <v>6</v>
       </c>
-      <c r="R94" s="255">
-[...5 lines deleted...]
-      <c r="T94" s="256">
+      <c r="R94" s="264">
+        <v>1</v>
+      </c>
+      <c r="S94" s="264">
+        <v>1</v>
+      </c>
+      <c r="T94" s="265">
         <v>4</v>
       </c>
-      <c r="U94" s="257">
+      <c r="U94" s="266">
         <v>9</v>
       </c>
-      <c r="V94" s="258" t="str">
+      <c r="V94" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W94" s="259">
+      <c r="W94" s="268">
         <v>19</v>
       </c>
-      <c r="X94" s="260">
+      <c r="X94" s="269">
         <v>-10</v>
       </c>
-      <c r="Y94" s="261">
+      <c r="Y94" s="270">
         <v>3</v>
       </c>
-      <c r="Z94" s="261">
-[...2 lines deleted...]
-      <c r="AA94" s="262">
+      <c r="Z94" s="270">
+        <v>0</v>
+      </c>
+      <c r="AA94" s="271">
         <v>4</v>
       </c>
       <c r="AB94" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="95" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O95" s="252">
+    <row r="95" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O95" s="261">
         <v>15</v>
       </c>
-      <c r="P95" s="253" t="str">
+      <c r="P95" s="262" t="str">
         <v>FC Twente</v>
       </c>
-      <c r="Q95" s="254">
+      <c r="Q95" s="263">
         <v>6</v>
       </c>
-      <c r="R95" s="255">
-[...2 lines deleted...]
-      <c r="S95" s="255">
+      <c r="R95" s="264">
+        <v>0</v>
+      </c>
+      <c r="S95" s="264">
         <v>3</v>
       </c>
-      <c r="T95" s="256">
+      <c r="T95" s="265">
         <v>3</v>
       </c>
-      <c r="U95" s="257">
+      <c r="U95" s="266">
         <v>4</v>
       </c>
-      <c r="V95" s="258" t="str">
+      <c r="V95" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W95" s="259">
+      <c r="W95" s="268">
         <v>10</v>
       </c>
-      <c r="X95" s="260">
+      <c r="X95" s="269">
         <v>-6</v>
       </c>
-      <c r="Y95" s="261">
+      <c r="Y95" s="270">
         <v>2</v>
       </c>
-      <c r="Z95" s="261">
-[...2 lines deleted...]
-      <c r="AA95" s="262">
+      <c r="Z95" s="270">
+        <v>0</v>
+      </c>
+      <c r="AA95" s="271">
         <v>3</v>
       </c>
       <c r="AB95" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="96" spans="15:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="O96" s="252">
+    <row r="96" spans="15:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="O96" s="261">
         <v>16</v>
       </c>
-      <c r="P96" s="253" t="str">
+      <c r="P96" s="262" t="str">
         <v>SL Benfica</v>
       </c>
-      <c r="Q96" s="254">
+      <c r="Q96" s="263">
         <v>6</v>
       </c>
-      <c r="R96" s="255">
-[...2 lines deleted...]
-      <c r="S96" s="255">
+      <c r="R96" s="264">
+        <v>0</v>
+      </c>
+      <c r="S96" s="264">
         <v>2</v>
       </c>
-      <c r="T96" s="256">
+      <c r="T96" s="265">
         <v>4</v>
       </c>
-      <c r="U96" s="257">
+      <c r="U96" s="266">
         <v>4</v>
       </c>
-      <c r="V96" s="258" t="str">
+      <c r="V96" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W96" s="259">
+      <c r="W96" s="268">
         <v>11</v>
       </c>
-      <c r="X96" s="260">
+      <c r="X96" s="269">
         <v>-7</v>
       </c>
-      <c r="Y96" s="261">
+      <c r="Y96" s="270">
         <v>2</v>
       </c>
-      <c r="Z96" s="261">
-[...2 lines deleted...]
-      <c r="AA96" s="262">
+      <c r="Z96" s="270">
+        <v>0</v>
+      </c>
+      <c r="AA96" s="271">
         <v>2</v>
       </c>
       <c r="AB96" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="97" spans="2:28" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B97" s="478" t="s">
+    <row r="97" spans="2:28" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="B97" s="487" t="s">
         <v>262</v>
       </c>
-      <c r="O97" s="252">
+      <c r="O97" s="261">
         <v>17</v>
       </c>
-      <c r="P97" s="253" t="str">
+      <c r="P97" s="262" t="str">
         <v>Paris St. Germain</v>
       </c>
-      <c r="Q97" s="254">
+      <c r="Q97" s="263">
         <v>6</v>
       </c>
-      <c r="R97" s="255">
-[...2 lines deleted...]
-      <c r="S97" s="255">
+      <c r="R97" s="264">
+        <v>0</v>
+      </c>
+      <c r="S97" s="264">
         <v>2</v>
       </c>
-      <c r="T97" s="256">
+      <c r="T97" s="265">
         <v>4</v>
       </c>
-      <c r="U97" s="257">
+      <c r="U97" s="266">
         <v>4</v>
       </c>
-      <c r="V97" s="258" t="str">
+      <c r="V97" s="267" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W97" s="259">
+      <c r="W97" s="268">
         <v>12</v>
       </c>
-      <c r="X97" s="260">
+      <c r="X97" s="269">
         <v>-8</v>
       </c>
-      <c r="Y97" s="261">
+      <c r="Y97" s="270">
         <v>2</v>
       </c>
-      <c r="Z97" s="261">
-[...2 lines deleted...]
-      <c r="AA97" s="262">
+      <c r="Z97" s="270">
+        <v>0</v>
+      </c>
+      <c r="AA97" s="271">
         <v>2</v>
       </c>
       <c r="AB97" s="68" t="str">
         <v/>
       </c>
     </row>
-    <row r="98" spans="2:28" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="O98" s="352">
+    <row r="98" spans="2:28" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="O98" s="361">
         <v>18</v>
       </c>
-      <c r="P98" s="353" t="str">
+      <c r="P98" s="362" t="str">
         <v>SKN St. Pölten</v>
       </c>
-      <c r="Q98" s="373">
+      <c r="Q98" s="382">
         <v>6</v>
       </c>
-      <c r="R98" s="365">
-[...5 lines deleted...]
-      <c r="T98" s="366">
+      <c r="R98" s="374">
+        <v>0</v>
+      </c>
+      <c r="S98" s="374">
+        <v>1</v>
+      </c>
+      <c r="T98" s="375">
         <v>5</v>
       </c>
-      <c r="U98" s="367">
+      <c r="U98" s="376">
         <v>3</v>
       </c>
-      <c r="V98" s="368" t="str">
+      <c r="V98" s="377" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="W98" s="369">
+      <c r="W98" s="378">
         <v>28</v>
       </c>
-      <c r="X98" s="370">
+      <c r="X98" s="379">
         <v>-25</v>
       </c>
-      <c r="Y98" s="371">
+      <c r="Y98" s="380">
         <v>3</v>
       </c>
-      <c r="Z98" s="371">
-[...5 lines deleted...]
-      <c r="AB98" s="354" t="str">
+      <c r="Z98" s="380">
+        <v>0</v>
+      </c>
+      <c r="AA98" s="381">
+        <v>1</v>
+      </c>
+      <c r="AB98" s="363" t="str">
         <v/>
       </c>
     </row>
-    <row r="99" spans="2:28" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
+    <row r="99" spans="2:28" ht="15" thickTop="1" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="16">
-    <mergeCell ref="O51:S51"/>
-[...4 lines deleted...]
-    <mergeCell ref="U80:W80"/>
     <mergeCell ref="Y7:Z7"/>
     <mergeCell ref="O8:P8"/>
     <mergeCell ref="U8:W8"/>
     <mergeCell ref="G3:Q3"/>
     <mergeCell ref="G4:Q4"/>
     <mergeCell ref="O6:P6"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="I8:K8"/>
     <mergeCell ref="L8:M8"/>
     <mergeCell ref="R6:AA6"/>
+    <mergeCell ref="O51:S51"/>
+    <mergeCell ref="O56:AF56"/>
+    <mergeCell ref="U59:W59"/>
+    <mergeCell ref="O59:P59"/>
+    <mergeCell ref="O80:P80"/>
+    <mergeCell ref="U80:W80"/>
   </mergeCells>
   <conditionalFormatting sqref="O9:O26">
     <cfRule type="expression" dxfId="54" priority="46">
       <formula>O9=O8</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE9:AE28">
     <cfRule type="expression" dxfId="53" priority="45">
       <formula>AE9=AE8</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O46">
     <cfRule type="expression" dxfId="52" priority="41">
       <formula>$P$10=""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="51" priority="42">
       <formula>OR(AND($O$10=$O$9,$P$9&lt;&gt;""),AND($O$10=$O$11,$P$11&lt;&gt;""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE31:AF31 AE48:AF49">
     <cfRule type="expression" dxfId="50" priority="37">
       <formula>$P1048568=""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="49" priority="40">
       <formula>OR(AND($O1048568=$O1048567,$P1048567&lt;&gt;""),AND($O1048568=$O1048569,$P1048569&lt;&gt;""))</formula>
@@ -17899,1685 +17857,1717 @@
       <formula>$P8=""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="15" priority="6">
       <formula>OR(AND($O8=$O7,$P7&lt;&gt;""),AND($O8=$O9,$P9&lt;&gt;""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="AE50:AF52">
     <cfRule type="expression" dxfId="14" priority="43">
       <formula>$P12=""</formula>
     </cfRule>
     <cfRule type="expression" dxfId="13" priority="44">
       <formula>OR(AND($O12=$O11,$P11&lt;&gt;""),AND($O12=$O13,$P13&lt;&gt;""))</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O81:O98">
     <cfRule type="expression" dxfId="12" priority="2">
       <formula>O81=O80</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="O60:O77">
     <cfRule type="expression" dxfId="11" priority="1">
       <formula>O60=O59</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="O51" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
-[...1 lines deleted...]
-    <hyperlink ref="O56" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="O51" r:id="rId1"/>
+    <hyperlink ref="O54" r:id="rId2"/>
+    <hyperlink ref="O56" r:id="rId3"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId4"/>
   <drawing r:id="rId5"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
-        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0000-000000000000}">
+        <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1">
           <x14:formula1>
             <xm:f>Calc2!$A$1:$A$6</xm:f>
           </x14:formula1>
           <xm:sqref>Q6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:AR47"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="H4" sqref="H4"/>
+      <selection activeCell="H12" sqref="H12"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="5.85546875" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="21.7109375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="5.88671875" customWidth="1"/>
+    <col min="2" max="4" width="11.5546875" customWidth="1"/>
+    <col min="5" max="5" width="21.6640625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="4" customWidth="1"/>
-    <col min="7" max="7" width="20.85546875" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="5.7109375" customWidth="1"/>
+    <col min="7" max="7" width="20.88671875" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="5.6640625" customWidth="1"/>
     <col min="9" max="9" width="2" customWidth="1"/>
-    <col min="10" max="11" width="5.7109375" customWidth="1"/>
+    <col min="10" max="11" width="5.6640625" customWidth="1"/>
     <col min="12" max="12" width="2" customWidth="1"/>
-    <col min="13" max="14" width="5.7109375" customWidth="1"/>
+    <col min="13" max="14" width="5.6640625" customWidth="1"/>
     <col min="15" max="15" width="2" customWidth="1"/>
-    <col min="16" max="16" width="5.7109375" customWidth="1"/>
+    <col min="16" max="16" width="5.6640625" customWidth="1"/>
     <col min="17" max="17" width="6" customWidth="1"/>
-    <col min="18" max="18" width="5.28515625" customWidth="1"/>
+    <col min="18" max="18" width="5.33203125" customWidth="1"/>
     <col min="19" max="19" width="11" customWidth="1"/>
-    <col min="20" max="20" width="5.7109375" customWidth="1"/>
-[...15 lines deleted...]
-    <col min="42" max="16384" width="11.5703125" hidden="1"/>
+    <col min="20" max="20" width="5.6640625" customWidth="1"/>
+    <col min="21" max="21" width="21.109375" customWidth="1"/>
+    <col min="22" max="26" width="4.6640625" customWidth="1"/>
+    <col min="27" max="27" width="2.6640625" customWidth="1"/>
+    <col min="28" max="28" width="4.6640625" customWidth="1"/>
+    <col min="29" max="29" width="6.109375" customWidth="1"/>
+    <col min="30" max="31" width="4.6640625" customWidth="1"/>
+    <col min="32" max="32" width="6.33203125" customWidth="1"/>
+    <col min="33" max="33" width="5.44140625" customWidth="1"/>
+    <col min="34" max="34" width="5.109375" hidden="1" customWidth="1"/>
+    <col min="35" max="35" width="9.5546875" hidden="1" customWidth="1"/>
+    <col min="36" max="36" width="7.5546875" hidden="1" customWidth="1"/>
+    <col min="37" max="37" width="11.5546875" hidden="1" customWidth="1"/>
+    <col min="38" max="38" width="6.88671875" hidden="1" customWidth="1"/>
+    <col min="39" max="40" width="11.5546875" hidden="1" customWidth="1"/>
+    <col min="41" max="41" width="2.5546875" hidden="1" customWidth="1"/>
+    <col min="42" max="16384" width="11.5546875" hidden="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A1" s="153"/>
       <c r="B1" s="154"/>
       <c r="C1" s="154"/>
       <c r="D1" s="154"/>
       <c r="E1" s="153"/>
       <c r="F1" s="153"/>
       <c r="G1" s="153"/>
       <c r="H1" s="153"/>
       <c r="I1" s="153"/>
       <c r="J1" s="153"/>
       <c r="K1" s="153"/>
       <c r="L1" s="153"/>
       <c r="M1" s="153"/>
       <c r="N1" s="153"/>
       <c r="O1" s="153"/>
       <c r="P1" s="153"/>
       <c r="Q1" s="153"/>
       <c r="R1" s="153"/>
       <c r="S1" s="153"/>
       <c r="T1" s="153"/>
       <c r="U1" s="153"/>
       <c r="V1" s="153"/>
       <c r="W1" s="153"/>
       <c r="X1" s="153"/>
       <c r="Y1" s="153"/>
       <c r="Z1" s="153"/>
       <c r="AA1" s="153"/>
       <c r="AB1" s="153"/>
       <c r="AC1" s="153"/>
       <c r="AD1" s="153"/>
       <c r="AE1" s="153"/>
       <c r="AF1" s="153"/>
     </row>
-    <row r="2" spans="1:44" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.4">
+    <row r="2" spans="1:44" ht="42" customHeight="1" thickBot="1" x14ac:dyDescent="0.5">
       <c r="A2" s="153"/>
       <c r="B2" s="155" t="str">
         <f>Language!$E$38</f>
         <v>Play-Offs</v>
       </c>
       <c r="C2" s="154"/>
       <c r="D2" s="154"/>
       <c r="E2" s="153"/>
       <c r="F2" s="153"/>
       <c r="G2" s="156" t="str">
         <f>Language!$E$88</f>
         <v>Diese Teams haben beim Rückspiel Heimrecht.</v>
       </c>
-      <c r="H2" s="542" t="s">
+      <c r="H2" s="530" t="s">
         <v>256</v>
       </c>
-      <c r="I2" s="543"/>
-[...1 lines deleted...]
-      <c r="K2" s="542" t="s">
+      <c r="I2" s="531"/>
+      <c r="J2" s="531"/>
+      <c r="K2" s="530" t="s">
         <v>257</v>
       </c>
-      <c r="L2" s="543"/>
-[...1 lines deleted...]
-      <c r="N2" s="536" t="str">
+      <c r="L2" s="531"/>
+      <c r="M2" s="531"/>
+      <c r="N2" s="524" t="str">
         <f>Language!$E$33</f>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="O2" s="537"/>
-      <c r="P2" s="538"/>
+      <c r="O2" s="525"/>
+      <c r="P2" s="526"/>
       <c r="Q2" s="153"/>
       <c r="R2" s="153"/>
       <c r="S2" s="153"/>
-      <c r="T2" s="544" t="str">
+      <c r="T2" s="532" t="str">
         <f>Language!$E$42</f>
         <v>Liga-Tabelle</v>
       </c>
-      <c r="U2" s="544"/>
+      <c r="U2" s="532"/>
       <c r="V2" s="153"/>
       <c r="W2" s="153"/>
       <c r="X2" s="153"/>
       <c r="Y2" s="153"/>
       <c r="Z2" s="153"/>
       <c r="AA2" s="153"/>
       <c r="AB2" s="153"/>
       <c r="AC2" s="153"/>
       <c r="AD2" s="153"/>
       <c r="AE2" s="153"/>
       <c r="AF2" s="153"/>
     </row>
-    <row r="3" spans="1:44" ht="17.25" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:44" ht="16.8" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A3" s="153"/>
       <c r="B3" s="154"/>
       <c r="C3" s="154"/>
       <c r="D3" s="154"/>
       <c r="E3" s="153"/>
       <c r="F3" s="153"/>
       <c r="G3" s="157" t="s">
         <v>199</v>
       </c>
-      <c r="H3" s="545" t="str">
+      <c r="H3" s="533" t="str">
         <f>Language!$E$31</f>
         <v>Hinspiel</v>
       </c>
-      <c r="I3" s="545"/>
-[...1 lines deleted...]
-      <c r="K3" s="545" t="str">
+      <c r="I3" s="533"/>
+      <c r="J3" s="533"/>
+      <c r="K3" s="533" t="str">
         <f>Language!$E$32</f>
         <v>Rückspiel</v>
       </c>
-      <c r="L3" s="545"/>
-[...3 lines deleted...]
-      <c r="P3" s="541"/>
+      <c r="L3" s="533"/>
+      <c r="M3" s="533"/>
+      <c r="N3" s="527"/>
+      <c r="O3" s="528"/>
+      <c r="P3" s="529"/>
       <c r="Q3" s="153"/>
       <c r="R3" s="153"/>
-      <c r="S3" s="375" t="str">
+      <c r="S3" s="384" t="str">
         <f>Language!$E$39</f>
         <v>Liga-Rang</v>
       </c>
       <c r="T3" s="158"/>
       <c r="U3" s="159"/>
       <c r="V3" s="52" t="str">
         <f>Results!$Q$8</f>
         <v>Sp</v>
       </c>
       <c r="W3" s="53" t="str">
         <f>Results!$R$8</f>
         <v>G</v>
       </c>
       <c r="X3" s="53" t="str">
         <f>Results!$S$8</f>
         <v>U</v>
       </c>
-      <c r="Y3" s="351" t="str">
+      <c r="Y3" s="360" t="str">
         <f>Results!$T$8</f>
         <v>V</v>
       </c>
-      <c r="Z3" s="495" t="str">
+      <c r="Z3" s="502" t="str">
         <f>Results!$U$8</f>
         <v>Tore</v>
       </c>
-      <c r="AA3" s="496"/>
-      <c r="AB3" s="497"/>
+      <c r="AA3" s="503"/>
+      <c r="AB3" s="504"/>
       <c r="AC3" s="53" t="str">
         <f>Results!$X$8</f>
         <v>TD</v>
       </c>
-      <c r="AD3" s="351" t="str">
+      <c r="AD3" s="360" t="str">
         <f>Results!$Y$8</f>
         <v>ATore</v>
       </c>
-      <c r="AE3" s="351" t="str">
+      <c r="AE3" s="360" t="str">
         <f>Results!$Z$8</f>
         <v>AGew</v>
       </c>
       <c r="AF3" s="55" t="str">
         <f>Results!$AA$8</f>
         <v>Pkt</v>
       </c>
     </row>
     <row r="4" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A4" s="153"/>
       <c r="B4" s="160" t="s">
         <v>200</v>
       </c>
       <c r="C4" s="161" t="s">
         <v>207</v>
       </c>
       <c r="D4" s="162" t="s">
         <v>213</v>
       </c>
       <c r="E4" s="163" t="str">
         <f>IF(ISNUMBER(FIND("/",$C4)),"",INDEX(Results!$P$9:$P$26,MID($C4,4,2)))</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="F4" s="164" t="s">
         <v>170</v>
       </c>
       <c r="G4" s="165" t="str">
         <f>IF(ISNUMBER(FIND("/",$D4)),"",INDEX(Results!$P$9:$P$26,MID($D4,4,2)))</f>
         <v>Manchester United</v>
       </c>
-      <c r="H4" s="166"/>
+      <c r="H4" s="166">
+        <v>0</v>
+      </c>
       <c r="I4" s="167" t="s">
         <v>163</v>
       </c>
-      <c r="J4" s="168"/>
-      <c r="K4" s="166"/>
+      <c r="J4" s="168">
+        <v>3</v>
+      </c>
+      <c r="K4" s="166">
+        <v>0</v>
+      </c>
       <c r="L4" s="167" t="s">
         <v>163</v>
       </c>
-      <c r="M4" s="168"/>
+      <c r="M4" s="168">
+        <v>2</v>
+      </c>
       <c r="N4" s="166"/>
       <c r="O4" s="167" t="s">
         <v>163</v>
       </c>
       <c r="P4" s="169"/>
       <c r="Q4" s="153"/>
       <c r="R4" s="154"/>
-      <c r="S4" s="376" t="s">
+      <c r="S4" s="385" t="s">
         <v>202</v>
       </c>
       <c r="T4" s="57">
         <f t="array" ref="T4:AF21">IF(Results!$O$9:$AB$26="","",Results!$O$9:$AB$26)</f>
         <v>1</v>
       </c>
       <c r="U4" s="58" t="str">
         <v>FC Barcelona</v>
       </c>
       <c r="V4" s="59">
         <v>6</v>
       </c>
       <c r="W4" s="60">
         <v>5</v>
       </c>
       <c r="X4" s="60">
         <v>1</v>
       </c>
       <c r="Y4" s="61">
         <v>0</v>
       </c>
       <c r="Z4" s="62">
         <v>20</v>
       </c>
       <c r="AA4" s="63" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="AB4" s="64">
         <v>3</v>
       </c>
       <c r="AC4" s="65">
         <v>17</v>
       </c>
       <c r="AD4" s="66">
         <v>7</v>
       </c>
-      <c r="AE4" s="482">
+      <c r="AE4" s="491">
         <v>2</v>
       </c>
       <c r="AF4" s="67">
         <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A5" s="153"/>
       <c r="B5" s="170" t="s">
         <v>203</v>
       </c>
       <c r="C5" s="171" t="s">
         <v>204</v>
       </c>
       <c r="D5" s="172" t="s">
         <v>214</v>
       </c>
       <c r="E5" s="173" t="str">
         <f>IF(ISNUMBER(FIND("/",$C5)),"",INDEX(Results!$P$9:$P$26,MID($C5,4,2)))</f>
         <v>Paris FC</v>
       </c>
       <c r="F5" s="174" t="s">
         <v>170</v>
       </c>
       <c r="G5" s="175" t="str">
         <f>IF(ISNUMBER(FIND("/",$D5)),"",INDEX(Results!$P$9:$P$26,MID($D5,4,2)))</f>
         <v>Real Madrid</v>
       </c>
-      <c r="H5" s="176"/>
+      <c r="H5" s="176">
+        <v>2</v>
+      </c>
       <c r="I5" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="J5" s="178"/>
-      <c r="K5" s="176"/>
+      <c r="J5" s="178">
+        <v>3</v>
+      </c>
+      <c r="K5" s="176">
+        <v>0</v>
+      </c>
       <c r="L5" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="M5" s="178"/>
+      <c r="M5" s="178">
+        <v>2</v>
+      </c>
       <c r="N5" s="176"/>
       <c r="O5" s="177" t="s">
         <v>163</v>
       </c>
       <c r="P5" s="179"/>
       <c r="Q5" s="153"/>
       <c r="R5" s="154"/>
-      <c r="S5" s="377" t="s">
+      <c r="S5" s="386" t="s">
         <v>205</v>
       </c>
       <c r="T5" s="57">
         <v>2</v>
       </c>
       <c r="U5" s="58" t="str">
         <v>OL Lyonnes</v>
       </c>
       <c r="V5" s="69">
         <v>6</v>
       </c>
       <c r="W5" s="70">
         <v>5</v>
       </c>
       <c r="X5" s="70">
         <v>1</v>
       </c>
       <c r="Y5" s="71">
         <v>0</v>
       </c>
       <c r="Z5" s="72">
         <v>18</v>
       </c>
       <c r="AA5" s="73" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="AB5" s="74">
         <v>5</v>
       </c>
       <c r="AC5" s="75">
         <v>13</v>
       </c>
       <c r="AD5" s="76">
         <v>8</v>
       </c>
-      <c r="AE5" s="483">
+      <c r="AE5" s="492">
         <v>2</v>
       </c>
       <c r="AF5" s="77">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A6" s="153"/>
       <c r="B6" s="170" t="s">
         <v>206</v>
       </c>
       <c r="C6" s="171" t="s">
         <v>210</v>
       </c>
       <c r="D6" s="172" t="s">
         <v>212</v>
       </c>
       <c r="E6" s="173" t="str">
         <f>IF(ISNUMBER(FIND("/",$C6)),"",INDEX(Results!$P$9:$P$26,MID($C6,4,2)))</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="F6" s="174" t="s">
         <v>170</v>
       </c>
       <c r="G6" s="175" t="str">
         <f>IF(ISNUMBER(FIND("/",$D6)),"",INDEX(Results!$P$9:$P$26,MID($D6,4,2)))</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="H6" s="176"/>
+      <c r="H6" s="176">
+        <v>0</v>
+      </c>
       <c r="I6" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="J6" s="178"/>
-      <c r="K6" s="176"/>
+      <c r="J6" s="178">
+        <v>4</v>
+      </c>
+      <c r="K6" s="176">
+        <v>1</v>
+      </c>
       <c r="L6" s="177" t="s">
         <v>163</v>
       </c>
-      <c r="M6" s="178"/>
+      <c r="M6" s="178">
+        <v>3</v>
+      </c>
       <c r="N6" s="176"/>
       <c r="O6" s="177" t="s">
         <v>163</v>
       </c>
       <c r="P6" s="179"/>
       <c r="Q6" s="153"/>
       <c r="R6" s="154"/>
-      <c r="S6" s="377" t="s">
+      <c r="S6" s="386" t="s">
         <v>208</v>
       </c>
       <c r="T6" s="57">
         <v>3</v>
       </c>
       <c r="U6" s="58" t="str">
         <v>Chelsea FC</v>
       </c>
       <c r="V6" s="69">
         <v>6</v>
       </c>
       <c r="W6" s="70">
         <v>4</v>
       </c>
       <c r="X6" s="70">
         <v>2</v>
       </c>
       <c r="Y6" s="71">
         <v>0</v>
       </c>
       <c r="Z6" s="72">
         <v>20</v>
       </c>
       <c r="AA6" s="73" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="AB6" s="74">
         <v>3</v>
       </c>
       <c r="AC6" s="75">
         <v>17</v>
       </c>
       <c r="AD6" s="76">
         <v>9</v>
       </c>
-      <c r="AE6" s="483">
+      <c r="AE6" s="492">
         <v>2</v>
       </c>
       <c r="AF6" s="77">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A7" s="153"/>
-      <c r="B7" s="300" t="s">
+      <c r="B7" s="309" t="s">
         <v>209</v>
       </c>
-      <c r="C7" s="301" t="s">
+      <c r="C7" s="310" t="s">
         <v>201</v>
       </c>
-      <c r="D7" s="302" t="s">
+      <c r="D7" s="311" t="s">
         <v>215</v>
       </c>
-      <c r="E7" s="197" t="str">
+      <c r="E7" s="206" t="str">
         <f>IF(ISNUMBER(FIND("/",$C7)),"",INDEX(Results!$P$9:$P$26,MID($C7,4,2)))</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="F7" s="198" t="s">
+      <c r="F7" s="207" t="s">
         <v>170</v>
       </c>
-      <c r="G7" s="199" t="str">
+      <c r="G7" s="208" t="str">
         <f>IF(ISNUMBER(FIND("/",$D7)),"",INDEX(Results!$P$9:$P$26,MID($D7,4,2)))</f>
         <v>Juventus FC</v>
       </c>
-      <c r="H7" s="303"/>
-      <c r="I7" s="304" t="s">
+      <c r="H7" s="312">
+        <v>2</v>
+      </c>
+      <c r="I7" s="313" t="s">
         <v>163</v>
       </c>
-      <c r="J7" s="305"/>
-[...1 lines deleted...]
-      <c r="L7" s="304" t="s">
+      <c r="J7" s="314">
+        <v>2</v>
+      </c>
+      <c r="K7" s="312">
+        <v>2</v>
+      </c>
+      <c r="L7" s="313" t="s">
         <v>163</v>
       </c>
-      <c r="M7" s="305"/>
-[...1 lines deleted...]
-      <c r="O7" s="304" t="s">
+      <c r="M7" s="314">
+        <v>0</v>
+      </c>
+      <c r="N7" s="312"/>
+      <c r="O7" s="313" t="s">
         <v>163</v>
       </c>
-      <c r="P7" s="306"/>
+      <c r="P7" s="315"/>
       <c r="Q7" s="153"/>
       <c r="R7" s="154"/>
-      <c r="S7" s="377" t="s">
+      <c r="S7" s="386" t="s">
         <v>211</v>
       </c>
       <c r="T7" s="57">
         <v>4</v>
       </c>
       <c r="U7" s="58" t="str">
         <v>FC Bayern München</v>
       </c>
       <c r="V7" s="69">
         <v>6</v>
       </c>
       <c r="W7" s="70">
         <v>4</v>
       </c>
       <c r="X7" s="70">
         <v>1</v>
       </c>
       <c r="Y7" s="71">
         <v>1</v>
       </c>
       <c r="Z7" s="72">
         <v>14</v>
       </c>
       <c r="AA7" s="73" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="AB7" s="74">
         <v>13</v>
       </c>
       <c r="AC7" s="75">
         <v>1</v>
       </c>
       <c r="AD7" s="76">
         <v>6</v>
       </c>
-      <c r="AE7" s="483">
+      <c r="AE7" s="492">
         <v>1</v>
       </c>
       <c r="AF7" s="77">
         <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A8" s="153"/>
       <c r="B8" s="154"/>
       <c r="C8" s="154"/>
       <c r="D8" s="154"/>
       <c r="E8" s="153"/>
       <c r="F8" s="153"/>
       <c r="G8" s="153"/>
       <c r="H8" s="153"/>
       <c r="I8" s="153"/>
       <c r="J8" s="153"/>
       <c r="K8" s="153"/>
       <c r="L8" s="153"/>
       <c r="M8" s="153"/>
       <c r="N8" s="153"/>
       <c r="O8" s="153"/>
       <c r="P8" s="153"/>
       <c r="Q8" s="153"/>
       <c r="R8" s="154"/>
-      <c r="S8" s="378" t="s">
+      <c r="S8" s="387" t="s">
         <v>212</v>
       </c>
-      <c r="T8" s="241">
+      <c r="T8" s="250">
         <v>5</v>
       </c>
-      <c r="U8" s="242" t="str">
+      <c r="U8" s="251" t="str">
         <v>Arsenal WFC</v>
       </c>
-      <c r="V8" s="283">
+      <c r="V8" s="292">
         <v>6</v>
       </c>
-      <c r="W8" s="284">
+      <c r="W8" s="293">
         <v>4</v>
       </c>
-      <c r="X8" s="284">
-[...2 lines deleted...]
-      <c r="Y8" s="285">
+      <c r="X8" s="293">
+        <v>0</v>
+      </c>
+      <c r="Y8" s="294">
         <v>2</v>
       </c>
-      <c r="Z8" s="286">
+      <c r="Z8" s="295">
         <v>11</v>
       </c>
-      <c r="AA8" s="287" t="str">
+      <c r="AA8" s="296" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB8" s="288">
+      <c r="AB8" s="297">
         <v>6</v>
       </c>
-      <c r="AC8" s="289">
+      <c r="AC8" s="298">
         <v>5</v>
       </c>
-      <c r="AD8" s="290">
+      <c r="AD8" s="299">
         <v>7</v>
       </c>
-      <c r="AE8" s="484">
+      <c r="AE8" s="493">
         <v>2</v>
       </c>
-      <c r="AF8" s="291">
+      <c r="AF8" s="300">
         <v>12</v>
       </c>
     </row>
     <row r="9" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A9" s="153"/>
-      <c r="B9" s="292"/>
-[...13 lines deleted...]
-      <c r="P9" s="299"/>
+      <c r="B9" s="301"/>
+      <c r="C9" s="302"/>
+      <c r="D9" s="303"/>
+      <c r="E9" s="304"/>
+      <c r="F9" s="305"/>
+      <c r="G9" s="306"/>
+      <c r="H9" s="307"/>
+      <c r="I9" s="305"/>
+      <c r="J9" s="308"/>
+      <c r="K9" s="307"/>
+      <c r="L9" s="305"/>
+      <c r="M9" s="308"/>
+      <c r="N9" s="307"/>
+      <c r="O9" s="305"/>
+      <c r="P9" s="308"/>
       <c r="Q9" s="153"/>
       <c r="R9" s="154"/>
-      <c r="S9" s="378" t="s">
+      <c r="S9" s="387" t="s">
         <v>213</v>
       </c>
-      <c r="T9" s="241">
+      <c r="T9" s="250">
         <v>6</v>
       </c>
-      <c r="U9" s="242" t="str">
+      <c r="U9" s="251" t="str">
         <v>Manchester United</v>
       </c>
-      <c r="V9" s="283">
+      <c r="V9" s="292">
         <v>6</v>
       </c>
-      <c r="W9" s="284">
+      <c r="W9" s="293">
         <v>4</v>
       </c>
-      <c r="X9" s="284">
-[...2 lines deleted...]
-      <c r="Y9" s="285">
+      <c r="X9" s="293">
+        <v>0</v>
+      </c>
+      <c r="Y9" s="294">
         <v>2</v>
       </c>
-      <c r="Z9" s="286">
+      <c r="Z9" s="295">
         <v>7</v>
       </c>
-      <c r="AA9" s="287" t="str">
+      <c r="AA9" s="296" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB9" s="288">
+      <c r="AB9" s="297">
         <v>9</v>
       </c>
-      <c r="AC9" s="289">
+      <c r="AC9" s="298">
         <v>-2</v>
       </c>
-      <c r="AD9" s="290">
+      <c r="AD9" s="299">
         <v>4</v>
       </c>
-      <c r="AE9" s="484">
+      <c r="AE9" s="493">
         <v>2</v>
       </c>
-      <c r="AF9" s="291">
+      <c r="AF9" s="300">
         <v>12</v>
       </c>
     </row>
-    <row r="10" spans="1:44" ht="23.45" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="10" spans="1:44" ht="23.4" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A10" s="153"/>
       <c r="B10" s="155" t="str">
         <f>Language!$E$35</f>
         <v>Viertelfinale</v>
       </c>
       <c r="C10" s="154"/>
       <c r="D10" s="154"/>
       <c r="E10" s="153"/>
       <c r="F10" s="153"/>
       <c r="G10" s="153"/>
-      <c r="H10" s="527" t="s">
+      <c r="H10" s="546" t="s">
         <v>258</v>
       </c>
-      <c r="I10" s="525"/>
-[...1 lines deleted...]
-      <c r="K10" s="524" t="s">
+      <c r="I10" s="544"/>
+      <c r="J10" s="545"/>
+      <c r="K10" s="543" t="s">
         <v>259</v>
       </c>
-      <c r="L10" s="525"/>
-[...1 lines deleted...]
-      <c r="N10" s="536" t="str">
+      <c r="L10" s="544"/>
+      <c r="M10" s="545"/>
+      <c r="N10" s="524" t="str">
         <f>Language!$E$33</f>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="O10" s="537"/>
-      <c r="P10" s="538"/>
+      <c r="O10" s="525"/>
+      <c r="P10" s="526"/>
       <c r="Q10" s="153"/>
       <c r="R10" s="154"/>
-      <c r="S10" s="378" t="s">
+      <c r="S10" s="387" t="s">
         <v>214</v>
       </c>
-      <c r="T10" s="241">
+      <c r="T10" s="250">
         <v>7</v>
       </c>
-      <c r="U10" s="242" t="str">
+      <c r="U10" s="251" t="str">
         <v>Real Madrid</v>
       </c>
-      <c r="V10" s="283">
+      <c r="V10" s="292">
         <v>6</v>
       </c>
-      <c r="W10" s="284">
+      <c r="W10" s="293">
         <v>3</v>
       </c>
-      <c r="X10" s="284">
+      <c r="X10" s="293">
         <v>2</v>
       </c>
-      <c r="Y10" s="285">
-[...2 lines deleted...]
-      <c r="Z10" s="286">
+      <c r="Y10" s="294">
+        <v>1</v>
+      </c>
+      <c r="Z10" s="295">
         <v>13</v>
       </c>
-      <c r="AA10" s="287" t="str">
+      <c r="AA10" s="296" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB10" s="288">
+      <c r="AB10" s="297">
         <v>7</v>
       </c>
-      <c r="AC10" s="289">
+      <c r="AC10" s="298">
         <v>6</v>
       </c>
-      <c r="AD10" s="290">
+      <c r="AD10" s="299">
         <v>4</v>
       </c>
-      <c r="AE10" s="484">
-[...2 lines deleted...]
-      <c r="AF10" s="291">
+      <c r="AE10" s="493">
+        <v>1</v>
+      </c>
+      <c r="AF10" s="300">
         <v>11</v>
       </c>
     </row>
-    <row r="11" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:44" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A11" s="153"/>
       <c r="B11" s="154"/>
       <c r="C11" s="154"/>
       <c r="D11" s="154"/>
       <c r="E11" s="153"/>
       <c r="F11" s="153"/>
       <c r="G11" s="153"/>
-      <c r="H11" s="533" t="str">
+      <c r="H11" s="552" t="str">
         <f>Language!$E$31</f>
         <v>Hinspiel</v>
       </c>
-      <c r="I11" s="534"/>
-[...1 lines deleted...]
-      <c r="K11" s="533" t="str">
+      <c r="I11" s="553"/>
+      <c r="J11" s="554"/>
+      <c r="K11" s="552" t="str">
         <f>Language!$E$32</f>
         <v>Rückspiel</v>
       </c>
-      <c r="L11" s="534"/>
-[...3 lines deleted...]
-      <c r="P11" s="541"/>
+      <c r="L11" s="553"/>
+      <c r="M11" s="554"/>
+      <c r="N11" s="527"/>
+      <c r="O11" s="528"/>
+      <c r="P11" s="529"/>
       <c r="Q11" s="153"/>
       <c r="R11" s="154"/>
-      <c r="S11" s="378" t="s">
+      <c r="S11" s="387" t="s">
         <v>215</v>
       </c>
-      <c r="T11" s="241">
+      <c r="T11" s="250">
         <v>8</v>
       </c>
-      <c r="U11" s="242" t="str">
+      <c r="U11" s="251" t="str">
         <v>Juventus FC</v>
       </c>
-      <c r="V11" s="283">
+      <c r="V11" s="292">
         <v>6</v>
       </c>
-      <c r="W11" s="284">
+      <c r="W11" s="293">
         <v>3</v>
       </c>
-      <c r="X11" s="284">
-[...2 lines deleted...]
-      <c r="Y11" s="285">
+      <c r="X11" s="293">
+        <v>1</v>
+      </c>
+      <c r="Y11" s="294">
         <v>2</v>
       </c>
-      <c r="Z11" s="286">
+      <c r="Z11" s="295">
         <v>13</v>
       </c>
-      <c r="AA11" s="287" t="str">
+      <c r="AA11" s="296" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB11" s="288">
+      <c r="AB11" s="297">
         <v>8</v>
       </c>
-      <c r="AC11" s="289">
+      <c r="AC11" s="298">
         <v>5</v>
       </c>
-      <c r="AD11" s="290">
+      <c r="AD11" s="299">
         <v>8</v>
       </c>
-      <c r="AE11" s="484">
+      <c r="AE11" s="493">
         <v>2</v>
       </c>
-      <c r="AF11" s="291">
+      <c r="AF11" s="300">
         <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A12" s="153"/>
       <c r="B12" s="160" t="s">
         <v>216</v>
       </c>
       <c r="C12" s="161" t="s">
         <v>264</v>
       </c>
       <c r="D12" s="188" t="s">
         <v>211</v>
       </c>
-      <c r="E12" s="391" t="str">
+      <c r="E12" s="400" t="str">
         <f>IF(ISNUMBER(FIND("/",$C12)),"",IF(NOT(AND(ISNUMBER($AH12),ISNUMBER($AJ12),ISNUMBER($AK12),ISNUMBER($AM12))),"",IF($AH12+$AK12&gt;$AJ12+$AM12,$AQ12,IF($AH12+$AK12&lt;$AJ12+$AM12,$AR12,IF(OR(NOT(ISNUMBER($AN12)),NOT(ISNUMBER($AP12)),$AN12=$AP12),"",IF($AN12&gt;$AP12,$AQ12,$AR12))))))</f>
-        <v/>
+        <v>Manchester United</v>
       </c>
       <c r="F12" s="164" t="s">
         <v>170</v>
       </c>
       <c r="G12" s="165" t="str">
         <f>IF(ISNUMBER(FIND("/",$D12)),"",INDEX(Results!$P$9:$P$26,MID($D12,4,2)))</f>
         <v>FC Bayern München</v>
       </c>
       <c r="H12" s="166"/>
       <c r="I12" s="167" t="s">
         <v>163</v>
       </c>
       <c r="J12" s="168"/>
       <c r="K12" s="166"/>
       <c r="L12" s="167" t="s">
         <v>163</v>
       </c>
       <c r="M12" s="168"/>
       <c r="N12" s="166"/>
       <c r="O12" s="167" t="s">
         <v>163</v>
       </c>
       <c r="P12" s="169"/>
       <c r="Q12" s="153"/>
       <c r="R12" s="153"/>
-      <c r="S12" s="379" t="s">
+      <c r="S12" s="388" t="s">
         <v>201</v>
       </c>
-      <c r="T12" s="263">
+      <c r="T12" s="272">
         <v>9</v>
       </c>
-      <c r="U12" s="264" t="str">
+      <c r="U12" s="273" t="str">
         <v>VfL Wolfsburg</v>
       </c>
       <c r="V12" s="78">
         <v>6</v>
       </c>
       <c r="W12" s="79">
         <v>3</v>
       </c>
       <c r="X12" s="79">
         <v>0</v>
       </c>
       <c r="Y12" s="80">
         <v>3</v>
       </c>
       <c r="Z12" s="81">
         <v>13</v>
       </c>
       <c r="AA12" s="82" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="AB12" s="83">
         <v>10</v>
       </c>
       <c r="AC12" s="84">
         <v>3</v>
       </c>
       <c r="AD12" s="85">
         <v>3</v>
       </c>
-      <c r="AE12" s="485">
+      <c r="AE12" s="494">
         <v>1</v>
       </c>
       <c r="AF12" s="86">
         <v>9</v>
       </c>
-      <c r="AH12" s="154" t="str">
+      <c r="AH12" s="154">
         <f>IF(ISNUMBER(INDEX($H$4:$H$7,MID($C12,8,1))),INDEX($H$4:$H$7,MID($C12,8,1)),"")</f>
-        <v/>
+        <v>0</v>
       </c>
       <c r="AI12" s="154"/>
-      <c r="AJ12" s="154" t="str">
+      <c r="AJ12" s="154">
         <f>IF(ISNUMBER(INDEX($J$4:$J$7,MID($C12,8,1))),INDEX($J$4:$J$7,MID($C12,8,1)),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AK12" s="154" t="str">
+        <v>3</v>
+      </c>
+      <c r="AK12" s="154">
         <f>IF(ISNUMBER(INDEX($K$4:$K$7,MID($C12,8,1))),INDEX($K$4:$K$7,MID($C12,8,1)),"")</f>
-        <v/>
+        <v>0</v>
       </c>
       <c r="AL12" s="154"/>
-      <c r="AM12" s="154" t="str">
+      <c r="AM12" s="154">
         <f>IF(ISNUMBER(INDEX($M$4:$M$7,MID($C12,8,1))),INDEX($M$4:$M$7,MID($C12,8,1)),"")</f>
-        <v/>
+        <v>2</v>
       </c>
       <c r="AN12" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($N$4:$N$7,MID($C12,8,1))),INDEX($N$4:$N$7,MID($C12,8,1)),"")</f>
         <v/>
       </c>
       <c r="AO12" s="154"/>
       <c r="AP12" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($P$4:$P$7,MID($C12,8,1))),INDEX($P$4:$P$7,MID($C12,8,1)),"")</f>
         <v/>
       </c>
       <c r="AQ12" s="153" t="str">
         <f>IF(INDEX($E$4:$E$7,MID($C12,8,1))="","",INDEX($E$4:$E$7,MID($C12,8,1)))</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="AR12" s="153" t="str">
         <f>IF(INDEX($G$4:$G$7,MID($C12,8,1))="","",INDEX($G$4:$G$7,MID($C12,8,1)))</f>
         <v>Manchester United</v>
       </c>
     </row>
     <row r="13" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A13" s="153"/>
       <c r="B13" s="170" t="s">
         <v>217</v>
       </c>
       <c r="C13" s="171" t="s">
         <v>266</v>
       </c>
       <c r="D13" s="189" t="s">
         <v>202</v>
       </c>
-      <c r="E13" s="392" t="str">
+      <c r="E13" s="401" t="str">
         <f t="shared" ref="E13:E15" si="0">IF(ISNUMBER(FIND("/",$C13)),"",IF(NOT(AND(ISNUMBER($AH13),ISNUMBER($AJ13),ISNUMBER($AK13),ISNUMBER($AM13))),"",IF($AH13+$AK13&gt;$AJ13+$AM13,$AQ13,IF($AH13+$AK13&lt;$AJ13+$AM13,$AR13,IF(OR(NOT(ISNUMBER($AN13)),NOT(ISNUMBER($AP13)),$AN13=$AP13),"",IF($AN13&gt;$AP13,$AQ13,$AR13))))))</f>
-        <v/>
+        <v>Real Madrid</v>
       </c>
       <c r="F13" s="174" t="s">
         <v>170</v>
       </c>
       <c r="G13" s="175" t="str">
         <f>IF(ISNUMBER(FIND("/",$D13)),"",INDEX(Results!$P$9:$P$26,MID($D13,4,2)))</f>
         <v>FC Barcelona</v>
       </c>
       <c r="H13" s="176"/>
       <c r="I13" s="177" t="s">
         <v>163</v>
       </c>
       <c r="J13" s="178"/>
       <c r="K13" s="176"/>
       <c r="L13" s="177" t="s">
         <v>163</v>
       </c>
       <c r="M13" s="178"/>
       <c r="N13" s="176"/>
       <c r="O13" s="177" t="s">
         <v>163</v>
       </c>
       <c r="P13" s="179"/>
       <c r="Q13" s="153"/>
       <c r="R13" s="153"/>
-      <c r="S13" s="379" t="s">
+      <c r="S13" s="388" t="s">
         <v>204</v>
       </c>
-      <c r="T13" s="263">
+      <c r="T13" s="272">
         <v>10</v>
       </c>
-      <c r="U13" s="264" t="str">
+      <c r="U13" s="273" t="str">
         <v>Paris FC</v>
       </c>
       <c r="V13" s="78">
         <v>6</v>
       </c>
       <c r="W13" s="79">
         <v>2</v>
       </c>
       <c r="X13" s="79">
         <v>2</v>
       </c>
       <c r="Y13" s="80">
         <v>2</v>
       </c>
       <c r="Z13" s="81">
         <v>6</v>
       </c>
       <c r="AA13" s="82" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="AB13" s="83">
         <v>9</v>
       </c>
       <c r="AC13" s="84">
         <v>-3</v>
       </c>
       <c r="AD13" s="85">
         <v>2</v>
       </c>
-      <c r="AE13" s="485">
+      <c r="AE13" s="494">
         <v>1</v>
       </c>
       <c r="AF13" s="86">
         <v>8</v>
       </c>
-      <c r="AH13" s="154" t="str">
+      <c r="AH13" s="154">
         <f>IF(ISNUMBER(INDEX($H$4:$H$7,MID($C13,8,1))),INDEX($H$4:$H$7,MID($C13,8,1)),"")</f>
-        <v/>
+        <v>2</v>
       </c>
       <c r="AI13" s="154"/>
-      <c r="AJ13" s="154" t="str">
+      <c r="AJ13" s="154">
         <f>IF(ISNUMBER(INDEX($J$4:$J$7,MID($C13,8,1))),INDEX($J$4:$J$7,MID($C13,8,1)),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AK13" s="154" t="str">
+        <v>3</v>
+      </c>
+      <c r="AK13" s="154">
         <f>IF(ISNUMBER(INDEX($K$4:$K$7,MID($C13,8,1))),INDEX($K$4:$K$7,MID($C13,8,1)),"")</f>
-        <v/>
+        <v>0</v>
       </c>
       <c r="AL13" s="154"/>
-      <c r="AM13" s="154" t="str">
+      <c r="AM13" s="154">
         <f>IF(ISNUMBER(INDEX($M$4:$M$7,MID($C13,8,1))),INDEX($M$4:$M$7,MID($C13,8,1)),"")</f>
-        <v/>
+        <v>2</v>
       </c>
       <c r="AN13" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($N$4:$N$7,MID($C13,8,1))),INDEX($N$4:$N$7,MID($C13,8,1)),"")</f>
         <v/>
       </c>
       <c r="AO13" s="154"/>
       <c r="AP13" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($P$4:$P$7,MID($C13,8,1))),INDEX($P$4:$P$7,MID($C13,8,1)),"")</f>
         <v/>
       </c>
       <c r="AQ13" s="153" t="str">
         <f>IF(INDEX($E$4:$E$7,MID($C13,8,1))="","",INDEX($E$4:$E$7,MID($C13,8,1)))</f>
         <v>Paris FC</v>
       </c>
       <c r="AR13" s="153" t="str">
         <f>IF(INDEX($G$4:$G$7,MID($C13,8,1))="","",INDEX($G$4:$G$7,MID($C13,8,1)))</f>
         <v>Real Madrid</v>
       </c>
     </row>
     <row r="14" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A14" s="153"/>
       <c r="B14" s="170" t="s">
         <v>218</v>
       </c>
       <c r="C14" s="171" t="s">
         <v>265</v>
       </c>
       <c r="D14" s="189" t="s">
         <v>208</v>
       </c>
       <c r="E14" s="173" t="str">
         <f t="shared" si="0"/>
-        <v/>
+        <v>Arsenal WFC</v>
       </c>
       <c r="F14" s="174" t="s">
         <v>170</v>
       </c>
       <c r="G14" s="175" t="str">
         <f>IF(ISNUMBER(FIND("/",$D14)),"",INDEX(Results!$P$9:$P$26,MID($D14,4,2)))</f>
         <v>Chelsea FC</v>
       </c>
       <c r="H14" s="176"/>
       <c r="I14" s="177" t="s">
         <v>163</v>
       </c>
       <c r="J14" s="178"/>
       <c r="K14" s="176"/>
       <c r="L14" s="177" t="s">
         <v>163</v>
       </c>
       <c r="M14" s="178"/>
       <c r="N14" s="176"/>
       <c r="O14" s="177" t="s">
         <v>163</v>
       </c>
       <c r="P14" s="179"/>
       <c r="Q14" s="153"/>
       <c r="R14" s="153"/>
-      <c r="S14" s="379" t="s">
+      <c r="S14" s="388" t="s">
         <v>207</v>
       </c>
-      <c r="T14" s="263">
+      <c r="T14" s="272">
         <v>11</v>
       </c>
-      <c r="U14" s="264" t="str">
+      <c r="U14" s="273" t="str">
         <v>Atletico Madrid</v>
       </c>
       <c r="V14" s="78">
         <v>6</v>
       </c>
       <c r="W14" s="79">
         <v>2</v>
       </c>
       <c r="X14" s="79">
         <v>1</v>
       </c>
       <c r="Y14" s="80">
         <v>3</v>
       </c>
       <c r="Z14" s="81">
         <v>13</v>
       </c>
       <c r="AA14" s="82" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="AB14" s="83">
         <v>9</v>
       </c>
       <c r="AC14" s="84">
         <v>4</v>
       </c>
       <c r="AD14" s="85">
         <v>10</v>
       </c>
-      <c r="AE14" s="485">
+      <c r="AE14" s="494">
         <v>2</v>
       </c>
       <c r="AF14" s="86">
         <v>7</v>
       </c>
-      <c r="AH14" s="154" t="str">
+      <c r="AH14" s="154">
         <f>IF(ISNUMBER(INDEX($H$4:$H$7,MID($C14,8,1))),INDEX($H$4:$H$7,MID($C14,8,1)),"")</f>
-        <v/>
+        <v>0</v>
       </c>
       <c r="AI14" s="154"/>
-      <c r="AJ14" s="154" t="str">
+      <c r="AJ14" s="154">
         <f>IF(ISNUMBER(INDEX($J$4:$J$7,MID($C14,8,1))),INDEX($J$4:$J$7,MID($C14,8,1)),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AK14" s="154" t="str">
+        <v>4</v>
+      </c>
+      <c r="AK14" s="154">
         <f>IF(ISNUMBER(INDEX($K$4:$K$7,MID($C14,8,1))),INDEX($K$4:$K$7,MID($C14,8,1)),"")</f>
-        <v/>
+        <v>1</v>
       </c>
       <c r="AL14" s="154"/>
-      <c r="AM14" s="154" t="str">
+      <c r="AM14" s="154">
         <f>IF(ISNUMBER(INDEX($M$4:$M$7,MID($C14,8,1))),INDEX($M$4:$M$7,MID($C14,8,1)),"")</f>
-        <v/>
+        <v>3</v>
       </c>
       <c r="AN14" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($N$4:$N$7,MID($C14,8,1))),INDEX($N$4:$N$7,MID($C14,8,1)),"")</f>
         <v/>
       </c>
       <c r="AO14" s="154"/>
       <c r="AP14" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($P$4:$P$7,MID($C14,8,1))),INDEX($P$4:$P$7,MID($C14,8,1)),"")</f>
         <v/>
       </c>
       <c r="AQ14" s="153" t="str">
         <f>IF(INDEX($E$4:$E$7,MID($C14,8,1))="","",INDEX($E$4:$E$7,MID($C14,8,1)))</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="AR14" s="153" t="str">
         <f>IF(INDEX($G$4:$G$7,MID($C14,8,1))="","",INDEX($G$4:$G$7,MID($C14,8,1)))</f>
         <v>Arsenal WFC</v>
       </c>
     </row>
     <row r="15" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="153"/>
       <c r="B15" s="180" t="s">
         <v>219</v>
       </c>
-      <c r="C15" s="396" t="s">
+      <c r="C15" s="405" t="s">
         <v>267</v>
       </c>
       <c r="D15" s="190" t="s">
         <v>205</v>
       </c>
       <c r="E15" s="181" t="str">
         <f t="shared" si="0"/>
-        <v/>
+        <v>VfL Wolfsburg</v>
       </c>
       <c r="F15" s="182" t="s">
         <v>170</v>
       </c>
       <c r="G15" s="183" t="str">
         <f>IF(ISNUMBER(FIND("/",$D15)),"",INDEX(Results!$P$9:$P$26,MID($D15,4,2)))</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="H15" s="184"/>
       <c r="I15" s="185" t="s">
         <v>163</v>
       </c>
       <c r="J15" s="186"/>
       <c r="K15" s="184"/>
       <c r="L15" s="185" t="s">
         <v>163</v>
       </c>
       <c r="M15" s="186"/>
       <c r="N15" s="184"/>
       <c r="O15" s="185" t="s">
         <v>163</v>
       </c>
       <c r="P15" s="187"/>
       <c r="Q15" s="153"/>
       <c r="R15" s="153"/>
-      <c r="S15" s="469" t="s">
+      <c r="S15" s="478" t="s">
         <v>210</v>
       </c>
-      <c r="T15" s="263">
+      <c r="T15" s="272">
         <v>12</v>
       </c>
-      <c r="U15" s="264" t="str">
+      <c r="U15" s="273" t="str">
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="V15" s="78">
         <v>6</v>
       </c>
       <c r="W15" s="79">
         <v>1</v>
       </c>
       <c r="X15" s="79">
         <v>3</v>
       </c>
       <c r="Y15" s="80">
         <v>2</v>
       </c>
       <c r="Z15" s="81">
         <v>5</v>
       </c>
       <c r="AA15" s="82" t="str">
         <v xml:space="preserve"> : </v>
       </c>
       <c r="AB15" s="83">
         <v>10</v>
       </c>
       <c r="AC15" s="84">
         <v>-5</v>
       </c>
       <c r="AD15" s="85">
         <v>2</v>
       </c>
-      <c r="AE15" s="485">
+      <c r="AE15" s="494">
         <v>0</v>
       </c>
       <c r="AF15" s="86">
         <v>6</v>
       </c>
-      <c r="AH15" s="154" t="str">
+      <c r="AH15" s="154">
         <f>IF(ISNUMBER(INDEX($H$4:$H$7,MID($C15,8,1))),INDEX($H$4:$H$7,MID($C15,8,1)),"")</f>
-        <v/>
+        <v>2</v>
       </c>
       <c r="AI15" s="154"/>
-      <c r="AJ15" s="154" t="str">
+      <c r="AJ15" s="154">
         <f>IF(ISNUMBER(INDEX($J$4:$J$7,MID($C15,8,1))),INDEX($J$4:$J$7,MID($C15,8,1)),"")</f>
-        <v/>
-[...1 lines deleted...]
-      <c r="AK15" s="154" t="str">
+        <v>2</v>
+      </c>
+      <c r="AK15" s="154">
         <f>IF(ISNUMBER(INDEX($K$4:$K$7,MID($C15,8,1))),INDEX($K$4:$K$7,MID($C15,8,1)),"")</f>
-        <v/>
+        <v>2</v>
       </c>
       <c r="AL15" s="154"/>
-      <c r="AM15" s="154" t="str">
+      <c r="AM15" s="154">
         <f>IF(ISNUMBER(INDEX($M$4:$M$7,MID($C15,8,1))),INDEX($M$4:$M$7,MID($C15,8,1)),"")</f>
-        <v/>
+        <v>0</v>
       </c>
       <c r="AN15" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($N$4:$N$7,MID($C15,8,1))),INDEX($N$4:$N$7,MID($C15,8,1)),"")</f>
         <v/>
       </c>
       <c r="AO15" s="154"/>
       <c r="AP15" s="154" t="str">
         <f>IF(ISNUMBER(INDEX($P$4:$P$7,MID($C15,8,1))),INDEX($P$4:$P$7,MID($C15,8,1)),"")</f>
         <v/>
       </c>
       <c r="AQ15" s="153" t="str">
         <f>IF(INDEX($E$4:$E$7,MID($C15,8,1))="","",INDEX($E$4:$E$7,MID($C15,8,1)))</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="AR15" s="153" t="str">
         <f>IF(INDEX($G$4:$G$7,MID($C15,8,1))="","",INDEX($G$4:$G$7,MID($C15,8,1)))</f>
         <v>Juventus FC</v>
       </c>
     </row>
     <row r="16" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A16" s="153"/>
       <c r="B16" s="154"/>
       <c r="C16" s="154"/>
       <c r="D16" s="154"/>
       <c r="E16" s="153"/>
       <c r="F16" s="153"/>
       <c r="G16" s="153"/>
       <c r="H16" s="153"/>
       <c r="I16" s="153"/>
       <c r="J16" s="153"/>
       <c r="K16" s="153"/>
       <c r="L16" s="153"/>
       <c r="M16" s="153"/>
       <c r="N16" s="153"/>
       <c r="O16" s="153"/>
       <c r="P16" s="153"/>
       <c r="Q16" s="153"/>
       <c r="R16" s="153"/>
-      <c r="S16" s="467"/>
-      <c r="T16" s="468">
+      <c r="S16" s="476"/>
+      <c r="T16" s="477">
         <v>13</v>
       </c>
-      <c r="U16" s="253" t="str">
+      <c r="U16" s="262" t="str">
         <v>Valerenga IF</v>
       </c>
-      <c r="V16" s="274">
+      <c r="V16" s="283">
         <v>6</v>
       </c>
-      <c r="W16" s="275">
-[...5 lines deleted...]
-      <c r="Y16" s="276">
+      <c r="W16" s="284">
+        <v>1</v>
+      </c>
+      <c r="X16" s="284">
+        <v>1</v>
+      </c>
+      <c r="Y16" s="285">
         <v>4</v>
       </c>
-      <c r="Z16" s="277">
+      <c r="Z16" s="286">
         <v>4</v>
       </c>
-      <c r="AA16" s="278" t="str">
+      <c r="AA16" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB16" s="279">
+      <c r="AB16" s="288">
         <v>9</v>
       </c>
-      <c r="AC16" s="280">
+      <c r="AC16" s="289">
         <v>-5</v>
       </c>
-      <c r="AD16" s="281">
-[...5 lines deleted...]
-      <c r="AF16" s="282">
+      <c r="AD16" s="290">
+        <v>1</v>
+      </c>
+      <c r="AE16" s="495">
+        <v>1</v>
+      </c>
+      <c r="AF16" s="291">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
       <c r="A17" s="153"/>
       <c r="B17" s="154"/>
       <c r="C17" s="154"/>
       <c r="D17" s="154"/>
       <c r="E17" s="153"/>
       <c r="F17" s="153"/>
       <c r="G17" s="153"/>
       <c r="H17" s="153"/>
       <c r="I17" s="153"/>
       <c r="J17" s="153"/>
       <c r="K17" s="153"/>
       <c r="L17" s="153"/>
       <c r="M17" s="153"/>
       <c r="N17" s="153"/>
       <c r="O17" s="153"/>
       <c r="P17" s="153"/>
       <c r="Q17" s="153"/>
       <c r="R17" s="153"/>
-      <c r="S17" s="467"/>
-      <c r="T17" s="252">
+      <c r="S17" s="476"/>
+      <c r="T17" s="261">
         <v>14</v>
       </c>
-      <c r="U17" s="253" t="str">
+      <c r="U17" s="262" t="str">
         <v>AS Rom</v>
       </c>
-      <c r="V17" s="274">
+      <c r="V17" s="283">
         <v>6</v>
       </c>
-      <c r="W17" s="275">
-[...5 lines deleted...]
-      <c r="Y17" s="276">
+      <c r="W17" s="284">
+        <v>1</v>
+      </c>
+      <c r="X17" s="284">
+        <v>1</v>
+      </c>
+      <c r="Y17" s="285">
         <v>4</v>
       </c>
-      <c r="Z17" s="277">
+      <c r="Z17" s="286">
         <v>9</v>
       </c>
-      <c r="AA17" s="278" t="str">
+      <c r="AA17" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB17" s="279">
+      <c r="AB17" s="288">
         <v>19</v>
       </c>
-      <c r="AC17" s="280">
+      <c r="AC17" s="289">
         <v>-10</v>
       </c>
-      <c r="AD17" s="281">
+      <c r="AD17" s="290">
         <v>3</v>
       </c>
-      <c r="AE17" s="486">
-[...2 lines deleted...]
-      <c r="AF17" s="282">
+      <c r="AE17" s="495">
+        <v>0</v>
+      </c>
+      <c r="AF17" s="291">
         <v>4</v>
       </c>
     </row>
-    <row r="18" spans="1:44" ht="23.45" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="18" spans="1:44" ht="30.6" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A18" s="153"/>
       <c r="B18" s="155" t="str">
         <f>Language!$E$36</f>
         <v>Halbfinale</v>
       </c>
       <c r="C18" s="154"/>
       <c r="D18" s="154"/>
       <c r="E18" s="153"/>
       <c r="F18" s="153"/>
       <c r="G18" s="153"/>
-      <c r="H18" s="528" t="s">
+      <c r="H18" s="547" t="s">
         <v>260</v>
       </c>
-      <c r="I18" s="529"/>
-[...1 lines deleted...]
-      <c r="K18" s="524" t="s">
+      <c r="I18" s="548"/>
+      <c r="J18" s="549"/>
+      <c r="K18" s="543" t="s">
         <v>261</v>
       </c>
-      <c r="L18" s="525"/>
-[...1 lines deleted...]
-      <c r="N18" s="536" t="str">
+      <c r="L18" s="544"/>
+      <c r="M18" s="545"/>
+      <c r="N18" s="524" t="str">
         <f>Language!$E$33</f>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="O18" s="537"/>
-      <c r="P18" s="538"/>
+      <c r="O18" s="525"/>
+      <c r="P18" s="526"/>
       <c r="Q18" s="153"/>
       <c r="R18" s="153"/>
-      <c r="S18" s="467"/>
-      <c r="T18" s="252">
+      <c r="S18" s="476"/>
+      <c r="T18" s="261">
         <v>15</v>
       </c>
-      <c r="U18" s="253" t="str">
+      <c r="U18" s="262" t="str">
         <v>FC Twente</v>
       </c>
-      <c r="V18" s="274">
+      <c r="V18" s="283">
         <v>6</v>
       </c>
-      <c r="W18" s="275">
-[...2 lines deleted...]
-      <c r="X18" s="275">
+      <c r="W18" s="284">
+        <v>0</v>
+      </c>
+      <c r="X18" s="284">
         <v>3</v>
       </c>
-      <c r="Y18" s="276">
+      <c r="Y18" s="285">
         <v>3</v>
       </c>
-      <c r="Z18" s="277">
+      <c r="Z18" s="286">
         <v>4</v>
       </c>
-      <c r="AA18" s="278" t="str">
+      <c r="AA18" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB18" s="279">
+      <c r="AB18" s="288">
         <v>10</v>
       </c>
-      <c r="AC18" s="280">
+      <c r="AC18" s="289">
         <v>-6</v>
       </c>
-      <c r="AD18" s="281">
+      <c r="AD18" s="290">
         <v>2</v>
       </c>
-      <c r="AE18" s="486">
-[...2 lines deleted...]
-      <c r="AF18" s="282">
+      <c r="AE18" s="495">
+        <v>0</v>
+      </c>
+      <c r="AF18" s="291">
         <v>3</v>
       </c>
-      <c r="AH18" s="398" t="str">
+      <c r="AH18" s="407" t="str">
         <f>MID($B12,4,1)</f>
         <v>1</v>
       </c>
       <c r="AI18" t="str">
         <f>IF(NOT(AND(ISNUMBER($H12),ISNUMBER($J12),ISNUMBER($K12),ISNUMBER($M12))),"",IF($H12+$K12&gt;$J12+$M12,$E12,IF($H12+$K12&lt;$J12+$M12,$G12,IF(OR(NOT(ISNUMBER($N12)),NOT(ISNUMBER($P12)),$N12=$P12),"",IF($N12&gt;$P12,$E12,$G12)))))</f>
         <v/>
       </c>
     </row>
-    <row r="19" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:44" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A19" s="153"/>
       <c r="B19" s="154"/>
       <c r="C19" s="154"/>
       <c r="D19" s="154"/>
       <c r="E19" s="153"/>
       <c r="F19" s="153"/>
       <c r="G19" s="153"/>
-      <c r="H19" s="533" t="str">
+      <c r="H19" s="552" t="str">
         <f>Language!$E$31</f>
         <v>Hinspiel</v>
       </c>
-      <c r="I19" s="534"/>
-[...1 lines deleted...]
-      <c r="K19" s="533" t="str">
+      <c r="I19" s="553"/>
+      <c r="J19" s="554"/>
+      <c r="K19" s="552" t="str">
         <f>Language!$E$32</f>
         <v>Rückspiel</v>
       </c>
-      <c r="L19" s="534"/>
-[...3 lines deleted...]
-      <c r="P19" s="541"/>
+      <c r="L19" s="553"/>
+      <c r="M19" s="554"/>
+      <c r="N19" s="527"/>
+      <c r="O19" s="528"/>
+      <c r="P19" s="529"/>
       <c r="Q19" s="153"/>
       <c r="R19" s="153"/>
-      <c r="S19" s="467"/>
-      <c r="T19" s="252">
+      <c r="S19" s="476"/>
+      <c r="T19" s="261">
         <v>16</v>
       </c>
-      <c r="U19" s="253" t="str">
+      <c r="U19" s="262" t="str">
         <v>SL Benfica</v>
       </c>
-      <c r="V19" s="274">
+      <c r="V19" s="283">
         <v>6</v>
       </c>
-      <c r="W19" s="275">
-[...2 lines deleted...]
-      <c r="X19" s="275">
+      <c r="W19" s="284">
+        <v>0</v>
+      </c>
+      <c r="X19" s="284">
         <v>2</v>
       </c>
-      <c r="Y19" s="276">
+      <c r="Y19" s="285">
         <v>4</v>
       </c>
-      <c r="Z19" s="277">
+      <c r="Z19" s="286">
         <v>4</v>
       </c>
-      <c r="AA19" s="278" t="str">
+      <c r="AA19" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB19" s="279">
+      <c r="AB19" s="288">
         <v>11</v>
       </c>
-      <c r="AC19" s="280">
+      <c r="AC19" s="289">
         <v>-7</v>
       </c>
-      <c r="AD19" s="281">
+      <c r="AD19" s="290">
         <v>2</v>
       </c>
-      <c r="AE19" s="486">
-[...2 lines deleted...]
-      <c r="AF19" s="282">
+      <c r="AE19" s="495">
+        <v>0</v>
+      </c>
+      <c r="AF19" s="291">
         <v>2</v>
       </c>
-      <c r="AH19" s="398" t="str">
+      <c r="AH19" s="407" t="str">
         <f t="shared" ref="AH19:AH21" si="1">MID($B13,4,1)</f>
         <v>2</v>
       </c>
       <c r="AI19" t="str">
         <f t="shared" ref="AI19:AI21" si="2">IF(NOT(AND(ISNUMBER($H13),ISNUMBER($J13),ISNUMBER($K13),ISNUMBER($M13))),"",IF($H13+$K13&gt;$J13+$M13,$E13,IF($H13+$K13&lt;$J13+$M13,$G13,IF(OR(NOT(ISNUMBER($N13)),NOT(ISNUMBER($P13)),$N13=$P13),"",IF($N13&gt;$P13,$E13,$G13)))))</f>
         <v/>
       </c>
     </row>
     <row r="20" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A20" s="153"/>
       <c r="B20" s="160" t="s">
         <v>220</v>
       </c>
       <c r="C20" s="188" t="s">
         <v>221</v>
       </c>
       <c r="D20" s="188" t="s">
         <v>222</v>
       </c>
       <c r="E20" s="163" t="str">
         <f>VLOOKUP(MID($C20,8,1),$AH$18:$AI$21,2)</f>
         <v/>
       </c>
       <c r="F20" s="164" t="s">
         <v>170</v>
       </c>
       <c r="G20" s="165" t="str">
         <f>VLOOKUP(MID($D20,8,1),$AH$18:$AI$21,2)</f>
         <v/>
       </c>
       <c r="H20" s="166"/>
       <c r="I20" s="167" t="s">
         <v>163</v>
       </c>
       <c r="J20" s="168"/>
       <c r="K20" s="166"/>
       <c r="L20" s="167" t="s">
         <v>163</v>
       </c>
       <c r="M20" s="168"/>
       <c r="N20" s="166"/>
       <c r="O20" s="167" t="s">
         <v>163</v>
       </c>
       <c r="P20" s="169"/>
       <c r="Q20" s="153"/>
       <c r="R20" s="153"/>
-      <c r="S20" s="467"/>
-      <c r="T20" s="252">
+      <c r="S20" s="476"/>
+      <c r="T20" s="261">
         <v>17</v>
       </c>
-      <c r="U20" s="253" t="str">
+      <c r="U20" s="262" t="str">
         <v>Paris St. Germain</v>
       </c>
-      <c r="V20" s="274">
+      <c r="V20" s="283">
         <v>6</v>
       </c>
-      <c r="W20" s="275">
-[...2 lines deleted...]
-      <c r="X20" s="275">
+      <c r="W20" s="284">
+        <v>0</v>
+      </c>
+      <c r="X20" s="284">
         <v>2</v>
       </c>
-      <c r="Y20" s="276">
+      <c r="Y20" s="285">
         <v>4</v>
       </c>
-      <c r="Z20" s="277">
+      <c r="Z20" s="286">
         <v>4</v>
       </c>
-      <c r="AA20" s="278" t="str">
+      <c r="AA20" s="287" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB20" s="279">
+      <c r="AB20" s="288">
         <v>12</v>
       </c>
-      <c r="AC20" s="280">
+      <c r="AC20" s="289">
         <v>-8</v>
       </c>
-      <c r="AD20" s="281">
+      <c r="AD20" s="290">
         <v>2</v>
       </c>
-      <c r="AE20" s="486">
-[...2 lines deleted...]
-      <c r="AF20" s="282">
+      <c r="AE20" s="495">
+        <v>0</v>
+      </c>
+      <c r="AF20" s="291">
         <v>2</v>
       </c>
-      <c r="AH20" s="398" t="str">
+      <c r="AH20" s="407" t="str">
         <f t="shared" si="1"/>
         <v>3</v>
       </c>
       <c r="AI20" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AJ20" s="154"/>
       <c r="AK20" s="154"/>
       <c r="AL20" s="154"/>
       <c r="AM20" s="154"/>
       <c r="AN20" s="154"/>
       <c r="AO20" s="154"/>
       <c r="AP20" s="154"/>
       <c r="AQ20" s="153"/>
       <c r="AR20" s="153"/>
     </row>
     <row r="21" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="153"/>
       <c r="B21" s="180" t="s">
         <v>223</v>
       </c>
       <c r="C21" s="190" t="s">
         <v>224</v>
       </c>
@@ -19590,338 +19580,338 @@
       </c>
       <c r="F21" s="182" t="s">
         <v>170</v>
       </c>
       <c r="G21" s="183" t="str">
         <f>VLOOKUP(MID($D21,8,1),$AH$18:$AI$21,2)</f>
         <v/>
       </c>
       <c r="H21" s="184"/>
       <c r="I21" s="185" t="s">
         <v>163</v>
       </c>
       <c r="J21" s="186"/>
       <c r="K21" s="184"/>
       <c r="L21" s="185" t="s">
         <v>163</v>
       </c>
       <c r="M21" s="186"/>
       <c r="N21" s="184"/>
       <c r="O21" s="185" t="s">
         <v>163</v>
       </c>
       <c r="P21" s="187"/>
       <c r="Q21" s="153"/>
       <c r="R21" s="153"/>
-      <c r="S21" s="467"/>
-      <c r="T21" s="352">
+      <c r="S21" s="476"/>
+      <c r="T21" s="361">
         <v>18</v>
       </c>
-      <c r="U21" s="353" t="str">
+      <c r="U21" s="362" t="str">
         <v>SKN St. Pölten</v>
       </c>
-      <c r="V21" s="380">
+      <c r="V21" s="389">
         <v>6</v>
       </c>
-      <c r="W21" s="381">
-[...5 lines deleted...]
-      <c r="Y21" s="382">
+      <c r="W21" s="390">
+        <v>0</v>
+      </c>
+      <c r="X21" s="390">
+        <v>1</v>
+      </c>
+      <c r="Y21" s="391">
         <v>5</v>
       </c>
-      <c r="Z21" s="383">
+      <c r="Z21" s="392">
         <v>3</v>
       </c>
-      <c r="AA21" s="384" t="str">
+      <c r="AA21" s="393" t="str">
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="AB21" s="385">
+      <c r="AB21" s="394">
         <v>28</v>
       </c>
-      <c r="AC21" s="386">
+      <c r="AC21" s="395">
         <v>-25</v>
       </c>
-      <c r="AD21" s="387">
+      <c r="AD21" s="396">
         <v>3</v>
       </c>
-      <c r="AE21" s="487">
-[...5 lines deleted...]
-      <c r="AH21" s="398" t="str">
+      <c r="AE21" s="496">
+        <v>0</v>
+      </c>
+      <c r="AF21" s="397">
+        <v>1</v>
+      </c>
+      <c r="AH21" s="407" t="str">
         <f t="shared" si="1"/>
         <v>4</v>
       </c>
       <c r="AI21" t="str">
         <f t="shared" si="2"/>
         <v/>
       </c>
       <c r="AJ21" s="154"/>
       <c r="AK21" s="154"/>
       <c r="AL21" s="154"/>
       <c r="AM21" s="154"/>
       <c r="AN21" s="154"/>
       <c r="AO21" s="154"/>
       <c r="AP21" s="154"/>
       <c r="AQ21" s="153"/>
       <c r="AR21" s="153"/>
     </row>
-    <row r="22" spans="1:44" ht="23.45" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:44" ht="23.4" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A22" s="153"/>
       <c r="B22" s="154"/>
       <c r="C22" s="154"/>
       <c r="D22" s="154"/>
       <c r="E22" s="153"/>
       <c r="F22" s="153"/>
       <c r="G22" s="153"/>
       <c r="H22" s="153"/>
       <c r="I22" s="153"/>
       <c r="J22" s="153"/>
       <c r="K22" s="153"/>
       <c r="L22" s="153"/>
       <c r="M22" s="153"/>
       <c r="N22" s="153"/>
       <c r="O22" s="153"/>
       <c r="P22" s="153"/>
       <c r="Q22" s="153"/>
       <c r="R22" s="153"/>
       <c r="S22" s="153"/>
       <c r="T22" s="153"/>
       <c r="U22" s="153"/>
       <c r="V22" s="153"/>
       <c r="W22" s="153"/>
       <c r="X22" s="153"/>
       <c r="Y22" s="153"/>
       <c r="Z22" s="153"/>
       <c r="AA22" s="153"/>
       <c r="AB22" s="153"/>
       <c r="AC22" s="153"/>
       <c r="AD22" s="153"/>
       <c r="AE22" s="153"/>
       <c r="AF22" s="153"/>
       <c r="AH22" s="154"/>
       <c r="AI22" s="154"/>
       <c r="AJ22" s="154"/>
       <c r="AK22" s="154"/>
       <c r="AL22" s="154"/>
       <c r="AM22" s="154"/>
       <c r="AN22" s="154"/>
       <c r="AO22" s="154"/>
       <c r="AP22" s="154"/>
       <c r="AQ22" s="153"/>
       <c r="AR22" s="153"/>
     </row>
-    <row r="23" spans="1:44" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:44" ht="15.6" x14ac:dyDescent="0.3">
       <c r="A23" s="153"/>
       <c r="B23" s="154"/>
       <c r="C23" s="154"/>
       <c r="D23" s="154"/>
       <c r="E23" s="153"/>
       <c r="F23" s="153"/>
       <c r="G23" s="153"/>
       <c r="H23" s="153"/>
       <c r="I23" s="153"/>
       <c r="J23" s="153"/>
       <c r="K23" s="153"/>
       <c r="L23" s="153"/>
       <c r="M23" s="153"/>
       <c r="N23" s="153"/>
       <c r="O23" s="153"/>
       <c r="P23" s="153"/>
       <c r="Q23" s="153"/>
       <c r="R23" s="153"/>
       <c r="S23" s="153"/>
       <c r="T23" s="153"/>
       <c r="U23" s="153"/>
       <c r="V23" s="153"/>
       <c r="W23" s="153"/>
       <c r="X23" s="153"/>
       <c r="Y23" s="153"/>
       <c r="Z23" s="153"/>
       <c r="AA23" s="153"/>
       <c r="AB23" s="153"/>
       <c r="AC23" s="153"/>
       <c r="AD23" s="153"/>
       <c r="AE23" s="153"/>
       <c r="AF23" s="153"/>
       <c r="AH23" s="154"/>
       <c r="AI23" s="154"/>
       <c r="AJ23" s="154"/>
       <c r="AK23" s="154"/>
       <c r="AL23" s="154"/>
       <c r="AM23" s="154"/>
       <c r="AN23" s="154"/>
       <c r="AO23" s="154"/>
       <c r="AP23" s="154"/>
       <c r="AQ23" s="153"/>
       <c r="AR23" s="153"/>
     </row>
-    <row r="24" spans="1:44" ht="23.45" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="24" spans="1:44" ht="23.4" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A24" s="153"/>
       <c r="B24" s="155" t="str">
         <f>Language!$E$37</f>
         <v>Finale</v>
       </c>
       <c r="C24" s="154"/>
       <c r="D24" s="154"/>
       <c r="E24" s="153"/>
       <c r="F24" s="153"/>
       <c r="G24" s="153"/>
-      <c r="H24" s="524">
+      <c r="H24" s="543">
         <v>46165</v>
       </c>
-      <c r="I24" s="531"/>
-[...1 lines deleted...]
-      <c r="K24" s="536" t="str">
+      <c r="I24" s="550"/>
+      <c r="J24" s="551"/>
+      <c r="K24" s="524" t="str">
         <f>Language!$E$33</f>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="L24" s="537"/>
-      <c r="M24" s="538"/>
+      <c r="L24" s="525"/>
+      <c r="M24" s="526"/>
       <c r="N24" s="153"/>
       <c r="O24" s="153"/>
       <c r="P24" s="153"/>
       <c r="Q24" s="153"/>
       <c r="R24" s="153"/>
       <c r="S24" s="153"/>
       <c r="T24" s="153"/>
       <c r="U24" s="153"/>
       <c r="V24" s="153"/>
       <c r="W24" s="153"/>
       <c r="X24" s="153"/>
       <c r="Y24" s="153"/>
       <c r="Z24" s="153"/>
       <c r="AA24" s="153"/>
       <c r="AB24" s="153"/>
       <c r="AC24" s="153"/>
       <c r="AD24" s="153"/>
       <c r="AE24" s="153"/>
       <c r="AF24" s="153"/>
     </row>
-    <row r="25" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:44" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A25" s="153"/>
       <c r="B25" s="154"/>
       <c r="C25" s="154"/>
       <c r="D25" s="154"/>
       <c r="E25" s="153"/>
       <c r="F25" s="153"/>
       <c r="G25" s="153"/>
-      <c r="H25" s="533" t="str">
+      <c r="H25" s="552" t="str">
         <f>Language!$E$15</f>
         <v>Ergebnis</v>
       </c>
-      <c r="I25" s="534"/>
-[...3 lines deleted...]
-      <c r="M25" s="541"/>
+      <c r="I25" s="553"/>
+      <c r="J25" s="554"/>
+      <c r="K25" s="527"/>
+      <c r="L25" s="528"/>
+      <c r="M25" s="529"/>
       <c r="N25" s="191"/>
       <c r="O25" s="191"/>
       <c r="P25" s="191"/>
       <c r="Q25" s="153"/>
       <c r="R25" s="153"/>
       <c r="S25" s="153"/>
       <c r="T25" s="153"/>
       <c r="U25" s="153"/>
       <c r="V25" s="153"/>
       <c r="W25" s="153"/>
       <c r="X25" s="153"/>
       <c r="Y25" s="153"/>
       <c r="Z25" s="153"/>
       <c r="AA25" s="153"/>
       <c r="AB25" s="153"/>
       <c r="AC25" s="153"/>
       <c r="AD25" s="153"/>
       <c r="AE25" s="153"/>
       <c r="AF25" s="153"/>
-      <c r="AH25" s="399" t="str">
+      <c r="AH25" s="408" t="str">
         <f>MID($B20,4,1)</f>
         <v>1</v>
       </c>
       <c r="AI25" t="str">
         <f>IF(NOT(AND(ISNUMBER($H20),ISNUMBER($J20),ISNUMBER($K20),ISNUMBER($M20))),"",IF($H20+$K20&gt;$J20+$M20,$E20,IF($H20+$K20&lt;$J20+$M20,$G20,IF(OR(NOT(ISNUMBER($N20)),NOT(ISNUMBER($P20)),$N20=$P20),"",IF($N20&gt;$P20,$E20,$G20)))))</f>
         <v/>
       </c>
     </row>
-    <row r="26" spans="1:44" ht="20.100000000000001" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:44" ht="30.6" customHeight="1" thickTop="1" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A26" s="153"/>
-      <c r="B26" s="564" t="str">
+      <c r="B26" s="192" t="str">
         <f>Language!$E$37</f>
         <v>Finale</v>
       </c>
-      <c r="C26" s="565" t="s">
+      <c r="C26" s="193" t="s">
         <v>226</v>
       </c>
-      <c r="D26" s="565" t="s">
+      <c r="D26" s="193" t="s">
         <v>227</v>
       </c>
-      <c r="E26" s="566" t="str">
+      <c r="E26" s="194" t="str">
         <f>VLOOKUP(MID($C26,8,1),$AH$25:$AI$26,2)</f>
         <v/>
       </c>
-      <c r="F26" s="567" t="s">
+      <c r="F26" s="195" t="s">
         <v>170</v>
       </c>
-      <c r="G26" s="568" t="str">
+      <c r="G26" s="196" t="str">
         <f>VLOOKUP(MID($D26,8,1),$AH$25:$AI$26,2)</f>
         <v/>
       </c>
-      <c r="H26" s="569"/>
-      <c r="I26" s="570" t="s">
+      <c r="H26" s="197"/>
+      <c r="I26" s="198" t="s">
         <v>163</v>
       </c>
-      <c r="J26" s="571"/>
-[...1 lines deleted...]
-      <c r="L26" s="570" t="s">
+      <c r="J26" s="199"/>
+      <c r="K26" s="197"/>
+      <c r="L26" s="198" t="s">
         <v>163</v>
       </c>
-      <c r="M26" s="572"/>
-      <c r="N26" s="192"/>
+      <c r="M26" s="200"/>
+      <c r="N26" s="201"/>
       <c r="O26" s="154"/>
-      <c r="P26" s="193"/>
+      <c r="P26" s="202"/>
       <c r="Q26" s="153"/>
       <c r="R26" s="153"/>
       <c r="S26" s="153"/>
       <c r="T26" s="153"/>
       <c r="U26" s="153"/>
       <c r="V26" s="153"/>
       <c r="W26" s="153"/>
       <c r="X26" s="153"/>
       <c r="Y26" s="153"/>
       <c r="Z26" s="153"/>
       <c r="AA26" s="153"/>
       <c r="AB26" s="153"/>
       <c r="AC26" s="153"/>
       <c r="AD26" s="153"/>
       <c r="AE26" s="153"/>
       <c r="AF26" s="153"/>
-      <c r="AH26" s="399" t="str">
+      <c r="AH26" s="408" t="str">
         <f>MID($B21,4,1)</f>
         <v>2</v>
       </c>
       <c r="AI26" t="str">
         <f>IF(NOT(AND(ISNUMBER($H21),ISNUMBER($J21),ISNUMBER($K21),ISNUMBER($M21))),"",IF($H21+$K21&gt;$J21+$M21,$E21,IF($H21+$K21&lt;$J21+$M21,$G21,IF(OR(NOT(ISNUMBER($N21)),NOT(ISNUMBER($P21)),$N21=$P21),"",IF($N21&gt;$P21,$E21,$G21)))))</f>
         <v/>
       </c>
     </row>
     <row r="27" spans="1:44" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A27" s="153"/>
       <c r="B27" s="154"/>
       <c r="C27" s="154"/>
       <c r="D27" s="154"/>
       <c r="E27" s="153"/>
       <c r="F27" s="153"/>
       <c r="G27" s="153"/>
       <c r="H27" s="153"/>
       <c r="I27" s="153"/>
       <c r="J27" s="153"/>
       <c r="K27" s="153"/>
       <c r="L27" s="153"/>
       <c r="M27" s="153"/>
       <c r="N27" s="153"/>
       <c r="O27" s="153"/>
       <c r="P27" s="153"/>
@@ -19959,145 +19949,145 @@
       <c r="N28" s="153"/>
       <c r="O28" s="153"/>
       <c r="P28" s="153"/>
       <c r="Q28" s="153"/>
       <c r="R28" s="153"/>
       <c r="S28" s="153"/>
       <c r="T28" s="153"/>
       <c r="U28" s="153"/>
       <c r="V28" s="153"/>
       <c r="W28" s="153"/>
       <c r="X28" s="153"/>
       <c r="Y28" s="153"/>
       <c r="Z28" s="153"/>
       <c r="AA28" s="153"/>
       <c r="AB28" s="153"/>
       <c r="AC28" s="153"/>
       <c r="AD28" s="153"/>
       <c r="AE28" s="153"/>
       <c r="AF28" s="153"/>
     </row>
     <row r="29" spans="1:44" ht="21.75" thickTop="1" x14ac:dyDescent="0.35">
       <c r="A29" s="153"/>
       <c r="B29" s="154"/>
       <c r="C29" s="154"/>
       <c r="D29" s="154"/>
-      <c r="E29" s="515" t="s">
+      <c r="E29" s="534" t="s">
         <v>236</v>
       </c>
-      <c r="F29" s="516"/>
-      <c r="G29" s="517"/>
+      <c r="F29" s="535"/>
+      <c r="G29" s="536"/>
       <c r="H29" s="153"/>
       <c r="I29" s="153"/>
       <c r="J29" s="153"/>
       <c r="K29" s="153"/>
       <c r="L29" s="153"/>
       <c r="M29" s="153"/>
       <c r="N29" s="153"/>
       <c r="O29" s="153"/>
       <c r="P29" s="153"/>
       <c r="Q29" s="153"/>
       <c r="R29" s="153"/>
       <c r="S29" s="153"/>
       <c r="T29" s="153"/>
       <c r="U29" s="153"/>
       <c r="V29" s="153"/>
       <c r="W29" s="153"/>
       <c r="X29" s="153"/>
       <c r="Y29" s="153"/>
       <c r="Z29" s="153"/>
       <c r="AA29" s="153"/>
       <c r="AB29" s="153"/>
       <c r="AC29" s="153"/>
       <c r="AD29" s="153"/>
       <c r="AE29" s="153"/>
       <c r="AF29" s="153"/>
     </row>
-    <row r="30" spans="1:44" ht="23.45" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:44" ht="23.4" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="153"/>
       <c r="B30" s="154"/>
       <c r="C30" s="154"/>
       <c r="D30" s="154"/>
-      <c r="E30" s="518" t="str">
+      <c r="E30" s="537" t="str">
         <f>IF(NOT(AND(ISNUMBER($H26),ISNUMBER($J26))),"",IF($H26&gt;$J26,$E26,IF($H26&lt;$J26,$G26,IF(OR(NOT(ISNUMBER($K26)),NOT(ISNUMBER($M26)),$K26=$M26),"",IF($K26&gt;$M26,$E26,$G26)))))</f>
         <v/>
       </c>
-      <c r="F30" s="519"/>
-      <c r="G30" s="520"/>
+      <c r="F30" s="538"/>
+      <c r="G30" s="539"/>
       <c r="H30" s="153"/>
       <c r="I30" s="153"/>
       <c r="J30" s="153"/>
       <c r="K30" s="153"/>
       <c r="L30" s="153"/>
       <c r="M30" s="153"/>
       <c r="N30" s="153"/>
       <c r="O30" s="153"/>
       <c r="P30" s="153"/>
       <c r="Q30" s="153"/>
       <c r="R30" s="153"/>
     </row>
-    <row r="31" spans="1:44" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:44" ht="16.2" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A31" s="153"/>
       <c r="B31" s="154"/>
       <c r="C31" s="154"/>
       <c r="D31" s="154"/>
-      <c r="E31" s="521"/>
-[...1 lines deleted...]
-      <c r="G31" s="523"/>
+      <c r="E31" s="540"/>
+      <c r="F31" s="541"/>
+      <c r="G31" s="542"/>
       <c r="H31" s="153"/>
       <c r="I31" s="153"/>
       <c r="J31" s="153"/>
       <c r="K31" s="153"/>
       <c r="L31" s="153"/>
       <c r="M31" s="153"/>
       <c r="N31" s="153"/>
       <c r="O31" s="153"/>
       <c r="P31" s="153"/>
       <c r="Q31" s="153"/>
       <c r="R31" s="153"/>
     </row>
     <row r="32" spans="1:44" ht="30.6" customHeight="1" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A32" s="153"/>
       <c r="Q32" s="153"/>
       <c r="R32" s="153"/>
     </row>
     <row r="33" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A33" s="153"/>
       <c r="Q33" s="153"/>
       <c r="R33" s="153"/>
     </row>
     <row r="34" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A34" s="153"/>
       <c r="Q34" s="153"/>
       <c r="R34" s="153"/>
     </row>
     <row r="35" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A35" s="153"/>
       <c r="Q35" s="153"/>
       <c r="R35" s="153"/>
     </row>
-    <row r="36" spans="1:18" ht="23.45" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:18" ht="23.4" hidden="1" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A36" s="153"/>
       <c r="Q36" s="153"/>
       <c r="R36" s="153"/>
     </row>
     <row r="37" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A37" s="153"/>
       <c r="Q37" s="153"/>
       <c r="R37" s="153"/>
     </row>
     <row r="38" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A38" s="153"/>
       <c r="Q38" s="153"/>
       <c r="R38" s="153"/>
     </row>
     <row r="39" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A39" s="153"/>
       <c r="Q39" s="153"/>
       <c r="R39" s="153"/>
     </row>
     <row r="40" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A40" s="153"/>
       <c r="Q40" s="153"/>
       <c r="R40" s="153"/>
     </row>
     <row r="41" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
@@ -20116,166 +20106,166 @@
       <c r="R43" s="153"/>
     </row>
     <row r="44" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A44" s="153"/>
       <c r="Q44" s="153"/>
       <c r="R44" s="153"/>
     </row>
     <row r="45" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A45" s="153"/>
       <c r="Q45" s="153"/>
       <c r="R45" s="153"/>
     </row>
     <row r="46" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A46" s="153"/>
       <c r="Q46" s="153"/>
       <c r="R46" s="153"/>
     </row>
     <row r="47" spans="1:18" ht="15.75" hidden="1" x14ac:dyDescent="0.25">
       <c r="A47" s="153"/>
       <c r="Q47" s="153"/>
       <c r="R47" s="153"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="22">
-    <mergeCell ref="N18:P19"/>
-[...7 lines deleted...]
-    <mergeCell ref="N10:P11"/>
     <mergeCell ref="E29:G29"/>
     <mergeCell ref="E30:G31"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="H10:J10"/>
     <mergeCell ref="H18:J18"/>
     <mergeCell ref="K18:M18"/>
     <mergeCell ref="H24:J24"/>
     <mergeCell ref="H11:J11"/>
     <mergeCell ref="K11:M11"/>
     <mergeCell ref="H19:J19"/>
     <mergeCell ref="K19:M19"/>
     <mergeCell ref="H25:J25"/>
     <mergeCell ref="K24:M25"/>
+    <mergeCell ref="N18:P19"/>
+    <mergeCell ref="Z3:AB3"/>
+    <mergeCell ref="H2:J2"/>
+    <mergeCell ref="K2:M2"/>
+    <mergeCell ref="N2:P3"/>
+    <mergeCell ref="T2:U2"/>
+    <mergeCell ref="H3:J3"/>
+    <mergeCell ref="K3:M3"/>
+    <mergeCell ref="N10:P11"/>
   </mergeCells>
   <conditionalFormatting sqref="T4:T21">
     <cfRule type="expression" dxfId="10" priority="1">
       <formula>T4=T3</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:V114"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="E7" sqref="E7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.5703125" customWidth="1"/>
-    <col min="2" max="2" width="11.5703125" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="11.5546875" customWidth="1"/>
+    <col min="2" max="2" width="11.5546875" hidden="1" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="27" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="13.140625" customWidth="1"/>
+    <col min="5" max="5" width="13.109375" customWidth="1"/>
     <col min="6" max="9" width="0" hidden="1" customWidth="1"/>
-    <col min="10" max="12" width="11.5703125" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="17" max="17" width="19.7109375" bestFit="1" customWidth="1"/>
+    <col min="10" max="12" width="11.5546875" customWidth="1"/>
+    <col min="13" max="13" width="12.33203125" customWidth="1"/>
+    <col min="14" max="14" width="5.44140625" customWidth="1"/>
+    <col min="15" max="15" width="1.6640625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="6.88671875" customWidth="1"/>
+    <col min="17" max="17" width="19.6640625" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="4" customWidth="1"/>
-    <col min="19" max="19" width="21.28515625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="23" max="16384" width="11.5703125" hidden="1"/>
+    <col min="19" max="19" width="21.33203125" customWidth="1"/>
+    <col min="20" max="22" width="11.5546875" customWidth="1"/>
+    <col min="23" max="16384" width="11.5546875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:22" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="87"/>
       <c r="B1" s="88"/>
       <c r="C1" s="87"/>
       <c r="D1" s="87"/>
       <c r="E1" s="87"/>
       <c r="F1" s="87"/>
       <c r="G1" s="87"/>
       <c r="H1" s="87"/>
       <c r="I1" s="87"/>
       <c r="J1" s="89"/>
       <c r="K1" s="89"/>
       <c r="L1" s="90"/>
       <c r="M1" s="87"/>
       <c r="N1" s="87"/>
       <c r="O1" s="87"/>
       <c r="P1" s="87"/>
       <c r="Q1" s="87"/>
       <c r="R1" s="87"/>
       <c r="S1" s="87"/>
       <c r="T1" s="87"/>
       <c r="U1" s="87"/>
       <c r="V1" s="87"/>
     </row>
     <row r="2" spans="1:22" ht="33.75" x14ac:dyDescent="0.5">
       <c r="A2" s="87"/>
       <c r="B2" s="91"/>
       <c r="C2" s="92" t="str">
         <f>Language!$E$44</f>
         <v>Teilnehmer und Ablaufplan</v>
       </c>
       <c r="D2" s="92"/>
       <c r="E2" s="92"/>
       <c r="F2" s="92"/>
       <c r="G2" s="92"/>
       <c r="H2" s="92"/>
       <c r="I2" s="92"/>
       <c r="J2" s="93"/>
       <c r="K2" s="93"/>
       <c r="L2" s="94"/>
       <c r="M2" s="87"/>
       <c r="N2" s="87"/>
       <c r="O2" s="87"/>
       <c r="P2" s="87"/>
-      <c r="Q2" s="546" t="s">
+      <c r="Q2" s="555" t="s">
         <v>122</v>
       </c>
-      <c r="R2" s="546"/>
-[...1 lines deleted...]
-      <c r="T2" s="546"/>
+      <c r="R2" s="555"/>
+      <c r="S2" s="555"/>
+      <c r="T2" s="555"/>
       <c r="U2" s="95"/>
       <c r="V2" s="95"/>
     </row>
-    <row r="3" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:22" ht="15" x14ac:dyDescent="0.25">
       <c r="A3" s="87"/>
       <c r="B3" s="87"/>
       <c r="C3" s="87"/>
       <c r="D3" s="87"/>
       <c r="E3" s="87"/>
       <c r="F3" s="87"/>
       <c r="G3" s="87"/>
       <c r="H3" s="87"/>
       <c r="I3" s="87"/>
       <c r="J3" s="89"/>
       <c r="K3" s="89"/>
       <c r="L3" s="90"/>
       <c r="M3" s="87"/>
       <c r="N3" s="87"/>
       <c r="O3" s="87"/>
       <c r="P3" s="87"/>
       <c r="Q3" s="87"/>
       <c r="R3" s="87"/>
       <c r="S3" s="87"/>
       <c r="T3" s="87"/>
       <c r="U3" s="87"/>
       <c r="V3" s="87"/>
     </row>
     <row r="4" spans="1:22" ht="26.25" x14ac:dyDescent="0.4">
       <c r="A4" s="87"/>
@@ -20288,54 +20278,54 @@
       <c r="E4" s="87"/>
       <c r="F4" s="87"/>
       <c r="G4" s="87"/>
       <c r="H4" s="87"/>
       <c r="I4" s="87"/>
       <c r="J4" s="89"/>
       <c r="K4" s="89"/>
       <c r="L4" s="90"/>
       <c r="M4" s="96" t="str">
         <f>Language!$E$46</f>
         <v>Ablaufplan</v>
       </c>
       <c r="N4" s="87"/>
       <c r="O4" s="87"/>
       <c r="P4" s="87"/>
       <c r="Q4" s="97"/>
       <c r="R4" s="97"/>
       <c r="S4" s="97"/>
       <c r="T4" s="87"/>
       <c r="U4" s="87"/>
       <c r="V4" s="87"/>
     </row>
     <row r="5" spans="1:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="87"/>
       <c r="B5" s="87"/>
-      <c r="C5" s="547" t="s">
+      <c r="C5" s="556" t="s">
         <v>157</v>
       </c>
-      <c r="D5" s="547"/>
+      <c r="D5" s="556"/>
       <c r="E5" s="98"/>
       <c r="F5" s="99"/>
       <c r="G5" s="87"/>
       <c r="H5" s="87"/>
       <c r="I5" s="87"/>
       <c r="J5" s="89"/>
       <c r="K5" s="89"/>
       <c r="L5" s="90"/>
       <c r="M5" s="87"/>
       <c r="N5" s="87"/>
       <c r="O5" s="87"/>
       <c r="P5" s="87"/>
       <c r="Q5" s="87"/>
       <c r="R5" s="87"/>
       <c r="S5" s="87"/>
       <c r="T5" s="87"/>
       <c r="U5" s="87"/>
       <c r="V5" s="87"/>
     </row>
     <row r="6" spans="1:22" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A6" s="87"/>
       <c r="B6" s="100">
         <f>MAX($B$7:$B$24)</f>
         <v>1</v>
       </c>
@@ -20348,62 +20338,62 @@
         <v>Teilnehmer bzw. Mannschaft</v>
       </c>
       <c r="E6" s="103" t="str">
         <f>Language!$E$56</f>
         <v>Abkürzung</v>
       </c>
       <c r="F6" s="104">
         <f>MAX($F$7:$F$60)</f>
         <v>1</v>
       </c>
       <c r="G6" s="99"/>
       <c r="H6" s="99"/>
       <c r="I6" s="99" t="s">
         <v>198</v>
       </c>
       <c r="J6" s="99"/>
       <c r="K6" s="99"/>
       <c r="L6" s="105" t="str">
         <f>Language!$E$17</f>
         <v>Spieltag</v>
       </c>
       <c r="M6" s="106" t="str">
         <f>Language!$E$47</f>
         <v>Spiel-Nr.</v>
       </c>
-      <c r="N6" s="548" t="str">
+      <c r="N6" s="557" t="str">
         <f>Language!$E$48</f>
         <v>Paarungen</v>
       </c>
-      <c r="O6" s="548"/>
-[...1 lines deleted...]
-      <c r="Q6" s="548" t="str">
+      <c r="O6" s="557"/>
+      <c r="P6" s="557"/>
+      <c r="Q6" s="557" t="str">
         <f>Language!$E$45</f>
         <v>Teilnehmer</v>
       </c>
-      <c r="R6" s="548"/>
-      <c r="S6" s="549"/>
+      <c r="R6" s="557"/>
+      <c r="S6" s="558"/>
       <c r="T6" s="106" t="str">
         <f>Language!$E$59</f>
         <v>Datum</v>
       </c>
       <c r="U6" s="107" t="str">
         <f>Language!$E$62</f>
         <v>Zeit</v>
       </c>
       <c r="V6" s="87"/>
     </row>
     <row r="7" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A7" s="87"/>
       <c r="B7" s="100">
         <f>COUNTIF($D$7:$D$24,$D7)</f>
         <v>1</v>
       </c>
       <c r="C7" s="108">
         <v>1</v>
       </c>
       <c r="D7" s="109" t="s">
         <v>245</v>
       </c>
       <c r="E7" s="110"/>
       <c r="F7" s="100">
         <f>IF($G7="",0,IF(LEFT($G7,2)=RIGHT($G7,2),100,IF(COUNTIF($G$7:$G$24,$G7)&gt;1,101,COUNTIF($G$7:$G$24,$G7)+COUNTIF($H$7:$H$24,$G7))))</f>
@@ -20567,51 +20557,51 @@
       <c r="O9" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P9" s="130">
         <v>4</v>
       </c>
       <c r="Q9" s="118" t="str">
         <f t="shared" si="4"/>
         <v>FC Barcelona</v>
       </c>
       <c r="R9" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S9" s="120" t="str">
         <f t="shared" si="5"/>
         <v>FC Bayern München</v>
       </c>
       <c r="T9" s="121">
         <v>45937</v>
       </c>
       <c r="U9" s="122">
         <v>0.875</v>
       </c>
       <c r="V9" s="87"/>
     </row>
-    <row r="10" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A10" s="87"/>
       <c r="B10" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="C10" s="123">
         <v>4</v>
       </c>
       <c r="D10" s="124" t="s">
         <v>238</v>
       </c>
       <c r="E10" s="125"/>
       <c r="F10" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="G10" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1109</v>
       </c>
       <c r="H10" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0911</v>
       </c>
       <c r="I10" s="100">
@@ -21284,51 +21274,51 @@
       <c r="O20" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P20" s="130">
         <v>16</v>
       </c>
       <c r="Q20" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="R20" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S20" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Twente</v>
       </c>
       <c r="T20" s="131">
         <v>45945</v>
       </c>
       <c r="U20" s="132">
         <v>0.875</v>
       </c>
       <c r="V20" s="87"/>
     </row>
-    <row r="21" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A21" s="87"/>
       <c r="B21" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
       <c r="C21" s="123">
         <v>15</v>
       </c>
       <c r="D21" s="124" t="s">
         <v>253</v>
       </c>
       <c r="E21" s="125"/>
       <c r="F21" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="G21" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0208</v>
       </c>
       <c r="H21" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0802</v>
       </c>
       <c r="I21" s="100">
@@ -21485,57 +21475,57 @@
       <c r="Q23" s="118" t="str">
         <f t="shared" si="6"/>
         <v>FC Bayern München</v>
       </c>
       <c r="R23" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S23" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Juventus FC</v>
       </c>
       <c r="T23" s="131">
         <v>45946</v>
       </c>
       <c r="U23" s="132">
         <v>0.875</v>
       </c>
       <c r="V23" s="87"/>
     </row>
     <row r="24" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="87"/>
       <c r="B24" s="100">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="C24" s="463">
+      <c r="C24" s="472">
         <v>18</v>
       </c>
-      <c r="D24" s="464" t="s">
+      <c r="D24" s="473" t="s">
         <v>251</v>
       </c>
-      <c r="E24" s="465"/>
+      <c r="E24" s="474"/>
       <c r="F24" s="100">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
       <c r="G24" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1213</v>
       </c>
       <c r="H24" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1312</v>
       </c>
       <c r="I24" s="100">
         <f>IF($G24="",0,COUNTIF($G$7:$G24,$H24))</f>
         <v>0</v>
       </c>
       <c r="J24" s="100"/>
       <c r="K24" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L24" s="126"/>
       <c r="M24" s="127">
         <v>18</v>
       </c>
       <c r="N24" s="128">
@@ -21547,53 +21537,53 @@
       <c r="P24" s="130">
         <v>13</v>
       </c>
       <c r="Q24" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Paris St. Germain</v>
       </c>
       <c r="R24" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S24" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Real Madrid</v>
       </c>
       <c r="T24" s="131">
         <v>45946</v>
       </c>
       <c r="U24" s="132">
         <v>0.875</v>
       </c>
       <c r="V24" s="87"/>
     </row>
     <row r="25" spans="1:22" ht="18" thickTop="1" x14ac:dyDescent="0.25">
       <c r="A25" s="87"/>
       <c r="B25" s="100"/>
-      <c r="C25" s="488"/>
-[...1 lines deleted...]
-      <c r="E25" s="490"/>
+      <c r="C25" s="497"/>
+      <c r="D25" s="498"/>
+      <c r="E25" s="499"/>
       <c r="F25" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G25" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1417</v>
       </c>
       <c r="H25" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1714</v>
       </c>
       <c r="I25" s="100">
         <f>IF($G25="",0,COUNTIF($G$7:$G25,$H25))</f>
         <v>0</v>
       </c>
       <c r="J25" s="100"/>
       <c r="K25" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L25" s="133">
         <v>3</v>
       </c>
       <c r="M25" s="134">
         <v>19</v>
@@ -21607,53 +21597,53 @@
       <c r="P25" s="137">
         <v>17</v>
       </c>
       <c r="Q25" s="138" t="str">
         <f t="shared" si="6"/>
         <v>AS Rom</v>
       </c>
       <c r="R25" s="139" t="s">
         <v>170</v>
       </c>
       <c r="S25" s="140" t="str">
         <f t="shared" si="7"/>
         <v>Valerenga IF</v>
       </c>
       <c r="T25" s="141">
         <v>45972</v>
       </c>
       <c r="U25" s="142">
         <v>0.78125</v>
       </c>
       <c r="V25" s="87"/>
     </row>
     <row r="26" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A26" s="87"/>
       <c r="B26" s="100"/>
-      <c r="C26" s="488"/>
-[...1 lines deleted...]
-      <c r="E26" s="490"/>
+      <c r="C26" s="497"/>
+      <c r="D26" s="498"/>
+      <c r="E26" s="499"/>
       <c r="F26" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G26" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1018</v>
       </c>
       <c r="H26" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1810</v>
       </c>
       <c r="I26" s="100">
         <f>IF($G26="",0,COUNTIF($G$7:$G26,$H26))</f>
         <v>0</v>
       </c>
       <c r="J26" s="100"/>
       <c r="K26" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L26" s="126"/>
       <c r="M26" s="127">
         <v>20</v>
       </c>
       <c r="N26" s="128">
@@ -21665,53 +21655,53 @@
       <c r="P26" s="130">
         <v>18</v>
       </c>
       <c r="Q26" s="118" t="str">
         <f t="shared" si="6"/>
         <v>OL Lyonnes</v>
       </c>
       <c r="R26" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S26" s="120" t="str">
         <f t="shared" si="7"/>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="T26" s="131">
         <v>45972</v>
       </c>
       <c r="U26" s="132">
         <v>0.875</v>
       </c>
       <c r="V26" s="87"/>
     </row>
     <row r="27" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A27" s="87"/>
       <c r="B27" s="100"/>
-      <c r="C27" s="488"/>
-[...1 lines deleted...]
-      <c r="E27" s="490"/>
+      <c r="C27" s="497"/>
+      <c r="D27" s="498"/>
+      <c r="E27" s="499"/>
       <c r="F27" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G27" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1506</v>
       </c>
       <c r="H27" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0615</v>
       </c>
       <c r="I27" s="100">
         <f>IF($G27="",0,COUNTIF($G$7:$G27,$H27))</f>
         <v>0</v>
       </c>
       <c r="J27" s="100"/>
       <c r="K27" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L27" s="126"/>
       <c r="M27" s="127">
         <v>21</v>
       </c>
       <c r="N27" s="128">
@@ -21723,53 +21713,53 @@
       <c r="P27" s="130">
         <v>6</v>
       </c>
       <c r="Q27" s="118" t="str">
         <f t="shared" si="6"/>
         <v>SKN St. Pölten</v>
       </c>
       <c r="R27" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S27" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Chelsea FC</v>
       </c>
       <c r="T27" s="131">
         <v>45972</v>
       </c>
       <c r="U27" s="132">
         <v>0.875</v>
       </c>
       <c r="V27" s="87"/>
     </row>
     <row r="28" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A28" s="87"/>
       <c r="B28" s="100"/>
-      <c r="C28" s="488"/>
-[...1 lines deleted...]
-      <c r="E28" s="490"/>
+      <c r="C28" s="497"/>
+      <c r="D28" s="498"/>
+      <c r="E28" s="499"/>
       <c r="F28" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G28" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1311</v>
       </c>
       <c r="H28" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1113</v>
       </c>
       <c r="I28" s="100">
         <f>IF($G28="",0,COUNTIF($G$7:$G28,$H28))</f>
         <v>0</v>
       </c>
       <c r="J28" s="100"/>
       <c r="K28" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L28" s="126"/>
       <c r="M28" s="127">
         <v>22</v>
       </c>
       <c r="N28" s="128">
@@ -21781,53 +21771,53 @@
       <c r="P28" s="130">
         <v>11</v>
       </c>
       <c r="Q28" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Real Madrid</v>
       </c>
       <c r="R28" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S28" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Paris FC</v>
       </c>
       <c r="T28" s="131">
         <v>45972</v>
       </c>
       <c r="U28" s="132">
         <v>0.875</v>
       </c>
       <c r="V28" s="87"/>
     </row>
     <row r="29" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A29" s="87"/>
       <c r="B29" s="100"/>
-      <c r="C29" s="488"/>
-[...1 lines deleted...]
-      <c r="E29" s="490"/>
+      <c r="C29" s="497"/>
+      <c r="D29" s="498"/>
+      <c r="E29" s="499"/>
       <c r="F29" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G29" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0401</v>
       </c>
       <c r="H29" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0104</v>
       </c>
       <c r="I29" s="100">
         <f>IF($G29="",0,COUNTIF($G$7:$G29,$H29))</f>
         <v>0</v>
       </c>
       <c r="J29" s="100"/>
       <c r="K29" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L29" s="126"/>
       <c r="M29" s="127">
         <v>23</v>
       </c>
       <c r="N29" s="128">
@@ -21839,53 +21829,53 @@
       <c r="P29" s="130">
         <v>1</v>
       </c>
       <c r="Q29" s="118" t="str">
         <f t="shared" si="6"/>
         <v>FC Bayern München</v>
       </c>
       <c r="R29" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S29" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Arsenal WFC</v>
       </c>
       <c r="T29" s="131">
         <v>45973</v>
       </c>
       <c r="U29" s="132">
         <v>0.78125</v>
       </c>
       <c r="V29" s="87"/>
     </row>
     <row r="30" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A30" s="87"/>
       <c r="B30" s="100"/>
-      <c r="C30" s="488"/>
-[...1 lines deleted...]
-      <c r="E30" s="490"/>
+      <c r="C30" s="497"/>
+      <c r="D30" s="498"/>
+      <c r="E30" s="499"/>
       <c r="F30" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G30" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0309</v>
       </c>
       <c r="H30" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0903</v>
       </c>
       <c r="I30" s="100">
         <f>IF($G30="",0,COUNTIF($G$7:$G30,$H30))</f>
         <v>0</v>
       </c>
       <c r="J30" s="100"/>
       <c r="K30" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L30" s="126"/>
       <c r="M30" s="127">
         <v>24</v>
       </c>
       <c r="N30" s="128">
@@ -21897,53 +21887,53 @@
       <c r="P30" s="130">
         <v>9</v>
       </c>
       <c r="Q30" s="118" t="str">
         <f t="shared" si="6"/>
         <v>FC Barcelona</v>
       </c>
       <c r="R30" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S30" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="T30" s="131">
         <v>45973</v>
       </c>
       <c r="U30" s="132">
         <v>0.78125</v>
       </c>
       <c r="V30" s="87"/>
     </row>
     <row r="31" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A31" s="87"/>
       <c r="B31" s="100"/>
-      <c r="C31" s="488"/>
-[...1 lines deleted...]
-      <c r="E31" s="490"/>
+      <c r="C31" s="497"/>
+      <c r="D31" s="498"/>
+      <c r="E31" s="499"/>
       <c r="F31" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G31" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0812</v>
       </c>
       <c r="H31" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1208</v>
       </c>
       <c r="I31" s="100">
         <f>IF($G31="",0,COUNTIF($G$7:$G31,$H31))</f>
         <v>0</v>
       </c>
       <c r="J31" s="100"/>
       <c r="K31" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L31" s="126"/>
       <c r="M31" s="127">
         <v>25</v>
       </c>
       <c r="N31" s="128">
@@ -21955,53 +21945,53 @@
       <c r="P31" s="130">
         <v>12</v>
       </c>
       <c r="Q31" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Manchester United</v>
       </c>
       <c r="R31" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S31" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Paris St. Germain</v>
       </c>
       <c r="T31" s="131">
         <v>45973</v>
       </c>
       <c r="U31" s="132">
         <v>0.875</v>
       </c>
       <c r="V31" s="87"/>
     </row>
     <row r="32" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A32" s="87"/>
       <c r="B32" s="100"/>
-      <c r="C32" s="488"/>
-[...1 lines deleted...]
-      <c r="E32" s="490"/>
+      <c r="C32" s="497"/>
+      <c r="D32" s="498"/>
+      <c r="E32" s="499"/>
       <c r="F32" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G32" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0207</v>
       </c>
       <c r="H32" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0702</v>
       </c>
       <c r="I32" s="100">
         <f>IF($G32="",0,COUNTIF($G$7:$G32,$H32))</f>
         <v>0</v>
       </c>
       <c r="J32" s="100"/>
       <c r="K32" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L32" s="126"/>
       <c r="M32" s="127">
         <v>26</v>
       </c>
       <c r="N32" s="128">
@@ -22013,53 +22003,53 @@
       <c r="P32" s="130">
         <v>7</v>
       </c>
       <c r="Q32" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Atletico Madrid</v>
       </c>
       <c r="R32" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S32" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Juventus FC</v>
       </c>
       <c r="T32" s="131">
         <v>45973</v>
       </c>
       <c r="U32" s="132">
         <v>0.875</v>
       </c>
       <c r="V32" s="87"/>
     </row>
     <row r="33" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="87"/>
       <c r="B33" s="100"/>
-      <c r="C33" s="488"/>
-[...1 lines deleted...]
-      <c r="E33" s="490"/>
+      <c r="C33" s="497"/>
+      <c r="D33" s="498"/>
+      <c r="E33" s="499"/>
       <c r="F33" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G33" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0516</v>
       </c>
       <c r="H33" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1605</v>
       </c>
       <c r="I33" s="100">
         <f>IF($G33="",0,COUNTIF($G$7:$G33,$H33))</f>
         <v>0</v>
       </c>
       <c r="J33" s="100"/>
       <c r="K33" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L33" s="126"/>
       <c r="M33" s="127">
         <v>27</v>
       </c>
       <c r="N33" s="128">
@@ -22071,53 +22061,53 @@
       <c r="P33" s="130">
         <v>16</v>
       </c>
       <c r="Q33" s="118" t="str">
         <f t="shared" si="6"/>
         <v>SL Benfica</v>
       </c>
       <c r="R33" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S33" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Twente</v>
       </c>
       <c r="T33" s="131">
         <v>45973</v>
       </c>
       <c r="U33" s="132">
         <v>0.875</v>
       </c>
       <c r="V33" s="87"/>
     </row>
     <row r="34" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
       <c r="A34" s="87"/>
       <c r="B34" s="100"/>
-      <c r="C34" s="488"/>
-[...1 lines deleted...]
-      <c r="E34" s="490"/>
+      <c r="C34" s="497"/>
+      <c r="D34" s="498"/>
+      <c r="E34" s="499"/>
       <c r="F34" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G34" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1808</v>
       </c>
       <c r="H34" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0818</v>
       </c>
       <c r="I34" s="100">
         <f>IF($G34="",0,COUNTIF($G$7:$G34,$H34))</f>
         <v>0</v>
       </c>
       <c r="J34" s="100"/>
       <c r="K34" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L34" s="133">
         <v>4</v>
       </c>
       <c r="M34" s="134">
         <v>28</v>
@@ -22128,56 +22118,56 @@
       <c r="O34" s="136" t="s">
         <v>170</v>
       </c>
       <c r="P34" s="137">
         <v>8</v>
       </c>
       <c r="Q34" s="138" t="str">
         <f t="shared" si="6"/>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="R34" s="139" t="s">
         <v>170</v>
       </c>
       <c r="S34" s="140" t="str">
         <f t="shared" si="7"/>
         <v>Manchester United</v>
       </c>
       <c r="T34" s="141">
         <v>45980</v>
       </c>
       <c r="U34" s="142">
         <v>0.78125</v>
       </c>
       <c r="V34" s="87"/>
     </row>
-    <row r="35" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A35" s="87"/>
       <c r="B35" s="100"/>
-      <c r="C35" s="488"/>
-[...1 lines deleted...]
-      <c r="E35" s="490"/>
+      <c r="C35" s="497"/>
+      <c r="D35" s="498"/>
+      <c r="E35" s="499"/>
       <c r="F35" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G35" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0710</v>
       </c>
       <c r="H35" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1007</v>
       </c>
       <c r="I35" s="100">
         <f>IF($G35="",0,COUNTIF($G$7:$G35,$H35))</f>
         <v>0</v>
       </c>
       <c r="J35" s="100"/>
       <c r="K35" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L35" s="126"/>
       <c r="M35" s="127">
         <v>29</v>
       </c>
       <c r="N35" s="128">
@@ -22186,56 +22176,56 @@
       <c r="O35" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P35" s="130">
         <v>10</v>
       </c>
       <c r="Q35" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Juventus FC</v>
       </c>
       <c r="R35" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S35" s="120" t="str">
         <f t="shared" si="7"/>
         <v>OL Lyonnes</v>
       </c>
       <c r="T35" s="131">
         <v>45980</v>
       </c>
       <c r="U35" s="132">
         <v>0.78125</v>
       </c>
       <c r="V35" s="87"/>
     </row>
-    <row r="36" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A36" s="87"/>
       <c r="B36" s="100"/>
-      <c r="C36" s="488"/>
-[...1 lines deleted...]
-      <c r="E36" s="490"/>
+      <c r="C36" s="497"/>
+      <c r="D36" s="498"/>
+      <c r="E36" s="499"/>
       <c r="F36" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G36" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0113</v>
       </c>
       <c r="H36" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1301</v>
       </c>
       <c r="I36" s="100">
         <f>IF($G36="",0,COUNTIF($G$7:$G36,$H36))</f>
         <v>0</v>
       </c>
       <c r="J36" s="100"/>
       <c r="K36" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L36" s="126"/>
       <c r="M36" s="127">
         <v>30</v>
       </c>
       <c r="N36" s="128">
@@ -22244,56 +22234,56 @@
       <c r="O36" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P36" s="130">
         <v>13</v>
       </c>
       <c r="Q36" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Arsenal WFC</v>
       </c>
       <c r="R36" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S36" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Real Madrid</v>
       </c>
       <c r="T36" s="131">
         <v>45980</v>
       </c>
       <c r="U36" s="132">
         <v>0.875</v>
       </c>
       <c r="V36" s="87"/>
     </row>
-    <row r="37" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A37" s="87"/>
       <c r="B37" s="100"/>
-      <c r="C37" s="488"/>
-[...1 lines deleted...]
-      <c r="E37" s="490"/>
+      <c r="C37" s="497"/>
+      <c r="D37" s="498"/>
+      <c r="E37" s="499"/>
       <c r="F37" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G37" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1105</v>
       </c>
       <c r="H37" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0511</v>
       </c>
       <c r="I37" s="100">
         <f>IF($G37="",0,COUNTIF($G$7:$G37,$H37))</f>
         <v>0</v>
       </c>
       <c r="J37" s="100"/>
       <c r="K37" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L37" s="126"/>
       <c r="M37" s="127">
         <v>31</v>
       </c>
       <c r="N37" s="128">
@@ -22302,56 +22292,56 @@
       <c r="O37" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P37" s="130">
         <v>5</v>
       </c>
       <c r="Q37" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Paris FC</v>
       </c>
       <c r="R37" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S37" s="120" t="str">
         <f t="shared" si="7"/>
         <v>SL Benfica</v>
       </c>
       <c r="T37" s="131">
         <v>45980</v>
       </c>
       <c r="U37" s="132">
         <v>0.875</v>
       </c>
       <c r="V37" s="87"/>
     </row>
-    <row r="38" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A38" s="87"/>
       <c r="B38" s="100"/>
-      <c r="C38" s="488"/>
-[...1 lines deleted...]
-      <c r="E38" s="490"/>
+      <c r="C38" s="497"/>
+      <c r="D38" s="498"/>
+      <c r="E38" s="499"/>
       <c r="F38" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G38" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1715</v>
       </c>
       <c r="H38" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1517</v>
       </c>
       <c r="I38" s="100">
         <f>IF($G38="",0,COUNTIF($G$7:$G38,$H38))</f>
         <v>0</v>
       </c>
       <c r="J38" s="100"/>
       <c r="K38" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L38" s="126"/>
       <c r="M38" s="127">
         <v>32</v>
       </c>
       <c r="N38" s="128">
@@ -22360,56 +22350,56 @@
       <c r="O38" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P38" s="130">
         <v>15</v>
       </c>
       <c r="Q38" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Valerenga IF</v>
       </c>
       <c r="R38" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S38" s="120" t="str">
         <f t="shared" si="7"/>
         <v>SKN St. Pölten</v>
       </c>
       <c r="T38" s="131">
         <v>45980</v>
       </c>
       <c r="U38" s="132">
         <v>0.875</v>
       </c>
       <c r="V38" s="87"/>
     </row>
-    <row r="39" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A39" s="87"/>
       <c r="B39" s="143"/>
-      <c r="C39" s="488"/>
-[...1 lines deleted...]
-      <c r="E39" s="490"/>
+      <c r="C39" s="497"/>
+      <c r="D39" s="498"/>
+      <c r="E39" s="499"/>
       <c r="F39" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G39" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1602</v>
       </c>
       <c r="H39" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0216</v>
       </c>
       <c r="I39" s="100">
         <f>IF($G39="",0,COUNTIF($G$7:$G39,$H39))</f>
         <v>0</v>
       </c>
       <c r="J39" s="100"/>
       <c r="K39" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L39" s="126"/>
       <c r="M39" s="127">
         <v>33</v>
       </c>
       <c r="N39" s="128">
@@ -22418,56 +22408,56 @@
       <c r="O39" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P39" s="130">
         <v>2</v>
       </c>
       <c r="Q39" s="118" t="str">
         <f t="shared" si="6"/>
         <v>FC Twente</v>
       </c>
       <c r="R39" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S39" s="120" t="str">
         <f t="shared" si="7"/>
         <v>Atletico Madrid</v>
       </c>
       <c r="T39" s="131">
         <v>45981</v>
       </c>
       <c r="U39" s="132">
         <v>0.78125</v>
       </c>
       <c r="V39" s="87"/>
     </row>
-    <row r="40" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A40" s="87"/>
       <c r="B40" s="143"/>
-      <c r="C40" s="488"/>
-[...1 lines deleted...]
-      <c r="E40" s="490"/>
+      <c r="C40" s="497"/>
+      <c r="D40" s="498"/>
+      <c r="E40" s="499"/>
       <c r="F40" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G40" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1204</v>
       </c>
       <c r="H40" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0412</v>
       </c>
       <c r="I40" s="100">
         <f>IF($G40="",0,COUNTIF($G$7:$G40,$H40))</f>
         <v>0</v>
       </c>
       <c r="J40" s="100"/>
       <c r="K40" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L40" s="126"/>
       <c r="M40" s="127">
         <v>34</v>
       </c>
       <c r="N40" s="128">
@@ -22476,56 +22466,56 @@
       <c r="O40" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P40" s="130">
         <v>4</v>
       </c>
       <c r="Q40" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Paris St. Germain</v>
       </c>
       <c r="R40" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S40" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Bayern München</v>
       </c>
       <c r="T40" s="131">
         <v>45981</v>
       </c>
       <c r="U40" s="132">
         <v>0.875</v>
       </c>
       <c r="V40" s="87"/>
     </row>
-    <row r="41" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A41" s="87"/>
       <c r="B41" s="143"/>
-      <c r="C41" s="488"/>
-[...1 lines deleted...]
-      <c r="E41" s="490"/>
+      <c r="C41" s="497"/>
+      <c r="D41" s="498"/>
+      <c r="E41" s="499"/>
       <c r="F41" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G41" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0603</v>
       </c>
       <c r="H41" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0306</v>
       </c>
       <c r="I41" s="100">
         <f>IF($G41="",0,COUNTIF($G$7:$G41,$H41))</f>
         <v>0</v>
       </c>
       <c r="J41" s="100"/>
       <c r="K41" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L41" s="126"/>
       <c r="M41" s="127">
         <v>35</v>
       </c>
       <c r="N41" s="128">
@@ -22534,56 +22524,56 @@
       <c r="O41" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P41" s="130">
         <v>3</v>
       </c>
       <c r="Q41" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Chelsea FC</v>
       </c>
       <c r="R41" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S41" s="120" t="str">
         <f t="shared" si="7"/>
         <v>FC Barcelona</v>
       </c>
       <c r="T41" s="131">
         <v>45981</v>
       </c>
       <c r="U41" s="132">
         <v>0.875</v>
       </c>
       <c r="V41" s="87"/>
     </row>
-    <row r="42" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A42" s="87"/>
       <c r="B42" s="143"/>
-      <c r="C42" s="488"/>
-[...1 lines deleted...]
-      <c r="E42" s="490"/>
+      <c r="C42" s="497"/>
+      <c r="D42" s="498"/>
+      <c r="E42" s="499"/>
       <c r="F42" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G42" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0914</v>
       </c>
       <c r="H42" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1409</v>
       </c>
       <c r="I42" s="100">
         <f>IF($G42="",0,COUNTIF($G$7:$G42,$H42))</f>
         <v>0</v>
       </c>
       <c r="J42" s="100"/>
       <c r="K42" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L42" s="126"/>
       <c r="M42" s="127">
         <v>36</v>
       </c>
       <c r="N42" s="128">
@@ -22592,51 +22582,51 @@
       <c r="O42" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P42" s="130">
         <v>14</v>
       </c>
       <c r="Q42" s="118" t="str">
         <f t="shared" si="6"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="R42" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S42" s="120" t="str">
         <f t="shared" si="7"/>
         <v>AS Rom</v>
       </c>
       <c r="T42" s="131">
         <v>45981</v>
       </c>
       <c r="U42" s="132">
         <v>0.875</v>
       </c>
       <c r="V42" s="87"/>
     </row>
-    <row r="43" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A43" s="87"/>
       <c r="B43" s="87"/>
       <c r="C43" s="87"/>
       <c r="D43" s="87"/>
       <c r="E43" s="87"/>
       <c r="F43" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G43" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1507</v>
       </c>
       <c r="H43" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0715</v>
       </c>
       <c r="I43" s="100">
         <f>IF($G43="",0,COUNTIF($G$7:$G43,$H43))</f>
         <v>0</v>
       </c>
       <c r="J43" s="100"/>
       <c r="K43" s="112" t="s">
         <v>154</v>
       </c>
@@ -22652,51 +22642,51 @@
       <c r="O43" s="136" t="s">
         <v>170</v>
       </c>
       <c r="P43" s="137">
         <v>7</v>
       </c>
       <c r="Q43" s="138" t="str">
         <f t="shared" ref="Q43:Q60" si="8">IF(ISBLANK($N43),"",IF(ISBLANK(VLOOKUP($N43,$C$7:$D$42,2,0)),"",VLOOKUP($N43,$C$7:$D$42,2,0)))</f>
         <v>SKN St. Pölten</v>
       </c>
       <c r="R43" s="139" t="s">
         <v>170</v>
       </c>
       <c r="S43" s="140" t="str">
         <f t="shared" ref="S43:S60" si="9">IF(ISBLANK($P43),"",IF(ISBLANK(VLOOKUP($P43,$C$7:$D$42,2,0)),"",VLOOKUP($P43,$C$7:$D$42,2,0)))</f>
         <v>Juventus FC</v>
       </c>
       <c r="T43" s="141">
         <v>46000</v>
       </c>
       <c r="U43" s="142">
         <v>0.78125</v>
       </c>
       <c r="V43" s="87"/>
     </row>
-    <row r="44" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A44" s="87"/>
       <c r="B44" s="87"/>
       <c r="C44" s="87"/>
       <c r="D44" s="87"/>
       <c r="E44" s="87"/>
       <c r="F44" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G44" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0116</v>
       </c>
       <c r="H44" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1601</v>
       </c>
       <c r="I44" s="100">
         <f>IF($G44="",0,COUNTIF($G$7:$G44,$H44))</f>
         <v>0</v>
       </c>
       <c r="J44" s="100"/>
       <c r="K44" s="112" t="s">
         <v>154</v>
       </c>
@@ -22710,51 +22700,51 @@
       <c r="O44" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P44" s="130">
         <v>16</v>
       </c>
       <c r="Q44" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Arsenal WFC</v>
       </c>
       <c r="R44" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S44" s="120" t="str">
         <f t="shared" si="9"/>
         <v>FC Twente</v>
       </c>
       <c r="T44" s="131">
         <v>46000</v>
       </c>
       <c r="U44" s="132">
         <v>0.875</v>
       </c>
       <c r="V44" s="87"/>
     </row>
-    <row r="45" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A45" s="87"/>
       <c r="B45" s="87"/>
       <c r="C45" s="87"/>
       <c r="D45" s="87"/>
       <c r="E45" s="87"/>
       <c r="F45" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G45" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1318</v>
       </c>
       <c r="H45" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1813</v>
       </c>
       <c r="I45" s="100">
         <f>IF($G45="",0,COUNTIF($G$7:$G45,$H45))</f>
         <v>0</v>
       </c>
       <c r="J45" s="100"/>
       <c r="K45" s="112" t="s">
         <v>154</v>
       </c>
@@ -22768,51 +22758,51 @@
       <c r="O45" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P45" s="130">
         <v>18</v>
       </c>
       <c r="Q45" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Real Madrid</v>
       </c>
       <c r="R45" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S45" s="120" t="str">
         <f t="shared" si="9"/>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="T45" s="131">
         <v>46000</v>
       </c>
       <c r="U45" s="132">
         <v>0.875</v>
       </c>
       <c r="V45" s="87"/>
     </row>
-    <row r="46" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A46" s="87"/>
       <c r="B46" s="87"/>
       <c r="C46" s="87"/>
       <c r="D46" s="87"/>
       <c r="E46" s="87"/>
       <c r="F46" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G46" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1209</v>
       </c>
       <c r="H46" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0912</v>
       </c>
       <c r="I46" s="100">
         <f>IF($G46="",0,COUNTIF($G$7:$G46,$H46))</f>
         <v>0</v>
       </c>
       <c r="J46" s="100"/>
       <c r="K46" s="112" t="s">
         <v>154</v>
       </c>
@@ -22826,51 +22816,51 @@
       <c r="O46" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P46" s="130">
         <v>9</v>
       </c>
       <c r="Q46" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Paris St. Germain</v>
       </c>
       <c r="R46" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S46" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="T46" s="131">
         <v>46000</v>
       </c>
       <c r="U46" s="132">
         <v>0.875</v>
       </c>
       <c r="V46" s="87"/>
     </row>
-    <row r="47" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A47" s="87"/>
       <c r="B47" s="87"/>
       <c r="C47" s="87"/>
       <c r="D47" s="87"/>
       <c r="E47" s="87"/>
       <c r="F47" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G47" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0305</v>
       </c>
       <c r="H47" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0503</v>
       </c>
       <c r="I47" s="100">
         <f>IF($G47="",0,COUNTIF($G$7:$G47,$H47))</f>
         <v>0</v>
       </c>
       <c r="J47" s="100"/>
       <c r="K47" s="112" t="s">
         <v>154</v>
       </c>
@@ -22884,51 +22874,51 @@
       <c r="O47" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P47" s="130">
         <v>5</v>
       </c>
       <c r="Q47" s="118" t="str">
         <f t="shared" si="8"/>
         <v>FC Barcelona</v>
       </c>
       <c r="R47" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S47" s="120" t="str">
         <f t="shared" si="9"/>
         <v>SL Benfica</v>
       </c>
       <c r="T47" s="131">
         <v>46001</v>
       </c>
       <c r="U47" s="132">
         <v>0.78125</v>
       </c>
       <c r="V47" s="87"/>
     </row>
-    <row r="48" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A48" s="87"/>
       <c r="B48" s="87"/>
       <c r="C48" s="87"/>
       <c r="D48" s="87"/>
       <c r="E48" s="87"/>
       <c r="F48" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G48" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1711</v>
       </c>
       <c r="H48" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1117</v>
       </c>
       <c r="I48" s="100">
         <f>IF($G48="",0,COUNTIF($G$7:$G48,$H48))</f>
         <v>0</v>
       </c>
       <c r="J48" s="100"/>
       <c r="K48" s="112" t="s">
         <v>154</v>
       </c>
@@ -22942,51 +22932,51 @@
       <c r="O48" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P48" s="130">
         <v>11</v>
       </c>
       <c r="Q48" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Valerenga IF</v>
       </c>
       <c r="R48" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S48" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Paris FC</v>
       </c>
       <c r="T48" s="131">
         <v>46001</v>
       </c>
       <c r="U48" s="132">
         <v>0.78125</v>
       </c>
       <c r="V48" s="87"/>
     </row>
-    <row r="49" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A49" s="87"/>
       <c r="B49" s="87"/>
       <c r="C49" s="87"/>
       <c r="D49" s="87"/>
       <c r="E49" s="87"/>
       <c r="F49" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G49" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0204</v>
       </c>
       <c r="H49" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0402</v>
       </c>
       <c r="I49" s="100">
         <f>IF($G49="",0,COUNTIF($G$7:$G49,$H49))</f>
         <v>0</v>
       </c>
       <c r="J49" s="100"/>
       <c r="K49" s="112" t="s">
         <v>154</v>
       </c>
@@ -23000,51 +22990,51 @@
       <c r="O49" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P49" s="130">
         <v>4</v>
       </c>
       <c r="Q49" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Atletico Madrid</v>
       </c>
       <c r="R49" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S49" s="120" t="str">
         <f t="shared" si="9"/>
         <v>FC Bayern München</v>
       </c>
       <c r="T49" s="131">
         <v>46001</v>
       </c>
       <c r="U49" s="132">
         <v>0.875</v>
       </c>
       <c r="V49" s="87"/>
     </row>
-    <row r="50" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A50" s="87"/>
       <c r="B50" s="87"/>
       <c r="C50" s="87"/>
       <c r="D50" s="87"/>
       <c r="E50" s="87"/>
       <c r="F50" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G50" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0614</v>
       </c>
       <c r="H50" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1406</v>
       </c>
       <c r="I50" s="100">
         <f>IF($G50="",0,COUNTIF($G$7:$G50,$H50))</f>
         <v>0</v>
       </c>
       <c r="J50" s="100"/>
       <c r="K50" s="112" t="s">
         <v>154</v>
       </c>
@@ -23058,51 +23048,51 @@
       <c r="O50" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P50" s="130">
         <v>14</v>
       </c>
       <c r="Q50" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Chelsea FC</v>
       </c>
       <c r="R50" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S50" s="120" t="str">
         <f t="shared" si="9"/>
         <v>AS Rom</v>
       </c>
       <c r="T50" s="131">
         <v>46001</v>
       </c>
       <c r="U50" s="132">
         <v>0.875</v>
       </c>
       <c r="V50" s="87"/>
     </row>
-    <row r="51" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:22" ht="18" thickBot="1" x14ac:dyDescent="0.35">
       <c r="A51" s="87"/>
       <c r="B51" s="87"/>
       <c r="C51" s="87"/>
       <c r="D51" s="87"/>
       <c r="E51" s="87"/>
       <c r="F51" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G51" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0810</v>
       </c>
       <c r="H51" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1008</v>
       </c>
       <c r="I51" s="100">
         <f>IF($G51="",0,COUNTIF($G$7:$G51,$H51))</f>
         <v>0</v>
       </c>
       <c r="J51" s="100"/>
       <c r="K51" s="112" t="s">
         <v>154</v>
       </c>
@@ -23116,51 +23106,51 @@
       <c r="O51" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P51" s="130">
         <v>10</v>
       </c>
       <c r="Q51" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Manchester United</v>
       </c>
       <c r="R51" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S51" s="120" t="str">
         <f t="shared" si="9"/>
         <v>OL Lyonnes</v>
       </c>
       <c r="T51" s="131">
         <v>46001</v>
       </c>
       <c r="U51" s="132">
         <v>0.875</v>
       </c>
       <c r="V51" s="87"/>
     </row>
-    <row r="52" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A52" s="87"/>
       <c r="B52" s="87"/>
       <c r="C52" s="87"/>
       <c r="D52" s="87"/>
       <c r="E52" s="87"/>
       <c r="F52" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G52" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0901</v>
       </c>
       <c r="H52" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0109</v>
       </c>
       <c r="I52" s="100">
         <f>IF($G52="",0,COUNTIF($G$7:$G52,$H52))</f>
         <v>0</v>
       </c>
       <c r="J52" s="100"/>
       <c r="K52" s="112" t="s">
         <v>154</v>
       </c>
@@ -23176,51 +23166,51 @@
       <c r="O52" s="136" t="s">
         <v>170</v>
       </c>
       <c r="P52" s="137">
         <v>1</v>
       </c>
       <c r="Q52" s="138" t="str">
         <f t="shared" si="8"/>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="R52" s="139" t="s">
         <v>170</v>
       </c>
       <c r="S52" s="140" t="str">
         <f t="shared" si="9"/>
         <v>Arsenal WFC</v>
       </c>
       <c r="T52" s="141">
         <v>46008</v>
       </c>
       <c r="U52" s="142">
         <v>0.875</v>
       </c>
       <c r="V52" s="87"/>
     </row>
-    <row r="53" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A53" s="87"/>
       <c r="B53" s="87"/>
       <c r="C53" s="87"/>
       <c r="D53" s="87"/>
       <c r="E53" s="87"/>
       <c r="F53" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G53" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1806</v>
       </c>
       <c r="H53" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0618</v>
       </c>
       <c r="I53" s="100">
         <f>IF($G53="",0,COUNTIF($G$7:$G53,$H53))</f>
         <v>0</v>
       </c>
       <c r="J53" s="100"/>
       <c r="K53" s="112" t="s">
         <v>154</v>
       </c>
@@ -23234,51 +23224,51 @@
       <c r="O53" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P53" s="130">
         <v>6</v>
       </c>
       <c r="Q53" s="118" t="str">
         <f t="shared" si="8"/>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="R53" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S53" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Chelsea FC</v>
       </c>
       <c r="T53" s="131">
         <v>46008</v>
       </c>
       <c r="U53" s="132">
         <v>0.875</v>
       </c>
       <c r="V53" s="87"/>
     </row>
-    <row r="54" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A54" s="87"/>
       <c r="B54" s="87"/>
       <c r="C54" s="87"/>
       <c r="D54" s="87"/>
       <c r="E54" s="87"/>
       <c r="F54" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G54" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0417</v>
       </c>
       <c r="H54" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1704</v>
       </c>
       <c r="I54" s="100">
         <f>IF($G54="",0,COUNTIF($G$7:$G54,$H54))</f>
         <v>0</v>
       </c>
       <c r="J54" s="100"/>
       <c r="K54" s="112" t="s">
         <v>154</v>
       </c>
@@ -23292,51 +23282,51 @@
       <c r="O54" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P54" s="130">
         <v>17</v>
       </c>
       <c r="Q54" s="118" t="str">
         <f t="shared" si="8"/>
         <v>FC Bayern München</v>
       </c>
       <c r="R54" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S54" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Valerenga IF</v>
       </c>
       <c r="T54" s="131">
         <v>46008</v>
       </c>
       <c r="U54" s="132">
         <v>0.875</v>
       </c>
       <c r="V54" s="87"/>
     </row>
-    <row r="55" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A55" s="87"/>
       <c r="B55" s="87"/>
       <c r="C55" s="87"/>
       <c r="D55" s="87"/>
       <c r="E55" s="87"/>
       <c r="F55" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G55" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1002</v>
       </c>
       <c r="H55" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0210</v>
       </c>
       <c r="I55" s="100">
         <f>IF($G55="",0,COUNTIF($G$7:$G55,$H55))</f>
         <v>0</v>
       </c>
       <c r="J55" s="100"/>
       <c r="K55" s="112" t="s">
         <v>154</v>
       </c>
@@ -23350,51 +23340,51 @@
       <c r="O55" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P55" s="130">
         <v>2</v>
       </c>
       <c r="Q55" s="118" t="str">
         <f t="shared" si="8"/>
         <v>OL Lyonnes</v>
       </c>
       <c r="R55" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S55" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Atletico Madrid</v>
       </c>
       <c r="T55" s="131">
         <v>46008</v>
       </c>
       <c r="U55" s="132">
         <v>0.875</v>
       </c>
       <c r="V55" s="87"/>
     </row>
-    <row r="56" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A56" s="87"/>
       <c r="B56" s="87"/>
       <c r="C56" s="87"/>
       <c r="D56" s="87"/>
       <c r="E56" s="87"/>
       <c r="F56" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G56" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1103</v>
       </c>
       <c r="H56" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0311</v>
       </c>
       <c r="I56" s="100">
         <f>IF($G56="",0,COUNTIF($G$7:$G56,$H56))</f>
         <v>0</v>
       </c>
       <c r="J56" s="100"/>
       <c r="K56" s="112" t="s">
         <v>154</v>
       </c>
@@ -23408,51 +23398,51 @@
       <c r="O56" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P56" s="130">
         <v>3</v>
       </c>
       <c r="Q56" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Paris FC</v>
       </c>
       <c r="R56" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S56" s="120" t="str">
         <f t="shared" si="9"/>
         <v>FC Barcelona</v>
       </c>
       <c r="T56" s="131">
         <v>46008</v>
       </c>
       <c r="U56" s="132">
         <v>0.875</v>
       </c>
       <c r="V56" s="87"/>
     </row>
-    <row r="57" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A57" s="87"/>
       <c r="B57" s="87"/>
       <c r="C57" s="87"/>
       <c r="D57" s="87"/>
       <c r="E57" s="87"/>
       <c r="F57" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G57" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0512</v>
       </c>
       <c r="H57" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1205</v>
       </c>
       <c r="I57" s="100">
         <f>IF($G57="",0,COUNTIF($G$7:$G57,$H57))</f>
         <v>0</v>
       </c>
       <c r="J57" s="100"/>
       <c r="K57" s="112" t="s">
         <v>154</v>
       </c>
@@ -23466,51 +23456,51 @@
       <c r="O57" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P57" s="130">
         <v>12</v>
       </c>
       <c r="Q57" s="118" t="str">
         <f t="shared" si="8"/>
         <v>SL Benfica</v>
       </c>
       <c r="R57" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S57" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Paris St. Germain</v>
       </c>
       <c r="T57" s="131">
         <v>46008</v>
       </c>
       <c r="U57" s="132">
         <v>0.875</v>
       </c>
       <c r="V57" s="87"/>
     </row>
-    <row r="58" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A58" s="87"/>
       <c r="B58" s="87"/>
       <c r="C58" s="87"/>
       <c r="D58" s="87"/>
       <c r="E58" s="87"/>
       <c r="F58" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G58" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1613</v>
       </c>
       <c r="H58" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1316</v>
       </c>
       <c r="I58" s="100">
         <f>IF($G58="",0,COUNTIF($G$7:$G58,$H58))</f>
         <v>0</v>
       </c>
       <c r="J58" s="100"/>
       <c r="K58" s="112" t="s">
         <v>154</v>
       </c>
@@ -23524,51 +23514,51 @@
       <c r="O58" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P58" s="130">
         <v>13</v>
       </c>
       <c r="Q58" s="118" t="str">
         <f t="shared" si="8"/>
         <v>FC Twente</v>
       </c>
       <c r="R58" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S58" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Real Madrid</v>
       </c>
       <c r="T58" s="131">
         <v>46008</v>
       </c>
       <c r="U58" s="132">
         <v>0.875</v>
       </c>
       <c r="V58" s="87"/>
     </row>
-    <row r="59" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A59" s="87"/>
       <c r="B59" s="87"/>
       <c r="C59" s="87"/>
       <c r="D59" s="87"/>
       <c r="E59" s="87"/>
       <c r="F59" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G59" s="100" t="str">
         <f t="shared" si="2"/>
         <v>0708</v>
       </c>
       <c r="H59" s="100" t="str">
         <f t="shared" si="3"/>
         <v>0807</v>
       </c>
       <c r="I59" s="100">
         <f>IF($G59="",0,COUNTIF($G$7:$G59,$H59))</f>
         <v>0</v>
       </c>
       <c r="J59" s="100"/>
       <c r="K59" s="112" t="s">
         <v>154</v>
       </c>
@@ -23582,957 +23572,957 @@
       <c r="O59" s="129" t="s">
         <v>170</v>
       </c>
       <c r="P59" s="130">
         <v>8</v>
       </c>
       <c r="Q59" s="118" t="str">
         <f t="shared" si="8"/>
         <v>Juventus FC</v>
       </c>
       <c r="R59" s="119" t="s">
         <v>170</v>
       </c>
       <c r="S59" s="120" t="str">
         <f t="shared" si="9"/>
         <v>Manchester United</v>
       </c>
       <c r="T59" s="131">
         <v>46008</v>
       </c>
       <c r="U59" s="132">
         <v>0.875</v>
       </c>
       <c r="V59" s="87"/>
     </row>
-    <row r="60" spans="1:22" ht="17.25" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:22" ht="17.399999999999999" x14ac:dyDescent="0.3">
       <c r="A60" s="87"/>
       <c r="B60" s="87"/>
       <c r="C60" s="87"/>
       <c r="D60" s="87"/>
       <c r="E60" s="87"/>
       <c r="F60" s="100">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
       <c r="G60" s="100" t="str">
         <f t="shared" si="2"/>
         <v>1415</v>
       </c>
       <c r="H60" s="100" t="str">
         <f t="shared" si="3"/>
         <v>1514</v>
       </c>
       <c r="I60" s="100">
         <f>IF($G60="",0,COUNTIF($G$7:$G60,$H60))</f>
         <v>0</v>
       </c>
       <c r="J60" s="100"/>
       <c r="K60" s="112" t="s">
         <v>154</v>
       </c>
       <c r="L60" s="144"/>
       <c r="M60" s="145">
         <v>54</v>
       </c>
       <c r="N60" s="146">
         <v>14</v>
       </c>
       <c r="O60" s="147" t="s">
         <v>170</v>
       </c>
       <c r="P60" s="148">
         <v>15</v>
       </c>
       <c r="Q60" s="149" t="str">
         <f t="shared" si="8"/>
         <v>AS Rom</v>
       </c>
       <c r="R60" s="150" t="s">
         <v>170</v>
       </c>
-      <c r="S60" s="194" t="str">
+      <c r="S60" s="203" t="str">
         <f t="shared" si="9"/>
         <v>SKN St. Pölten</v>
       </c>
       <c r="T60" s="151">
         <v>46008</v>
       </c>
       <c r="U60" s="152">
         <v>0.875</v>
       </c>
       <c r="V60" s="87"/>
     </row>
-    <row r="61" spans="1:22" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:22" x14ac:dyDescent="0.3">
       <c r="A61" s="87"/>
       <c r="B61" s="87"/>
       <c r="C61" s="87"/>
       <c r="D61" s="87"/>
       <c r="E61" s="87"/>
       <c r="F61" s="100"/>
       <c r="G61" s="100"/>
       <c r="H61" s="100"/>
       <c r="I61" s="100"/>
       <c r="J61" s="100"/>
       <c r="K61" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V61" s="87"/>
     </row>
-    <row r="62" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A62" s="87"/>
       <c r="B62" s="87"/>
       <c r="C62" s="87"/>
       <c r="D62" s="87"/>
       <c r="E62" s="87"/>
       <c r="F62" s="100"/>
       <c r="G62" s="100"/>
       <c r="H62" s="100"/>
       <c r="I62" s="100"/>
       <c r="J62" s="100"/>
       <c r="K62" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V62" s="87"/>
     </row>
-    <row r="63" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A63" s="87"/>
       <c r="B63" s="87"/>
       <c r="C63" s="87"/>
       <c r="D63" s="87"/>
       <c r="E63" s="87"/>
       <c r="F63" s="100"/>
       <c r="G63" s="100"/>
       <c r="H63" s="100"/>
       <c r="I63" s="100"/>
       <c r="J63" s="100"/>
       <c r="K63" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V63" s="87"/>
     </row>
-    <row r="64" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A64" s="87"/>
       <c r="B64" s="87"/>
       <c r="C64" s="87"/>
       <c r="D64" s="87"/>
       <c r="E64" s="87"/>
       <c r="F64" s="100"/>
       <c r="G64" s="100"/>
       <c r="H64" s="100"/>
       <c r="I64" s="100"/>
       <c r="J64" s="100"/>
       <c r="K64" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V64" s="87"/>
     </row>
-    <row r="65" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A65" s="87"/>
       <c r="B65" s="87"/>
       <c r="C65" s="87"/>
       <c r="D65" s="87"/>
       <c r="E65" s="87"/>
       <c r="F65" s="100"/>
       <c r="G65" s="100"/>
       <c r="H65" s="100"/>
       <c r="I65" s="100"/>
       <c r="J65" s="100"/>
       <c r="K65" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V65" s="87"/>
     </row>
-    <row r="66" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A66" s="87"/>
       <c r="B66" s="87"/>
       <c r="C66" s="87"/>
       <c r="D66" s="87"/>
       <c r="E66" s="87"/>
       <c r="F66" s="100"/>
       <c r="G66" s="100"/>
       <c r="H66" s="100"/>
       <c r="I66" s="100"/>
       <c r="J66" s="100"/>
       <c r="K66" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V66" s="87"/>
     </row>
-    <row r="67" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A67" s="87"/>
       <c r="B67" s="87"/>
       <c r="C67" s="87"/>
       <c r="D67" s="87"/>
       <c r="E67" s="87"/>
       <c r="F67" s="100"/>
       <c r="G67" s="100"/>
       <c r="H67" s="100"/>
       <c r="I67" s="100"/>
       <c r="J67" s="100"/>
       <c r="K67" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V67" s="87"/>
     </row>
-    <row r="68" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A68" s="87"/>
       <c r="B68" s="87"/>
       <c r="C68" s="87"/>
       <c r="D68" s="87"/>
       <c r="E68" s="87"/>
       <c r="F68" s="100"/>
       <c r="G68" s="100"/>
       <c r="H68" s="100"/>
       <c r="I68" s="100"/>
       <c r="J68" s="100"/>
       <c r="K68" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V68" s="87"/>
     </row>
-    <row r="69" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A69" s="87"/>
       <c r="B69" s="87"/>
       <c r="C69" s="87"/>
       <c r="D69" s="87"/>
       <c r="E69" s="87"/>
       <c r="F69" s="100"/>
       <c r="G69" s="100"/>
       <c r="H69" s="100"/>
       <c r="I69" s="100"/>
       <c r="J69" s="100"/>
       <c r="K69" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V69" s="87"/>
     </row>
-    <row r="70" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A70" s="87"/>
       <c r="B70" s="87"/>
       <c r="C70" s="87"/>
       <c r="D70" s="87"/>
       <c r="E70" s="87"/>
       <c r="F70" s="100"/>
       <c r="G70" s="100"/>
       <c r="H70" s="100"/>
       <c r="I70" s="100"/>
       <c r="J70" s="100"/>
       <c r="K70" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V70" s="87"/>
     </row>
-    <row r="71" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A71" s="87"/>
       <c r="B71" s="87"/>
       <c r="C71" s="87"/>
       <c r="D71" s="87"/>
       <c r="E71" s="87"/>
       <c r="F71" s="100"/>
       <c r="G71" s="100"/>
       <c r="H71" s="100"/>
       <c r="I71" s="100"/>
       <c r="J71" s="100"/>
       <c r="K71" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V71" s="87"/>
     </row>
-    <row r="72" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A72" s="87"/>
       <c r="B72" s="87"/>
       <c r="C72" s="87"/>
       <c r="D72" s="87"/>
       <c r="E72" s="87"/>
       <c r="F72" s="100"/>
       <c r="G72" s="100"/>
       <c r="H72" s="100"/>
       <c r="I72" s="100"/>
       <c r="J72" s="100"/>
       <c r="K72" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V72" s="87"/>
     </row>
-    <row r="73" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A73" s="87"/>
       <c r="B73" s="87"/>
       <c r="C73" s="87"/>
       <c r="D73" s="87"/>
       <c r="E73" s="87"/>
       <c r="F73" s="100"/>
       <c r="G73" s="100"/>
       <c r="H73" s="100"/>
       <c r="I73" s="100"/>
       <c r="J73" s="100"/>
       <c r="K73" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V73" s="87"/>
     </row>
-    <row r="74" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A74" s="87"/>
       <c r="B74" s="87"/>
       <c r="C74" s="87"/>
       <c r="D74" s="87"/>
       <c r="E74" s="87"/>
       <c r="F74" s="100"/>
       <c r="G74" s="100"/>
       <c r="H74" s="100"/>
       <c r="I74" s="100"/>
       <c r="J74" s="100"/>
       <c r="K74" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V74" s="87"/>
     </row>
-    <row r="75" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A75" s="87"/>
       <c r="B75" s="87"/>
       <c r="C75" s="87"/>
       <c r="D75" s="87"/>
       <c r="E75" s="87"/>
       <c r="F75" s="100"/>
       <c r="G75" s="100"/>
       <c r="H75" s="100"/>
       <c r="I75" s="100"/>
       <c r="J75" s="100"/>
       <c r="K75" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V75" s="87"/>
     </row>
-    <row r="76" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A76" s="87"/>
       <c r="B76" s="87"/>
       <c r="C76" s="87"/>
       <c r="D76" s="87"/>
       <c r="E76" s="87"/>
       <c r="F76" s="100"/>
       <c r="G76" s="100"/>
       <c r="H76" s="100"/>
       <c r="I76" s="100"/>
       <c r="J76" s="100"/>
       <c r="K76" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V76" s="87"/>
     </row>
-    <row r="77" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A77" s="87"/>
       <c r="B77" s="87"/>
       <c r="C77" s="87"/>
       <c r="D77" s="87"/>
       <c r="E77" s="87"/>
       <c r="F77" s="100"/>
       <c r="G77" s="100"/>
       <c r="H77" s="100"/>
       <c r="I77" s="100"/>
       <c r="J77" s="100"/>
       <c r="K77" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V77" s="87"/>
     </row>
-    <row r="78" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A78" s="87"/>
       <c r="B78" s="87"/>
       <c r="C78" s="87"/>
       <c r="D78" s="87"/>
       <c r="E78" s="87"/>
       <c r="F78" s="100"/>
       <c r="G78" s="100"/>
       <c r="H78" s="100"/>
       <c r="I78" s="100"/>
       <c r="J78" s="100"/>
       <c r="K78" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V78" s="87"/>
     </row>
-    <row r="79" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A79" s="87"/>
       <c r="B79" s="87"/>
       <c r="C79" s="87"/>
       <c r="D79" s="87"/>
       <c r="E79" s="87"/>
       <c r="F79" s="100"/>
       <c r="G79" s="100"/>
       <c r="H79" s="100"/>
       <c r="I79" s="100"/>
       <c r="J79" s="100"/>
       <c r="K79" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V79" s="87"/>
     </row>
-    <row r="80" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A80" s="87"/>
       <c r="B80" s="87"/>
       <c r="C80" s="87"/>
       <c r="D80" s="87"/>
       <c r="E80" s="87"/>
       <c r="F80" s="100"/>
       <c r="G80" s="100"/>
       <c r="H80" s="100"/>
       <c r="I80" s="100"/>
       <c r="J80" s="100"/>
       <c r="K80" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V80" s="87"/>
     </row>
-    <row r="81" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A81" s="87"/>
       <c r="B81" s="87"/>
       <c r="C81" s="87"/>
       <c r="D81" s="87"/>
       <c r="E81" s="87"/>
       <c r="F81" s="100"/>
       <c r="G81" s="100"/>
       <c r="H81" s="100"/>
       <c r="I81" s="100"/>
       <c r="J81" s="100"/>
       <c r="K81" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V81" s="87"/>
     </row>
-    <row r="82" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A82" s="87"/>
       <c r="B82" s="87"/>
       <c r="C82" s="87"/>
       <c r="D82" s="87"/>
       <c r="E82" s="87"/>
       <c r="F82" s="100"/>
       <c r="G82" s="100"/>
       <c r="H82" s="100"/>
       <c r="I82" s="100"/>
       <c r="J82" s="100"/>
       <c r="K82" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V82" s="87"/>
     </row>
-    <row r="83" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A83" s="87"/>
       <c r="B83" s="87"/>
       <c r="C83" s="87"/>
       <c r="D83" s="87"/>
       <c r="E83" s="87"/>
       <c r="F83" s="100"/>
       <c r="G83" s="100"/>
       <c r="H83" s="100"/>
       <c r="I83" s="100"/>
       <c r="J83" s="100"/>
       <c r="K83" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V83" s="87"/>
     </row>
-    <row r="84" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A84" s="87"/>
       <c r="B84" s="87"/>
       <c r="C84" s="87"/>
       <c r="D84" s="87"/>
       <c r="E84" s="87"/>
       <c r="F84" s="100"/>
       <c r="G84" s="100"/>
       <c r="H84" s="100"/>
       <c r="I84" s="100"/>
       <c r="J84" s="100"/>
       <c r="K84" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V84" s="87"/>
     </row>
-    <row r="85" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A85" s="87"/>
       <c r="B85" s="87"/>
       <c r="C85" s="87"/>
       <c r="D85" s="87"/>
       <c r="E85" s="87"/>
       <c r="F85" s="100"/>
       <c r="G85" s="100"/>
       <c r="H85" s="100"/>
       <c r="I85" s="100"/>
       <c r="J85" s="100"/>
       <c r="K85" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V85" s="87"/>
     </row>
-    <row r="86" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A86" s="87"/>
       <c r="B86" s="87"/>
       <c r="C86" s="87"/>
       <c r="D86" s="87"/>
       <c r="E86" s="87"/>
       <c r="F86" s="100"/>
       <c r="G86" s="100"/>
       <c r="H86" s="100"/>
       <c r="I86" s="100"/>
       <c r="J86" s="100"/>
       <c r="K86" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V86" s="87"/>
     </row>
-    <row r="87" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A87" s="87"/>
       <c r="B87" s="87"/>
       <c r="C87" s="87"/>
       <c r="D87" s="87"/>
       <c r="E87" s="87"/>
       <c r="F87" s="100"/>
       <c r="G87" s="100"/>
       <c r="H87" s="100"/>
       <c r="I87" s="100"/>
       <c r="J87" s="100"/>
       <c r="K87" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V87" s="87"/>
     </row>
-    <row r="88" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A88" s="87"/>
       <c r="B88" s="87"/>
       <c r="C88" s="87"/>
       <c r="D88" s="87"/>
       <c r="E88" s="87"/>
       <c r="F88" s="100"/>
       <c r="G88" s="100"/>
       <c r="H88" s="100"/>
       <c r="I88" s="100"/>
       <c r="J88" s="100"/>
       <c r="K88" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V88" s="87"/>
     </row>
-    <row r="89" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A89" s="87"/>
       <c r="B89" s="87"/>
       <c r="C89" s="87"/>
       <c r="D89" s="87"/>
       <c r="E89" s="87"/>
       <c r="F89" s="100"/>
       <c r="G89" s="100"/>
       <c r="H89" s="100"/>
       <c r="I89" s="100"/>
       <c r="J89" s="100"/>
       <c r="K89" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V89" s="87"/>
     </row>
-    <row r="90" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A90" s="87"/>
       <c r="B90" s="87"/>
       <c r="C90" s="87"/>
       <c r="D90" s="87"/>
       <c r="E90" s="87"/>
       <c r="F90" s="100"/>
       <c r="G90" s="100"/>
       <c r="H90" s="100"/>
       <c r="I90" s="100"/>
       <c r="J90" s="100"/>
       <c r="K90" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V90" s="87"/>
     </row>
-    <row r="91" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A91" s="87"/>
       <c r="B91" s="87"/>
       <c r="C91" s="87"/>
       <c r="D91" s="87"/>
       <c r="E91" s="87"/>
       <c r="F91" s="100"/>
       <c r="G91" s="100"/>
       <c r="H91" s="100"/>
       <c r="I91" s="100"/>
       <c r="J91" s="100"/>
       <c r="K91" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V91" s="87"/>
     </row>
-    <row r="92" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A92" s="87"/>
       <c r="B92" s="87"/>
       <c r="C92" s="87"/>
       <c r="D92" s="87"/>
       <c r="E92" s="87"/>
       <c r="F92" s="100"/>
       <c r="G92" s="100"/>
       <c r="H92" s="100"/>
       <c r="I92" s="100"/>
       <c r="J92" s="100"/>
       <c r="K92" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V92" s="87"/>
     </row>
-    <row r="93" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A93" s="87"/>
       <c r="B93" s="87"/>
       <c r="C93" s="87"/>
       <c r="D93" s="87"/>
       <c r="E93" s="87"/>
       <c r="F93" s="100"/>
       <c r="G93" s="100"/>
       <c r="H93" s="100"/>
       <c r="I93" s="100"/>
       <c r="J93" s="100"/>
       <c r="K93" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V93" s="87"/>
     </row>
-    <row r="94" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A94" s="87"/>
       <c r="B94" s="87"/>
       <c r="C94" s="87"/>
       <c r="D94" s="87"/>
       <c r="E94" s="87"/>
       <c r="F94" s="100"/>
       <c r="G94" s="100"/>
       <c r="H94" s="100"/>
       <c r="I94" s="100"/>
       <c r="J94" s="100"/>
       <c r="K94" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V94" s="87"/>
     </row>
-    <row r="95" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A95" s="87"/>
       <c r="B95" s="87"/>
       <c r="C95" s="87"/>
       <c r="D95" s="87"/>
       <c r="E95" s="87"/>
       <c r="F95" s="100"/>
       <c r="G95" s="100"/>
       <c r="H95" s="100"/>
       <c r="I95" s="100"/>
       <c r="J95" s="100"/>
       <c r="K95" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V95" s="87"/>
     </row>
-    <row r="96" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A96" s="87"/>
       <c r="B96" s="87"/>
       <c r="C96" s="87"/>
       <c r="D96" s="87"/>
       <c r="E96" s="87"/>
       <c r="F96" s="100"/>
       <c r="G96" s="100"/>
       <c r="H96" s="100"/>
       <c r="I96" s="100"/>
       <c r="J96" s="100"/>
       <c r="K96" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V96" s="87"/>
     </row>
-    <row r="97" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A97" s="87"/>
       <c r="B97" s="87"/>
       <c r="C97" s="87"/>
       <c r="D97" s="87"/>
       <c r="E97" s="87"/>
       <c r="F97" s="100"/>
       <c r="G97" s="100"/>
       <c r="H97" s="100"/>
       <c r="I97" s="100"/>
       <c r="J97" s="100"/>
       <c r="K97" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V97" s="87"/>
     </row>
-    <row r="98" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A98" s="87"/>
       <c r="B98" s="87"/>
       <c r="C98" s="87"/>
       <c r="D98" s="87"/>
       <c r="E98" s="87"/>
       <c r="F98" s="100"/>
       <c r="G98" s="100"/>
       <c r="H98" s="100"/>
       <c r="I98" s="100"/>
       <c r="J98" s="100"/>
       <c r="K98" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V98" s="87"/>
     </row>
-    <row r="99" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A99" s="87"/>
       <c r="B99" s="87"/>
       <c r="C99" s="87"/>
       <c r="D99" s="87"/>
       <c r="E99" s="87"/>
       <c r="F99" s="100"/>
       <c r="G99" s="100"/>
       <c r="H99" s="100"/>
       <c r="I99" s="100"/>
       <c r="J99" s="100"/>
       <c r="K99" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V99" s="87"/>
     </row>
-    <row r="100" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A100" s="87"/>
       <c r="B100" s="87"/>
       <c r="C100" s="87"/>
       <c r="D100" s="87"/>
       <c r="E100" s="87"/>
       <c r="F100" s="100"/>
       <c r="G100" s="100"/>
       <c r="H100" s="100"/>
       <c r="I100" s="100"/>
       <c r="J100" s="100"/>
       <c r="K100" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V100" s="87"/>
     </row>
-    <row r="101" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A101" s="87"/>
       <c r="B101" s="87"/>
       <c r="C101" s="87"/>
       <c r="D101" s="87"/>
       <c r="E101" s="87"/>
       <c r="F101" s="100"/>
       <c r="G101" s="100"/>
       <c r="H101" s="100"/>
       <c r="I101" s="100"/>
       <c r="J101" s="100"/>
       <c r="K101" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V101" s="87"/>
     </row>
-    <row r="102" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A102" s="87"/>
       <c r="B102" s="87"/>
       <c r="C102" s="87"/>
       <c r="D102" s="87"/>
       <c r="E102" s="87"/>
       <c r="F102" s="100"/>
       <c r="G102" s="100"/>
       <c r="H102" s="100"/>
       <c r="I102" s="100"/>
       <c r="J102" s="100"/>
       <c r="K102" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V102" s="87"/>
     </row>
-    <row r="103" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A103" s="87"/>
       <c r="B103" s="87"/>
       <c r="C103" s="87"/>
       <c r="D103" s="87"/>
       <c r="E103" s="87"/>
       <c r="F103" s="100"/>
       <c r="G103" s="100"/>
       <c r="H103" s="100"/>
       <c r="I103" s="100"/>
       <c r="J103" s="100"/>
       <c r="K103" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V103" s="87"/>
     </row>
-    <row r="104" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A104" s="87"/>
       <c r="B104" s="87"/>
       <c r="C104" s="87"/>
       <c r="D104" s="87"/>
       <c r="E104" s="87"/>
       <c r="F104" s="100"/>
       <c r="G104" s="100"/>
       <c r="H104" s="100"/>
       <c r="I104" s="100"/>
       <c r="J104" s="100"/>
       <c r="K104" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V104" s="87"/>
     </row>
-    <row r="105" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A105" s="87"/>
       <c r="B105" s="87"/>
       <c r="C105" s="87"/>
       <c r="D105" s="87"/>
       <c r="E105" s="87"/>
       <c r="F105" s="100"/>
       <c r="G105" s="100"/>
       <c r="H105" s="100"/>
       <c r="I105" s="100"/>
       <c r="J105" s="100"/>
       <c r="K105" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V105" s="87"/>
     </row>
-    <row r="106" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A106" s="87"/>
       <c r="B106" s="87"/>
       <c r="C106" s="87"/>
       <c r="D106" s="87"/>
       <c r="E106" s="87"/>
       <c r="F106" s="100"/>
       <c r="G106" s="100"/>
       <c r="H106" s="100"/>
       <c r="I106" s="100"/>
       <c r="J106" s="100"/>
       <c r="K106" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V106" s="87"/>
     </row>
-    <row r="107" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A107" s="87"/>
       <c r="B107" s="87"/>
       <c r="C107" s="87"/>
       <c r="D107" s="87"/>
       <c r="E107" s="87"/>
       <c r="F107" s="100"/>
       <c r="G107" s="100"/>
       <c r="H107" s="100"/>
       <c r="I107" s="100"/>
       <c r="J107" s="100"/>
       <c r="K107" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V107" s="87"/>
     </row>
-    <row r="108" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A108" s="87"/>
       <c r="B108" s="87"/>
       <c r="C108" s="87"/>
       <c r="D108" s="87"/>
       <c r="E108" s="87"/>
       <c r="F108" s="100"/>
       <c r="G108" s="100"/>
       <c r="H108" s="100"/>
       <c r="I108" s="100"/>
       <c r="J108" s="100"/>
       <c r="K108" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V108" s="87"/>
     </row>
-    <row r="109" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A109" s="87"/>
       <c r="B109" s="87"/>
       <c r="C109" s="87"/>
       <c r="D109" s="87"/>
       <c r="E109" s="87"/>
       <c r="F109" s="100"/>
       <c r="G109" s="100"/>
       <c r="H109" s="100"/>
       <c r="I109" s="100"/>
       <c r="J109" s="100"/>
       <c r="K109" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V109" s="87"/>
     </row>
-    <row r="110" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A110" s="87"/>
       <c r="B110" s="87"/>
       <c r="C110" s="87"/>
       <c r="D110" s="87"/>
       <c r="E110" s="87"/>
       <c r="F110" s="100"/>
       <c r="G110" s="100"/>
       <c r="H110" s="100"/>
       <c r="I110" s="100"/>
       <c r="J110" s="100"/>
       <c r="K110" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V110" s="87"/>
     </row>
-    <row r="111" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A111" s="87"/>
       <c r="B111" s="87"/>
       <c r="C111" s="87"/>
       <c r="D111" s="87"/>
       <c r="E111" s="87"/>
       <c r="F111" s="100"/>
       <c r="G111" s="100"/>
       <c r="H111" s="100"/>
       <c r="I111" s="100"/>
       <c r="J111" s="100"/>
       <c r="K111" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V111" s="87"/>
     </row>
-    <row r="112" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A112" s="87"/>
       <c r="B112" s="87"/>
       <c r="C112" s="87"/>
       <c r="D112" s="87"/>
       <c r="E112" s="87"/>
       <c r="F112" s="100"/>
       <c r="G112" s="100"/>
       <c r="H112" s="100"/>
       <c r="I112" s="100"/>
       <c r="J112" s="100"/>
       <c r="K112" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V112" s="87"/>
     </row>
-    <row r="113" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A113" s="87"/>
       <c r="B113" s="87"/>
       <c r="C113" s="87"/>
       <c r="D113" s="87"/>
       <c r="E113" s="87"/>
       <c r="F113" s="100"/>
       <c r="G113" s="100"/>
       <c r="H113" s="100"/>
       <c r="I113" s="100"/>
       <c r="J113" s="100"/>
       <c r="K113" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V113" s="87"/>
     </row>
-    <row r="114" spans="1:22" hidden="1" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:22" ht="15" hidden="1" x14ac:dyDescent="0.25">
       <c r="A114" s="87"/>
       <c r="B114" s="87"/>
       <c r="C114" s="87"/>
       <c r="D114" s="87"/>
       <c r="E114" s="87"/>
       <c r="F114" s="100"/>
       <c r="G114" s="100"/>
       <c r="H114" s="100"/>
       <c r="I114" s="100"/>
       <c r="J114" s="100"/>
       <c r="K114" s="112" t="s">
         <v>154</v>
       </c>
       <c r="V114" s="87"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="4">
     <mergeCell ref="Q2:T2"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="N6:P6"/>
     <mergeCell ref="Q6:S6"/>
   </mergeCells>
   <conditionalFormatting sqref="Q2 U2:V2">
     <cfRule type="expression" dxfId="9" priority="10">
@@ -24563,5110 +24553,5110 @@
     <cfRule type="expression" dxfId="4" priority="5">
       <formula>$B9&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E7">
     <cfRule type="expression" dxfId="3" priority="4">
       <formula>$B7&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E8 E10 E12 E14 E16 E18 E20 E22 E24">
     <cfRule type="expression" dxfId="2" priority="3">
       <formula>$B8&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="E9 E11 E13 E15 E17 E19 E21 E23 E25:E42">
     <cfRule type="expression" dxfId="1" priority="2">
       <formula>$B9&gt;1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K7:K114">
     <cfRule type="expression" dxfId="0" priority="1">
       <formula>$F7=101</formula>
     </cfRule>
   </conditionalFormatting>
   <dataValidations count="1">
-    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O7:O60" xr:uid="{00000000-0002-0000-0200-000000000000}">
+    <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="O7:O60">
       <formula1>1</formula1>
       <formula2>20</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:W26"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="K22" sqref="K22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="4.7109375" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="19" width="11.5703125" customWidth="1"/>
+    <col min="1" max="2" width="4.6640625" customWidth="1"/>
+    <col min="3" max="3" width="8.109375" customWidth="1"/>
+    <col min="4" max="4" width="9.109375" customWidth="1"/>
+    <col min="5" max="5" width="7.109375" customWidth="1"/>
+    <col min="6" max="6" width="18.109375" customWidth="1"/>
+    <col min="7" max="19" width="11.5546875" customWidth="1"/>
     <col min="20" max="20" width="14" customWidth="1"/>
-    <col min="21" max="23" width="11.5703125" customWidth="1"/>
-    <col min="24" max="16384" width="11.5703125" hidden="1"/>
+    <col min="21" max="23" width="11.5546875" customWidth="1"/>
+    <col min="24" max="16384" width="11.5546875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="S1" s="321" t="s">
+    <row r="1" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="S1" s="330" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="2" spans="2:22" x14ac:dyDescent="0.25">
+    <row r="2" spans="2:22" x14ac:dyDescent="0.3">
       <c r="O2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="3" spans="2:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="F3" s="320" t="s">
+      <c r="F3" s="329" t="s">
         <v>117</v>
       </c>
-      <c r="G3" s="322" t="s">
+      <c r="G3" s="331" t="s">
         <v>51</v>
       </c>
-      <c r="H3" s="322" t="s">
+      <c r="H3" s="331" t="s">
         <v>194</v>
       </c>
-      <c r="I3" s="322" t="s">
+      <c r="I3" s="331" t="s">
         <v>47</v>
       </c>
-      <c r="J3" s="322" t="s">
+      <c r="J3" s="331" t="s">
         <v>232</v>
       </c>
-      <c r="K3" s="322" t="s">
+      <c r="K3" s="331" t="s">
         <v>233</v>
       </c>
-      <c r="L3" s="322" t="s">
+      <c r="L3" s="331" t="s">
         <v>39</v>
       </c>
-      <c r="M3" s="322" t="s">
+      <c r="M3" s="331" t="s">
         <v>41</v>
       </c>
-      <c r="N3" s="322" t="s">
+      <c r="N3" s="331" t="s">
         <v>43</v>
       </c>
-      <c r="O3" s="322" t="s">
+      <c r="O3" s="331" t="s">
         <v>52</v>
       </c>
-      <c r="P3" s="322" t="s">
+      <c r="P3" s="331" t="s">
         <v>54</v>
       </c>
-      <c r="Q3" s="322" t="s">
+      <c r="Q3" s="331" t="s">
         <v>195</v>
       </c>
-      <c r="S3" s="323" t="s">
+      <c r="S3" s="332" t="s">
         <v>117</v>
       </c>
-      <c r="T3" s="324" t="s">
+      <c r="T3" s="333" t="s">
         <v>196</v>
       </c>
-      <c r="U3" s="324" t="s">
+      <c r="U3" s="333" t="s">
         <v>8</v>
       </c>
-      <c r="V3" s="325" t="s">
+      <c r="V3" s="334" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="4" spans="2:22" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="B4" s="312">
-[...2 lines deleted...]
-      <c r="C4" s="326">
+      <c r="B4" s="321">
+        <v>1</v>
+      </c>
+      <c r="C4" s="335">
         <f>RANK(D4,$D$4:$D$21,1)</f>
         <v>5</v>
       </c>
-      <c r="D4" s="316">
+      <c r="D4" s="325">
         <f>E4+ROW()/1000</f>
         <v>5.0039999999999996</v>
       </c>
       <c r="E4">
         <f>RANK(V4,V$4:V$21,1)</f>
         <v>5</v>
       </c>
       <c r="F4" t="str">
         <f>Calc2!$C4</f>
         <v>Arsenal WFC</v>
       </c>
       <c r="G4">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F4)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F4)</f>
         <v>11</v>
       </c>
       <c r="H4">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F4)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F4)</f>
         <v>6</v>
       </c>
       <c r="I4">
         <f>G4-H4</f>
         <v>5</v>
       </c>
       <c r="J4">
         <f>L4*3+M4+$Q4</f>
         <v>12</v>
       </c>
       <c r="K4">
         <f t="array" ref="K4">SUMPRODUCT((Calc2!$F$4:$F$57=F4)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F4)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L4" s="316">
+      <c r="L4" s="325">
         <f t="array" ref="L4">SUMPRODUCT((Calc2!$F$4:$F$57=F4)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F4)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>4</v>
       </c>
       <c r="M4">
         <f t="array" ref="M4">SUMPRODUCT((Calc2!$F$4:$G$57=F4)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>0</v>
       </c>
       <c r="N4">
         <f t="array" ref="N4">SUMPRODUCT((Calc2!$F$4:$F$57=F4)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F4)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="O4">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F4)</f>
         <v>7</v>
       </c>
       <c r="P4">
         <f t="array" ref="P4">SUMPRODUCT((Calc2!$G$4:$G$57=F4)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="Q4">
         <f>SUMPRODUCT((F4=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F4=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S4" t="str">
         <f>Calc2!$C4</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="T4" s="397">
+      <c r="T4" s="406">
         <f>J4*Factors!$B$4+(I4+Factors!$D$5)*Factors!$B$5+G4*Factors!$B$6+O4*Factors!$B$7+L4*Factors!$B$8+P4*Factors!$B$9</f>
         <v>12505110.741999999</v>
       </c>
       <c r="U4">
         <f>'Tie-Break'!$D6</f>
         <v>0</v>
       </c>
-      <c r="V4" s="317">
+      <c r="V4" s="326">
         <f>RANK($T4,$T$4:$T$21)+(9-$U4)/10000+(F4="")*1000</f>
         <v>5.0008999999999997</v>
       </c>
     </row>
-    <row r="5" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B5" s="312">
+    <row r="5" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B5" s="321">
         <v>2</v>
       </c>
-      <c r="C5" s="327">
+      <c r="C5" s="336">
         <f t="shared" ref="C5:C21" si="0">RANK(D5,$D$4:$D$21,1)</f>
         <v>11</v>
       </c>
-      <c r="D5" s="316">
+      <c r="D5" s="325">
         <f t="shared" ref="D5:D21" si="1">E5+ROW()/1000</f>
         <v>11.005000000000001</v>
       </c>
       <c r="E5">
         <f t="shared" ref="E5:E21" si="2">RANK(V5,V$4:V$21,1)</f>
         <v>11</v>
       </c>
       <c r="F5" t="str">
         <f>Calc2!$C5</f>
         <v>Atletico Madrid</v>
       </c>
       <c r="G5">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F5)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F5)</f>
         <v>13</v>
       </c>
       <c r="H5">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F5)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F5)</f>
         <v>9</v>
       </c>
       <c r="I5">
         <f t="shared" ref="I5:I21" si="3">G5-H5</f>
         <v>4</v>
       </c>
       <c r="J5">
         <f t="shared" ref="J5:J21" si="4">L5*3+M5+$Q5</f>
         <v>7</v>
       </c>
       <c r="K5">
         <f t="array" ref="K5">SUMPRODUCT((Calc2!$F$4:$F$57=F5)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F5)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L5" s="316">
+      <c r="L5" s="325">
         <f t="array" ref="L5">SUMPRODUCT((Calc2!$F$4:$F$57=F5)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F5)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="M5">
         <f t="array" ref="M5">SUMPRODUCT((Calc2!$F$4:$G$57=F5)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>1</v>
       </c>
       <c r="N5">
         <f t="array" ref="N5">SUMPRODUCT((Calc2!$F$4:$F$57=F5)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F5)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>3</v>
       </c>
       <c r="O5">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F5)</f>
         <v>10</v>
       </c>
       <c r="P5">
         <f t="array" ref="P5">SUMPRODUCT((Calc2!$G$4:$G$57=F5)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="Q5">
         <f>SUMPRODUCT((F5=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F5=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S5" t="str">
         <f>Calc2!$C5</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="T5" s="397">
+      <c r="T5" s="406">
         <f>J5*Factors!$B$4+(I5+Factors!$D$5)*Factors!$B$5+G5*Factors!$B$6+O5*Factors!$B$7+L5*Factors!$B$8+P5*Factors!$B$9</f>
         <v>7504131.0219999999</v>
       </c>
       <c r="U5">
         <f>'Tie-Break'!$D7</f>
         <v>0</v>
       </c>
-      <c r="V5" s="318">
+      <c r="V5" s="327">
         <f>RANK($T5,$T$4:$T$21)+(9-$U5)/10000+(F5="")*1000</f>
         <v>11.0009</v>
       </c>
     </row>
-    <row r="6" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B6" s="312">
+    <row r="6" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B6" s="321">
         <v>3</v>
       </c>
-      <c r="C6" s="327">
+      <c r="C6" s="336">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="D6" s="316">
+      <c r="D6" s="325">
         <f t="shared" si="1"/>
         <v>1.006</v>
       </c>
       <c r="E6">
         <f t="shared" si="2"/>
         <v>1</v>
       </c>
       <c r="F6" t="str">
         <f>Calc2!$C6</f>
         <v>FC Barcelona</v>
       </c>
       <c r="G6">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F6)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F6)</f>
         <v>20</v>
       </c>
       <c r="H6">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F6)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F6)</f>
         <v>3</v>
       </c>
       <c r="I6">
         <f t="shared" si="3"/>
         <v>17</v>
       </c>
       <c r="J6">
         <f t="shared" si="4"/>
         <v>16</v>
       </c>
       <c r="K6">
         <f t="array" ref="K6">SUMPRODUCT((Calc2!$F$4:$F$57=F6)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F6)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L6" s="316">
+      <c r="L6" s="325">
         <f t="array" ref="L6">SUMPRODUCT((Calc2!$F$4:$F$57=F6)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F6)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>5</v>
       </c>
       <c r="M6">
         <f t="array" ref="M6">SUMPRODUCT((Calc2!$F$4:$G$57=F6)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>1</v>
       </c>
       <c r="N6">
         <f t="array" ref="N6">SUMPRODUCT((Calc2!$F$4:$F$57=F6)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F6)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="O6">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F6)</f>
         <v>7</v>
       </c>
       <c r="P6">
         <f t="array" ref="P6">SUMPRODUCT((Calc2!$G$4:$G$57=F6)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="Q6">
         <f>SUMPRODUCT((F6=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F6=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S6" t="str">
         <f>Calc2!$C6</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="T6" s="397">
+      <c r="T6" s="406">
         <f>J6*Factors!$B$4+(I6+Factors!$D$5)*Factors!$B$5+G6*Factors!$B$6+O6*Factors!$B$7+L6*Factors!$B$8+P6*Factors!$B$9</f>
         <v>16517200.752</v>
       </c>
       <c r="U6">
         <f>'Tie-Break'!$D8</f>
         <v>0</v>
       </c>
-      <c r="V6" s="318">
+      <c r="V6" s="327">
         <f t="shared" ref="V6:V21" si="5">RANK($T6,$T$4:$T$21)+(9-$U6)/10000+(F6="")*1000</f>
         <v>1.0008999999999999</v>
       </c>
     </row>
-    <row r="7" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B7" s="312">
+    <row r="7" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B7" s="321">
         <v>4</v>
       </c>
-      <c r="C7" s="327">
+      <c r="C7" s="336">
         <f t="shared" si="0"/>
         <v>4</v>
       </c>
-      <c r="D7" s="316">
+      <c r="D7" s="325">
         <f t="shared" si="1"/>
         <v>4.0069999999999997</v>
       </c>
       <c r="E7">
         <f t="shared" si="2"/>
         <v>4</v>
       </c>
       <c r="F7" t="str">
         <f>Calc2!$C7</f>
         <v>FC Bayern München</v>
       </c>
       <c r="G7">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F7)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F7)</f>
         <v>14</v>
       </c>
       <c r="H7">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F7)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F7)</f>
         <v>13</v>
       </c>
       <c r="I7">
         <f t="shared" si="3"/>
         <v>1</v>
       </c>
       <c r="J7">
         <f t="shared" si="4"/>
         <v>13</v>
       </c>
       <c r="K7">
         <f t="array" ref="K7">SUMPRODUCT((Calc2!$F$4:$F$57=F7)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F7)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L7" s="316">
+      <c r="L7" s="325">
         <f t="array" ref="L7">SUMPRODUCT((Calc2!$F$4:$F$57=F7)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F7)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>4</v>
       </c>
       <c r="M7">
         <f t="array" ref="M7">SUMPRODUCT((Calc2!$F$4:$G$57=F7)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>1</v>
       </c>
       <c r="N7">
         <f t="array" ref="N7">SUMPRODUCT((Calc2!$F$4:$F$57=F7)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F7)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="O7">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F7)</f>
         <v>6</v>
       </c>
       <c r="P7">
         <f t="array" ref="P7">SUMPRODUCT((Calc2!$G$4:$G$57=F7)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="Q7">
         <f>SUMPRODUCT((F7=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F7=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S7" t="str">
         <f>Calc2!$C7</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="T7" s="397">
+      <c r="T7" s="406">
         <f>J7*Factors!$B$4+(I7+Factors!$D$5)*Factors!$B$5+G7*Factors!$B$6+O7*Factors!$B$7+L7*Factors!$B$8+P7*Factors!$B$9</f>
         <v>13501140.640999999</v>
       </c>
       <c r="U7">
         <f>'Tie-Break'!$D9</f>
         <v>0</v>
       </c>
-      <c r="V7" s="318">
+      <c r="V7" s="327">
         <f t="shared" si="5"/>
         <v>4.0008999999999997</v>
       </c>
     </row>
-    <row r="8" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B8" s="312">
+    <row r="8" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B8" s="321">
         <v>5</v>
       </c>
-      <c r="C8" s="327">
+      <c r="C8" s="336">
         <f t="shared" si="0"/>
         <v>16</v>
       </c>
-      <c r="D8" s="316">
+      <c r="D8" s="325">
         <f t="shared" si="1"/>
         <v>16.007999999999999</v>
       </c>
       <c r="E8">
         <f t="shared" si="2"/>
         <v>16</v>
       </c>
       <c r="F8" t="str">
         <f>Calc2!$C8</f>
         <v>SL Benfica</v>
       </c>
       <c r="G8">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F8)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F8)</f>
         <v>4</v>
       </c>
       <c r="H8">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F8)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F8)</f>
         <v>11</v>
       </c>
       <c r="I8">
         <f t="shared" si="3"/>
         <v>-7</v>
       </c>
       <c r="J8">
         <f t="shared" si="4"/>
         <v>2</v>
       </c>
       <c r="K8">
         <f t="array" ref="K8">SUMPRODUCT((Calc2!$F$4:$F$57=F8)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F8)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L8" s="316">
+      <c r="L8" s="325">
         <f t="array" ref="L8">SUMPRODUCT((Calc2!$F$4:$F$57=F8)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F8)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="M8">
         <f t="array" ref="M8">SUMPRODUCT((Calc2!$F$4:$G$57=F8)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>2</v>
       </c>
       <c r="N8">
         <f t="array" ref="N8">SUMPRODUCT((Calc2!$F$4:$F$57=F8)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F8)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>4</v>
       </c>
       <c r="O8">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F8)</f>
         <v>2</v>
       </c>
       <c r="P8">
         <f t="array" ref="P8">SUMPRODUCT((Calc2!$G$4:$G$57=F8)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q8">
         <f>SUMPRODUCT((F8=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F8=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S8" t="str">
         <f>Calc2!$C8</f>
         <v>SL Benfica</v>
       </c>
-      <c r="T8" s="397">
+      <c r="T8" s="406">
         <f>J8*Factors!$B$4+(I8+Factors!$D$5)*Factors!$B$5+G8*Factors!$B$6+O8*Factors!$B$7+L8*Factors!$B$8+P8*Factors!$B$9</f>
         <v>2493040.2000000002</v>
       </c>
       <c r="U8">
         <f>'Tie-Break'!$D10</f>
         <v>0</v>
       </c>
-      <c r="V8" s="318">
+      <c r="V8" s="327">
         <f t="shared" si="5"/>
         <v>16.000900000000001</v>
       </c>
     </row>
-    <row r="9" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B9" s="312">
+    <row r="9" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B9" s="321">
         <v>6</v>
       </c>
-      <c r="C9" s="327">
+      <c r="C9" s="336">
         <f t="shared" si="0"/>
         <v>3</v>
       </c>
-      <c r="D9" s="316">
+      <c r="D9" s="325">
         <f t="shared" si="1"/>
         <v>3.0089999999999999</v>
       </c>
       <c r="E9">
         <f t="shared" si="2"/>
         <v>3</v>
       </c>
       <c r="F9" t="str">
         <f>Calc2!$C9</f>
         <v>Chelsea FC</v>
       </c>
       <c r="G9">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F9)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F9)</f>
         <v>20</v>
       </c>
       <c r="H9">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F9)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F9)</f>
         <v>3</v>
       </c>
       <c r="I9">
         <f t="shared" si="3"/>
         <v>17</v>
       </c>
       <c r="J9">
         <f t="shared" si="4"/>
         <v>14</v>
       </c>
       <c r="K9">
         <f t="array" ref="K9">SUMPRODUCT((Calc2!$F$4:$F$57=F9)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F9)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L9" s="316">
+      <c r="L9" s="325">
         <f t="array" ref="L9">SUMPRODUCT((Calc2!$F$4:$F$57=F9)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F9)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>4</v>
       </c>
       <c r="M9">
         <f t="array" ref="M9">SUMPRODUCT((Calc2!$F$4:$G$57=F9)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>2</v>
       </c>
       <c r="N9">
         <f t="array" ref="N9">SUMPRODUCT((Calc2!$F$4:$F$57=F9)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F9)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="O9">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F9)</f>
         <v>9</v>
       </c>
       <c r="P9">
         <f t="array" ref="P9">SUMPRODUCT((Calc2!$G$4:$G$57=F9)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="Q9">
         <f>SUMPRODUCT((F9=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F9=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S9" t="str">
         <f>Calc2!$C9</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="T9" s="397">
+      <c r="T9" s="406">
         <f>J9*Factors!$B$4+(I9+Factors!$D$5)*Factors!$B$5+G9*Factors!$B$6+O9*Factors!$B$7+L9*Factors!$B$8+P9*Factors!$B$9</f>
         <v>14517200.942</v>
       </c>
       <c r="U9">
         <f>'Tie-Break'!$D11</f>
         <v>0</v>
       </c>
-      <c r="V9" s="318">
+      <c r="V9" s="327">
         <f t="shared" si="5"/>
         <v>3.0009000000000001</v>
       </c>
     </row>
-    <row r="10" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B10" s="312">
+    <row r="10" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B10" s="321">
         <v>7</v>
       </c>
-      <c r="C10" s="327">
+      <c r="C10" s="336">
         <f t="shared" si="0"/>
         <v>8</v>
       </c>
-      <c r="D10" s="316">
+      <c r="D10" s="325">
         <f t="shared" si="1"/>
         <v>8.01</v>
       </c>
       <c r="E10">
         <f t="shared" si="2"/>
         <v>8</v>
       </c>
       <c r="F10" t="str">
         <f>Calc2!$C10</f>
         <v>Juventus FC</v>
       </c>
       <c r="G10">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F10)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F10)</f>
         <v>13</v>
       </c>
       <c r="H10">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F10)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F10)</f>
         <v>8</v>
       </c>
       <c r="I10">
         <f t="shared" si="3"/>
         <v>5</v>
       </c>
       <c r="J10">
         <f t="shared" si="4"/>
         <v>10</v>
       </c>
       <c r="K10">
         <f t="array" ref="K10">SUMPRODUCT((Calc2!$F$4:$F$57=F10)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F10)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L10" s="316">
+      <c r="L10" s="325">
         <f t="array" ref="L10">SUMPRODUCT((Calc2!$F$4:$F$57=F10)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F10)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>3</v>
       </c>
       <c r="M10">
         <f t="array" ref="M10">SUMPRODUCT((Calc2!$F$4:$G$57=F10)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>1</v>
       </c>
       <c r="N10">
         <f t="array" ref="N10">SUMPRODUCT((Calc2!$F$4:$F$57=F10)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F10)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="O10">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F10)</f>
         <v>8</v>
       </c>
       <c r="P10">
         <f t="array" ref="P10">SUMPRODUCT((Calc2!$G$4:$G$57=F10)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="Q10">
         <f>SUMPRODUCT((F10=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F10=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S10" t="str">
         <f>Calc2!$C10</f>
         <v>Juventus FC</v>
       </c>
-      <c r="T10" s="397">
+      <c r="T10" s="406">
         <f>J10*Factors!$B$4+(I10+Factors!$D$5)*Factors!$B$5+G10*Factors!$B$6+O10*Factors!$B$7+L10*Factors!$B$8+P10*Factors!$B$9</f>
         <v>10505130.832</v>
       </c>
       <c r="U10">
         <f>'Tie-Break'!$D12</f>
         <v>0</v>
       </c>
-      <c r="V10" s="318">
+      <c r="V10" s="327">
         <f t="shared" si="5"/>
         <v>8.0008999999999997</v>
       </c>
     </row>
-    <row r="11" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B11" s="312">
+    <row r="11" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B11" s="321">
         <v>8</v>
       </c>
-      <c r="C11" s="327">
+      <c r="C11" s="336">
         <f t="shared" si="0"/>
         <v>6</v>
       </c>
-      <c r="D11" s="316">
+      <c r="D11" s="325">
         <f t="shared" si="1"/>
         <v>6.0110000000000001</v>
       </c>
       <c r="E11">
         <f t="shared" si="2"/>
         <v>6</v>
       </c>
       <c r="F11" t="str">
         <f>Calc2!$C11</f>
         <v>Manchester United</v>
       </c>
       <c r="G11">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F11)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F11)</f>
         <v>7</v>
       </c>
       <c r="H11">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F11)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F11)</f>
         <v>9</v>
       </c>
       <c r="I11">
         <f t="shared" si="3"/>
         <v>-2</v>
       </c>
       <c r="J11">
         <f t="shared" si="4"/>
         <v>12</v>
       </c>
       <c r="K11">
         <f t="array" ref="K11">SUMPRODUCT((Calc2!$F$4:$F$57=F11)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F11)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L11" s="316">
+      <c r="L11" s="325">
         <f t="array" ref="L11">SUMPRODUCT((Calc2!$F$4:$F$57=F11)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F11)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>4</v>
       </c>
       <c r="M11">
         <f t="array" ref="M11">SUMPRODUCT((Calc2!$F$4:$G$57=F11)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>0</v>
       </c>
       <c r="N11">
         <f t="array" ref="N11">SUMPRODUCT((Calc2!$F$4:$F$57=F11)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F11)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="O11">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F11)</f>
         <v>4</v>
       </c>
       <c r="P11">
         <f t="array" ref="P11">SUMPRODUCT((Calc2!$G$4:$G$57=F11)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="Q11">
         <f>SUMPRODUCT((F11=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F11=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S11" t="str">
         <f>Calc2!$C11</f>
         <v>Manchester United</v>
       </c>
-      <c r="T11" s="397">
+      <c r="T11" s="406">
         <f>J11*Factors!$B$4+(I11+Factors!$D$5)*Factors!$B$5+G11*Factors!$B$6+O11*Factors!$B$7+L11*Factors!$B$8+P11*Factors!$B$9</f>
         <v>12498070.442</v>
       </c>
       <c r="U11">
         <f>'Tie-Break'!$D13</f>
         <v>0</v>
       </c>
-      <c r="V11" s="318">
+      <c r="V11" s="327">
         <f t="shared" si="5"/>
         <v>6.0008999999999997</v>
       </c>
     </row>
-    <row r="12" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B12" s="312">
+    <row r="12" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B12" s="321">
         <v>9</v>
       </c>
-      <c r="C12" s="327">
+      <c r="C12" s="336">
         <f t="shared" si="0"/>
         <v>12</v>
       </c>
-      <c r="D12" s="316">
+      <c r="D12" s="325">
         <f t="shared" si="1"/>
         <v>12.012</v>
       </c>
       <c r="E12">
         <f t="shared" si="2"/>
         <v>12</v>
       </c>
       <c r="F12" t="str">
         <f>Calc2!$C12</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
       <c r="G12">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F12)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F12)</f>
         <v>5</v>
       </c>
       <c r="H12">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F12)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F12)</f>
         <v>10</v>
       </c>
       <c r="I12">
         <f t="shared" si="3"/>
         <v>-5</v>
       </c>
       <c r="J12">
         <f t="shared" si="4"/>
         <v>6</v>
       </c>
       <c r="K12">
         <f t="array" ref="K12">SUMPRODUCT((Calc2!$F$4:$F$57=F12)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F12)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L12" s="316">
+      <c r="L12" s="325">
         <f t="array" ref="L12">SUMPRODUCT((Calc2!$F$4:$F$57=F12)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F12)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="M12">
         <f t="array" ref="M12">SUMPRODUCT((Calc2!$F$4:$G$57=F12)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>3</v>
       </c>
       <c r="N12">
         <f t="array" ref="N12">SUMPRODUCT((Calc2!$F$4:$F$57=F12)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F12)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="O12">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F12)</f>
         <v>2</v>
       </c>
       <c r="P12">
         <f t="array" ref="P12">SUMPRODUCT((Calc2!$G$4:$G$57=F12)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q12">
         <f>SUMPRODUCT((F12=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F12=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S12" t="str">
         <f>Calc2!$C12</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="T12" s="397">
+      <c r="T12" s="406">
         <f>J12*Factors!$B$4+(I12+Factors!$D$5)*Factors!$B$5+G12*Factors!$B$6+O12*Factors!$B$7+L12*Factors!$B$8+P12*Factors!$B$9</f>
         <v>6495050.21</v>
       </c>
       <c r="U12">
         <f>'Tie-Break'!$D14</f>
         <v>0</v>
       </c>
-      <c r="V12" s="318">
+      <c r="V12" s="327">
         <f t="shared" si="5"/>
         <v>12.0009</v>
       </c>
     </row>
-    <row r="13" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B13" s="312">
+    <row r="13" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B13" s="321">
         <v>10</v>
       </c>
-      <c r="C13" s="327">
+      <c r="C13" s="336">
         <f t="shared" si="0"/>
         <v>2</v>
       </c>
-      <c r="D13" s="316">
+      <c r="D13" s="325">
         <f t="shared" si="1"/>
         <v>2.0129999999999999</v>
       </c>
       <c r="E13">
         <f t="shared" si="2"/>
         <v>2</v>
       </c>
       <c r="F13" t="str">
         <f>Calc2!$C13</f>
         <v>OL Lyonnes</v>
       </c>
       <c r="G13">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F13)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F13)</f>
         <v>18</v>
       </c>
       <c r="H13">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F13)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F13)</f>
         <v>5</v>
       </c>
       <c r="I13">
         <f t="shared" si="3"/>
         <v>13</v>
       </c>
       <c r="J13">
         <f t="shared" si="4"/>
         <v>16</v>
       </c>
       <c r="K13">
         <f t="array" ref="K13">SUMPRODUCT((Calc2!$F$4:$F$57=F13)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F13)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L13" s="316">
+      <c r="L13" s="325">
         <f t="array" ref="L13">SUMPRODUCT((Calc2!$F$4:$F$57=F13)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F13)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>5</v>
       </c>
       <c r="M13">
         <f t="array" ref="M13">SUMPRODUCT((Calc2!$F$4:$G$57=F13)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>1</v>
       </c>
       <c r="N13">
         <f t="array" ref="N13">SUMPRODUCT((Calc2!$F$4:$F$57=F13)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F13)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="O13">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F13)</f>
         <v>8</v>
       </c>
       <c r="P13">
         <f t="array" ref="P13">SUMPRODUCT((Calc2!$G$4:$G$57=F13)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="Q13">
         <f>SUMPRODUCT((F13=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F13=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S13" t="str">
         <f>Calc2!$C13</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="T13" s="397">
+      <c r="T13" s="406">
         <f>J13*Factors!$B$4+(I13+Factors!$D$5)*Factors!$B$5+G13*Factors!$B$6+O13*Factors!$B$7+L13*Factors!$B$8+P13*Factors!$B$9</f>
         <v>16513180.852000002</v>
       </c>
       <c r="U13">
         <f>'Tie-Break'!$D15</f>
         <v>0</v>
       </c>
-      <c r="V13" s="318">
+      <c r="V13" s="327">
         <f t="shared" si="5"/>
         <v>2.0009000000000001</v>
       </c>
     </row>
-    <row r="14" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B14" s="312">
+    <row r="14" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B14" s="321">
         <v>11</v>
       </c>
-      <c r="C14" s="327">
+      <c r="C14" s="336">
         <f t="shared" si="0"/>
         <v>10</v>
       </c>
-      <c r="D14" s="316">
+      <c r="D14" s="325">
         <f t="shared" si="1"/>
         <v>10.013999999999999</v>
       </c>
       <c r="E14">
         <f t="shared" si="2"/>
         <v>10</v>
       </c>
       <c r="F14" t="str">
         <f>Calc2!$C14</f>
         <v>Paris FC</v>
       </c>
       <c r="G14">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F14)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F14)</f>
         <v>6</v>
       </c>
       <c r="H14">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F14)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F14)</f>
         <v>9</v>
       </c>
       <c r="I14">
         <f t="shared" si="3"/>
         <v>-3</v>
       </c>
       <c r="J14">
         <f t="shared" si="4"/>
         <v>8</v>
       </c>
       <c r="K14">
         <f t="array" ref="K14">SUMPRODUCT((Calc2!$F$4:$F$57=F14)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F14)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L14" s="316">
+      <c r="L14" s="325">
         <f t="array" ref="L14">SUMPRODUCT((Calc2!$F$4:$F$57=F14)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F14)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="M14">
         <f t="array" ref="M14">SUMPRODUCT((Calc2!$F$4:$G$57=F14)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>2</v>
       </c>
       <c r="N14">
         <f t="array" ref="N14">SUMPRODUCT((Calc2!$F$4:$F$57=F14)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F14)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>2</v>
       </c>
       <c r="O14">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F14)</f>
         <v>2</v>
       </c>
       <c r="P14">
         <f t="array" ref="P14">SUMPRODUCT((Calc2!$G$4:$G$57=F14)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="Q14">
         <f>SUMPRODUCT((F14=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F14=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S14" t="str">
         <f>Calc2!$C14</f>
         <v>Paris FC</v>
       </c>
-      <c r="T14" s="397">
+      <c r="T14" s="406">
         <f>J14*Factors!$B$4+(I14+Factors!$D$5)*Factors!$B$5+G14*Factors!$B$6+O14*Factors!$B$7+L14*Factors!$B$8+P14*Factors!$B$9</f>
         <v>8497060.220999999</v>
       </c>
       <c r="U14">
         <f>'Tie-Break'!$D16</f>
         <v>0</v>
       </c>
-      <c r="V14" s="318">
+      <c r="V14" s="327">
         <f t="shared" si="5"/>
         <v>10.0009</v>
       </c>
     </row>
-    <row r="15" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B15" s="312">
+    <row r="15" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B15" s="321">
         <v>12</v>
       </c>
-      <c r="C15" s="327">
+      <c r="C15" s="336">
         <f t="shared" si="0"/>
         <v>17</v>
       </c>
-      <c r="D15" s="316">
+      <c r="D15" s="325">
         <f t="shared" si="1"/>
         <v>17.015000000000001</v>
       </c>
       <c r="E15">
         <f t="shared" si="2"/>
         <v>17</v>
       </c>
       <c r="F15" t="str">
         <f>Calc2!$C15</f>
         <v>Paris St. Germain</v>
       </c>
       <c r="G15">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F15)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F15)</f>
         <v>4</v>
       </c>
       <c r="H15">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F15)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F15)</f>
         <v>12</v>
       </c>
       <c r="I15">
         <f t="shared" si="3"/>
         <v>-8</v>
       </c>
       <c r="J15">
         <f t="shared" si="4"/>
         <v>2</v>
       </c>
       <c r="K15">
         <f t="array" ref="K15">SUMPRODUCT((Calc2!$F$4:$F$57=F15)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F15)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L15" s="316">
+      <c r="L15" s="325">
         <f t="array" ref="L15">SUMPRODUCT((Calc2!$F$4:$F$57=F15)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F15)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="M15">
         <f t="array" ref="M15">SUMPRODUCT((Calc2!$F$4:$G$57=F15)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>2</v>
       </c>
       <c r="N15">
         <f t="array" ref="N15">SUMPRODUCT((Calc2!$F$4:$F$57=F15)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F15)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>4</v>
       </c>
       <c r="O15">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F15)</f>
         <v>2</v>
       </c>
       <c r="P15">
         <f t="array" ref="P15">SUMPRODUCT((Calc2!$G$4:$G$57=F15)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q15">
         <f>SUMPRODUCT((F15=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F15=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S15" t="str">
         <f>Calc2!$C15</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="T15" s="397">
+      <c r="T15" s="406">
         <f>J15*Factors!$B$4+(I15+Factors!$D$5)*Factors!$B$5+G15*Factors!$B$6+O15*Factors!$B$7+L15*Factors!$B$8+P15*Factors!$B$9</f>
         <v>2492040.2000000002</v>
       </c>
       <c r="U15">
         <f>'Tie-Break'!$D17</f>
         <v>0</v>
       </c>
-      <c r="V15" s="318">
+      <c r="V15" s="327">
         <f t="shared" si="5"/>
         <v>17.000900000000001</v>
       </c>
     </row>
-    <row r="16" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B16" s="312">
+    <row r="16" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B16" s="321">
         <v>13</v>
       </c>
-      <c r="C16" s="327">
+      <c r="C16" s="336">
         <f t="shared" si="0"/>
         <v>7</v>
       </c>
-      <c r="D16" s="316">
+      <c r="D16" s="325">
         <f t="shared" si="1"/>
         <v>7.016</v>
       </c>
       <c r="E16">
         <f t="shared" si="2"/>
         <v>7</v>
       </c>
       <c r="F16" t="str">
         <f>Calc2!$C16</f>
         <v>Real Madrid</v>
       </c>
       <c r="G16">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F16)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F16)</f>
         <v>13</v>
       </c>
       <c r="H16">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F16)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F16)</f>
         <v>7</v>
       </c>
       <c r="I16">
         <f t="shared" si="3"/>
         <v>6</v>
       </c>
       <c r="J16">
         <f t="shared" si="4"/>
         <v>11</v>
       </c>
       <c r="K16">
         <f t="array" ref="K16">SUMPRODUCT((Calc2!$F$4:$F$57=F16)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F16)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L16" s="316">
+      <c r="L16" s="325">
         <f t="array" ref="L16">SUMPRODUCT((Calc2!$F$4:$F$57=F16)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F16)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>3</v>
       </c>
       <c r="M16">
         <f t="array" ref="M16">SUMPRODUCT((Calc2!$F$4:$G$57=F16)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>2</v>
       </c>
       <c r="N16">
         <f t="array" ref="N16">SUMPRODUCT((Calc2!$F$4:$F$57=F16)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F16)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="O16">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F16)</f>
         <v>4</v>
       </c>
       <c r="P16">
         <f t="array" ref="P16">SUMPRODUCT((Calc2!$G$4:$G$57=F16)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="Q16">
         <f>SUMPRODUCT((F16=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F16=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S16" t="str">
         <f>Calc2!$C16</f>
         <v>Real Madrid</v>
       </c>
-      <c r="T16" s="397">
+      <c r="T16" s="406">
         <f>J16*Factors!$B$4+(I16+Factors!$D$5)*Factors!$B$5+G16*Factors!$B$6+O16*Factors!$B$7+L16*Factors!$B$8+P16*Factors!$B$9</f>
         <v>11506130.431</v>
       </c>
       <c r="U16">
         <f>'Tie-Break'!$D18</f>
         <v>0</v>
       </c>
-      <c r="V16" s="318">
+      <c r="V16" s="327">
         <f t="shared" si="5"/>
         <v>7.0008999999999997</v>
       </c>
     </row>
-    <row r="17" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B17" s="312">
+    <row r="17" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B17" s="321">
         <v>14</v>
       </c>
-      <c r="C17" s="327">
+      <c r="C17" s="336">
         <f t="shared" si="0"/>
         <v>14</v>
       </c>
-      <c r="D17" s="316">
+      <c r="D17" s="325">
         <f t="shared" si="1"/>
         <v>14.016999999999999</v>
       </c>
       <c r="E17">
         <f t="shared" si="2"/>
         <v>14</v>
       </c>
       <c r="F17" t="str">
         <f>Calc2!$C17</f>
         <v>AS Rom</v>
       </c>
       <c r="G17">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F17)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F17)</f>
         <v>9</v>
       </c>
       <c r="H17">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F17)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F17)</f>
         <v>19</v>
       </c>
       <c r="I17">
         <f t="shared" si="3"/>
         <v>-10</v>
       </c>
       <c r="J17">
         <f t="shared" si="4"/>
         <v>4</v>
       </c>
       <c r="K17">
         <f t="array" ref="K17">SUMPRODUCT((Calc2!$F$4:$F$57=F17)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F17)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L17" s="316">
+      <c r="L17" s="325">
         <f t="array" ref="L17">SUMPRODUCT((Calc2!$F$4:$F$57=F17)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F17)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="M17">
         <f t="array" ref="M17">SUMPRODUCT((Calc2!$F$4:$G$57=F17)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>1</v>
       </c>
       <c r="N17">
         <f t="array" ref="N17">SUMPRODUCT((Calc2!$F$4:$F$57=F17)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F17)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>4</v>
       </c>
       <c r="O17">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F17)</f>
         <v>3</v>
       </c>
       <c r="P17">
         <f t="array" ref="P17">SUMPRODUCT((Calc2!$G$4:$G$57=F17)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q17">
         <f>SUMPRODUCT((F17=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F17=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S17" t="str">
         <f>Calc2!$C17</f>
         <v>AS Rom</v>
       </c>
-      <c r="T17" s="397">
+      <c r="T17" s="406">
         <f>J17*Factors!$B$4+(I17+Factors!$D$5)*Factors!$B$5+G17*Factors!$B$6+O17*Factors!$B$7+L17*Factors!$B$8+P17*Factors!$B$9</f>
         <v>4490090.3099999996</v>
       </c>
       <c r="U17">
         <f>'Tie-Break'!$D19</f>
         <v>0</v>
       </c>
-      <c r="V17" s="318">
+      <c r="V17" s="327">
         <f t="shared" si="5"/>
         <v>14.0009</v>
       </c>
     </row>
-    <row r="18" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B18" s="312">
+    <row r="18" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B18" s="321">
         <v>15</v>
       </c>
-      <c r="C18" s="327">
+      <c r="C18" s="336">
         <f t="shared" si="0"/>
         <v>18</v>
       </c>
-      <c r="D18" s="316">
+      <c r="D18" s="325">
         <f t="shared" si="1"/>
         <v>18.018000000000001</v>
       </c>
       <c r="E18">
         <f t="shared" si="2"/>
         <v>18</v>
       </c>
       <c r="F18" t="str">
         <f>Calc2!$C18</f>
         <v>SKN St. Pölten</v>
       </c>
       <c r="G18">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F18)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F18)</f>
         <v>3</v>
       </c>
       <c r="H18">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F18)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F18)</f>
         <v>28</v>
       </c>
       <c r="I18">
         <f t="shared" si="3"/>
         <v>-25</v>
       </c>
       <c r="J18">
         <f t="shared" si="4"/>
         <v>1</v>
       </c>
       <c r="K18">
         <f t="array" ref="K18">SUMPRODUCT((Calc2!$F$4:$F$57=F18)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F18)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L18" s="316">
+      <c r="L18" s="325">
         <f t="array" ref="L18">SUMPRODUCT((Calc2!$F$4:$F$57=F18)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F18)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="M18">
         <f t="array" ref="M18">SUMPRODUCT((Calc2!$F$4:$G$57=F18)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>1</v>
       </c>
       <c r="N18">
         <f t="array" ref="N18">SUMPRODUCT((Calc2!$F$4:$F$57=F18)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F18)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>5</v>
       </c>
       <c r="O18">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F18)</f>
         <v>3</v>
       </c>
       <c r="P18">
         <f t="array" ref="P18">SUMPRODUCT((Calc2!$G$4:$G$57=F18)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q18">
         <f>SUMPRODUCT((F18=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F18=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S18" t="str">
         <f>Calc2!$C18</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="T18" s="397">
+      <c r="T18" s="406">
         <f>J18*Factors!$B$4+(I18+Factors!$D$5)*Factors!$B$5+G18*Factors!$B$6+O18*Factors!$B$7+L18*Factors!$B$8+P18*Factors!$B$9</f>
         <v>1475030.3</v>
       </c>
       <c r="U18">
         <f>'Tie-Break'!$D20</f>
         <v>0</v>
       </c>
-      <c r="V18" s="318">
+      <c r="V18" s="327">
         <f t="shared" si="5"/>
         <v>18.000900000000001</v>
       </c>
     </row>
-    <row r="19" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B19" s="312">
+    <row r="19" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B19" s="321">
         <v>16</v>
       </c>
-      <c r="C19" s="327">
+      <c r="C19" s="336">
         <f t="shared" si="0"/>
         <v>15</v>
       </c>
-      <c r="D19" s="316">
+      <c r="D19" s="325">
         <f t="shared" si="1"/>
         <v>15.019</v>
       </c>
       <c r="E19">
         <f t="shared" si="2"/>
         <v>15</v>
       </c>
       <c r="F19" t="str">
         <f>Calc2!$C19</f>
         <v>FC Twente</v>
       </c>
       <c r="G19">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F19)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F19)</f>
         <v>4</v>
       </c>
       <c r="H19">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F19)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F19)</f>
         <v>10</v>
       </c>
       <c r="I19">
         <f t="shared" si="3"/>
         <v>-6</v>
       </c>
       <c r="J19">
         <f t="shared" si="4"/>
         <v>3</v>
       </c>
       <c r="K19">
         <f t="array" ref="K19">SUMPRODUCT((Calc2!$F$4:$F$57=F19)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F19)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L19" s="316">
+      <c r="L19" s="325">
         <f t="array" ref="L19">SUMPRODUCT((Calc2!$F$4:$F$57=F19)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F19)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="M19">
         <f t="array" ref="M19">SUMPRODUCT((Calc2!$F$4:$G$57=F19)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>3</v>
       </c>
       <c r="N19">
         <f t="array" ref="N19">SUMPRODUCT((Calc2!$F$4:$F$57=F19)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F19)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>3</v>
       </c>
       <c r="O19">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F19)</f>
         <v>2</v>
       </c>
       <c r="P19">
         <f t="array" ref="P19">SUMPRODUCT((Calc2!$G$4:$G$57=F19)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>0</v>
       </c>
       <c r="Q19">
         <f>SUMPRODUCT((F19=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F19=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S19" t="str">
         <f>Calc2!$C19</f>
         <v>FC Twente</v>
       </c>
-      <c r="T19" s="397">
+      <c r="T19" s="406">
         <f>J19*Factors!$B$4+(I19+Factors!$D$5)*Factors!$B$5+G19*Factors!$B$6+O19*Factors!$B$7+L19*Factors!$B$8+P19*Factors!$B$9</f>
         <v>3494040.2</v>
       </c>
       <c r="U19">
         <f>'Tie-Break'!$D21</f>
         <v>0</v>
       </c>
-      <c r="V19" s="318">
+      <c r="V19" s="327">
         <f t="shared" si="5"/>
         <v>15.0009</v>
       </c>
     </row>
-    <row r="20" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="B20" s="312">
+    <row r="20" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="B20" s="321">
         <v>17</v>
       </c>
-      <c r="C20" s="327">
+      <c r="C20" s="336">
         <f t="shared" si="0"/>
         <v>13</v>
       </c>
-      <c r="D20" s="316">
+      <c r="D20" s="325">
         <f t="shared" si="1"/>
         <v>13.02</v>
       </c>
       <c r="E20">
         <f t="shared" si="2"/>
         <v>13</v>
       </c>
       <c r="F20" t="str">
         <f>Calc2!$C20</f>
         <v>Valerenga IF</v>
       </c>
       <c r="G20">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F20)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F20)</f>
         <v>4</v>
       </c>
       <c r="H20">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F20)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F20)</f>
         <v>9</v>
       </c>
       <c r="I20">
         <f t="shared" si="3"/>
         <v>-5</v>
       </c>
       <c r="J20">
         <f t="shared" si="4"/>
         <v>4</v>
       </c>
       <c r="K20">
         <f t="array" ref="K20">SUMPRODUCT((Calc2!$F$4:$F$57=F20)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F20)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L20" s="316">
+      <c r="L20" s="325">
         <f t="array" ref="L20">SUMPRODUCT((Calc2!$F$4:$F$57=F20)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F20)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="M20">
         <f t="array" ref="M20">SUMPRODUCT((Calc2!$F$4:$G$57=F20)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>1</v>
       </c>
       <c r="N20">
         <f t="array" ref="N20">SUMPRODUCT((Calc2!$F$4:$F$57=F20)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F20)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>4</v>
       </c>
       <c r="O20">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F20)</f>
         <v>1</v>
       </c>
       <c r="P20">
         <f t="array" ref="P20">SUMPRODUCT((Calc2!$G$4:$G$57=F20)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="Q20">
         <f>SUMPRODUCT((F20=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F20=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S20" t="str">
         <f>Calc2!$C20</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="T20" s="397">
+      <c r="T20" s="406">
         <f>J20*Factors!$B$4+(I20+Factors!$D$5)*Factors!$B$5+G20*Factors!$B$6+O20*Factors!$B$7+L20*Factors!$B$8+P20*Factors!$B$9</f>
         <v>4495040.1109999996</v>
       </c>
       <c r="U20">
         <f>'Tie-Break'!$D22</f>
         <v>0</v>
       </c>
-      <c r="V20" s="318">
+      <c r="V20" s="327">
         <f t="shared" si="5"/>
         <v>13.0009</v>
       </c>
     </row>
     <row r="21" spans="2:22" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B21" s="312">
+      <c r="B21" s="321">
         <v>18</v>
       </c>
-      <c r="C21" s="328">
+      <c r="C21" s="337">
         <f t="shared" si="0"/>
         <v>9</v>
       </c>
-      <c r="D21" s="316">
+      <c r="D21" s="325">
         <f t="shared" si="1"/>
         <v>9.0210000000000008</v>
       </c>
       <c r="E21">
         <f t="shared" si="2"/>
         <v>9</v>
       </c>
       <c r="F21" t="str">
         <f>Calc2!$C21</f>
         <v>VfL Wolfsburg</v>
       </c>
       <c r="G21">
         <f>SUMIFS(Calc2!$H$4:$H$57,Calc2!$F$4:$F$57,F21)+SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F21)</f>
         <v>13</v>
       </c>
       <c r="H21">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$F$4:$F$57,$F21)+SUMIFS(Calc2!$H$4:$H$57,Calc2!$G$4:$G$57,$F21)</f>
         <v>10</v>
       </c>
       <c r="I21">
         <f t="shared" si="3"/>
         <v>3</v>
       </c>
       <c r="J21">
         <f t="shared" si="4"/>
         <v>9</v>
       </c>
       <c r="K21">
         <f t="array" ref="K21">SUMPRODUCT((Calc2!$F$4:$F$57=F21)*(Calc2!$H$4:$H$57&lt;&gt;""))+SUMPRODUCT((Calc2!$G$4:$G$57=F21)*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>6</v>
       </c>
-      <c r="L21" s="316">
+      <c r="L21" s="325">
         <f t="array" ref="L21">SUMPRODUCT((Calc2!$F$4:$F$57=F21)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F21)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>3</v>
       </c>
       <c r="M21">
         <f t="array" ref="M21">SUMPRODUCT((Calc2!$F$4:$G$57=F21)*(Calc2!$H$4:$H$57=Calc2!$I$4:$I$57)*(Calc2!$H$4:$H$57&lt;&gt;"")*(Calc2!$I$4:$I$57&lt;&gt;""))</f>
         <v>0</v>
       </c>
       <c r="N21">
         <f t="array" ref="N21">SUMPRODUCT((Calc2!$F$4:$F$57=F21)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))+SUMPRODUCT((Calc2!$G$4:$G$57=F21)*(Calc2!$H$4:$H$57&gt;Calc2!$I$4:$I$57))</f>
         <v>3</v>
       </c>
       <c r="O21">
         <f>SUMIFS(Calc2!$I$4:$I$57,Calc2!$G$4:$G$57,$F21)</f>
         <v>3</v>
       </c>
       <c r="P21">
         <f t="array" ref="P21">SUMPRODUCT((Calc2!$G$4:$G$57=F21)*(Calc2!$H$4:$H$57&lt;Calc2!$I$4:$I$57))</f>
         <v>1</v>
       </c>
       <c r="Q21">
         <f>SUMPRODUCT((F21=Calc2!$F$4:$F$57)*Calc2!$M$4:$M$57)+SUMPRODUCT((F21=Calc2!$G$4:$G$57)*Calc2!$N$4:$N$57)</f>
         <v>0</v>
       </c>
       <c r="S21" t="str">
         <f>Calc2!$C21</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="T21" s="397">
+      <c r="T21" s="406">
         <f>J21*Factors!$B$4+(I21+Factors!$D$5)*Factors!$B$5+G21*Factors!$B$6+O21*Factors!$B$7+L21*Factors!$B$8+P21*Factors!$B$9</f>
         <v>9503130.3310000002</v>
       </c>
       <c r="U21">
         <f>'Tie-Break'!$D23</f>
         <v>0</v>
       </c>
-      <c r="V21" s="319">
+      <c r="V21" s="328">
         <f t="shared" si="5"/>
         <v>9.0008999999999997</v>
       </c>
     </row>
     <row r="22" spans="2:22" ht="15.75" thickTop="1" x14ac:dyDescent="0.25">
-      <c r="F22" s="412">
+      <c r="F22" s="421">
         <f>18-COUNTBLANK($F$4:$F$21)</f>
         <v>18</v>
       </c>
-      <c r="K22" s="475">
+      <c r="K22" s="484">
         <f>QUOTIENT(SUM(K4:K21),2)</f>
         <v>54</v>
       </c>
     </row>
     <row r="23" spans="2:22" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="F23" s="413" t="s">
+      <c r="F23" s="422" t="s">
         <v>234</v>
       </c>
-      <c r="K23" s="474" t="s">
+      <c r="K23" s="483" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="24" spans="2:22" x14ac:dyDescent="0.25">
-      <c r="F24" s="412">
+    <row r="24" spans="2:22" ht="15" x14ac:dyDescent="0.25">
+      <c r="F24" s="421">
         <f>QUOTIENT($F$22,2)</f>
         <v>9</v>
       </c>
     </row>
     <row r="25" spans="2:22" ht="45" x14ac:dyDescent="0.25">
-      <c r="F25" s="413" t="s">
+      <c r="F25" s="422" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="26" spans="2:22" x14ac:dyDescent="0.25"/>
+    <row r="26" spans="2:22" ht="15" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:O112"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <selection activeCell="C1" sqref="C1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="11.5703125" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="16" max="16384" width="11.5703125" hidden="1"/>
+    <col min="1" max="2" width="11.5546875" customWidth="1"/>
+    <col min="3" max="3" width="19.33203125" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="11.5546875" customWidth="1"/>
+    <col min="6" max="7" width="19.33203125" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="11.5546875" customWidth="1"/>
+    <col min="9" max="9" width="8.44140625" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="34.33203125" bestFit="1" customWidth="1"/>
+    <col min="11" max="15" width="11.5546875" customWidth="1"/>
+    <col min="16" max="16384" width="11.5546875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A1">
         <v>1</v>
       </c>
     </row>
-    <row r="2" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A2">
         <v>2</v>
       </c>
     </row>
-    <row r="3" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A3">
         <v>3</v>
       </c>
-      <c r="J3" s="312" t="s">
+      <c r="J3" s="321" t="s">
         <v>189</v>
       </c>
-      <c r="K3" s="312" t="s">
+      <c r="K3" s="321" t="s">
         <v>190</v>
       </c>
-      <c r="L3" s="312" t="s">
+      <c r="L3" s="321" t="s">
         <v>191</v>
       </c>
-      <c r="M3" s="550" t="s">
+      <c r="M3" s="559" t="s">
         <v>192</v>
       </c>
-      <c r="N3" s="550"/>
-[...1 lines deleted...]
-    <row r="4" spans="1:14" x14ac:dyDescent="0.25">
+      <c r="N3" s="559"/>
+    </row>
+    <row r="4" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A4">
         <v>4</v>
       </c>
-      <c r="B4" s="313" t="s">
+      <c r="B4" s="322" t="s">
         <v>171</v>
       </c>
-      <c r="C4" s="308" t="str">
+      <c r="C4" s="317" t="str">
         <f>IF(Plan!$D7="","",Plan!D7)</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="E4" s="329">
-[...2 lines deleted...]
-      <c r="F4" s="343" t="str">
+      <c r="E4" s="338">
+        <v>1</v>
+      </c>
+      <c r="F4" s="352" t="str">
         <f>Plan!$Q7</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G4" s="344" t="str">
+      <c r="G4" s="353" t="str">
         <f>Plan!$S7</f>
         <v>SL Benfica</v>
       </c>
-      <c r="H4" s="339">
+      <c r="H4" s="348">
         <f>IF(AND(Results!$Q$6&gt;0,$E4-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I9&lt;&gt;"",Results!$K9&lt;&gt;"",Results!$F9&lt;&gt;Results!$H9,$F4&lt;&gt;"",$G4&lt;&gt;""),Results!$I9,""))</f>
         <v>2</v>
       </c>
-      <c r="I4" s="336">
+      <c r="I4" s="345">
         <f>IF(AND(Results!$Q$6&gt;0,$E4-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I9&lt;&gt;"",Results!$K9&lt;&gt;"",Results!$F9&lt;&gt;Results!$H9,$F4&lt;&gt;"",$G4&lt;&gt;""),Results!$K9,""))</f>
         <v>1</v>
       </c>
-      <c r="J4" s="343" t="str">
+      <c r="J4" s="352" t="str">
         <f>IF(Plan!$I7=0,F4&amp;G4,"")</f>
         <v>Juventus FCSL Benfica</v>
       </c>
-      <c r="K4" s="339">
+      <c r="K4" s="348">
         <f>IF(AND(F4&lt;&gt;"",G4&lt;&gt;"",F4&lt;&gt;G4,H4&lt;&gt;"",I4&lt;&gt;""),1,0)</f>
         <v>1</v>
       </c>
-      <c r="L4" s="336" t="str">
+      <c r="L4" s="345" t="str">
         <f>IF(AND(K4&gt;0,Plan!$I7=0),H4&amp;Language!$E$90&amp;I4,"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="M4" s="339">
+      <c r="M4" s="348">
         <f>IF($H4="",0,Results!$L9)</f>
         <v>0</v>
       </c>
-      <c r="N4" s="336">
+      <c r="N4" s="345">
         <f>IF($I4="",0,Results!$M9)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A5">
         <v>5</v>
       </c>
-      <c r="B5" s="314" t="s">
+      <c r="B5" s="323" t="s">
         <v>172</v>
       </c>
-      <c r="C5" s="309" t="str">
+      <c r="C5" s="318" t="str">
         <f>IF(Plan!$D8="","",Plan!D8)</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="E5" s="330">
+      <c r="E5" s="339">
         <v>2</v>
       </c>
-      <c r="F5" s="345" t="str">
+      <c r="F5" s="354" t="str">
         <f>Plan!$Q8</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G5" s="346" t="str">
+      <c r="G5" s="355" t="str">
         <f>Plan!$S8</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="H5" s="337">
+      <c r="H5" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E5-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I10&lt;&gt;"",Results!$K10&lt;&gt;"",Results!$F10&lt;&gt;Results!$H10,$F5&lt;&gt;"",$G5&lt;&gt;""),Results!$I10,""))</f>
         <v>1</v>
       </c>
-      <c r="I5" s="337">
+      <c r="I5" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E5-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I10&lt;&gt;"",Results!$K10&lt;&gt;"",Results!$F10&lt;&gt;Results!$H10,$F5&lt;&gt;"",$G5&lt;&gt;""),Results!$K10,""))</f>
         <v>2</v>
       </c>
-      <c r="J5" s="345" t="str">
+      <c r="J5" s="354" t="str">
         <f>IF(Plan!$I8=0,F5&amp;G5,"")</f>
         <v>Arsenal WFCOL Lyonnes</v>
       </c>
-      <c r="K5" s="340">
+      <c r="K5" s="349">
         <f>IF(AND(F5&lt;&gt;"",G5&lt;&gt;"",F5&lt;&gt;G5,H5&lt;&gt;"",I5&lt;&gt;""),1,0)</f>
         <v>1</v>
       </c>
-      <c r="L5" s="341" t="str">
+      <c r="L5" s="350" t="str">
         <f>IF(AND(K5&gt;0,Plan!$I8=0),H5&amp;Language!$E$90&amp;I5,"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="M5" s="340">
+      <c r="M5" s="349">
         <f>IF($H5="",0,Results!$L10)</f>
         <v>0</v>
       </c>
-      <c r="N5" s="341">
+      <c r="N5" s="350">
         <f>IF($I5="",0,Results!$M10)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:14" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:14" ht="15" x14ac:dyDescent="0.25">
       <c r="A6">
         <v>6</v>
       </c>
-      <c r="B6" s="314" t="s">
+      <c r="B6" s="323" t="s">
         <v>173</v>
       </c>
-      <c r="C6" s="309" t="str">
+      <c r="C6" s="318" t="str">
         <f>IF(Plan!$D9="","",Plan!D9)</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="E6" s="330">
+      <c r="E6" s="339">
         <v>3</v>
       </c>
-      <c r="F6" s="345" t="str">
+      <c r="F6" s="354" t="str">
         <f>Plan!$Q9</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G6" s="346" t="str">
+      <c r="G6" s="355" t="str">
         <f>Plan!$S9</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="H6" s="337">
+      <c r="H6" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E6-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I11&lt;&gt;"",Results!$K11&lt;&gt;"",Results!$F11&lt;&gt;Results!$H11,$F6&lt;&gt;"",$G6&lt;&gt;""),Results!$I11,""))</f>
         <v>7</v>
       </c>
-      <c r="I6" s="337">
+      <c r="I6" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E6-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I11&lt;&gt;"",Results!$K11&lt;&gt;"",Results!$F11&lt;&gt;Results!$H11,$F6&lt;&gt;"",$G6&lt;&gt;""),Results!$K11,""))</f>
         <v>1</v>
       </c>
-      <c r="J6" s="345" t="str">
+      <c r="J6" s="354" t="str">
         <f>IF(Plan!$I9=0,F6&amp;G6,"")</f>
         <v>FC BarcelonaFC Bayern München</v>
       </c>
-      <c r="K6" s="340">
+      <c r="K6" s="349">
         <f t="shared" ref="K6:K57" si="0">IF(AND(F6&lt;&gt;"",G6&lt;&gt;"",F6&lt;&gt;G6,H6&lt;&gt;"",I6&lt;&gt;""),1,0)</f>
         <v>1</v>
       </c>
-      <c r="L6" s="341" t="str">
+      <c r="L6" s="350" t="str">
         <f>IF(AND(K6&gt;0,Plan!$I9=0),H6&amp;Language!$E$90&amp;I6,"")</f>
         <v>7 : 1</v>
       </c>
-      <c r="M6" s="340">
+      <c r="M6" s="349">
         <f>IF($H6="",0,Results!$L11)</f>
         <v>0</v>
       </c>
-      <c r="N6" s="341">
+      <c r="N6" s="350">
         <f>IF($I6="",0,Results!$M11)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B7" s="314" t="s">
+    <row r="7" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B7" s="323" t="s">
         <v>174</v>
       </c>
-      <c r="C7" s="309" t="str">
+      <c r="C7" s="318" t="str">
         <f>IF(Plan!$D10="","",Plan!D10)</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="E7" s="330">
+      <c r="E7" s="339">
         <v>4</v>
       </c>
-      <c r="F7" s="345" t="str">
+      <c r="F7" s="354" t="str">
         <f>Plan!$Q10</f>
         <v>Paris FC</v>
       </c>
-      <c r="G7" s="346" t="str">
+      <c r="G7" s="355" t="str">
         <f>Plan!$S10</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="H7" s="337">
+      <c r="H7" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E7-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I12&lt;&gt;"",Results!$K12&lt;&gt;"",Results!$F12&lt;&gt;Results!$H12,$F7&lt;&gt;"",$G7&lt;&gt;""),Results!$I12,""))</f>
         <v>2</v>
       </c>
-      <c r="I7" s="337">
+      <c r="I7" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E7-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I12&lt;&gt;"",Results!$K12&lt;&gt;"",Results!$F12&lt;&gt;Results!$H12,$F7&lt;&gt;"",$G7&lt;&gt;""),Results!$K12,""))</f>
         <v>2</v>
       </c>
-      <c r="J7" s="345" t="str">
+      <c r="J7" s="354" t="str">
         <f>IF(Plan!$I10=0,F7&amp;G7,"")</f>
         <v>Paris FCOud-Heverlee Leuven</v>
       </c>
-      <c r="K7" s="340">
+      <c r="K7" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L7" s="341" t="str">
+      <c r="L7" s="350" t="str">
         <f>IF(AND(K7&gt;0,Plan!$I10=0),H7&amp;Language!$E$90&amp;I7,"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="M7" s="340">
+      <c r="M7" s="349">
         <f>IF($H7="",0,Results!$L12)</f>
         <v>0</v>
       </c>
-      <c r="N7" s="341">
+      <c r="N7" s="350">
         <f>IF($I7="",0,Results!$M12)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B8" s="314" t="s">
+    <row r="8" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B8" s="323" t="s">
         <v>175</v>
       </c>
-      <c r="C8" s="309" t="str">
+      <c r="C8" s="318" t="str">
         <f>IF(Plan!$D11="","",Plan!D11)</f>
         <v>SL Benfica</v>
       </c>
-      <c r="E8" s="330">
+      <c r="E8" s="339">
         <v>5</v>
       </c>
-      <c r="F8" s="345" t="str">
+      <c r="F8" s="354" t="str">
         <f>Plan!$Q11</f>
         <v>FC Twente</v>
       </c>
-      <c r="G8" s="346" t="str">
+      <c r="G8" s="355" t="str">
         <f>Plan!$S11</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="H8" s="337">
+      <c r="H8" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E8-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I13&lt;&gt;"",Results!$K13&lt;&gt;"",Results!$F13&lt;&gt;Results!$H13,$F8&lt;&gt;"",$G8&lt;&gt;""),Results!$I13,""))</f>
         <v>1</v>
       </c>
-      <c r="I8" s="337">
+      <c r="I8" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E8-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I13&lt;&gt;"",Results!$K13&lt;&gt;"",Results!$F13&lt;&gt;Results!$H13,$F8&lt;&gt;"",$G8&lt;&gt;""),Results!$K13,""))</f>
         <v>1</v>
       </c>
-      <c r="J8" s="345" t="str">
+      <c r="J8" s="354" t="str">
         <f>IF(Plan!$I11=0,F8&amp;G8,"")</f>
         <v>FC TwenteChelsea FC</v>
       </c>
-      <c r="K8" s="340">
+      <c r="K8" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L8" s="341" t="str">
+      <c r="L8" s="350" t="str">
         <f>IF(AND(K8&gt;0,Plan!$I11=0),H8&amp;Language!$E$90&amp;I8,"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="M8" s="340">
+      <c r="M8" s="349">
         <f>IF($H8="",0,Results!$L13)</f>
         <v>0</v>
       </c>
-      <c r="N8" s="341">
+      <c r="N8" s="350">
         <f>IF($I8="",0,Results!$M13)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="9" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B9" s="314" t="s">
+    <row r="9" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B9" s="323" t="s">
         <v>176</v>
       </c>
-      <c r="C9" s="309" t="str">
+      <c r="C9" s="318" t="str">
         <f>IF(Plan!$D12="","",Plan!D12)</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="E9" s="330">
+      <c r="E9" s="339">
         <v>6</v>
       </c>
-      <c r="F9" s="345" t="str">
+      <c r="F9" s="354" t="str">
         <f>Plan!$Q12</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G9" s="346" t="str">
+      <c r="G9" s="355" t="str">
         <f>Plan!$S12</f>
         <v>AS Rom</v>
       </c>
-      <c r="H9" s="337">
+      <c r="H9" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E9-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I14&lt;&gt;"",Results!$K14&lt;&gt;"",Results!$F14&lt;&gt;Results!$H14,$F9&lt;&gt;"",$G9&lt;&gt;""),Results!$I14,""))</f>
         <v>6</v>
       </c>
-      <c r="I9" s="337">
+      <c r="I9" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E9-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I14&lt;&gt;"",Results!$K14&lt;&gt;"",Results!$F14&lt;&gt;Results!$H14,$F9&lt;&gt;"",$G9&lt;&gt;""),Results!$K14,""))</f>
         <v>2</v>
       </c>
-      <c r="J9" s="345" t="str">
+      <c r="J9" s="354" t="str">
         <f>IF(Plan!$I12=0,F9&amp;G9,"")</f>
         <v>Real MadridAS Rom</v>
       </c>
-      <c r="K9" s="340">
+      <c r="K9" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L9" s="341" t="str">
+      <c r="L9" s="350" t="str">
         <f>IF(AND(K9&gt;0,Plan!$I12=0),H9&amp;Language!$E$90&amp;I9,"")</f>
         <v>6 : 2</v>
       </c>
-      <c r="M9" s="340">
+      <c r="M9" s="349">
         <f>IF($H9="",0,Results!$L14)</f>
         <v>0</v>
       </c>
-      <c r="N9" s="341">
+      <c r="N9" s="350">
         <f>IF($I9="",0,Results!$M14)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="10" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B10" s="314" t="s">
+    <row r="10" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B10" s="323" t="s">
         <v>177</v>
       </c>
-      <c r="C10" s="309" t="str">
+      <c r="C10" s="318" t="str">
         <f>IF(Plan!$D13="","",Plan!D13)</f>
         <v>Juventus FC</v>
       </c>
-      <c r="E10" s="330">
+      <c r="E10" s="339">
         <v>7</v>
       </c>
-      <c r="F10" s="345" t="str">
+      <c r="F10" s="354" t="str">
         <f>Plan!$Q13</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G10" s="346" t="str">
+      <c r="G10" s="355" t="str">
         <f>Plan!$S13</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="H10" s="337">
+      <c r="H10" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E10-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I15&lt;&gt;"",Results!$K15&lt;&gt;"",Results!$F15&lt;&gt;Results!$H15,$F10&lt;&gt;"",$G10&lt;&gt;""),Results!$I15,""))</f>
         <v>4</v>
       </c>
-      <c r="I10" s="337">
+      <c r="I10" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E10-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I15&lt;&gt;"",Results!$K15&lt;&gt;"",Results!$F15&lt;&gt;Results!$H15,$F10&lt;&gt;"",$G10&lt;&gt;""),Results!$K15,""))</f>
         <v>0</v>
       </c>
-      <c r="J10" s="345" t="str">
+      <c r="J10" s="354" t="str">
         <f>IF(Plan!$I13=0,F10&amp;G10,"")</f>
         <v>VfL WolfsburgParis St. Germain</v>
       </c>
-      <c r="K10" s="340">
+      <c r="K10" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L10" s="341" t="str">
+      <c r="L10" s="350" t="str">
         <f>IF(AND(K10&gt;0,Plan!$I13=0),H10&amp;Language!$E$90&amp;I10,"")</f>
         <v>4 : 0</v>
       </c>
-      <c r="M10" s="340">
+      <c r="M10" s="349">
         <f>IF($H10="",0,Results!$L15)</f>
         <v>0</v>
       </c>
-      <c r="N10" s="341">
+      <c r="N10" s="350">
         <f>IF($I10="",0,Results!$M15)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B11" s="314" t="s">
+    <row r="11" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B11" s="323" t="s">
         <v>178</v>
       </c>
-      <c r="C11" s="309" t="str">
+      <c r="C11" s="318" t="str">
         <f>IF(Plan!$D14="","",Plan!D14)</f>
         <v>Manchester United</v>
       </c>
-      <c r="E11" s="330">
+      <c r="E11" s="339">
         <v>8</v>
       </c>
-      <c r="F11" s="345" t="str">
+      <c r="F11" s="354" t="str">
         <f>Plan!$Q14</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="G11" s="346" t="str">
+      <c r="G11" s="355" t="str">
         <f>Plan!$S14</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="H11" s="337">
+      <c r="H11" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E11-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I16&lt;&gt;"",Results!$K16&lt;&gt;"",Results!$F16&lt;&gt;Results!$H16,$F11&lt;&gt;"",$G11&lt;&gt;""),Results!$I16,""))</f>
         <v>0</v>
       </c>
-      <c r="I11" s="337">
+      <c r="I11" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E11-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I16&lt;&gt;"",Results!$K16&lt;&gt;"",Results!$F16&lt;&gt;Results!$H16,$F11&lt;&gt;"",$G11&lt;&gt;""),Results!$K16,""))</f>
         <v>6</v>
       </c>
-      <c r="J11" s="345" t="str">
+      <c r="J11" s="354" t="str">
         <f>IF(Plan!$I14=0,F11&amp;G11,"")</f>
         <v>SKN St. PöltenAtletico Madrid</v>
       </c>
-      <c r="K11" s="340">
+      <c r="K11" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L11" s="341" t="str">
+      <c r="L11" s="350" t="str">
         <f>IF(AND(K11&gt;0,Plan!$I14=0),H11&amp;Language!$E$90&amp;I11,"")</f>
         <v>0 : 6</v>
       </c>
-      <c r="M11" s="340">
+      <c r="M11" s="349">
         <f>IF($H11="",0,Results!$L16)</f>
         <v>0</v>
       </c>
-      <c r="N11" s="341">
+      <c r="N11" s="350">
         <f>IF($I11="",0,Results!$M16)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B12" s="314" t="s">
+    <row r="12" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B12" s="323" t="s">
         <v>179</v>
       </c>
-      <c r="C12" s="309" t="str">
+      <c r="C12" s="318" t="str">
         <f>IF(Plan!$D15="","",Plan!D15)</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="E12" s="330">
+      <c r="E12" s="339">
         <v>9</v>
       </c>
-      <c r="F12" s="345" t="str">
+      <c r="F12" s="354" t="str">
         <f>Plan!$Q15</f>
         <v>Manchester United</v>
       </c>
-      <c r="G12" s="346" t="str">
+      <c r="G12" s="355" t="str">
         <f>Plan!$S15</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="H12" s="337">
+      <c r="H12" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E12-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I17&lt;&gt;"",Results!$K17&lt;&gt;"",Results!$F17&lt;&gt;Results!$H17,$F12&lt;&gt;"",$G12&lt;&gt;""),Results!$I17,""))</f>
         <v>1</v>
       </c>
-      <c r="I12" s="337">
+      <c r="I12" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E12-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I17&lt;&gt;"",Results!$K17&lt;&gt;"",Results!$F17&lt;&gt;Results!$H17,$F12&lt;&gt;"",$G12&lt;&gt;""),Results!$K17,""))</f>
         <v>0</v>
       </c>
-      <c r="J12" s="345" t="str">
+      <c r="J12" s="354" t="str">
         <f>IF(Plan!$I15=0,F12&amp;G12,"")</f>
         <v>Manchester UnitedValerenga IF</v>
       </c>
-      <c r="K12" s="340">
+      <c r="K12" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L12" s="341" t="str">
+      <c r="L12" s="350" t="str">
         <f>IF(AND(K12&gt;0,Plan!$I15=0),H12&amp;Language!$E$90&amp;I12,"")</f>
         <v>1 : 0</v>
       </c>
-      <c r="M12" s="340">
+      <c r="M12" s="349">
         <f>IF($H12="",0,Results!$L17)</f>
         <v>0</v>
       </c>
-      <c r="N12" s="341">
+      <c r="N12" s="350">
         <f>IF($I12="",0,Results!$M17)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B13" s="314" t="s">
+    <row r="13" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B13" s="323" t="s">
         <v>180</v>
       </c>
-      <c r="C13" s="309" t="str">
+      <c r="C13" s="318" t="str">
         <f>IF(Plan!$D16="","",Plan!D16)</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="E13" s="330">
+      <c r="E13" s="339">
         <v>10</v>
       </c>
-      <c r="F13" s="345" t="str">
+      <c r="F13" s="354" t="str">
         <f>Plan!$Q16</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G13" s="346" t="str">
+      <c r="G13" s="355" t="str">
         <f>Plan!$S16</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="H13" s="337">
+      <c r="H13" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E13-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I18&lt;&gt;"",Results!$K18&lt;&gt;"",Results!$F18&lt;&gt;Results!$H18,$F13&lt;&gt;"",$G13&lt;&gt;""),Results!$I18,""))</f>
         <v>1</v>
       </c>
-      <c r="I13" s="337">
+      <c r="I13" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E13-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I18&lt;&gt;"",Results!$K18&lt;&gt;"",Results!$F18&lt;&gt;Results!$H18,$F13&lt;&gt;"",$G13&lt;&gt;""),Results!$K18,""))</f>
         <v>2</v>
       </c>
-      <c r="J13" s="345" t="str">
+      <c r="J13" s="354" t="str">
         <f>IF(Plan!$I16=0,F13&amp;G13,"")</f>
         <v>Valerenga IFVfL Wolfsburg</v>
       </c>
-      <c r="K13" s="340">
+      <c r="K13" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L13" s="341" t="str">
+      <c r="L13" s="350" t="str">
         <f>IF(AND(K13&gt;0,Plan!$I16=0),H13&amp;Language!$E$90&amp;I13,"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="M13" s="340">
+      <c r="M13" s="349">
         <f>IF($H13="",0,Results!$L18)</f>
         <v>0</v>
       </c>
-      <c r="N13" s="341">
+      <c r="N13" s="350">
         <f>IF($I13="",0,Results!$M18)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="14" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B14" s="314" t="s">
+    <row r="14" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B14" s="323" t="s">
         <v>181</v>
       </c>
-      <c r="C14" s="309" t="str">
+      <c r="C14" s="318" t="str">
         <f>IF(Plan!$D17="","",Plan!D17)</f>
         <v>Paris FC</v>
       </c>
-      <c r="E14" s="330">
+      <c r="E14" s="339">
         <v>11</v>
       </c>
-      <c r="F14" s="345" t="str">
+      <c r="F14" s="354" t="str">
         <f>Plan!$Q17</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="G14" s="346" t="str">
+      <c r="G14" s="355" t="str">
         <f>Plan!$S17</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="H14" s="337">
+      <c r="H14" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E14-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I19&lt;&gt;"",Results!$K19&lt;&gt;"",Results!$F19&lt;&gt;Results!$H19,$F14&lt;&gt;"",$G14&lt;&gt;""),Results!$I19,""))</f>
         <v>3</v>
       </c>
-      <c r="I14" s="337">
+      <c r="I14" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E14-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I19&lt;&gt;"",Results!$K19&lt;&gt;"",Results!$F19&lt;&gt;Results!$H19,$F14&lt;&gt;"",$G14&lt;&gt;""),Results!$K19,""))</f>
         <v>0</v>
       </c>
-      <c r="J14" s="345" t="str">
+      <c r="J14" s="354" t="str">
         <f>IF(Plan!$I17=0,F14&amp;G14,"")</f>
         <v>OL LyonnesSKN St. Pölten</v>
       </c>
-      <c r="K14" s="340">
+      <c r="K14" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L14" s="341" t="str">
+      <c r="L14" s="350" t="str">
         <f>IF(AND(K14&gt;0,Plan!$I17=0),H14&amp;Language!$E$90&amp;I14,"")</f>
         <v>3 : 0</v>
       </c>
-      <c r="M14" s="340">
+      <c r="M14" s="349">
         <f>IF($H14="",0,Results!$L19)</f>
         <v>0</v>
       </c>
-      <c r="N14" s="341">
+      <c r="N14" s="350">
         <f>IF($I14="",0,Results!$M19)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="15" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B15" s="314" t="s">
+    <row r="15" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B15" s="323" t="s">
         <v>182</v>
       </c>
-      <c r="C15" s="309" t="str">
+      <c r="C15" s="318" t="str">
         <f>IF(Plan!$D18="","",Plan!D18)</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="E15" s="330">
+      <c r="E15" s="339">
         <v>12</v>
       </c>
-      <c r="F15" s="345" t="str">
+      <c r="F15" s="354" t="str">
         <f>Plan!$Q18</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="G15" s="346" t="str">
+      <c r="G15" s="355" t="str">
         <f>Plan!$S18</f>
         <v>Paris FC</v>
       </c>
-      <c r="H15" s="337">
+      <c r="H15" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E15-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I20&lt;&gt;"",Results!$K20&lt;&gt;"",Results!$F20&lt;&gt;Results!$H20,$F15&lt;&gt;"",$G15&lt;&gt;""),Results!$I20,""))</f>
         <v>4</v>
       </c>
-      <c r="I15" s="337">
+      <c r="I15" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E15-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I20&lt;&gt;"",Results!$K20&lt;&gt;"",Results!$F20&lt;&gt;Results!$H20,$F15&lt;&gt;"",$G15&lt;&gt;""),Results!$K20,""))</f>
         <v>0</v>
       </c>
-      <c r="J15" s="345" t="str">
+      <c r="J15" s="354" t="str">
         <f>IF(Plan!$I18=0,F15&amp;G15,"")</f>
         <v>Chelsea FCParis FC</v>
       </c>
-      <c r="K15" s="340">
+      <c r="K15" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L15" s="341" t="str">
+      <c r="L15" s="350" t="str">
         <f>IF(AND(K15&gt;0,Plan!$I18=0),H15&amp;Language!$E$90&amp;I15,"")</f>
         <v>4 : 0</v>
       </c>
-      <c r="M15" s="340">
+      <c r="M15" s="349">
         <f>IF($H15="",0,Results!$L20)</f>
         <v>0</v>
       </c>
-      <c r="N15" s="341">
+      <c r="N15" s="350">
         <f>IF($I15="",0,Results!$M20)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="16" spans="1:14" x14ac:dyDescent="0.25">
-      <c r="B16" s="314" t="s">
+    <row r="16" spans="1:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B16" s="323" t="s">
         <v>183</v>
       </c>
-      <c r="C16" s="309" t="str">
+      <c r="C16" s="318" t="str">
         <f>IF(Plan!$D19="","",Plan!D19)</f>
         <v>Real Madrid</v>
       </c>
-      <c r="E16" s="330">
+      <c r="E16" s="339">
         <v>13</v>
       </c>
-      <c r="F16" s="345" t="str">
+      <c r="F16" s="354" t="str">
         <f>Plan!$Q19</f>
         <v>AS Rom</v>
       </c>
-      <c r="G16" s="346" t="str">
+      <c r="G16" s="355" t="str">
         <f>Plan!$S19</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="H16" s="337">
+      <c r="H16" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E16-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I21&lt;&gt;"",Results!$K21&lt;&gt;"",Results!$F21&lt;&gt;Results!$H21,$F16&lt;&gt;"",$G16&lt;&gt;""),Results!$I21,""))</f>
         <v>0</v>
       </c>
-      <c r="I16" s="337">
+      <c r="I16" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E16-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I21&lt;&gt;"",Results!$K21&lt;&gt;"",Results!$F21&lt;&gt;Results!$H21,$F16&lt;&gt;"",$G16&lt;&gt;""),Results!$K21,""))</f>
         <v>4</v>
       </c>
-      <c r="J16" s="345" t="str">
+      <c r="J16" s="354" t="str">
         <f>IF(Plan!$I19=0,F16&amp;G16,"")</f>
         <v>AS RomFC Barcelona</v>
       </c>
-      <c r="K16" s="340">
+      <c r="K16" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L16" s="341" t="str">
+      <c r="L16" s="350" t="str">
         <f>IF(AND(K16&gt;0,Plan!$I19=0),H16&amp;Language!$E$90&amp;I16,"")</f>
         <v>0 : 4</v>
       </c>
-      <c r="M16" s="340">
+      <c r="M16" s="349">
         <f>IF($H16="",0,Results!$L21)</f>
         <v>0</v>
       </c>
-      <c r="N16" s="341">
+      <c r="N16" s="350">
         <f>IF($I16="",0,Results!$M21)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="17" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="B17" s="314" t="s">
+    <row r="17" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B17" s="323" t="s">
         <v>184</v>
       </c>
-      <c r="C17" s="309" t="str">
+      <c r="C17" s="318" t="str">
         <f>IF(Plan!$D20="","",Plan!D20)</f>
         <v>AS Rom</v>
       </c>
-      <c r="E17" s="330">
+      <c r="E17" s="339">
         <v>14</v>
       </c>
-      <c r="F17" s="345" t="str">
+      <c r="F17" s="354" t="str">
         <f>Plan!$Q20</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="G17" s="346" t="str">
+      <c r="G17" s="355" t="str">
         <f>Plan!$S20</f>
         <v>FC Twente</v>
       </c>
-      <c r="H17" s="337">
+      <c r="H17" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E17-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I22&lt;&gt;"",Results!$K22&lt;&gt;"",Results!$F22&lt;&gt;Results!$H22,$F17&lt;&gt;"",$G17&lt;&gt;""),Results!$I22,""))</f>
         <v>2</v>
       </c>
-      <c r="I17" s="337">
+      <c r="I17" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E17-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I22&lt;&gt;"",Results!$K22&lt;&gt;"",Results!$F22&lt;&gt;Results!$H22,$F17&lt;&gt;"",$G17&lt;&gt;""),Results!$K22,""))</f>
         <v>1</v>
       </c>
-      <c r="J17" s="345" t="str">
+      <c r="J17" s="354" t="str">
         <f>IF(Plan!$I20=0,F17&amp;G17,"")</f>
         <v>Oud-Heverlee LeuvenFC Twente</v>
       </c>
-      <c r="K17" s="340">
+      <c r="K17" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L17" s="341" t="str">
+      <c r="L17" s="350" t="str">
         <f>IF(AND(K17&gt;0,Plan!$I20=0),H17&amp;Language!$E$90&amp;I17,"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="M17" s="340">
+      <c r="M17" s="349">
         <f>IF($H17="",0,Results!$L22)</f>
         <v>0</v>
       </c>
-      <c r="N17" s="341">
+      <c r="N17" s="350">
         <f>IF($I17="",0,Results!$M22)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="18" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="B18" s="314" t="s">
+    <row r="18" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B18" s="323" t="s">
         <v>185</v>
       </c>
-      <c r="C18" s="309" t="str">
+      <c r="C18" s="318" t="str">
         <f>IF(Plan!$D21="","",Plan!D21)</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="E18" s="330">
+      <c r="E18" s="339">
         <v>15</v>
       </c>
-      <c r="F18" s="345" t="str">
+      <c r="F18" s="354" t="str">
         <f>Plan!$Q21</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G18" s="346" t="str">
+      <c r="G18" s="355" t="str">
         <f>Plan!$S21</f>
         <v>Manchester United</v>
       </c>
-      <c r="H18" s="337">
+      <c r="H18" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E18-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I23&lt;&gt;"",Results!$K23&lt;&gt;"",Results!$F23&lt;&gt;Results!$H23,$F18&lt;&gt;"",$G18&lt;&gt;""),Results!$I23,""))</f>
         <v>0</v>
       </c>
-      <c r="I18" s="337">
+      <c r="I18" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E18-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I23&lt;&gt;"",Results!$K23&lt;&gt;"",Results!$F23&lt;&gt;Results!$H23,$F18&lt;&gt;"",$G18&lt;&gt;""),Results!$K23,""))</f>
         <v>1</v>
       </c>
-      <c r="J18" s="345" t="str">
+      <c r="J18" s="354" t="str">
         <f>IF(Plan!$I21=0,F18&amp;G18,"")</f>
         <v>Atletico MadridManchester United</v>
       </c>
-      <c r="K18" s="340">
+      <c r="K18" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L18" s="341" t="str">
+      <c r="L18" s="350" t="str">
         <f>IF(AND(K18&gt;0,Plan!$I21=0),H18&amp;Language!$E$90&amp;I18,"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="M18" s="340">
+      <c r="M18" s="349">
         <f>IF($H18="",0,Results!$L23)</f>
         <v>0</v>
       </c>
-      <c r="N18" s="341">
+      <c r="N18" s="350">
         <f>IF($I18="",0,Results!$M23)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="19" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="B19" s="314" t="s">
+    <row r="19" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B19" s="323" t="s">
         <v>186</v>
       </c>
-      <c r="C19" s="309" t="str">
+      <c r="C19" s="318" t="str">
         <f>IF(Plan!$D22="","",Plan!D22)</f>
         <v>FC Twente</v>
       </c>
-      <c r="E19" s="330">
+      <c r="E19" s="339">
         <v>16</v>
       </c>
-      <c r="F19" s="345" t="str">
+      <c r="F19" s="354" t="str">
         <f>Plan!$Q22</f>
         <v>SL Benfica</v>
       </c>
-      <c r="G19" s="346" t="str">
+      <c r="G19" s="355" t="str">
         <f>Plan!$S22</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="H19" s="337">
+      <c r="H19" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E19-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I24&lt;&gt;"",Results!$K24&lt;&gt;"",Results!$F24&lt;&gt;Results!$H24,$F19&lt;&gt;"",$G19&lt;&gt;""),Results!$I24,""))</f>
         <v>0</v>
       </c>
-      <c r="I19" s="337">
+      <c r="I19" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E19-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I24&lt;&gt;"",Results!$K24&lt;&gt;"",Results!$F24&lt;&gt;Results!$H24,$F19&lt;&gt;"",$G19&lt;&gt;""),Results!$K24,""))</f>
         <v>2</v>
       </c>
-      <c r="J19" s="345" t="str">
+      <c r="J19" s="354" t="str">
         <f>IF(Plan!$I22=0,F19&amp;G19,"")</f>
         <v>SL BenficaArsenal WFC</v>
       </c>
-      <c r="K19" s="340">
+      <c r="K19" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L19" s="341" t="str">
+      <c r="L19" s="350" t="str">
         <f>IF(AND(K19&gt;0,Plan!$I22=0),H19&amp;Language!$E$90&amp;I19,"")</f>
         <v>0 : 2</v>
       </c>
-      <c r="M19" s="340">
+      <c r="M19" s="349">
         <f>IF($H19="",0,Results!$L24)</f>
         <v>0</v>
       </c>
-      <c r="N19" s="341">
+      <c r="N19" s="350">
         <f>IF($I19="",0,Results!$M24)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="20" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="B20" s="314" t="s">
+    <row r="20" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B20" s="323" t="s">
         <v>187</v>
       </c>
-      <c r="C20" s="309" t="str">
+      <c r="C20" s="318" t="str">
         <f>IF(Plan!$D23="","",Plan!D23)</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="E20" s="330">
+      <c r="E20" s="339">
         <v>17</v>
       </c>
-      <c r="F20" s="345" t="str">
+      <c r="F20" s="354" t="str">
         <f>Plan!$Q23</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="G20" s="346" t="str">
+      <c r="G20" s="355" t="str">
         <f>Plan!$S23</f>
         <v>Juventus FC</v>
       </c>
-      <c r="H20" s="337">
+      <c r="H20" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E20-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I25&lt;&gt;"",Results!$K25&lt;&gt;"",Results!$F25&lt;&gt;Results!$H25,$F20&lt;&gt;"",$G20&lt;&gt;""),Results!$I25,""))</f>
         <v>2</v>
       </c>
-      <c r="I20" s="337">
+      <c r="I20" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E20-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I25&lt;&gt;"",Results!$K25&lt;&gt;"",Results!$F25&lt;&gt;Results!$H25,$F20&lt;&gt;"",$G20&lt;&gt;""),Results!$K25,""))</f>
         <v>1</v>
       </c>
-      <c r="J20" s="345" t="str">
+      <c r="J20" s="354" t="str">
         <f>IF(Plan!$I23=0,F20&amp;G20,"")</f>
         <v>FC Bayern MünchenJuventus FC</v>
       </c>
-      <c r="K20" s="340">
+      <c r="K20" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L20" s="341" t="str">
+      <c r="L20" s="350" t="str">
         <f>IF(AND(K20&gt;0,Plan!$I23=0),H20&amp;Language!$E$90&amp;I20,"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="M20" s="340">
+      <c r="M20" s="349">
         <f>IF($H20="",0,Results!$L25)</f>
         <v>0</v>
       </c>
-      <c r="N20" s="341">
+      <c r="N20" s="350">
         <f>IF($I20="",0,Results!$M25)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="21" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="B21" s="315" t="s">
+    <row r="21" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="B21" s="324" t="s">
         <v>188</v>
       </c>
-      <c r="C21" s="311" t="str">
+      <c r="C21" s="320" t="str">
         <f>IF(Plan!$D24="","",Plan!D24)</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="E21" s="331">
+      <c r="E21" s="340">
         <v>18</v>
       </c>
-      <c r="F21" s="345" t="str">
+      <c r="F21" s="354" t="str">
         <f>Plan!$Q24</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="G21" s="346" t="str">
+      <c r="G21" s="355" t="str">
         <f>Plan!$S24</f>
         <v>Real Madrid</v>
       </c>
-      <c r="H21" s="337">
+      <c r="H21" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E21-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I26&lt;&gt;"",Results!$K26&lt;&gt;"",Results!$F26&lt;&gt;Results!$H26,$F21&lt;&gt;"",$G21&lt;&gt;""),Results!$I26,""))</f>
         <v>1</v>
       </c>
-      <c r="I21" s="337">
+      <c r="I21" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E21-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I26&lt;&gt;"",Results!$K26&lt;&gt;"",Results!$F26&lt;&gt;Results!$H26,$F21&lt;&gt;"",$G21&lt;&gt;""),Results!$K26,""))</f>
         <v>2</v>
       </c>
-      <c r="J21" s="345" t="str">
+      <c r="J21" s="354" t="str">
         <f>IF(Plan!$I24=0,F21&amp;G21,"")</f>
         <v>Paris St. GermainReal Madrid</v>
       </c>
-      <c r="K21" s="340">
+      <c r="K21" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L21" s="341" t="str">
+      <c r="L21" s="350" t="str">
         <f>IF(AND(K21&gt;0,Plan!$I24=0),H21&amp;Language!$E$90&amp;I21,"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="M21" s="340">
+      <c r="M21" s="349">
         <f>IF($H21="",0,Results!$L26)</f>
         <v>0</v>
       </c>
-      <c r="N21" s="341">
+      <c r="N21" s="350">
         <f>IF($I21="",0,Results!$M26)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="22" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E22" s="332">
+    <row r="22" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E22" s="341">
         <v>19</v>
       </c>
-      <c r="F22" s="345" t="str">
+      <c r="F22" s="354" t="str">
         <f>Plan!$Q25</f>
         <v>AS Rom</v>
       </c>
-      <c r="G22" s="346" t="str">
+      <c r="G22" s="355" t="str">
         <f>Plan!$S25</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="H22" s="337">
+      <c r="H22" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E22-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I27&lt;&gt;"",Results!$K27&lt;&gt;"",Results!$F27&lt;&gt;Results!$H27,$F22&lt;&gt;"",$G22&lt;&gt;""),Results!$I27,""))</f>
         <v>0</v>
       </c>
-      <c r="I22" s="337">
+      <c r="I22" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E22-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I27&lt;&gt;"",Results!$K27&lt;&gt;"",Results!$F27&lt;&gt;Results!$H27,$F22&lt;&gt;"",$G22&lt;&gt;""),Results!$K27,""))</f>
         <v>1</v>
       </c>
-      <c r="J22" s="345" t="str">
+      <c r="J22" s="354" t="str">
         <f>IF(Plan!$I25=0,F22&amp;G22,"")</f>
         <v>AS RomValerenga IF</v>
       </c>
-      <c r="K22" s="340">
+      <c r="K22" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L22" s="341" t="str">
+      <c r="L22" s="350" t="str">
         <f>IF(AND(K22&gt;0,Plan!$I25=0),H22&amp;Language!$E$90&amp;I22,"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="M22" s="340">
+      <c r="M22" s="349">
         <f>IF($H22="",0,Results!$L27)</f>
         <v>0</v>
       </c>
-      <c r="N22" s="341">
+      <c r="N22" s="350">
         <f>IF($I22="",0,Results!$M27)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="23" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E23" s="332">
+    <row r="23" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E23" s="341">
         <v>20</v>
       </c>
-      <c r="F23" s="345" t="str">
+      <c r="F23" s="354" t="str">
         <f>Plan!$Q26</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="G23" s="346" t="str">
+      <c r="G23" s="355" t="str">
         <f>Plan!$S26</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="H23" s="337">
+      <c r="H23" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E23-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I28&lt;&gt;"",Results!$K28&lt;&gt;"",Results!$F28&lt;&gt;Results!$H28,$F23&lt;&gt;"",$G23&lt;&gt;""),Results!$I28,""))</f>
         <v>3</v>
       </c>
-      <c r="I23" s="337">
+      <c r="I23" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E23-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I28&lt;&gt;"",Results!$K28&lt;&gt;"",Results!$F28&lt;&gt;Results!$H28,$F23&lt;&gt;"",$G23&lt;&gt;""),Results!$K28,""))</f>
         <v>1</v>
       </c>
-      <c r="J23" s="345" t="str">
+      <c r="J23" s="354" t="str">
         <f>IF(Plan!$I26=0,F23&amp;G23,"")</f>
         <v>OL LyonnesVfL Wolfsburg</v>
       </c>
-      <c r="K23" s="340">
+      <c r="K23" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L23" s="341" t="str">
+      <c r="L23" s="350" t="str">
         <f>IF(AND(K23&gt;0,Plan!$I26=0),H23&amp;Language!$E$90&amp;I23,"")</f>
         <v>3 : 1</v>
       </c>
-      <c r="M23" s="340">
+      <c r="M23" s="349">
         <f>IF($H23="",0,Results!$L28)</f>
         <v>0</v>
       </c>
-      <c r="N23" s="341">
+      <c r="N23" s="350">
         <f>IF($I23="",0,Results!$M28)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="24" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E24" s="332">
+    <row r="24" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E24" s="341">
         <v>21</v>
       </c>
-      <c r="F24" s="345" t="str">
+      <c r="F24" s="354" t="str">
         <f>Plan!$Q27</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="G24" s="346" t="str">
+      <c r="G24" s="355" t="str">
         <f>Plan!$S27</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="H24" s="337">
+      <c r="H24" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E24-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I29&lt;&gt;"",Results!$K29&lt;&gt;"",Results!$F29&lt;&gt;Results!$H29,$F24&lt;&gt;"",$G24&lt;&gt;""),Results!$I29,""))</f>
         <v>0</v>
       </c>
-      <c r="I24" s="337">
+      <c r="I24" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E24-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I29&lt;&gt;"",Results!$K29&lt;&gt;"",Results!$F29&lt;&gt;Results!$H29,$F24&lt;&gt;"",$G24&lt;&gt;""),Results!$K29,""))</f>
         <v>6</v>
       </c>
-      <c r="J24" s="345" t="str">
+      <c r="J24" s="354" t="str">
         <f>IF(Plan!$I27=0,F24&amp;G24,"")</f>
         <v>SKN St. PöltenChelsea FC</v>
       </c>
-      <c r="K24" s="340">
+      <c r="K24" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L24" s="341" t="str">
+      <c r="L24" s="350" t="str">
         <f>IF(AND(K24&gt;0,Plan!$I27=0),H24&amp;Language!$E$90&amp;I24,"")</f>
         <v>0 : 6</v>
       </c>
-      <c r="M24" s="340">
+      <c r="M24" s="349">
         <f>IF($H24="",0,Results!$L29)</f>
         <v>0</v>
       </c>
-      <c r="N24" s="341">
+      <c r="N24" s="350">
         <f>IF($I24="",0,Results!$M29)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="25" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E25" s="332">
+    <row r="25" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E25" s="341">
         <v>22</v>
       </c>
-      <c r="F25" s="345" t="str">
+      <c r="F25" s="354" t="str">
         <f>Plan!$Q28</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G25" s="346" t="str">
+      <c r="G25" s="355" t="str">
         <f>Plan!$S28</f>
         <v>Paris FC</v>
       </c>
-      <c r="H25" s="337">
+      <c r="H25" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E25-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I30&lt;&gt;"",Results!$K30&lt;&gt;"",Results!$F30&lt;&gt;Results!$H30,$F25&lt;&gt;"",$G25&lt;&gt;""),Results!$I30,""))</f>
         <v>1</v>
       </c>
-      <c r="I25" s="337">
+      <c r="I25" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E25-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I30&lt;&gt;"",Results!$K30&lt;&gt;"",Results!$F30&lt;&gt;Results!$H30,$F25&lt;&gt;"",$G25&lt;&gt;""),Results!$K30,""))</f>
         <v>1</v>
       </c>
-      <c r="J25" s="345" t="str">
+      <c r="J25" s="354" t="str">
         <f>IF(Plan!$I28=0,F25&amp;G25,"")</f>
         <v>Real MadridParis FC</v>
       </c>
-      <c r="K25" s="340">
+      <c r="K25" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L25" s="341" t="str">
+      <c r="L25" s="350" t="str">
         <f>IF(AND(K25&gt;0,Plan!$I28=0),H25&amp;Language!$E$90&amp;I25,"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="M25" s="340">
+      <c r="M25" s="349">
         <f>IF($H25="",0,Results!$L30)</f>
         <v>0</v>
       </c>
-      <c r="N25" s="341">
+      <c r="N25" s="350">
         <f>IF($I25="",0,Results!$M30)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="26" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E26" s="332">
+    <row r="26" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E26" s="341">
         <v>23</v>
       </c>
-      <c r="F26" s="345" t="str">
+      <c r="F26" s="354" t="str">
         <f>Plan!$Q29</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="G26" s="346" t="str">
+      <c r="G26" s="355" t="str">
         <f>Plan!$S29</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="H26" s="337">
+      <c r="H26" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E26-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I31&lt;&gt;"",Results!$K31&lt;&gt;"",Results!$F31&lt;&gt;Results!$H31,$F26&lt;&gt;"",$G26&lt;&gt;""),Results!$I31,""))</f>
         <v>3</v>
       </c>
-      <c r="I26" s="337">
+      <c r="I26" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E26-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I31&lt;&gt;"",Results!$K31&lt;&gt;"",Results!$F31&lt;&gt;Results!$H31,$F26&lt;&gt;"",$G26&lt;&gt;""),Results!$K31,""))</f>
         <v>2</v>
       </c>
-      <c r="J26" s="345" t="str">
+      <c r="J26" s="354" t="str">
         <f>IF(Plan!$I29=0,F26&amp;G26,"")</f>
         <v>FC Bayern MünchenArsenal WFC</v>
       </c>
-      <c r="K26" s="340">
+      <c r="K26" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L26" s="341" t="str">
+      <c r="L26" s="350" t="str">
         <f>IF(AND(K26&gt;0,Plan!$I29=0),H26&amp;Language!$E$90&amp;I26,"")</f>
         <v>3 : 2</v>
       </c>
-      <c r="M26" s="340">
+      <c r="M26" s="349">
         <f>IF($H26="",0,Results!$L31)</f>
         <v>0</v>
       </c>
-      <c r="N26" s="341">
+      <c r="N26" s="350">
         <f>IF($I26="",0,Results!$M31)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="27" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E27" s="332">
+    <row r="27" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E27" s="341">
         <v>24</v>
       </c>
-      <c r="F27" s="345" t="str">
+      <c r="F27" s="354" t="str">
         <f>Plan!$Q30</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G27" s="346" t="str">
+      <c r="G27" s="355" t="str">
         <f>Plan!$S30</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="H27" s="337">
+      <c r="H27" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E27-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I32&lt;&gt;"",Results!$K32&lt;&gt;"",Results!$F32&lt;&gt;Results!$H32,$F27&lt;&gt;"",$G27&lt;&gt;""),Results!$I32,""))</f>
         <v>3</v>
       </c>
-      <c r="I27" s="337">
+      <c r="I27" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E27-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I32&lt;&gt;"",Results!$K32&lt;&gt;"",Results!$F32&lt;&gt;Results!$H32,$F27&lt;&gt;"",$G27&lt;&gt;""),Results!$K32,""))</f>
         <v>0</v>
       </c>
-      <c r="J27" s="345" t="str">
+      <c r="J27" s="354" t="str">
         <f>IF(Plan!$I30=0,F27&amp;G27,"")</f>
         <v>FC BarcelonaOud-Heverlee Leuven</v>
       </c>
-      <c r="K27" s="340">
+      <c r="K27" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L27" s="341" t="str">
+      <c r="L27" s="350" t="str">
         <f>IF(AND(K27&gt;0,Plan!$I30=0),H27&amp;Language!$E$90&amp;I27,"")</f>
         <v>3 : 0</v>
       </c>
-      <c r="M27" s="340">
+      <c r="M27" s="349">
         <f>IF($H27="",0,Results!$L32)</f>
         <v>0</v>
       </c>
-      <c r="N27" s="341">
+      <c r="N27" s="350">
         <f>IF($I27="",0,Results!$M32)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="28" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E28" s="332">
+    <row r="28" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E28" s="341">
         <v>25</v>
       </c>
-      <c r="F28" s="345" t="str">
+      <c r="F28" s="354" t="str">
         <f>Plan!$Q31</f>
         <v>Manchester United</v>
       </c>
-      <c r="G28" s="346" t="str">
+      <c r="G28" s="355" t="str">
         <f>Plan!$S31</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="H28" s="337">
+      <c r="H28" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E28-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I33&lt;&gt;"",Results!$K33&lt;&gt;"",Results!$F33&lt;&gt;Results!$H33,$F28&lt;&gt;"",$G28&lt;&gt;""),Results!$I33,""))</f>
         <v>2</v>
       </c>
-      <c r="I28" s="337">
+      <c r="I28" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E28-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I33&lt;&gt;"",Results!$K33&lt;&gt;"",Results!$F33&lt;&gt;Results!$H33,$F28&lt;&gt;"",$G28&lt;&gt;""),Results!$K33,""))</f>
         <v>1</v>
       </c>
-      <c r="J28" s="345" t="str">
+      <c r="J28" s="354" t="str">
         <f>IF(Plan!$I31=0,F28&amp;G28,"")</f>
         <v>Manchester UnitedParis St. Germain</v>
       </c>
-      <c r="K28" s="340">
+      <c r="K28" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L28" s="341" t="str">
+      <c r="L28" s="350" t="str">
         <f>IF(AND(K28&gt;0,Plan!$I31=0),H28&amp;Language!$E$90&amp;I28,"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="M28" s="340">
+      <c r="M28" s="349">
         <f>IF($H28="",0,Results!$L33)</f>
         <v>0</v>
       </c>
-      <c r="N28" s="341">
+      <c r="N28" s="350">
         <f>IF($I28="",0,Results!$M33)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="29" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E29" s="332">
+    <row r="29" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E29" s="341">
         <v>26</v>
       </c>
-      <c r="F29" s="345" t="str">
+      <c r="F29" s="354" t="str">
         <f>Plan!$Q32</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G29" s="346" t="str">
+      <c r="G29" s="355" t="str">
         <f>Plan!$S32</f>
         <v>Juventus FC</v>
       </c>
-      <c r="H29" s="337">
+      <c r="H29" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E29-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I34&lt;&gt;"",Results!$K34&lt;&gt;"",Results!$F34&lt;&gt;Results!$H34,$F29&lt;&gt;"",$G29&lt;&gt;""),Results!$I34,""))</f>
         <v>1</v>
       </c>
-      <c r="I29" s="337">
+      <c r="I29" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E29-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I34&lt;&gt;"",Results!$K34&lt;&gt;"",Results!$F34&lt;&gt;Results!$H34,$F29&lt;&gt;"",$G29&lt;&gt;""),Results!$K34,""))</f>
         <v>2</v>
       </c>
-      <c r="J29" s="345" t="str">
+      <c r="J29" s="354" t="str">
         <f>IF(Plan!$I32=0,F29&amp;G29,"")</f>
         <v>Atletico MadridJuventus FC</v>
       </c>
-      <c r="K29" s="340">
+      <c r="K29" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L29" s="341" t="str">
+      <c r="L29" s="350" t="str">
         <f>IF(AND(K29&gt;0,Plan!$I32=0),H29&amp;Language!$E$90&amp;I29,"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="M29" s="340">
+      <c r="M29" s="349">
         <f>IF($H29="",0,Results!$L34)</f>
         <v>0</v>
       </c>
-      <c r="N29" s="341">
+      <c r="N29" s="350">
         <f>IF($I29="",0,Results!$M34)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="30" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E30" s="332">
+    <row r="30" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E30" s="341">
         <v>27</v>
       </c>
-      <c r="F30" s="345" t="str">
+      <c r="F30" s="354" t="str">
         <f>Plan!$Q33</f>
         <v>SL Benfica</v>
       </c>
-      <c r="G30" s="346" t="str">
+      <c r="G30" s="355" t="str">
         <f>Plan!$S33</f>
         <v>FC Twente</v>
       </c>
-      <c r="H30" s="337">
+      <c r="H30" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E30-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I35&lt;&gt;"",Results!$K35&lt;&gt;"",Results!$F35&lt;&gt;Results!$H35,$F30&lt;&gt;"",$G30&lt;&gt;""),Results!$I35,""))</f>
         <v>1</v>
       </c>
-      <c r="I30" s="337">
+      <c r="I30" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E30-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I35&lt;&gt;"",Results!$K35&lt;&gt;"",Results!$F35&lt;&gt;Results!$H35,$F30&lt;&gt;"",$G30&lt;&gt;""),Results!$K35,""))</f>
         <v>1</v>
       </c>
-      <c r="J30" s="345" t="str">
+      <c r="J30" s="354" t="str">
         <f>IF(Plan!$I33=0,F30&amp;G30,"")</f>
         <v>SL BenficaFC Twente</v>
       </c>
-      <c r="K30" s="340">
+      <c r="K30" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L30" s="341" t="str">
+      <c r="L30" s="350" t="str">
         <f>IF(AND(K30&gt;0,Plan!$I33=0),H30&amp;Language!$E$90&amp;I30,"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="M30" s="340">
+      <c r="M30" s="349">
         <f>IF($H30="",0,Results!$L35)</f>
         <v>0</v>
       </c>
-      <c r="N30" s="341">
+      <c r="N30" s="350">
         <f>IF($I30="",0,Results!$M35)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="31" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E31" s="332">
+    <row r="31" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E31" s="341">
         <v>28</v>
       </c>
-      <c r="F31" s="345" t="str">
+      <c r="F31" s="354" t="str">
         <f>Plan!$Q34</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G31" s="346" t="str">
+      <c r="G31" s="355" t="str">
         <f>Plan!$S34</f>
         <v>Manchester United</v>
       </c>
-      <c r="H31" s="337">
+      <c r="H31" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E31-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I36&lt;&gt;"",Results!$K36&lt;&gt;"",Results!$F36&lt;&gt;Results!$H36,$F31&lt;&gt;"",$G31&lt;&gt;""),Results!$I36,""))</f>
         <v>5</v>
       </c>
-      <c r="I31" s="337">
+      <c r="I31" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E31-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I36&lt;&gt;"",Results!$K36&lt;&gt;"",Results!$F36&lt;&gt;Results!$H36,$F31&lt;&gt;"",$G31&lt;&gt;""),Results!$K36,""))</f>
         <v>2</v>
       </c>
-      <c r="J31" s="345" t="str">
+      <c r="J31" s="354" t="str">
         <f>IF(Plan!$I34=0,F31&amp;G31,"")</f>
         <v>VfL WolfsburgManchester United</v>
       </c>
-      <c r="K31" s="340">
+      <c r="K31" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L31" s="341" t="str">
+      <c r="L31" s="350" t="str">
         <f>IF(AND(K31&gt;0,Plan!$I34=0),H31&amp;Language!$E$90&amp;I31,"")</f>
         <v>5 : 2</v>
       </c>
-      <c r="M31" s="340">
+      <c r="M31" s="349">
         <f>IF($H31="",0,Results!$L36)</f>
         <v>0</v>
       </c>
-      <c r="N31" s="341">
+      <c r="N31" s="350">
         <f>IF($I31="",0,Results!$M36)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="32" spans="2:14" x14ac:dyDescent="0.25">
-      <c r="E32" s="332">
+    <row r="32" spans="2:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E32" s="341">
         <v>29</v>
       </c>
-      <c r="F32" s="345" t="str">
+      <c r="F32" s="354" t="str">
         <f>Plan!$Q35</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G32" s="346" t="str">
+      <c r="G32" s="355" t="str">
         <f>Plan!$S35</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="H32" s="337">
+      <c r="H32" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E32-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I37&lt;&gt;"",Results!$K37&lt;&gt;"",Results!$F37&lt;&gt;Results!$H37,$F32&lt;&gt;"",$G32&lt;&gt;""),Results!$I37,""))</f>
         <v>3</v>
       </c>
-      <c r="I32" s="337">
+      <c r="I32" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E32-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I37&lt;&gt;"",Results!$K37&lt;&gt;"",Results!$F37&lt;&gt;Results!$H37,$F32&lt;&gt;"",$G32&lt;&gt;""),Results!$K37,""))</f>
         <v>3</v>
       </c>
-      <c r="J32" s="345" t="str">
+      <c r="J32" s="354" t="str">
         <f>IF(Plan!$I35=0,F32&amp;G32,"")</f>
         <v>Juventus FCOL Lyonnes</v>
       </c>
-      <c r="K32" s="340">
+      <c r="K32" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L32" s="341" t="str">
+      <c r="L32" s="350" t="str">
         <f>IF(AND(K32&gt;0,Plan!$I35=0),H32&amp;Language!$E$90&amp;I32,"")</f>
         <v>3 : 3</v>
       </c>
-      <c r="M32" s="340">
+      <c r="M32" s="349">
         <f>IF($H32="",0,Results!$L37)</f>
         <v>0</v>
       </c>
-      <c r="N32" s="341">
+      <c r="N32" s="350">
         <f>IF($I32="",0,Results!$M37)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="33" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E33" s="332">
+    <row r="33" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E33" s="341">
         <v>30</v>
       </c>
-      <c r="F33" s="345" t="str">
+      <c r="F33" s="354" t="str">
         <f>Plan!$Q36</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G33" s="346" t="str">
+      <c r="G33" s="355" t="str">
         <f>Plan!$S36</f>
         <v>Real Madrid</v>
       </c>
-      <c r="H33" s="337">
+      <c r="H33" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E33-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I38&lt;&gt;"",Results!$K38&lt;&gt;"",Results!$F38&lt;&gt;Results!$H38,$F33&lt;&gt;"",$G33&lt;&gt;""),Results!$I38,""))</f>
         <v>2</v>
       </c>
-      <c r="I33" s="337">
+      <c r="I33" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E33-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I38&lt;&gt;"",Results!$K38&lt;&gt;"",Results!$F38&lt;&gt;Results!$H38,$F33&lt;&gt;"",$G33&lt;&gt;""),Results!$K38,""))</f>
         <v>1</v>
       </c>
-      <c r="J33" s="345" t="str">
+      <c r="J33" s="354" t="str">
         <f>IF(Plan!$I36=0,F33&amp;G33,"")</f>
         <v>Arsenal WFCReal Madrid</v>
       </c>
-      <c r="K33" s="340">
+      <c r="K33" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L33" s="341" t="str">
+      <c r="L33" s="350" t="str">
         <f>IF(AND(K33&gt;0,Plan!$I36=0),H33&amp;Language!$E$90&amp;I33,"")</f>
         <v>2 : 1</v>
       </c>
-      <c r="M33" s="340">
+      <c r="M33" s="349">
         <f>IF($H33="",0,Results!$L38)</f>
         <v>0</v>
       </c>
-      <c r="N33" s="341">
+      <c r="N33" s="350">
         <f>IF($I33="",0,Results!$M38)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="34" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E34" s="332">
+    <row r="34" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E34" s="341">
         <v>31</v>
       </c>
-      <c r="F34" s="345" t="str">
+      <c r="F34" s="354" t="str">
         <f>Plan!$Q37</f>
         <v>Paris FC</v>
       </c>
-      <c r="G34" s="346" t="str">
+      <c r="G34" s="355" t="str">
         <f>Plan!$S37</f>
         <v>SL Benfica</v>
       </c>
-      <c r="H34" s="337">
+      <c r="H34" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E34-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I39&lt;&gt;"",Results!$K39&lt;&gt;"",Results!$F39&lt;&gt;Results!$H39,$F34&lt;&gt;"",$G34&lt;&gt;""),Results!$I39,""))</f>
         <v>2</v>
       </c>
-      <c r="I34" s="337">
+      <c r="I34" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E34-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I39&lt;&gt;"",Results!$K39&lt;&gt;"",Results!$F39&lt;&gt;Results!$H39,$F34&lt;&gt;"",$G34&lt;&gt;""),Results!$K39,""))</f>
         <v>0</v>
       </c>
-      <c r="J34" s="345" t="str">
+      <c r="J34" s="354" t="str">
         <f>IF(Plan!$I37=0,F34&amp;G34,"")</f>
         <v>Paris FCSL Benfica</v>
       </c>
-      <c r="K34" s="340">
+      <c r="K34" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L34" s="341" t="str">
+      <c r="L34" s="350" t="str">
         <f>IF(AND(K34&gt;0,Plan!$I37=0),H34&amp;Language!$E$90&amp;I34,"")</f>
         <v>2 : 0</v>
       </c>
-      <c r="M34" s="340">
+      <c r="M34" s="349">
         <f>IF($H34="",0,Results!$L39)</f>
         <v>0</v>
       </c>
-      <c r="N34" s="341">
+      <c r="N34" s="350">
         <f>IF($I34="",0,Results!$M39)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="35" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E35" s="332">
+    <row r="35" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E35" s="341">
         <v>32</v>
       </c>
-      <c r="F35" s="345" t="str">
+      <c r="F35" s="354" t="str">
         <f>Plan!$Q38</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G35" s="346" t="str">
+      <c r="G35" s="355" t="str">
         <f>Plan!$S38</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="H35" s="337">
+      <c r="H35" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E35-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I40&lt;&gt;"",Results!$K40&lt;&gt;"",Results!$F40&lt;&gt;Results!$H40,$F35&lt;&gt;"",$G35&lt;&gt;""),Results!$I40,""))</f>
         <v>2</v>
       </c>
-      <c r="I35" s="337">
+      <c r="I35" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E35-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I40&lt;&gt;"",Results!$K40&lt;&gt;"",Results!$F40&lt;&gt;Results!$H40,$F35&lt;&gt;"",$G35&lt;&gt;""),Results!$K40,""))</f>
         <v>2</v>
       </c>
-      <c r="J35" s="345" t="str">
+      <c r="J35" s="354" t="str">
         <f>IF(Plan!$I38=0,F35&amp;G35,"")</f>
         <v>Valerenga IFSKN St. Pölten</v>
       </c>
-      <c r="K35" s="340">
+      <c r="K35" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L35" s="341" t="str">
+      <c r="L35" s="350" t="str">
         <f>IF(AND(K35&gt;0,Plan!$I38=0),H35&amp;Language!$E$90&amp;I35,"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="M35" s="340">
+      <c r="M35" s="349">
         <f>IF($H35="",0,Results!$L40)</f>
         <v>0</v>
       </c>
-      <c r="N35" s="341">
+      <c r="N35" s="350">
         <f>IF($I35="",0,Results!$M40)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="36" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E36" s="332">
+    <row r="36" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E36" s="341">
         <v>33</v>
       </c>
-      <c r="F36" s="345" t="str">
+      <c r="F36" s="354" t="str">
         <f>Plan!$Q39</f>
         <v>FC Twente</v>
       </c>
-      <c r="G36" s="346" t="str">
+      <c r="G36" s="355" t="str">
         <f>Plan!$S39</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="H36" s="337">
+      <c r="H36" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E36-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I41&lt;&gt;"",Results!$K41&lt;&gt;"",Results!$F41&lt;&gt;Results!$H41,$F36&lt;&gt;"",$G36&lt;&gt;""),Results!$I41,""))</f>
         <v>0</v>
       </c>
-      <c r="I36" s="337">
+      <c r="I36" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E36-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I41&lt;&gt;"",Results!$K41&lt;&gt;"",Results!$F41&lt;&gt;Results!$H41,$F36&lt;&gt;"",$G36&lt;&gt;""),Results!$K41,""))</f>
         <v>4</v>
       </c>
-      <c r="J36" s="345" t="str">
+      <c r="J36" s="354" t="str">
         <f>IF(Plan!$I39=0,F36&amp;G36,"")</f>
         <v>FC TwenteAtletico Madrid</v>
       </c>
-      <c r="K36" s="340">
+      <c r="K36" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L36" s="341" t="str">
+      <c r="L36" s="350" t="str">
         <f>IF(AND(K36&gt;0,Plan!$I39=0),H36&amp;Language!$E$90&amp;I36,"")</f>
         <v>0 : 4</v>
       </c>
-      <c r="M36" s="340">
+      <c r="M36" s="349">
         <f>IF($H36="",0,Results!$L41)</f>
         <v>0</v>
       </c>
-      <c r="N36" s="341">
+      <c r="N36" s="350">
         <f>IF($I36="",0,Results!$M41)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="37" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E37" s="332">
+    <row r="37" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E37" s="341">
         <v>34</v>
       </c>
-      <c r="F37" s="345" t="str">
+      <c r="F37" s="354" t="str">
         <f>Plan!$Q40</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="G37" s="346" t="str">
+      <c r="G37" s="355" t="str">
         <f>Plan!$S40</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="H37" s="337">
+      <c r="H37" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E37-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I42&lt;&gt;"",Results!$K42&lt;&gt;"",Results!$F42&lt;&gt;Results!$H42,$F37&lt;&gt;"",$G37&lt;&gt;""),Results!$I42,""))</f>
         <v>1</v>
       </c>
-      <c r="I37" s="337">
+      <c r="I37" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E37-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I42&lt;&gt;"",Results!$K42&lt;&gt;"",Results!$F42&lt;&gt;Results!$H42,$F37&lt;&gt;"",$G37&lt;&gt;""),Results!$K42,""))</f>
         <v>3</v>
       </c>
-      <c r="J37" s="345" t="str">
+      <c r="J37" s="354" t="str">
         <f>IF(Plan!$I40=0,F37&amp;G37,"")</f>
         <v>Paris St. GermainFC Bayern München</v>
       </c>
-      <c r="K37" s="340">
+      <c r="K37" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L37" s="341" t="str">
+      <c r="L37" s="350" t="str">
         <f>IF(AND(K37&gt;0,Plan!$I40=0),H37&amp;Language!$E$90&amp;I37,"")</f>
         <v>1 : 3</v>
       </c>
-      <c r="M37" s="340">
+      <c r="M37" s="349">
         <f>IF($H37="",0,Results!$L42)</f>
         <v>0</v>
       </c>
-      <c r="N37" s="341">
+      <c r="N37" s="350">
         <f>IF($I37="",0,Results!$M42)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="38" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E38" s="332">
+    <row r="38" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E38" s="341">
         <v>35</v>
       </c>
-      <c r="F38" s="345" t="str">
+      <c r="F38" s="354" t="str">
         <f>Plan!$Q41</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="G38" s="346" t="str">
+      <c r="G38" s="355" t="str">
         <f>Plan!$S41</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="H38" s="337">
+      <c r="H38" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E38-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I43&lt;&gt;"",Results!$K43&lt;&gt;"",Results!$F43&lt;&gt;Results!$H43,$F38&lt;&gt;"",$G38&lt;&gt;""),Results!$I43,""))</f>
         <v>1</v>
       </c>
-      <c r="I38" s="337">
+      <c r="I38" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E38-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I43&lt;&gt;"",Results!$K43&lt;&gt;"",Results!$F43&lt;&gt;Results!$H43,$F38&lt;&gt;"",$G38&lt;&gt;""),Results!$K43,""))</f>
         <v>1</v>
       </c>
-      <c r="J38" s="345" t="str">
+      <c r="J38" s="354" t="str">
         <f>IF(Plan!$I41=0,F38&amp;G38,"")</f>
         <v>Chelsea FCFC Barcelona</v>
       </c>
-      <c r="K38" s="340">
+      <c r="K38" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L38" s="341" t="str">
+      <c r="L38" s="350" t="str">
         <f>IF(AND(K38&gt;0,Plan!$I41=0),H38&amp;Language!$E$90&amp;I38,"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="M38" s="340">
+      <c r="M38" s="349">
         <f>IF($H38="",0,Results!$L43)</f>
         <v>0</v>
       </c>
-      <c r="N38" s="341">
+      <c r="N38" s="350">
         <f>IF($I38="",0,Results!$M43)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="39" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E39" s="332">
+    <row r="39" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E39" s="341">
         <v>36</v>
       </c>
-      <c r="F39" s="345" t="str">
+      <c r="F39" s="354" t="str">
         <f>Plan!$Q42</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="G39" s="346" t="str">
+      <c r="G39" s="355" t="str">
         <f>Plan!$S42</f>
         <v>AS Rom</v>
       </c>
-      <c r="H39" s="337">
+      <c r="H39" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E39-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I44&lt;&gt;"",Results!$K44&lt;&gt;"",Results!$F44&lt;&gt;Results!$H44,$F39&lt;&gt;"",$G39&lt;&gt;""),Results!$I44,""))</f>
         <v>1</v>
       </c>
-      <c r="I39" s="337">
+      <c r="I39" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E39-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I44&lt;&gt;"",Results!$K44&lt;&gt;"",Results!$F44&lt;&gt;Results!$H44,$F39&lt;&gt;"",$G39&lt;&gt;""),Results!$K44,""))</f>
         <v>1</v>
       </c>
-      <c r="J39" s="345" t="str">
+      <c r="J39" s="354" t="str">
         <f>IF(Plan!$I42=0,F39&amp;G39,"")</f>
         <v>Oud-Heverlee LeuvenAS Rom</v>
       </c>
-      <c r="K39" s="340">
+      <c r="K39" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L39" s="341" t="str">
+      <c r="L39" s="350" t="str">
         <f>IF(AND(K39&gt;0,Plan!$I42=0),H39&amp;Language!$E$90&amp;I39,"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="M39" s="340">
+      <c r="M39" s="349">
         <f>IF($H39="",0,Results!$L44)</f>
         <v>0</v>
       </c>
-      <c r="N39" s="341">
+      <c r="N39" s="350">
         <f>IF($I39="",0,Results!$M44)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="40" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E40" s="332">
+    <row r="40" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E40" s="341">
         <v>37</v>
       </c>
-      <c r="F40" s="345" t="str">
+      <c r="F40" s="354" t="str">
         <f>Plan!$Q43</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="G40" s="346" t="str">
+      <c r="G40" s="355" t="str">
         <f>Plan!$S43</f>
         <v>Juventus FC</v>
       </c>
-      <c r="H40" s="337">
+      <c r="H40" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E40-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I45&lt;&gt;"",Results!$K45&lt;&gt;"",Results!$F45&lt;&gt;Results!$H45,$F40&lt;&gt;"",$G40&lt;&gt;""),Results!$I45,""))</f>
         <v>0</v>
       </c>
-      <c r="I40" s="337">
+      <c r="I40" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E40-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I45&lt;&gt;"",Results!$K45&lt;&gt;"",Results!$F45&lt;&gt;Results!$H45,$F40&lt;&gt;"",$G40&lt;&gt;""),Results!$K45,""))</f>
         <v>5</v>
       </c>
-      <c r="J40" s="345" t="str">
+      <c r="J40" s="354" t="str">
         <f>IF(Plan!$I43=0,F40&amp;G40,"")</f>
         <v>SKN St. PöltenJuventus FC</v>
       </c>
-      <c r="K40" s="340">
+      <c r="K40" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L40" s="341" t="str">
+      <c r="L40" s="350" t="str">
         <f>IF(AND(K40&gt;0,Plan!$I43=0),H40&amp;Language!$E$90&amp;I40,"")</f>
         <v>0 : 5</v>
       </c>
-      <c r="M40" s="340">
+      <c r="M40" s="349">
         <f>IF($H40="",0,Results!$L45)</f>
         <v>0</v>
       </c>
-      <c r="N40" s="341">
+      <c r="N40" s="350">
         <f>IF($I40="",0,Results!$M45)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="41" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E41" s="332">
+    <row r="41" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E41" s="341">
         <v>38</v>
       </c>
-      <c r="F41" s="345" t="str">
+      <c r="F41" s="354" t="str">
         <f>Plan!$Q44</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="G41" s="346" t="str">
+      <c r="G41" s="355" t="str">
         <f>Plan!$S44</f>
         <v>FC Twente</v>
       </c>
-      <c r="H41" s="337">
+      <c r="H41" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E41-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I46&lt;&gt;"",Results!$K46&lt;&gt;"",Results!$F46&lt;&gt;Results!$H46,$F41&lt;&gt;"",$G41&lt;&gt;""),Results!$I46,""))</f>
         <v>1</v>
       </c>
-      <c r="I41" s="337">
+      <c r="I41" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E41-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I46&lt;&gt;"",Results!$K46&lt;&gt;"",Results!$F46&lt;&gt;Results!$H46,$F41&lt;&gt;"",$G41&lt;&gt;""),Results!$K46,""))</f>
         <v>0</v>
       </c>
-      <c r="J41" s="345" t="str">
+      <c r="J41" s="354" t="str">
         <f>IF(Plan!$I44=0,F41&amp;G41,"")</f>
         <v>Arsenal WFCFC Twente</v>
       </c>
-      <c r="K41" s="340">
+      <c r="K41" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L41" s="341" t="str">
+      <c r="L41" s="350" t="str">
         <f>IF(AND(K41&gt;0,Plan!$I44=0),H41&amp;Language!$E$90&amp;I41,"")</f>
         <v>1 : 0</v>
       </c>
-      <c r="M41" s="340">
+      <c r="M41" s="349">
         <f>IF($H41="",0,Results!$L46)</f>
         <v>0</v>
       </c>
-      <c r="N41" s="341">
+      <c r="N41" s="350">
         <f>IF($I41="",0,Results!$M46)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E42" s="332">
+    <row r="42" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E42" s="341">
         <v>39</v>
       </c>
-      <c r="F42" s="345" t="str">
+      <c r="F42" s="354" t="str">
         <f>Plan!$Q45</f>
         <v>Real Madrid</v>
       </c>
-      <c r="G42" s="346" t="str">
+      <c r="G42" s="355" t="str">
         <f>Plan!$S45</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="H42" s="337">
+      <c r="H42" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E42-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I47&lt;&gt;"",Results!$K47&lt;&gt;"",Results!$F47&lt;&gt;Results!$H47,$F42&lt;&gt;"",$G42&lt;&gt;""),Results!$I47,""))</f>
         <v>2</v>
       </c>
-      <c r="I42" s="337">
+      <c r="I42" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E42-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I47&lt;&gt;"",Results!$K47&lt;&gt;"",Results!$F47&lt;&gt;Results!$H47,$F42&lt;&gt;"",$G42&lt;&gt;""),Results!$K47,""))</f>
         <v>0</v>
       </c>
-      <c r="J42" s="345" t="str">
+      <c r="J42" s="354" t="str">
         <f>IF(Plan!$I45=0,F42&amp;G42,"")</f>
         <v>Real MadridVfL Wolfsburg</v>
       </c>
-      <c r="K42" s="340">
+      <c r="K42" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L42" s="341" t="str">
+      <c r="L42" s="350" t="str">
         <f>IF(AND(K42&gt;0,Plan!$I45=0),H42&amp;Language!$E$90&amp;I42,"")</f>
         <v>2 : 0</v>
       </c>
-      <c r="M42" s="340">
+      <c r="M42" s="349">
         <f>IF($H42="",0,Results!$L47)</f>
         <v>0</v>
       </c>
-      <c r="N42" s="341">
+      <c r="N42" s="350">
         <f>IF($I42="",0,Results!$M47)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="43" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E43" s="332">
+    <row r="43" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E43" s="341">
         <v>40</v>
       </c>
-      <c r="F43" s="345" t="str">
+      <c r="F43" s="354" t="str">
         <f>Plan!$Q46</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="G43" s="346" t="str">
+      <c r="G43" s="355" t="str">
         <f>Plan!$S46</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="H43" s="337">
+      <c r="H43" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E43-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I48&lt;&gt;"",Results!$K48&lt;&gt;"",Results!$F48&lt;&gt;Results!$H48,$F43&lt;&gt;"",$G43&lt;&gt;""),Results!$I48,""))</f>
         <v>0</v>
       </c>
-      <c r="I43" s="337">
+      <c r="I43" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E43-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I48&lt;&gt;"",Results!$K48&lt;&gt;"",Results!$F48&lt;&gt;Results!$H48,$F43&lt;&gt;"",$G43&lt;&gt;""),Results!$K48,""))</f>
         <v>0</v>
       </c>
-      <c r="J43" s="345" t="str">
+      <c r="J43" s="354" t="str">
         <f>IF(Plan!$I46=0,F43&amp;G43,"")</f>
         <v>Paris St. GermainOud-Heverlee Leuven</v>
       </c>
-      <c r="K43" s="340">
+      <c r="K43" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L43" s="341" t="str">
+      <c r="L43" s="350" t="str">
         <f>IF(AND(K43&gt;0,Plan!$I46=0),H43&amp;Language!$E$90&amp;I43,"")</f>
         <v>0 : 0</v>
       </c>
-      <c r="M43" s="340">
+      <c r="M43" s="349">
         <f>IF($H43="",0,Results!$L48)</f>
         <v>0</v>
       </c>
-      <c r="N43" s="341">
+      <c r="N43" s="350">
         <f>IF($I43="",0,Results!$M48)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="44" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E44" s="332">
+    <row r="44" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E44" s="341">
         <v>41</v>
       </c>
-      <c r="F44" s="345" t="str">
+      <c r="F44" s="354" t="str">
         <f>Plan!$Q47</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="G44" s="346" t="str">
+      <c r="G44" s="355" t="str">
         <f>Plan!$S47</f>
         <v>SL Benfica</v>
       </c>
-      <c r="H44" s="337">
+      <c r="H44" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E44-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I49&lt;&gt;"",Results!$K49&lt;&gt;"",Results!$F49&lt;&gt;Results!$H49,$F44&lt;&gt;"",$G44&lt;&gt;""),Results!$I49,""))</f>
         <v>3</v>
       </c>
-      <c r="I44" s="337">
+      <c r="I44" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E44-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I49&lt;&gt;"",Results!$K49&lt;&gt;"",Results!$F49&lt;&gt;Results!$H49,$F44&lt;&gt;"",$G44&lt;&gt;""),Results!$K49,""))</f>
         <v>1</v>
       </c>
-      <c r="J44" s="345" t="str">
+      <c r="J44" s="354" t="str">
         <f>IF(Plan!$I47=0,F44&amp;G44,"")</f>
         <v>FC BarcelonaSL Benfica</v>
       </c>
-      <c r="K44" s="340">
+      <c r="K44" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L44" s="341" t="str">
+      <c r="L44" s="350" t="str">
         <f>IF(AND(K44&gt;0,Plan!$I47=0),H44&amp;Language!$E$90&amp;I44,"")</f>
         <v>3 : 1</v>
       </c>
-      <c r="M44" s="340">
+      <c r="M44" s="349">
         <f>IF($H44="",0,Results!$L49)</f>
         <v>0</v>
       </c>
-      <c r="N44" s="341">
+      <c r="N44" s="350">
         <f>IF($I44="",0,Results!$M49)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="45" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E45" s="332">
+    <row r="45" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E45" s="341">
         <v>42</v>
       </c>
-      <c r="F45" s="345" t="str">
+      <c r="F45" s="354" t="str">
         <f>Plan!$Q48</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="G45" s="346" t="str">
+      <c r="G45" s="355" t="str">
         <f>Plan!$S48</f>
         <v>Paris FC</v>
       </c>
-      <c r="H45" s="337">
+      <c r="H45" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E45-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I50&lt;&gt;"",Results!$K50&lt;&gt;"",Results!$F50&lt;&gt;Results!$H50,$F45&lt;&gt;"",$G45&lt;&gt;""),Results!$I50,""))</f>
         <v>0</v>
       </c>
-      <c r="I45" s="337">
+      <c r="I45" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E45-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I50&lt;&gt;"",Results!$K50&lt;&gt;"",Results!$F50&lt;&gt;Results!$H50,$F45&lt;&gt;"",$G45&lt;&gt;""),Results!$K50,""))</f>
         <v>1</v>
       </c>
-      <c r="J45" s="345" t="str">
+      <c r="J45" s="354" t="str">
         <f>IF(Plan!$I48=0,F45&amp;G45,"")</f>
         <v>Valerenga IFParis FC</v>
       </c>
-      <c r="K45" s="340">
+      <c r="K45" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L45" s="341" t="str">
+      <c r="L45" s="350" t="str">
         <f>IF(AND(K45&gt;0,Plan!$I48=0),H45&amp;Language!$E$90&amp;I45,"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="M45" s="340">
+      <c r="M45" s="349">
         <f>IF($H45="",0,Results!$L50)</f>
         <v>0</v>
       </c>
-      <c r="N45" s="341">
+      <c r="N45" s="350">
         <f>IF($I45="",0,Results!$M50)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="46" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E46" s="332">
+    <row r="46" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E46" s="341">
         <v>43</v>
       </c>
-      <c r="F46" s="345" t="str">
+      <c r="F46" s="354" t="str">
         <f>Plan!$Q49</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="G46" s="346" t="str">
+      <c r="G46" s="355" t="str">
         <f>Plan!$S49</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="H46" s="337">
+      <c r="H46" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E46-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I51&lt;&gt;"",Results!$K51&lt;&gt;"",Results!$F51&lt;&gt;Results!$H51,$F46&lt;&gt;"",$G46&lt;&gt;""),Results!$I51,""))</f>
         <v>2</v>
       </c>
-      <c r="I46" s="337">
+      <c r="I46" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E46-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I51&lt;&gt;"",Results!$K51&lt;&gt;"",Results!$F51&lt;&gt;Results!$H51,$F46&lt;&gt;"",$G46&lt;&gt;""),Results!$K51,""))</f>
         <v>2</v>
       </c>
-      <c r="J46" s="345" t="str">
+      <c r="J46" s="354" t="str">
         <f>IF(Plan!$I49=0,F46&amp;G46,"")</f>
         <v>Atletico MadridFC Bayern München</v>
       </c>
-      <c r="K46" s="340">
+      <c r="K46" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L46" s="341" t="str">
+      <c r="L46" s="350" t="str">
         <f>IF(AND(K46&gt;0,Plan!$I49=0),H46&amp;Language!$E$90&amp;I46,"")</f>
         <v>2 : 2</v>
       </c>
-      <c r="M46" s="340">
+      <c r="M46" s="349">
         <f>IF($H46="",0,Results!$L51)</f>
         <v>0</v>
       </c>
-      <c r="N46" s="341">
+      <c r="N46" s="350">
         <f>IF($I46="",0,Results!$M51)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="47" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E47" s="332">
+    <row r="47" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E47" s="341">
         <v>44</v>
       </c>
-      <c r="F47" s="345" t="str">
+      <c r="F47" s="354" t="str">
         <f>Plan!$Q50</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="G47" s="346" t="str">
+      <c r="G47" s="355" t="str">
         <f>Plan!$S50</f>
         <v>AS Rom</v>
       </c>
-      <c r="H47" s="337">
+      <c r="H47" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E47-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I52&lt;&gt;"",Results!$K52&lt;&gt;"",Results!$F52&lt;&gt;Results!$H52,$F47&lt;&gt;"",$G47&lt;&gt;""),Results!$I52,""))</f>
         <v>6</v>
       </c>
-      <c r="I47" s="337">
+      <c r="I47" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E47-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I52&lt;&gt;"",Results!$K52&lt;&gt;"",Results!$F52&lt;&gt;Results!$H52,$F47&lt;&gt;"",$G47&lt;&gt;""),Results!$K52,""))</f>
         <v>0</v>
       </c>
-      <c r="J47" s="345" t="str">
+      <c r="J47" s="354" t="str">
         <f>IF(Plan!$I50=0,F47&amp;G47,"")</f>
         <v>Chelsea FCAS Rom</v>
       </c>
-      <c r="K47" s="340">
+      <c r="K47" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L47" s="341" t="str">
+      <c r="L47" s="350" t="str">
         <f>IF(AND(K47&gt;0,Plan!$I50=0),H47&amp;Language!$E$90&amp;I47,"")</f>
         <v>6 : 0</v>
       </c>
-      <c r="M47" s="340">
+      <c r="M47" s="349">
         <f>IF($H47="",0,Results!$L52)</f>
         <v>0</v>
       </c>
-      <c r="N47" s="341">
+      <c r="N47" s="350">
         <f>IF($I47="",0,Results!$M52)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="48" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E48" s="332">
+    <row r="48" spans="5:14" ht="15" x14ac:dyDescent="0.25">
+      <c r="E48" s="341">
         <v>45</v>
       </c>
-      <c r="F48" s="345" t="str">
+      <c r="F48" s="354" t="str">
         <f>Plan!$Q51</f>
         <v>Manchester United</v>
       </c>
-      <c r="G48" s="346" t="str">
+      <c r="G48" s="355" t="str">
         <f>Plan!$S51</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="H48" s="337">
+      <c r="H48" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E48-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I53&lt;&gt;"",Results!$K53&lt;&gt;"",Results!$F53&lt;&gt;Results!$H53,$F48&lt;&gt;"",$G48&lt;&gt;""),Results!$I53,""))</f>
         <v>0</v>
       </c>
-      <c r="I48" s="337">
+      <c r="I48" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E48-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I53&lt;&gt;"",Results!$K53&lt;&gt;"",Results!$F53&lt;&gt;Results!$H53,$F48&lt;&gt;"",$G48&lt;&gt;""),Results!$K53,""))</f>
         <v>3</v>
       </c>
-      <c r="J48" s="345" t="str">
+      <c r="J48" s="354" t="str">
         <f>IF(Plan!$I51=0,F48&amp;G48,"")</f>
         <v>Manchester UnitedOL Lyonnes</v>
       </c>
-      <c r="K48" s="340">
+      <c r="K48" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L48" s="341" t="str">
+      <c r="L48" s="350" t="str">
         <f>IF(AND(K48&gt;0,Plan!$I51=0),H48&amp;Language!$E$90&amp;I48,"")</f>
         <v>0 : 3</v>
       </c>
-      <c r="M48" s="340">
+      <c r="M48" s="349">
         <f>IF($H48="",0,Results!$L53)</f>
         <v>0</v>
       </c>
-      <c r="N48" s="341">
+      <c r="N48" s="350">
         <f>IF($I48="",0,Results!$M53)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="49" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E49" s="332">
+    <row r="49" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E49" s="341">
         <v>46</v>
       </c>
-      <c r="F49" s="345" t="str">
+      <c r="F49" s="354" t="str">
         <f>Plan!$Q52</f>
         <v>Oud-Heverlee Leuven</v>
       </c>
-      <c r="G49" s="346" t="str">
+      <c r="G49" s="355" t="str">
         <f>Plan!$S52</f>
         <v>Arsenal WFC</v>
       </c>
-      <c r="H49" s="337">
+      <c r="H49" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E49-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I54&lt;&gt;"",Results!$K54&lt;&gt;"",Results!$F54&lt;&gt;Results!$H54,$F49&lt;&gt;"",$G49&lt;&gt;""),Results!$I54,""))</f>
         <v>0</v>
       </c>
-      <c r="I49" s="337">
+      <c r="I49" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E49-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I54&lt;&gt;"",Results!$K54&lt;&gt;"",Results!$F54&lt;&gt;Results!$H54,$F49&lt;&gt;"",$G49&lt;&gt;""),Results!$K54,""))</f>
         <v>3</v>
       </c>
-      <c r="J49" s="345" t="str">
+      <c r="J49" s="354" t="str">
         <f>IF(Plan!$I52=0,F49&amp;G49,"")</f>
         <v>Oud-Heverlee LeuvenArsenal WFC</v>
       </c>
-      <c r="K49" s="340">
+      <c r="K49" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L49" s="341" t="str">
+      <c r="L49" s="350" t="str">
         <f>IF(AND(K49&gt;0,Plan!$I52=0),H49&amp;Language!$E$90&amp;I49,"")</f>
         <v>0 : 3</v>
       </c>
-      <c r="M49" s="340">
+      <c r="M49" s="349">
         <f>IF($H49="",0,Results!$L54)</f>
         <v>0</v>
       </c>
-      <c r="N49" s="341">
+      <c r="N49" s="350">
         <f>IF($I49="",0,Results!$M54)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="50" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E50" s="332">
+    <row r="50" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E50" s="341">
         <v>47</v>
       </c>
-      <c r="F50" s="345" t="str">
+      <c r="F50" s="354" t="str">
         <f>Plan!$Q53</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="G50" s="346" t="str">
+      <c r="G50" s="355" t="str">
         <f>Plan!$S53</f>
         <v>Chelsea FC</v>
       </c>
-      <c r="H50" s="337">
+      <c r="H50" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E50-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I55&lt;&gt;"",Results!$K55&lt;&gt;"",Results!$F55&lt;&gt;Results!$H55,$F50&lt;&gt;"",$G50&lt;&gt;""),Results!$I55,""))</f>
         <v>1</v>
       </c>
-      <c r="I50" s="337">
+      <c r="I50" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E50-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I55&lt;&gt;"",Results!$K55&lt;&gt;"",Results!$F55&lt;&gt;Results!$H55,$F50&lt;&gt;"",$G50&lt;&gt;""),Results!$K55,""))</f>
         <v>2</v>
       </c>
-      <c r="J50" s="345" t="str">
+      <c r="J50" s="354" t="str">
         <f>IF(Plan!$I53=0,F50&amp;G50,"")</f>
         <v>VfL WolfsburgChelsea FC</v>
       </c>
-      <c r="K50" s="340">
+      <c r="K50" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L50" s="341" t="str">
+      <c r="L50" s="350" t="str">
         <f>IF(AND(K50&gt;0,Plan!$I53=0),H50&amp;Language!$E$90&amp;I50,"")</f>
         <v>1 : 2</v>
       </c>
-      <c r="M50" s="340">
+      <c r="M50" s="349">
         <f>IF($H50="",0,Results!$L55)</f>
         <v>0</v>
       </c>
-      <c r="N50" s="341">
+      <c r="N50" s="350">
         <f>IF($I50="",0,Results!$M55)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="51" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E51" s="332">
+    <row r="51" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E51" s="341">
         <v>48</v>
       </c>
-      <c r="F51" s="345" t="str">
+      <c r="F51" s="354" t="str">
         <f>Plan!$Q54</f>
         <v>FC Bayern München</v>
       </c>
-      <c r="G51" s="346" t="str">
+      <c r="G51" s="355" t="str">
         <f>Plan!$S54</f>
         <v>Valerenga IF</v>
       </c>
-      <c r="H51" s="337">
+      <c r="H51" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E51-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I56&lt;&gt;"",Results!$K56&lt;&gt;"",Results!$F56&lt;&gt;Results!$H56,$F51&lt;&gt;"",$G51&lt;&gt;""),Results!$I56,""))</f>
         <v>3</v>
       </c>
-      <c r="I51" s="337">
+      <c r="I51" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E51-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I56&lt;&gt;"",Results!$K56&lt;&gt;"",Results!$F56&lt;&gt;Results!$H56,$F51&lt;&gt;"",$G51&lt;&gt;""),Results!$K56,""))</f>
         <v>0</v>
       </c>
-      <c r="J51" s="345" t="str">
+      <c r="J51" s="354" t="str">
         <f>IF(Plan!$I54=0,F51&amp;G51,"")</f>
         <v>FC Bayern MünchenValerenga IF</v>
       </c>
-      <c r="K51" s="340">
+      <c r="K51" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L51" s="341" t="str">
+      <c r="L51" s="350" t="str">
         <f>IF(AND(K51&gt;0,Plan!$I54=0),H51&amp;Language!$E$90&amp;I51,"")</f>
         <v>3 : 0</v>
       </c>
-      <c r="M51" s="340">
+      <c r="M51" s="349">
         <f>IF($H51="",0,Results!$L56)</f>
         <v>0</v>
       </c>
-      <c r="N51" s="341">
+      <c r="N51" s="350">
         <f>IF($I51="",0,Results!$M56)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="52" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E52" s="332">
+    <row r="52" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E52" s="341">
         <v>49</v>
       </c>
-      <c r="F52" s="345" t="str">
+      <c r="F52" s="354" t="str">
         <f>Plan!$Q55</f>
         <v>OL Lyonnes</v>
       </c>
-      <c r="G52" s="346" t="str">
+      <c r="G52" s="355" t="str">
         <f>Plan!$S55</f>
         <v>Atletico Madrid</v>
       </c>
-      <c r="H52" s="337">
+      <c r="H52" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E52-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I57&lt;&gt;"",Results!$K57&lt;&gt;"",Results!$F57&lt;&gt;Results!$H57,$F52&lt;&gt;"",$G52&lt;&gt;""),Results!$I57,""))</f>
         <v>4</v>
       </c>
-      <c r="I52" s="337">
+      <c r="I52" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E52-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I57&lt;&gt;"",Results!$K57&lt;&gt;"",Results!$F57&lt;&gt;Results!$H57,$F52&lt;&gt;"",$G52&lt;&gt;""),Results!$K57,""))</f>
         <v>0</v>
       </c>
-      <c r="J52" s="345" t="str">
+      <c r="J52" s="354" t="str">
         <f>IF(Plan!$I55=0,F52&amp;G52,"")</f>
         <v>OL LyonnesAtletico Madrid</v>
       </c>
-      <c r="K52" s="340">
+      <c r="K52" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L52" s="341" t="str">
+      <c r="L52" s="350" t="str">
         <f>IF(AND(K52&gt;0,Plan!$I55=0),H52&amp;Language!$E$90&amp;I52,"")</f>
         <v>4 : 0</v>
       </c>
-      <c r="M52" s="340">
+      <c r="M52" s="349">
         <f>IF($H52="",0,Results!$L57)</f>
         <v>0</v>
       </c>
-      <c r="N52" s="341">
+      <c r="N52" s="350">
         <f>IF($I52="",0,Results!$M57)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="53" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E53" s="332">
+    <row r="53" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E53" s="341">
         <v>50</v>
       </c>
-      <c r="F53" s="345" t="str">
+      <c r="F53" s="354" t="str">
         <f>Plan!$Q56</f>
         <v>Paris FC</v>
       </c>
-      <c r="G53" s="346" t="str">
+      <c r="G53" s="355" t="str">
         <f>Plan!$S56</f>
         <v>FC Barcelona</v>
       </c>
-      <c r="H53" s="337">
+      <c r="H53" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E53-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I58&lt;&gt;"",Results!$K58&lt;&gt;"",Results!$F58&lt;&gt;Results!$H58,$F53&lt;&gt;"",$G53&lt;&gt;""),Results!$I58,""))</f>
         <v>0</v>
       </c>
-      <c r="I53" s="337">
+      <c r="I53" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E53-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I58&lt;&gt;"",Results!$K58&lt;&gt;"",Results!$F58&lt;&gt;Results!$H58,$F53&lt;&gt;"",$G53&lt;&gt;""),Results!$K58,""))</f>
         <v>2</v>
       </c>
-      <c r="J53" s="345" t="str">
+      <c r="J53" s="354" t="str">
         <f>IF(Plan!$I56=0,F53&amp;G53,"")</f>
         <v>Paris FCFC Barcelona</v>
       </c>
-      <c r="K53" s="340">
+      <c r="K53" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L53" s="341" t="str">
+      <c r="L53" s="350" t="str">
         <f>IF(AND(K53&gt;0,Plan!$I56=0),H53&amp;Language!$E$90&amp;I53,"")</f>
         <v>0 : 2</v>
       </c>
-      <c r="M53" s="340">
+      <c r="M53" s="349">
         <f>IF($H53="",0,Results!$L58)</f>
         <v>0</v>
       </c>
-      <c r="N53" s="341">
+      <c r="N53" s="350">
         <f>IF($I53="",0,Results!$M58)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="54" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E54" s="332">
+    <row r="54" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E54" s="341">
         <v>51</v>
       </c>
-      <c r="F54" s="345" t="str">
+      <c r="F54" s="354" t="str">
         <f>Plan!$Q57</f>
         <v>SL Benfica</v>
       </c>
-      <c r="G54" s="346" t="str">
+      <c r="G54" s="355" t="str">
         <f>Plan!$S57</f>
         <v>Paris St. Germain</v>
       </c>
-      <c r="H54" s="337">
+      <c r="H54" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E54-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I59&lt;&gt;"",Results!$K59&lt;&gt;"",Results!$F59&lt;&gt;Results!$H59,$F54&lt;&gt;"",$G54&lt;&gt;""),Results!$I59,""))</f>
         <v>1</v>
       </c>
-      <c r="I54" s="337">
+      <c r="I54" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E54-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I59&lt;&gt;"",Results!$K59&lt;&gt;"",Results!$F59&lt;&gt;Results!$H59,$F54&lt;&gt;"",$G54&lt;&gt;""),Results!$K59,""))</f>
         <v>1</v>
       </c>
-      <c r="J54" s="345" t="str">
+      <c r="J54" s="354" t="str">
         <f>IF(Plan!$I57=0,F54&amp;G54,"")</f>
         <v>SL BenficaParis St. Germain</v>
       </c>
-      <c r="K54" s="340">
+      <c r="K54" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L54" s="341" t="str">
+      <c r="L54" s="350" t="str">
         <f>IF(AND(K54&gt;0,Plan!$I57=0),H54&amp;Language!$E$90&amp;I54,"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="M54" s="340">
+      <c r="M54" s="349">
         <f>IF($H54="",0,Results!$L59)</f>
         <v>0</v>
       </c>
-      <c r="N54" s="341">
+      <c r="N54" s="350">
         <f>IF($I54="",0,Results!$M59)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="55" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E55" s="332">
+    <row r="55" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E55" s="341">
         <v>52</v>
       </c>
-      <c r="F55" s="345" t="str">
+      <c r="F55" s="354" t="str">
         <f>Plan!$Q58</f>
         <v>FC Twente</v>
       </c>
-      <c r="G55" s="346" t="str">
+      <c r="G55" s="355" t="str">
         <f>Plan!$S58</f>
         <v>Real Madrid</v>
       </c>
-      <c r="H55" s="337">
+      <c r="H55" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E55-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I60&lt;&gt;"",Results!$K60&lt;&gt;"",Results!$F60&lt;&gt;Results!$H60,$F55&lt;&gt;"",$G55&lt;&gt;""),Results!$I60,""))</f>
         <v>1</v>
       </c>
-      <c r="I55" s="337">
+      <c r="I55" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E55-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I60&lt;&gt;"",Results!$K60&lt;&gt;"",Results!$F60&lt;&gt;Results!$H60,$F55&lt;&gt;"",$G55&lt;&gt;""),Results!$K60,""))</f>
         <v>1</v>
       </c>
-      <c r="J55" s="345" t="str">
+      <c r="J55" s="354" t="str">
         <f>IF(Plan!$I58=0,F55&amp;G55,"")</f>
         <v>FC TwenteReal Madrid</v>
       </c>
-      <c r="K55" s="340">
+      <c r="K55" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L55" s="341" t="str">
+      <c r="L55" s="350" t="str">
         <f>IF(AND(K55&gt;0,Plan!$I58=0),H55&amp;Language!$E$90&amp;I55,"")</f>
         <v>1 : 1</v>
       </c>
-      <c r="M55" s="340">
+      <c r="M55" s="349">
         <f>IF($H55="",0,Results!$L60)</f>
         <v>0</v>
       </c>
-      <c r="N55" s="341">
+      <c r="N55" s="350">
         <f>IF($I55="",0,Results!$M60)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="56" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E56" s="332">
+    <row r="56" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E56" s="341">
         <v>53</v>
       </c>
-      <c r="F56" s="345" t="str">
+      <c r="F56" s="354" t="str">
         <f>Plan!$Q59</f>
         <v>Juventus FC</v>
       </c>
-      <c r="G56" s="346" t="str">
+      <c r="G56" s="355" t="str">
         <f>Plan!$S59</f>
         <v>Manchester United</v>
       </c>
-      <c r="H56" s="337">
+      <c r="H56" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E56-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I61&lt;&gt;"",Results!$K61&lt;&gt;"",Results!$F61&lt;&gt;Results!$H61,$F56&lt;&gt;"",$G56&lt;&gt;""),Results!$I61,""))</f>
         <v>0</v>
       </c>
-      <c r="I56" s="337">
+      <c r="I56" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E56-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I61&lt;&gt;"",Results!$K61&lt;&gt;"",Results!$F61&lt;&gt;Results!$H61,$F56&lt;&gt;"",$G56&lt;&gt;""),Results!$K61,""))</f>
         <v>1</v>
       </c>
-      <c r="J56" s="345" t="str">
+      <c r="J56" s="354" t="str">
         <f>IF(Plan!$I59=0,F56&amp;G56,"")</f>
         <v>Juventus FCManchester United</v>
       </c>
-      <c r="K56" s="340">
+      <c r="K56" s="349">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L56" s="341" t="str">
+      <c r="L56" s="350" t="str">
         <f>IF(AND(K56&gt;0,Plan!$I59=0),H56&amp;Language!$E$90&amp;I56,"")</f>
         <v>0 : 1</v>
       </c>
-      <c r="M56" s="340">
+      <c r="M56" s="349">
         <f>IF($H56="",0,Results!$L61)</f>
         <v>0</v>
       </c>
-      <c r="N56" s="341">
+      <c r="N56" s="350">
         <f>IF($I56="",0,Results!$M61)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="57" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="E57" s="333">
+    <row r="57" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="E57" s="342">
         <v>54</v>
       </c>
-      <c r="F57" s="347" t="str">
+      <c r="F57" s="356" t="str">
         <f>Plan!$Q60</f>
         <v>AS Rom</v>
       </c>
-      <c r="G57" s="348" t="str">
+      <c r="G57" s="357" t="str">
         <f>Plan!$S60</f>
         <v>SKN St. Pölten</v>
       </c>
-      <c r="H57" s="338">
+      <c r="H57" s="347">
         <f>IF(AND(Results!$Q$6&gt;0,$E57-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I62&lt;&gt;"",Results!$K62&lt;&gt;"",Results!$F62&lt;&gt;Results!$H62,$F57&lt;&gt;"",$G57&lt;&gt;""),Results!$I62,""))</f>
         <v>6</v>
       </c>
-      <c r="I57" s="337">
+      <c r="I57" s="346">
         <f>IF(AND(Results!$Q$6&gt;0,$E57-1&gt;=Results!$Q$6*Calc!$F$24),"",IF(AND(Results!$I62&lt;&gt;"",Results!$K62&lt;&gt;"",Results!$F62&lt;&gt;Results!$H62,$F57&lt;&gt;"",$G57&lt;&gt;""),Results!$K62,""))</f>
         <v>1</v>
       </c>
-      <c r="J57" s="347" t="str">
+      <c r="J57" s="356" t="str">
         <f>IF(Plan!$I60=0,F57&amp;G57,"")</f>
         <v>AS RomSKN St. Pölten</v>
       </c>
-      <c r="K57" s="338">
+      <c r="K57" s="347">
         <f t="shared" si="0"/>
         <v>1</v>
       </c>
-      <c r="L57" s="342" t="str">
+      <c r="L57" s="351" t="str">
         <f>IF(AND(K57&gt;0,Plan!$I60=0),H57&amp;Language!$E$90&amp;I57,"")</f>
         <v>6 : 1</v>
       </c>
-      <c r="M57" s="338">
+      <c r="M57" s="347">
         <f>IF($H57="",0,Results!$L62)</f>
         <v>0</v>
       </c>
-      <c r="N57" s="342">
+      <c r="N57" s="351">
         <f>IF($I57="",0,Results!$M62)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="58" spans="5:14" x14ac:dyDescent="0.25">
-[...3 lines deleted...]
-      <c r="J58" s="307" t="str">
+    <row r="58" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="I58" s="343">
+        <v>1</v>
+      </c>
+      <c r="J58" s="316" t="str">
         <f>IF(Plan!$I7=0,G4&amp;F4,"")</f>
         <v>SL BenficaJuventus FC</v>
       </c>
-      <c r="K58" s="339">
+      <c r="K58" s="348">
         <f>K4</f>
         <v>1</v>
       </c>
-      <c r="L58" s="336" t="str">
+      <c r="L58" s="345" t="str">
         <f>IF(AND(K58&gt;0,Plan!$I7=0),I4&amp;Language!$E$90&amp;H4,"")</f>
         <v>1 : 2</v>
       </c>
     </row>
-    <row r="59" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="I59" s="331">
+    <row r="59" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="I59" s="340">
         <v>2</v>
       </c>
-      <c r="J59" s="214" t="str">
+      <c r="J59" s="223" t="str">
         <f>IF(Plan!$I8=0,G5&amp;F5,"")</f>
         <v>OL LyonnesArsenal WFC</v>
       </c>
-      <c r="K59" s="349">
+      <c r="K59" s="358">
         <f>K5</f>
         <v>1</v>
       </c>
-      <c r="L59" s="341" t="str">
+      <c r="L59" s="350" t="str">
         <f>IF(AND(K59&gt;0,Plan!$I8=0),I5&amp;Language!$E$90&amp;H5,"")</f>
         <v>2 : 1</v>
       </c>
     </row>
-    <row r="60" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="I60" s="331">
+    <row r="60" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="I60" s="340">
         <v>3</v>
       </c>
-      <c r="J60" s="214" t="str">
+      <c r="J60" s="223" t="str">
         <f>IF(Plan!$I9=0,G6&amp;F6,"")</f>
         <v>FC Bayern MünchenFC Barcelona</v>
       </c>
-      <c r="K60" s="349">
+      <c r="K60" s="358">
         <f t="shared" ref="K60:K111" si="1">K6</f>
         <v>1</v>
       </c>
-      <c r="L60" s="341" t="str">
+      <c r="L60" s="350" t="str">
         <f>IF(AND(K60&gt;0,Plan!$I9=0),I6&amp;Language!$E$90&amp;H6,"")</f>
         <v>1 : 7</v>
       </c>
     </row>
-    <row r="61" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="I61" s="331">
+    <row r="61" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="I61" s="340">
         <v>4</v>
       </c>
-      <c r="J61" s="214" t="str">
+      <c r="J61" s="223" t="str">
         <f>IF(Plan!$I10=0,G7&amp;F7,"")</f>
         <v>Oud-Heverlee LeuvenParis FC</v>
       </c>
-      <c r="K61" s="349">
+      <c r="K61" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L61" s="341" t="str">
+      <c r="L61" s="350" t="str">
         <f>IF(AND(K61&gt;0,Plan!$I10=0),I7&amp;Language!$E$90&amp;H7,"")</f>
         <v>2 : 2</v>
       </c>
     </row>
-    <row r="62" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="I62" s="331">
+    <row r="62" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="I62" s="340">
         <v>5</v>
       </c>
-      <c r="J62" s="214" t="str">
+      <c r="J62" s="223" t="str">
         <f>IF(Plan!$I11=0,G8&amp;F8,"")</f>
         <v>Chelsea FCFC Twente</v>
       </c>
-      <c r="K62" s="349">
+      <c r="K62" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L62" s="341" t="str">
+      <c r="L62" s="350" t="str">
         <f>IF(AND(K62&gt;0,Plan!$I11=0),I8&amp;Language!$E$90&amp;H8,"")</f>
         <v>1 : 1</v>
       </c>
     </row>
-    <row r="63" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="I63" s="331">
+    <row r="63" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="I63" s="340">
         <v>6</v>
       </c>
-      <c r="J63" s="214" t="str">
+      <c r="J63" s="223" t="str">
         <f>IF(Plan!$I12=0,G9&amp;F9,"")</f>
         <v>AS RomReal Madrid</v>
       </c>
-      <c r="K63" s="349">
+      <c r="K63" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L63" s="341" t="str">
+      <c r="L63" s="350" t="str">
         <f>IF(AND(K63&gt;0,Plan!$I12=0),I9&amp;Language!$E$90&amp;H9,"")</f>
         <v>2 : 6</v>
       </c>
     </row>
-    <row r="64" spans="5:14" x14ac:dyDescent="0.25">
-      <c r="I64" s="331">
+    <row r="64" spans="5:14" x14ac:dyDescent="0.3">
+      <c r="I64" s="340">
         <v>7</v>
       </c>
-      <c r="J64" s="214" t="str">
+      <c r="J64" s="223" t="str">
         <f>IF(Plan!$I13=0,G10&amp;F10,"")</f>
         <v>Paris St. GermainVfL Wolfsburg</v>
       </c>
-      <c r="K64" s="349">
+      <c r="K64" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L64" s="341" t="str">
+      <c r="L64" s="350" t="str">
         <f>IF(AND(K64&gt;0,Plan!$I13=0),I10&amp;Language!$E$90&amp;H10,"")</f>
         <v>0 : 4</v>
       </c>
     </row>
-    <row r="65" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I65" s="331">
+    <row r="65" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I65" s="340">
         <v>8</v>
       </c>
-      <c r="J65" s="214" t="str">
+      <c r="J65" s="223" t="str">
         <f>IF(Plan!$I14=0,G11&amp;F11,"")</f>
         <v>Atletico MadridSKN St. Pölten</v>
       </c>
-      <c r="K65" s="349">
+      <c r="K65" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L65" s="341" t="str">
+      <c r="L65" s="350" t="str">
         <f>IF(AND(K65&gt;0,Plan!$I14=0),I11&amp;Language!$E$90&amp;H11,"")</f>
         <v>6 : 0</v>
       </c>
     </row>
-    <row r="66" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I66" s="331">
+    <row r="66" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I66" s="340">
         <v>9</v>
       </c>
-      <c r="J66" s="214" t="str">
+      <c r="J66" s="223" t="str">
         <f>IF(Plan!$I15=0,G12&amp;F12,"")</f>
         <v>Valerenga IFManchester United</v>
       </c>
-      <c r="K66" s="349">
+      <c r="K66" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L66" s="341" t="str">
+      <c r="L66" s="350" t="str">
         <f>IF(AND(K66&gt;0,Plan!$I15=0),I12&amp;Language!$E$90&amp;H12,"")</f>
         <v>0 : 1</v>
       </c>
     </row>
-    <row r="67" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I67" s="331">
+    <row r="67" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I67" s="340">
         <v>10</v>
       </c>
-      <c r="J67" s="214" t="str">
+      <c r="J67" s="223" t="str">
         <f>IF(Plan!$I16=0,G13&amp;F13,"")</f>
         <v>VfL WolfsburgValerenga IF</v>
       </c>
-      <c r="K67" s="349">
+      <c r="K67" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L67" s="341" t="str">
+      <c r="L67" s="350" t="str">
         <f>IF(AND(K67&gt;0,Plan!$I16=0),I13&amp;Language!$E$90&amp;H13,"")</f>
         <v>2 : 1</v>
       </c>
     </row>
-    <row r="68" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I68" s="331">
+    <row r="68" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I68" s="340">
         <v>11</v>
       </c>
-      <c r="J68" s="214" t="str">
+      <c r="J68" s="223" t="str">
         <f>IF(Plan!$I17=0,G14&amp;F14,"")</f>
         <v>SKN St. PöltenOL Lyonnes</v>
       </c>
-      <c r="K68" s="349">
+      <c r="K68" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L68" s="341" t="str">
+      <c r="L68" s="350" t="str">
         <f>IF(AND(K68&gt;0,Plan!$I17=0),I14&amp;Language!$E$90&amp;H14,"")</f>
         <v>0 : 3</v>
       </c>
     </row>
-    <row r="69" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I69" s="331">
+    <row r="69" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I69" s="340">
         <v>12</v>
       </c>
-      <c r="J69" s="214" t="str">
+      <c r="J69" s="223" t="str">
         <f>IF(Plan!$I18=0,G15&amp;F15,"")</f>
         <v>Paris FCChelsea FC</v>
       </c>
-      <c r="K69" s="349">
+      <c r="K69" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L69" s="341" t="str">
+      <c r="L69" s="350" t="str">
         <f>IF(AND(K69&gt;0,Plan!$I18=0),I15&amp;Language!$E$90&amp;H15,"")</f>
         <v>0 : 4</v>
       </c>
     </row>
-    <row r="70" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I70" s="331">
+    <row r="70" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I70" s="340">
         <v>13</v>
       </c>
-      <c r="J70" s="214" t="str">
+      <c r="J70" s="223" t="str">
         <f>IF(Plan!$I19=0,G16&amp;F16,"")</f>
         <v>FC BarcelonaAS Rom</v>
       </c>
-      <c r="K70" s="349">
+      <c r="K70" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L70" s="341" t="str">
+      <c r="L70" s="350" t="str">
         <f>IF(AND(K70&gt;0,Plan!$I19=0),I16&amp;Language!$E$90&amp;H16,"")</f>
         <v>4 : 0</v>
       </c>
     </row>
-    <row r="71" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I71" s="331">
+    <row r="71" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I71" s="340">
         <v>14</v>
       </c>
-      <c r="J71" s="214" t="str">
+      <c r="J71" s="223" t="str">
         <f>IF(Plan!$I20=0,G17&amp;F17,"")</f>
         <v>FC TwenteOud-Heverlee Leuven</v>
       </c>
-      <c r="K71" s="349">
+      <c r="K71" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L71" s="341" t="str">
+      <c r="L71" s="350" t="str">
         <f>IF(AND(K71&gt;0,Plan!$I20=0),I17&amp;Language!$E$90&amp;H17,"")</f>
         <v>1 : 2</v>
       </c>
     </row>
-    <row r="72" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I72" s="331">
+    <row r="72" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I72" s="340">
         <v>15</v>
       </c>
-      <c r="J72" s="214" t="str">
+      <c r="J72" s="223" t="str">
         <f>IF(Plan!$I21=0,G18&amp;F18,"")</f>
         <v>Manchester UnitedAtletico Madrid</v>
       </c>
-      <c r="K72" s="349">
+      <c r="K72" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L72" s="341" t="str">
+      <c r="L72" s="350" t="str">
         <f>IF(AND(K72&gt;0,Plan!$I21=0),I18&amp;Language!$E$90&amp;H18,"")</f>
         <v>1 : 0</v>
       </c>
     </row>
-    <row r="73" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I73" s="331">
+    <row r="73" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I73" s="340">
         <v>16</v>
       </c>
-      <c r="J73" s="214" t="str">
+      <c r="J73" s="223" t="str">
         <f>IF(Plan!$I22=0,G19&amp;F19,"")</f>
         <v>Arsenal WFCSL Benfica</v>
       </c>
-      <c r="K73" s="349">
+      <c r="K73" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L73" s="341" t="str">
+      <c r="L73" s="350" t="str">
         <f>IF(AND(K73&gt;0,Plan!$I22=0),I19&amp;Language!$E$90&amp;H19,"")</f>
         <v>2 : 0</v>
       </c>
     </row>
-    <row r="74" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I74" s="331">
+    <row r="74" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I74" s="340">
         <v>17</v>
       </c>
-      <c r="J74" s="214" t="str">
+      <c r="J74" s="223" t="str">
         <f>IF(Plan!$I23=0,G20&amp;F20,"")</f>
         <v>Juventus FCFC Bayern München</v>
       </c>
-      <c r="K74" s="349">
+      <c r="K74" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L74" s="341" t="str">
+      <c r="L74" s="350" t="str">
         <f>IF(AND(K74&gt;0,Plan!$I23=0),I20&amp;Language!$E$90&amp;H20,"")</f>
         <v>1 : 2</v>
       </c>
     </row>
-    <row r="75" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I75" s="331">
+    <row r="75" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I75" s="340">
         <v>18</v>
       </c>
-      <c r="J75" s="214" t="str">
+      <c r="J75" s="223" t="str">
         <f>IF(Plan!$I24=0,G21&amp;F21,"")</f>
         <v>Real MadridParis St. Germain</v>
       </c>
-      <c r="K75" s="349">
+      <c r="K75" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L75" s="341" t="str">
+      <c r="L75" s="350" t="str">
         <f>IF(AND(K75&gt;0,Plan!$I24=0),I21&amp;Language!$E$90&amp;H21,"")</f>
         <v>2 : 1</v>
       </c>
     </row>
-    <row r="76" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I76" s="331">
+    <row r="76" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I76" s="340">
         <v>19</v>
       </c>
-      <c r="J76" s="214" t="str">
+      <c r="J76" s="223" t="str">
         <f>IF(Plan!$I25=0,G22&amp;F22,"")</f>
         <v>Valerenga IFAS Rom</v>
       </c>
-      <c r="K76" s="349">
+      <c r="K76" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L76" s="341" t="str">
+      <c r="L76" s="350" t="str">
         <f>IF(AND(K76&gt;0,Plan!$I25=0),I22&amp;Language!$E$90&amp;H22,"")</f>
         <v>1 : 0</v>
       </c>
     </row>
-    <row r="77" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I77" s="331">
+    <row r="77" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I77" s="340">
         <v>20</v>
       </c>
-      <c r="J77" s="214" t="str">
+      <c r="J77" s="223" t="str">
         <f>IF(Plan!$I26=0,G23&amp;F23,"")</f>
         <v>VfL WolfsburgOL Lyonnes</v>
       </c>
-      <c r="K77" s="349">
+      <c r="K77" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L77" s="341" t="str">
+      <c r="L77" s="350" t="str">
         <f>IF(AND(K77&gt;0,Plan!$I26=0),I23&amp;Language!$E$90&amp;H23,"")</f>
         <v>1 : 3</v>
       </c>
     </row>
-    <row r="78" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I78" s="331">
+    <row r="78" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I78" s="340">
         <v>21</v>
       </c>
-      <c r="J78" s="214" t="str">
+      <c r="J78" s="223" t="str">
         <f>IF(Plan!$I27=0,G24&amp;F24,"")</f>
         <v>Chelsea FCSKN St. Pölten</v>
       </c>
-      <c r="K78" s="349">
+      <c r="K78" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L78" s="341" t="str">
+      <c r="L78" s="350" t="str">
         <f>IF(AND(K78&gt;0,Plan!$I27=0),I24&amp;Language!$E$90&amp;H24,"")</f>
         <v>6 : 0</v>
       </c>
     </row>
-    <row r="79" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I79" s="331">
+    <row r="79" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I79" s="340">
         <v>22</v>
       </c>
-      <c r="J79" s="214" t="str">
+      <c r="J79" s="223" t="str">
         <f>IF(Plan!$I28=0,G25&amp;F25,"")</f>
         <v>Paris FCReal Madrid</v>
       </c>
-      <c r="K79" s="349">
+      <c r="K79" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L79" s="341" t="str">
+      <c r="L79" s="350" t="str">
         <f>IF(AND(K79&gt;0,Plan!$I28=0),I25&amp;Language!$E$90&amp;H25,"")</f>
         <v>1 : 1</v>
       </c>
     </row>
-    <row r="80" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I80" s="331">
+    <row r="80" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I80" s="340">
         <v>23</v>
       </c>
-      <c r="J80" s="214" t="str">
+      <c r="J80" s="223" t="str">
         <f>IF(Plan!$I29=0,G26&amp;F26,"")</f>
         <v>Arsenal WFCFC Bayern München</v>
       </c>
-      <c r="K80" s="349">
+      <c r="K80" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L80" s="341" t="str">
+      <c r="L80" s="350" t="str">
         <f>IF(AND(K80&gt;0,Plan!$I29=0),I26&amp;Language!$E$90&amp;H26,"")</f>
         <v>2 : 3</v>
       </c>
     </row>
-    <row r="81" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I81" s="331">
+    <row r="81" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I81" s="340">
         <v>24</v>
       </c>
-      <c r="J81" s="214" t="str">
+      <c r="J81" s="223" t="str">
         <f>IF(Plan!$I30=0,G27&amp;F27,"")</f>
         <v>Oud-Heverlee LeuvenFC Barcelona</v>
       </c>
-      <c r="K81" s="349">
+      <c r="K81" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L81" s="341" t="str">
+      <c r="L81" s="350" t="str">
         <f>IF(AND(K81&gt;0,Plan!$I30=0),I27&amp;Language!$E$90&amp;H27,"")</f>
         <v>0 : 3</v>
       </c>
     </row>
-    <row r="82" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I82" s="331">
+    <row r="82" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I82" s="340">
         <v>25</v>
       </c>
-      <c r="J82" s="214" t="str">
+      <c r="J82" s="223" t="str">
         <f>IF(Plan!$I31=0,G28&amp;F28,"")</f>
         <v>Paris St. GermainManchester United</v>
       </c>
-      <c r="K82" s="349">
+      <c r="K82" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L82" s="341" t="str">
+      <c r="L82" s="350" t="str">
         <f>IF(AND(K82&gt;0,Plan!$I31=0),I28&amp;Language!$E$90&amp;H28,"")</f>
         <v>1 : 2</v>
       </c>
     </row>
-    <row r="83" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I83" s="331">
+    <row r="83" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I83" s="340">
         <v>26</v>
       </c>
-      <c r="J83" s="214" t="str">
+      <c r="J83" s="223" t="str">
         <f>IF(Plan!$I32=0,G29&amp;F29,"")</f>
         <v>Juventus FCAtletico Madrid</v>
       </c>
-      <c r="K83" s="349">
+      <c r="K83" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L83" s="341" t="str">
+      <c r="L83" s="350" t="str">
         <f>IF(AND(K83&gt;0,Plan!$I32=0),I29&amp;Language!$E$90&amp;H29,"")</f>
         <v>2 : 1</v>
       </c>
     </row>
-    <row r="84" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I84" s="331">
+    <row r="84" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I84" s="340">
         <v>27</v>
       </c>
-      <c r="J84" s="214" t="str">
+      <c r="J84" s="223" t="str">
         <f>IF(Plan!$I33=0,G30&amp;F30,"")</f>
         <v>FC TwenteSL Benfica</v>
       </c>
-      <c r="K84" s="349">
+      <c r="K84" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L84" s="341" t="str">
+      <c r="L84" s="350" t="str">
         <f>IF(AND(K84&gt;0,Plan!$I33=0),I30&amp;Language!$E$90&amp;H30,"")</f>
         <v>1 : 1</v>
       </c>
     </row>
-    <row r="85" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I85" s="331">
+    <row r="85" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I85" s="340">
         <v>28</v>
       </c>
-      <c r="J85" s="214" t="str">
+      <c r="J85" s="223" t="str">
         <f>IF(Plan!$I34=0,G31&amp;F31,"")</f>
         <v>Manchester UnitedVfL Wolfsburg</v>
       </c>
-      <c r="K85" s="349">
+      <c r="K85" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L85" s="341" t="str">
+      <c r="L85" s="350" t="str">
         <f>IF(AND(K85&gt;0,Plan!$I34=0),I31&amp;Language!$E$90&amp;H31,"")</f>
         <v>2 : 5</v>
       </c>
     </row>
-    <row r="86" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I86" s="331">
+    <row r="86" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I86" s="340">
         <v>29</v>
       </c>
-      <c r="J86" s="214" t="str">
+      <c r="J86" s="223" t="str">
         <f>IF(Plan!$I35=0,G32&amp;F32,"")</f>
         <v>OL LyonnesJuventus FC</v>
       </c>
-      <c r="K86" s="349">
+      <c r="K86" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L86" s="341" t="str">
+      <c r="L86" s="350" t="str">
         <f>IF(AND(K86&gt;0,Plan!$I35=0),I32&amp;Language!$E$90&amp;H32,"")</f>
         <v>3 : 3</v>
       </c>
     </row>
-    <row r="87" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I87" s="331">
+    <row r="87" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I87" s="340">
         <v>30</v>
       </c>
-      <c r="J87" s="214" t="str">
+      <c r="J87" s="223" t="str">
         <f>IF(Plan!$I36=0,G33&amp;F33,"")</f>
         <v>Real MadridArsenal WFC</v>
       </c>
-      <c r="K87" s="349">
+      <c r="K87" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L87" s="341" t="str">
+      <c r="L87" s="350" t="str">
         <f>IF(AND(K87&gt;0,Plan!$I36=0),I33&amp;Language!$E$90&amp;H33,"")</f>
         <v>1 : 2</v>
       </c>
     </row>
-    <row r="88" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I88" s="331">
+    <row r="88" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I88" s="340">
         <v>31</v>
       </c>
-      <c r="J88" s="214" t="str">
+      <c r="J88" s="223" t="str">
         <f>IF(Plan!$I37=0,G34&amp;F34,"")</f>
         <v>SL BenficaParis FC</v>
       </c>
-      <c r="K88" s="349">
+      <c r="K88" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L88" s="341" t="str">
+      <c r="L88" s="350" t="str">
         <f>IF(AND(K88&gt;0,Plan!$I37=0),I34&amp;Language!$E$90&amp;H34,"")</f>
         <v>0 : 2</v>
       </c>
     </row>
-    <row r="89" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I89" s="331">
+    <row r="89" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I89" s="340">
         <v>32</v>
       </c>
-      <c r="J89" s="214" t="str">
+      <c r="J89" s="223" t="str">
         <f>IF(Plan!$I38=0,G35&amp;F35,"")</f>
         <v>SKN St. PöltenValerenga IF</v>
       </c>
-      <c r="K89" s="349">
+      <c r="K89" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L89" s="341" t="str">
+      <c r="L89" s="350" t="str">
         <f>IF(AND(K89&gt;0,Plan!$I38=0),I35&amp;Language!$E$90&amp;H35,"")</f>
         <v>2 : 2</v>
       </c>
     </row>
-    <row r="90" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I90" s="331">
+    <row r="90" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I90" s="340">
         <v>33</v>
       </c>
-      <c r="J90" s="214" t="str">
+      <c r="J90" s="223" t="str">
         <f>IF(Plan!$I39=0,G36&amp;F36,"")</f>
         <v>Atletico MadridFC Twente</v>
       </c>
-      <c r="K90" s="349">
+      <c r="K90" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L90" s="341" t="str">
+      <c r="L90" s="350" t="str">
         <f>IF(AND(K90&gt;0,Plan!$I39=0),I36&amp;Language!$E$90&amp;H36,"")</f>
         <v>4 : 0</v>
       </c>
     </row>
-    <row r="91" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I91" s="331">
+    <row r="91" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I91" s="340">
         <v>34</v>
       </c>
-      <c r="J91" s="214" t="str">
+      <c r="J91" s="223" t="str">
         <f>IF(Plan!$I40=0,G37&amp;F37,"")</f>
         <v>FC Bayern MünchenParis St. Germain</v>
       </c>
-      <c r="K91" s="349">
+      <c r="K91" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L91" s="341" t="str">
+      <c r="L91" s="350" t="str">
         <f>IF(AND(K91&gt;0,Plan!$I40=0),I37&amp;Language!$E$90&amp;H37,"")</f>
         <v>3 : 1</v>
       </c>
     </row>
-    <row r="92" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I92" s="331">
+    <row r="92" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I92" s="340">
         <v>35</v>
       </c>
-      <c r="J92" s="214" t="str">
+      <c r="J92" s="223" t="str">
         <f>IF(Plan!$I41=0,G38&amp;F38,"")</f>
         <v>FC BarcelonaChelsea FC</v>
       </c>
-      <c r="K92" s="349">
+      <c r="K92" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L92" s="341" t="str">
+      <c r="L92" s="350" t="str">
         <f>IF(AND(K92&gt;0,Plan!$I41=0),I38&amp;Language!$E$90&amp;H38,"")</f>
         <v>1 : 1</v>
       </c>
     </row>
-    <row r="93" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I93" s="331">
+    <row r="93" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I93" s="340">
         <v>36</v>
       </c>
-      <c r="J93" s="214" t="str">
+      <c r="J93" s="223" t="str">
         <f>IF(Plan!$I42=0,G39&amp;F39,"")</f>
         <v>AS RomOud-Heverlee Leuven</v>
       </c>
-      <c r="K93" s="349">
+      <c r="K93" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L93" s="341" t="str">
+      <c r="L93" s="350" t="str">
         <f>IF(AND(K93&gt;0,Plan!$I42=0),I39&amp;Language!$E$90&amp;H39,"")</f>
         <v>1 : 1</v>
       </c>
     </row>
-    <row r="94" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I94" s="331">
+    <row r="94" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I94" s="340">
         <v>37</v>
       </c>
-      <c r="J94" s="214" t="str">
+      <c r="J94" s="223" t="str">
         <f>IF(Plan!$I43=0,G40&amp;F40,"")</f>
         <v>Juventus FCSKN St. Pölten</v>
       </c>
-      <c r="K94" s="349">
+      <c r="K94" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L94" s="341" t="str">
+      <c r="L94" s="350" t="str">
         <f>IF(AND(K94&gt;0,Plan!$I43=0),I40&amp;Language!$E$90&amp;H40,"")</f>
         <v>5 : 0</v>
       </c>
     </row>
-    <row r="95" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I95" s="331">
+    <row r="95" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I95" s="340">
         <v>38</v>
       </c>
-      <c r="J95" s="214" t="str">
+      <c r="J95" s="223" t="str">
         <f>IF(Plan!$I44=0,G41&amp;F41,"")</f>
         <v>FC TwenteArsenal WFC</v>
       </c>
-      <c r="K95" s="349">
+      <c r="K95" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L95" s="341" t="str">
+      <c r="L95" s="350" t="str">
         <f>IF(AND(K95&gt;0,Plan!$I44=0),I41&amp;Language!$E$90&amp;H41,"")</f>
         <v>0 : 1</v>
       </c>
     </row>
-    <row r="96" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I96" s="331">
+    <row r="96" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I96" s="340">
         <v>39</v>
       </c>
-      <c r="J96" s="214" t="str">
+      <c r="J96" s="223" t="str">
         <f>IF(Plan!$I45=0,G42&amp;F42,"")</f>
         <v>VfL WolfsburgReal Madrid</v>
       </c>
-      <c r="K96" s="349">
+      <c r="K96" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L96" s="341" t="str">
+      <c r="L96" s="350" t="str">
         <f>IF(AND(K96&gt;0,Plan!$I45=0),I42&amp;Language!$E$90&amp;H42,"")</f>
         <v>0 : 2</v>
       </c>
     </row>
-    <row r="97" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I97" s="331">
+    <row r="97" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I97" s="340">
         <v>40</v>
       </c>
-      <c r="J97" s="214" t="str">
+      <c r="J97" s="223" t="str">
         <f>IF(Plan!$I46=0,G43&amp;F43,"")</f>
         <v>Oud-Heverlee LeuvenParis St. Germain</v>
       </c>
-      <c r="K97" s="349">
+      <c r="K97" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L97" s="341" t="str">
+      <c r="L97" s="350" t="str">
         <f>IF(AND(K97&gt;0,Plan!$I46=0),I43&amp;Language!$E$90&amp;H43,"")</f>
         <v>0 : 0</v>
       </c>
     </row>
-    <row r="98" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I98" s="331">
+    <row r="98" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I98" s="340">
         <v>41</v>
       </c>
-      <c r="J98" s="214" t="str">
+      <c r="J98" s="223" t="str">
         <f>IF(Plan!$I47=0,G44&amp;F44,"")</f>
         <v>SL BenficaFC Barcelona</v>
       </c>
-      <c r="K98" s="349">
+      <c r="K98" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L98" s="341" t="str">
+      <c r="L98" s="350" t="str">
         <f>IF(AND(K98&gt;0,Plan!$I47=0),I44&amp;Language!$E$90&amp;H44,"")</f>
         <v>1 : 3</v>
       </c>
     </row>
-    <row r="99" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I99" s="331">
+    <row r="99" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I99" s="340">
         <v>42</v>
       </c>
-      <c r="J99" s="214" t="str">
+      <c r="J99" s="223" t="str">
         <f>IF(Plan!$I48=0,G45&amp;F45,"")</f>
         <v>Paris FCValerenga IF</v>
       </c>
-      <c r="K99" s="349">
+      <c r="K99" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L99" s="341" t="str">
+      <c r="L99" s="350" t="str">
         <f>IF(AND(K99&gt;0,Plan!$I48=0),I45&amp;Language!$E$90&amp;H45,"")</f>
         <v>1 : 0</v>
       </c>
     </row>
-    <row r="100" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I100" s="331">
+    <row r="100" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I100" s="340">
         <v>43</v>
       </c>
-      <c r="J100" s="214" t="str">
+      <c r="J100" s="223" t="str">
         <f>IF(Plan!$I49=0,G46&amp;F46,"")</f>
         <v>FC Bayern MünchenAtletico Madrid</v>
       </c>
-      <c r="K100" s="349">
+      <c r="K100" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L100" s="341" t="str">
+      <c r="L100" s="350" t="str">
         <f>IF(AND(K100&gt;0,Plan!$I49=0),I46&amp;Language!$E$90&amp;H46,"")</f>
         <v>2 : 2</v>
       </c>
     </row>
-    <row r="101" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I101" s="331">
+    <row r="101" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I101" s="340">
         <v>44</v>
       </c>
-      <c r="J101" s="214" t="str">
+      <c r="J101" s="223" t="str">
         <f>IF(Plan!$I50=0,G47&amp;F47,"")</f>
         <v>AS RomChelsea FC</v>
       </c>
-      <c r="K101" s="349">
+      <c r="K101" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L101" s="341" t="str">
+      <c r="L101" s="350" t="str">
         <f>IF(AND(K101&gt;0,Plan!$I50=0),I47&amp;Language!$E$90&amp;H47,"")</f>
         <v>0 : 6</v>
       </c>
     </row>
-    <row r="102" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I102" s="331">
+    <row r="102" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I102" s="340">
         <v>45</v>
       </c>
-      <c r="J102" s="214" t="str">
+      <c r="J102" s="223" t="str">
         <f>IF(Plan!$I51=0,G48&amp;F48,"")</f>
         <v>OL LyonnesManchester United</v>
       </c>
-      <c r="K102" s="349">
+      <c r="K102" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L102" s="341" t="str">
+      <c r="L102" s="350" t="str">
         <f>IF(AND(K102&gt;0,Plan!$I51=0),I48&amp;Language!$E$90&amp;H48,"")</f>
         <v>3 : 0</v>
       </c>
     </row>
-    <row r="103" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I103" s="331">
+    <row r="103" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I103" s="340">
         <v>46</v>
       </c>
-      <c r="J103" s="214" t="str">
+      <c r="J103" s="223" t="str">
         <f>IF(Plan!$I52=0,G49&amp;F49,"")</f>
         <v>Arsenal WFCOud-Heverlee Leuven</v>
       </c>
-      <c r="K103" s="349">
+      <c r="K103" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L103" s="341" t="str">
+      <c r="L103" s="350" t="str">
         <f>IF(AND(K103&gt;0,Plan!$I52=0),I49&amp;Language!$E$90&amp;H49,"")</f>
         <v>3 : 0</v>
       </c>
     </row>
-    <row r="104" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I104" s="331">
+    <row r="104" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I104" s="340">
         <v>47</v>
       </c>
-      <c r="J104" s="214" t="str">
+      <c r="J104" s="223" t="str">
         <f>IF(Plan!$I53=0,G50&amp;F50,"")</f>
         <v>Chelsea FCVfL Wolfsburg</v>
       </c>
-      <c r="K104" s="349">
+      <c r="K104" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L104" s="341" t="str">
+      <c r="L104" s="350" t="str">
         <f>IF(AND(K104&gt;0,Plan!$I53=0),I50&amp;Language!$E$90&amp;H50,"")</f>
         <v>2 : 1</v>
       </c>
     </row>
-    <row r="105" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I105" s="331">
+    <row r="105" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I105" s="340">
         <v>48</v>
       </c>
-      <c r="J105" s="214" t="str">
+      <c r="J105" s="223" t="str">
         <f>IF(Plan!$I54=0,G51&amp;F51,"")</f>
         <v>Valerenga IFFC Bayern München</v>
       </c>
-      <c r="K105" s="349">
+      <c r="K105" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L105" s="341" t="str">
+      <c r="L105" s="350" t="str">
         <f>IF(AND(K105&gt;0,Plan!$I54=0),I51&amp;Language!$E$90&amp;H51,"")</f>
         <v>0 : 3</v>
       </c>
     </row>
-    <row r="106" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I106" s="331">
+    <row r="106" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I106" s="340">
         <v>49</v>
       </c>
-      <c r="J106" s="214" t="str">
+      <c r="J106" s="223" t="str">
         <f>IF(Plan!$I55=0,G52&amp;F52,"")</f>
         <v>Atletico MadridOL Lyonnes</v>
       </c>
-      <c r="K106" s="349">
+      <c r="K106" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L106" s="341" t="str">
+      <c r="L106" s="350" t="str">
         <f>IF(AND(K106&gt;0,Plan!$I55=0),I52&amp;Language!$E$90&amp;H52,"")</f>
         <v>0 : 4</v>
       </c>
     </row>
-    <row r="107" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I107" s="331">
+    <row r="107" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I107" s="340">
         <v>50</v>
       </c>
-      <c r="J107" s="214" t="str">
+      <c r="J107" s="223" t="str">
         <f>IF(Plan!$I56=0,G53&amp;F53,"")</f>
         <v>FC BarcelonaParis FC</v>
       </c>
-      <c r="K107" s="349">
+      <c r="K107" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L107" s="341" t="str">
+      <c r="L107" s="350" t="str">
         <f>IF(AND(K107&gt;0,Plan!$I56=0),I53&amp;Language!$E$90&amp;H53,"")</f>
         <v>2 : 0</v>
       </c>
     </row>
-    <row r="108" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I108" s="331">
+    <row r="108" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I108" s="340">
         <v>51</v>
       </c>
-      <c r="J108" s="214" t="str">
+      <c r="J108" s="223" t="str">
         <f>IF(Plan!$I57=0,G54&amp;F54,"")</f>
         <v>Paris St. GermainSL Benfica</v>
       </c>
-      <c r="K108" s="349">
+      <c r="K108" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L108" s="341" t="str">
+      <c r="L108" s="350" t="str">
         <f>IF(AND(K108&gt;0,Plan!$I57=0),I54&amp;Language!$E$90&amp;H54,"")</f>
         <v>1 : 1</v>
       </c>
     </row>
-    <row r="109" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I109" s="331">
+    <row r="109" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I109" s="340">
         <v>52</v>
       </c>
-      <c r="J109" s="214" t="str">
+      <c r="J109" s="223" t="str">
         <f>IF(Plan!$I58=0,G55&amp;F55,"")</f>
         <v>Real MadridFC Twente</v>
       </c>
-      <c r="K109" s="349">
+      <c r="K109" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L109" s="341" t="str">
+      <c r="L109" s="350" t="str">
         <f>IF(AND(K109&gt;0,Plan!$I58=0),I55&amp;Language!$E$90&amp;H55,"")</f>
         <v>1 : 1</v>
       </c>
     </row>
-    <row r="110" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I110" s="331">
+    <row r="110" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I110" s="340">
         <v>53</v>
       </c>
-      <c r="J110" s="214" t="str">
+      <c r="J110" s="223" t="str">
         <f>IF(Plan!$I59=0,G56&amp;F56,"")</f>
         <v>Manchester UnitedJuventus FC</v>
       </c>
-      <c r="K110" s="349">
+      <c r="K110" s="358">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L110" s="341" t="str">
+      <c r="L110" s="350" t="str">
         <f>IF(AND(K110&gt;0,Plan!$I59=0),I56&amp;Language!$E$90&amp;H56,"")</f>
         <v>1 : 0</v>
       </c>
     </row>
-    <row r="111" spans="9:12" x14ac:dyDescent="0.25">
-      <c r="I111" s="335">
+    <row r="111" spans="9:12" x14ac:dyDescent="0.3">
+      <c r="I111" s="344">
         <v>54</v>
       </c>
-      <c r="J111" s="310" t="str">
+      <c r="J111" s="319" t="str">
         <f>IF(Plan!$I60=0,G57&amp;F57,"")</f>
         <v>SKN St. PöltenAS Rom</v>
       </c>
-      <c r="K111" s="350">
+      <c r="K111" s="359">
         <f t="shared" si="1"/>
         <v>1</v>
       </c>
-      <c r="L111" s="342" t="str">
+      <c r="L111" s="351" t="str">
         <f>IF(AND(K111&gt;0,Plan!$I60=0),I57&amp;Language!$E$90&amp;H57,"")</f>
         <v>1 : 6</v>
       </c>
     </row>
-    <row r="112" spans="9:12" x14ac:dyDescent="0.25"/>
+    <row r="112" spans="9:12" x14ac:dyDescent="0.3"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="M3:N3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:F13"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="A14" sqref="A14:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="6" width="11.5703125" customWidth="1"/>
-    <col min="7" max="16384" width="11.5703125" hidden="1"/>
+    <col min="1" max="6" width="11.5546875" customWidth="1"/>
+    <col min="7" max="16384" width="11.5546875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:5" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="2:5" x14ac:dyDescent="0.25"/>
+    <row r="1" spans="2:5" ht="15" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="2:5" ht="15" x14ac:dyDescent="0.25"/>
     <row r="3" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B3" s="6" t="s">
         <v>165</v>
       </c>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="7">
         <v>1000000</v>
       </c>
       <c r="C4" s="8" t="s">
         <v>49</v>
       </c>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B5" s="9">
         <v>1000</v>
       </c>
       <c r="C5" s="10" t="s">
         <v>47</v>
       </c>
       <c r="D5" s="14">
         <v>500</v>
       </c>
       <c r="E5" s="11" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="6" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="6" spans="2:5" ht="15" x14ac:dyDescent="0.25">
       <c r="B6" s="9">
         <v>10</v>
       </c>
       <c r="C6" s="10" t="s">
         <v>51</v>
       </c>
       <c r="D6" s="5"/>
       <c r="E6" s="5"/>
     </row>
-    <row r="7" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="7" spans="2:5" ht="15" x14ac:dyDescent="0.25">
       <c r="B7" s="15">
         <v>0.1</v>
       </c>
       <c r="C7" s="16" t="s">
         <v>167</v>
       </c>
       <c r="D7" s="4"/>
       <c r="E7" s="4"/>
     </row>
-    <row r="8" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="8" spans="2:5" ht="15" x14ac:dyDescent="0.25">
       <c r="B8" s="15">
         <v>0.01</v>
       </c>
       <c r="C8" s="16" t="s">
         <v>168</v>
       </c>
       <c r="D8" s="4"/>
       <c r="E8" s="4"/>
     </row>
     <row r="9" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B9" s="15">
         <v>1E-3</v>
       </c>
       <c r="C9" s="16" t="s">
         <v>169</v>
       </c>
       <c r="D9" s="4"/>
       <c r="E9" s="4"/>
     </row>
-    <row r="10" spans="2:5" x14ac:dyDescent="0.25">
+    <row r="10" spans="2:5" ht="15" x14ac:dyDescent="0.25">
       <c r="B10" s="17"/>
       <c r="C10" s="18"/>
       <c r="D10" s="4"/>
       <c r="E10" s="4"/>
     </row>
     <row r="11" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B11" s="4"/>
       <c r="C11" s="4"/>
       <c r="D11" s="4"/>
       <c r="E11" s="4"/>
     </row>
     <row r="12" spans="2:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B12" s="551" t="s">
+      <c r="B12" s="560" t="s">
         <v>105</v>
       </c>
-      <c r="C12" s="551"/>
+      <c r="C12" s="560"/>
       <c r="D12" s="12">
         <v>7</v>
       </c>
       <c r="E12" s="13"/>
     </row>
-    <row r="13" spans="2:5" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="2:5" ht="15" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B12:C12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:E24"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="D6" sqref="D6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="2" width="11.5703125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="16384" width="11.5703125" hidden="1"/>
+    <col min="1" max="2" width="11.5546875" customWidth="1"/>
+    <col min="3" max="3" width="29.6640625" bestFit="1" customWidth="1"/>
+    <col min="4" max="5" width="11.5546875" customWidth="1"/>
+    <col min="6" max="16384" width="11.5546875" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:4" x14ac:dyDescent="0.25">
+    <row r="1" spans="2:4" ht="15" x14ac:dyDescent="0.25">
       <c r="B1" s="35"/>
       <c r="C1" s="35"/>
       <c r="D1" s="35"/>
     </row>
     <row r="2" spans="2:4" ht="33.75" x14ac:dyDescent="0.25">
-      <c r="B2" s="552" t="str">
+      <c r="B2" s="561" t="str">
         <f>Language!$E$6</f>
         <v>Tie-Break</v>
       </c>
-      <c r="C2" s="552"/>
-      <c r="D2" s="552"/>
+      <c r="C2" s="561"/>
+      <c r="D2" s="561"/>
     </row>
     <row r="3" spans="2:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="B3" s="35"/>
       <c r="C3" s="44" t="str">
         <f>Language!$E$40</f>
         <v>in der Ligaphase</v>
       </c>
       <c r="D3" s="35"/>
     </row>
     <row r="4" spans="2:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B4" s="35"/>
       <c r="C4" s="35"/>
       <c r="D4" s="35"/>
     </row>
     <row r="5" spans="2:4" ht="16.5" thickTop="1" x14ac:dyDescent="0.25">
       <c r="B5" s="37" t="str">
         <f>Language!$E$9</f>
         <v>Nr.</v>
       </c>
       <c r="C5" s="42" t="str">
         <f>Language!$E$10</f>
         <v>Teilnehmer bzw. Mannschaft</v>
       </c>
       <c r="D5" s="38" t="str">
         <f>Language!$E$63</f>
@@ -29822,1573 +29812,1573 @@
         <v>SKN St. Pölten</v>
       </c>
       <c r="D20" s="41"/>
     </row>
     <row r="21" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B21" s="36">
         <v>16</v>
       </c>
       <c r="C21" s="43" t="str">
         <f>IF(Plan!$D22="","",Plan!$D22)</f>
         <v>FC Twente</v>
       </c>
       <c r="D21" s="41"/>
     </row>
     <row r="22" spans="2:4" ht="18.75" x14ac:dyDescent="0.25">
       <c r="B22" s="36">
         <v>17</v>
       </c>
       <c r="C22" s="43" t="str">
         <f>IF(Plan!$D23="","",Plan!$D23)</f>
         <v>Valerenga IF</v>
       </c>
       <c r="D22" s="41"/>
     </row>
     <row r="23" spans="2:4" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B23" s="393">
+      <c r="B23" s="402">
         <v>18</v>
       </c>
-      <c r="C23" s="394" t="str">
+      <c r="C23" s="403" t="str">
         <f>IF(Plan!$D24="","",Plan!$D24)</f>
         <v>VfL Wolfsburg</v>
       </c>
-      <c r="D23" s="395"/>
+      <c r="D23" s="404"/>
     </row>
     <row r="24" spans="2:4" ht="15.75" thickTop="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="1">
     <mergeCell ref="B2:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <dimension ref="A1:M95"/>
   <sheetViews>
     <sheetView showGridLines="0" showRowColHeaders="0" workbookViewId="0">
       <selection activeCell="J1" sqref="J1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="15" zeroHeight="1" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="0" defaultRowHeight="14.4" zeroHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="11.5703125" style="419" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="14" max="16384" width="11.5703125" style="419" hidden="1"/>
+    <col min="1" max="1" width="11.5546875" style="428" customWidth="1"/>
+    <col min="2" max="4" width="11.5546875" style="428" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="25" style="428" hidden="1" customWidth="1"/>
+    <col min="6" max="6" width="28.6640625" style="428" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="30" style="428" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="31.44140625" style="428" customWidth="1"/>
+    <col min="9" max="9" width="11.5546875" style="428" customWidth="1"/>
+    <col min="10" max="10" width="14" style="428" bestFit="1" customWidth="1"/>
+    <col min="11" max="13" width="11.5546875" style="428" customWidth="1"/>
+    <col min="14" max="16384" width="11.5546875" style="428" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:12" ht="60.75" thickBot="1" x14ac:dyDescent="0.55000000000000004">
-[...4 lines deleted...]
-      <c r="F1" s="553" t="str">
+    <row r="1" spans="2:12" ht="43.8" thickBot="1" x14ac:dyDescent="0.7">
+      <c r="B1" s="423"/>
+      <c r="C1" s="424"/>
+      <c r="D1" s="424"/>
+      <c r="E1" s="424"/>
+      <c r="F1" s="562" t="str">
         <f>$E$49</f>
         <v>Sprache wählen</v>
       </c>
-      <c r="G1" s="553"/>
-[...1 lines deleted...]
-      <c r="I1" s="416"/>
+      <c r="G1" s="562"/>
+      <c r="H1" s="562"/>
+      <c r="I1" s="425"/>
       <c r="J1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="K1" s="417" t="s">
+      <c r="K1" s="426" t="s">
         <v>2</v>
       </c>
-      <c r="L1" s="418" t="str">
+      <c r="L1" s="427" t="str">
         <f>$E$86</f>
         <v>Hier klicken und Sprache wählen</v>
       </c>
     </row>
     <row r="2" spans="2:12" ht="19.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B2" s="415"/>
-[...6 lines deleted...]
-      <c r="I2" s="420"/>
+      <c r="B2" s="424"/>
+      <c r="C2" s="424"/>
+      <c r="D2" s="424"/>
+      <c r="E2" s="424"/>
+      <c r="F2" s="565"/>
+      <c r="G2" s="565"/>
+      <c r="H2" s="424"/>
+      <c r="I2" s="429"/>
       <c r="J2" s="1"/>
-      <c r="K2" s="415"/>
-[...3 lines deleted...]
-      <c r="B3" s="415" t="s">
+      <c r="K2" s="424"/>
+      <c r="L2" s="424"/>
+    </row>
+    <row r="3" spans="2:12" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="B3" s="424" t="s">
         <v>4</v>
       </c>
-      <c r="C3" s="421">
+      <c r="C3" s="430">
         <f>IF(AND($J$1&lt;&gt;B4,$J$1&lt;&gt;B5),1,0)</f>
         <v>0</v>
       </c>
-      <c r="D3" s="557"/>
-[...1 lines deleted...]
-      <c r="F3" s="560" t="s">
+      <c r="D3" s="566"/>
+      <c r="E3" s="568"/>
+      <c r="F3" s="569" t="s">
         <v>4</v>
       </c>
-      <c r="G3" s="562" t="s">
-[...2 lines deleted...]
-      <c r="H3" s="554" t="s">
+      <c r="G3" s="571" t="s">
+        <v>1</v>
+      </c>
+      <c r="H3" s="563" t="s">
         <v>5</v>
       </c>
       <c r="I3" s="2"/>
-      <c r="J3" s="415"/>
-[...7 lines deleted...]
-      <c r="C4" s="421">
+      <c r="J3" s="424"/>
+      <c r="K3" s="424"/>
+      <c r="L3" s="424"/>
+    </row>
+    <row r="4" spans="2:12" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="B4" s="424" t="s">
+        <v>1</v>
+      </c>
+      <c r="C4" s="430">
         <f>IF($J$1=B4,1,0)</f>
         <v>1</v>
       </c>
-      <c r="D4" s="558"/>
-[...7 lines deleted...]
-      <c r="L4" s="415"/>
+      <c r="D4" s="567"/>
+      <c r="E4" s="568"/>
+      <c r="F4" s="570"/>
+      <c r="G4" s="572"/>
+      <c r="H4" s="564"/>
+      <c r="I4" s="431"/>
+      <c r="J4" s="432"/>
+      <c r="K4" s="424"/>
+      <c r="L4" s="424"/>
     </row>
     <row r="5" spans="2:12" ht="29.25" thickTop="1" x14ac:dyDescent="0.45">
-      <c r="B5" s="415" t="s">
+      <c r="B5" s="424" t="s">
         <v>5</v>
       </c>
-      <c r="C5" s="421">
+      <c r="C5" s="430">
         <f>IF($J$1=B5,1,0)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="415"/>
-[...1 lines deleted...]
-      <c r="F5" s="424" t="str">
+      <c r="D5" s="424"/>
+      <c r="E5" s="424"/>
+      <c r="F5" s="433" t="str">
         <f>$E$50</f>
         <v>Überschriften</v>
       </c>
-      <c r="G5" s="425"/>
-[...10 lines deleted...]
-      <c r="E6" s="415" t="str">
+      <c r="G5" s="434"/>
+      <c r="H5" s="435"/>
+      <c r="I5" s="431"/>
+      <c r="J5" s="432"/>
+      <c r="K5" s="424"/>
+      <c r="L5" s="424"/>
+    </row>
+    <row r="6" spans="2:12" ht="15" x14ac:dyDescent="0.25">
+      <c r="B6" s="424"/>
+      <c r="C6" s="424"/>
+      <c r="D6" s="424"/>
+      <c r="E6" s="424" t="str">
         <f>IF($C$3,F6,IF($C$4,G6,IF($H6&lt;&gt;"",$H6,$F6)))</f>
         <v>Tie-Break</v>
       </c>
-      <c r="F6" s="427" t="s">
+      <c r="F6" s="436" t="s">
         <v>8</v>
       </c>
-      <c r="G6" s="428" t="s">
+      <c r="G6" s="437" t="s">
         <v>7</v>
       </c>
-      <c r="H6" s="429"/>
-[...9 lines deleted...]
-      <c r="E7" s="415" t="str">
+      <c r="H6" s="438"/>
+      <c r="I6" s="424"/>
+      <c r="J6" s="424"/>
+      <c r="K6" s="424"/>
+      <c r="L6" s="424"/>
+    </row>
+    <row r="7" spans="2:12" ht="15" x14ac:dyDescent="0.25">
+      <c r="B7" s="424"/>
+      <c r="C7" s="424"/>
+      <c r="D7" s="424"/>
+      <c r="E7" s="424" t="str">
         <f t="shared" ref="E7:E70" si="0">IF($C$3,F7,IF($C$4,G7,IF($H7&lt;&gt;"",$H7,$F7)))</f>
         <v>Einstellungen</v>
       </c>
-      <c r="F7" s="427" t="s">
+      <c r="F7" s="436" t="s">
         <v>10</v>
       </c>
-      <c r="G7" s="428" t="s">
+      <c r="G7" s="437" t="s">
         <v>9</v>
       </c>
-      <c r="H7" s="430"/>
-[...9 lines deleted...]
-      <c r="E8" s="415" t="str">
+      <c r="H7" s="439"/>
+      <c r="I7" s="424"/>
+      <c r="J7" s="424"/>
+      <c r="K7" s="424"/>
+      <c r="L7" s="424"/>
+    </row>
+    <row r="8" spans="2:12" ht="15" x14ac:dyDescent="0.25">
+      <c r="B8" s="424"/>
+      <c r="C8" s="424"/>
+      <c r="D8" s="424"/>
+      <c r="E8" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Dein Datum</v>
       </c>
-      <c r="F8" s="431" t="s">
+      <c r="F8" s="440" t="s">
         <v>12</v>
       </c>
-      <c r="G8" s="432" t="s">
+      <c r="G8" s="441" t="s">
         <v>11</v>
       </c>
-      <c r="H8" s="430"/>
-[...3 lines deleted...]
-      <c r="L8" s="415"/>
+      <c r="H8" s="439"/>
+      <c r="I8" s="424"/>
+      <c r="J8" s="424"/>
+      <c r="K8" s="424"/>
+      <c r="L8" s="424"/>
     </row>
     <row r="9" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B9" s="415"/>
-[...2 lines deleted...]
-      <c r="E9" s="415" t="str">
+      <c r="B9" s="424"/>
+      <c r="C9" s="424"/>
+      <c r="D9" s="424"/>
+      <c r="E9" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Nr.</v>
       </c>
-      <c r="F9" s="433" t="s">
+      <c r="F9" s="442" t="s">
         <v>14</v>
       </c>
-      <c r="G9" s="434" t="s">
+      <c r="G9" s="443" t="s">
         <v>13</v>
       </c>
-      <c r="H9" s="430"/>
-[...3 lines deleted...]
-      <c r="L9" s="415"/>
+      <c r="H9" s="439"/>
+      <c r="I9" s="444"/>
+      <c r="J9" s="424"/>
+      <c r="K9" s="424"/>
+      <c r="L9" s="424"/>
     </row>
     <row r="10" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B10" s="415"/>
-[...2 lines deleted...]
-      <c r="E10" s="415" t="str">
+      <c r="B10" s="424"/>
+      <c r="C10" s="424"/>
+      <c r="D10" s="424"/>
+      <c r="E10" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Teilnehmer bzw. Mannschaft</v>
       </c>
-      <c r="F10" s="433" t="s">
+      <c r="F10" s="442" t="s">
         <v>16</v>
       </c>
-      <c r="G10" s="434" t="s">
+      <c r="G10" s="443" t="s">
         <v>15</v>
       </c>
-      <c r="H10" s="430"/>
-[...3 lines deleted...]
-      <c r="L10" s="415"/>
+      <c r="H10" s="439"/>
+      <c r="I10" s="444"/>
+      <c r="J10" s="424"/>
+      <c r="K10" s="424"/>
+      <c r="L10" s="424"/>
     </row>
     <row r="11" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B11" s="415"/>
-[...2 lines deleted...]
-      <c r="E11" s="415" t="str">
+      <c r="B11" s="424"/>
+      <c r="C11" s="424"/>
+      <c r="D11" s="424"/>
+      <c r="E11" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Ergebnisse</v>
       </c>
-      <c r="F11" s="433" t="s">
+      <c r="F11" s="442" t="s">
         <v>18</v>
       </c>
-      <c r="G11" s="434" t="s">
+      <c r="G11" s="443" t="s">
         <v>17</v>
       </c>
-      <c r="H11" s="430"/>
-[...3 lines deleted...]
-      <c r="L11" s="415"/>
+      <c r="H11" s="439"/>
+      <c r="I11" s="444"/>
+      <c r="J11" s="424"/>
+      <c r="K11" s="424"/>
+      <c r="L11" s="424"/>
     </row>
     <row r="12" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B12" s="415"/>
-[...2 lines deleted...]
-      <c r="E12" s="415" t="str">
+      <c r="B12" s="424"/>
+      <c r="C12" s="424"/>
+      <c r="D12" s="424"/>
+      <c r="E12" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Tabelle</v>
       </c>
-      <c r="F12" s="433" t="s">
+      <c r="F12" s="442" t="s">
         <v>20</v>
       </c>
-      <c r="G12" s="434" t="s">
+      <c r="G12" s="443" t="s">
         <v>19</v>
       </c>
-      <c r="H12" s="430"/>
-[...3 lines deleted...]
-      <c r="L12" s="415"/>
+      <c r="H12" s="439"/>
+      <c r="I12" s="444"/>
+      <c r="J12" s="424"/>
+      <c r="K12" s="424"/>
+      <c r="L12" s="424"/>
     </row>
     <row r="13" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B13" s="415"/>
-[...2 lines deleted...]
-      <c r="E13" s="415" t="str">
+      <c r="B13" s="424"/>
+      <c r="C13" s="424"/>
+      <c r="D13" s="424"/>
+      <c r="E13" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Spielpaarungen</v>
       </c>
-      <c r="F13" s="433" t="s">
+      <c r="F13" s="442" t="s">
         <v>22</v>
       </c>
-      <c r="G13" s="434" t="s">
+      <c r="G13" s="443" t="s">
         <v>21</v>
       </c>
-      <c r="H13" s="430"/>
-[...3 lines deleted...]
-      <c r="L13" s="415"/>
+      <c r="H13" s="439"/>
+      <c r="I13" s="444"/>
+      <c r="J13" s="424"/>
+      <c r="K13" s="424"/>
+      <c r="L13" s="424"/>
     </row>
     <row r="14" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B14" s="415"/>
-[...2 lines deleted...]
-      <c r="E14" s="415" t="str">
+      <c r="B14" s="424"/>
+      <c r="C14" s="424"/>
+      <c r="D14" s="424"/>
+      <c r="E14" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Spielpaarung</v>
       </c>
-      <c r="F14" s="433" t="s">
+      <c r="F14" s="442" t="s">
         <v>24</v>
       </c>
-      <c r="G14" s="434" t="s">
+      <c r="G14" s="443" t="s">
         <v>23</v>
       </c>
-      <c r="H14" s="430"/>
-[...3 lines deleted...]
-      <c r="L14" s="415"/>
+      <c r="H14" s="439"/>
+      <c r="I14" s="444"/>
+      <c r="J14" s="424"/>
+      <c r="K14" s="424"/>
+      <c r="L14" s="424"/>
     </row>
     <row r="15" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B15" s="415"/>
-[...2 lines deleted...]
-      <c r="E15" s="415" t="str">
+      <c r="B15" s="424"/>
+      <c r="C15" s="424"/>
+      <c r="D15" s="424"/>
+      <c r="E15" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Ergebnis</v>
       </c>
-      <c r="F15" s="433" t="s">
+      <c r="F15" s="442" t="s">
         <v>26</v>
       </c>
-      <c r="G15" s="434" t="s">
+      <c r="G15" s="443" t="s">
         <v>25</v>
       </c>
-      <c r="H15" s="430"/>
-[...3 lines deleted...]
-      <c r="L15" s="415"/>
+      <c r="H15" s="439"/>
+      <c r="I15" s="444"/>
+      <c r="J15" s="424"/>
+      <c r="K15" s="424"/>
+      <c r="L15" s="424"/>
     </row>
     <row r="16" spans="2:12" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="B16" s="415"/>
-[...2 lines deleted...]
-      <c r="E16" s="415" t="str">
+      <c r="B16" s="424"/>
+      <c r="C16" s="424"/>
+      <c r="D16" s="424"/>
+      <c r="E16" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Spieltage</v>
       </c>
-      <c r="F16" s="433" t="s">
+      <c r="F16" s="442" t="s">
         <v>28</v>
       </c>
-      <c r="G16" s="434" t="s">
+      <c r="G16" s="443" t="s">
         <v>27</v>
       </c>
-      <c r="H16" s="430"/>
-[...3 lines deleted...]
-      <c r="L16" s="415"/>
+      <c r="H16" s="439"/>
+      <c r="I16" s="444"/>
+      <c r="J16" s="424"/>
+      <c r="K16" s="424"/>
+      <c r="L16" s="424"/>
     </row>
     <row r="17" spans="5:13" ht="28.5" x14ac:dyDescent="0.45">
-      <c r="E17" s="415" t="str">
+      <c r="E17" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Spieltag</v>
       </c>
-      <c r="F17" s="433" t="s">
+      <c r="F17" s="442" t="s">
         <v>30</v>
       </c>
-      <c r="G17" s="434" t="s">
+      <c r="G17" s="443" t="s">
         <v>29</v>
       </c>
-      <c r="H17" s="430"/>
-[...7 lines deleted...]
-      <c r="E18" s="415" t="str">
+      <c r="H17" s="439"/>
+      <c r="I17" s="444"/>
+      <c r="J17" s="424"/>
+      <c r="K17" s="424"/>
+      <c r="L17" s="424"/>
+      <c r="M17" s="424"/>
+    </row>
+    <row r="18" spans="5:13" ht="28.8" x14ac:dyDescent="0.55000000000000004">
+      <c r="E18" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Auswärtsspiele</v>
       </c>
-      <c r="F18" s="433" t="s">
+      <c r="F18" s="442" t="s">
         <v>32</v>
       </c>
-      <c r="G18" s="434" t="s">
+      <c r="G18" s="443" t="s">
         <v>31</v>
       </c>
-      <c r="H18" s="430"/>
-[...7 lines deleted...]
-      <c r="E19" s="415" t="str">
+      <c r="H18" s="439"/>
+      <c r="I18" s="444"/>
+      <c r="J18" s="424"/>
+      <c r="K18" s="424"/>
+      <c r="L18" s="424"/>
+      <c r="M18" s="424"/>
+    </row>
+    <row r="19" spans="5:13" ht="28.8" x14ac:dyDescent="0.55000000000000004">
+      <c r="E19" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Rückspiele</v>
       </c>
-      <c r="F19" s="433" t="s">
+      <c r="F19" s="442" t="s">
         <v>34</v>
       </c>
-      <c r="G19" s="434" t="s">
+      <c r="G19" s="443" t="s">
         <v>33</v>
       </c>
-      <c r="H19" s="430"/>
-[...7 lines deleted...]
-      <c r="E20" s="415" t="str">
+      <c r="H19" s="439"/>
+      <c r="I19" s="444"/>
+      <c r="J19" s="424"/>
+      <c r="K19" s="424"/>
+      <c r="L19" s="424"/>
+      <c r="M19" s="424"/>
+    </row>
+    <row r="20" spans="5:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="E20" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Name</v>
       </c>
-      <c r="F20" s="431" t="s">
+      <c r="F20" s="440" t="s">
         <v>35</v>
       </c>
-      <c r="G20" s="432" t="s">
+      <c r="G20" s="441" t="s">
         <v>35</v>
       </c>
-      <c r="H20" s="430"/>
-[...7 lines deleted...]
-      <c r="E21" s="415" t="str">
+      <c r="H20" s="439"/>
+      <c r="I20" s="445"/>
+      <c r="J20" s="445"/>
+      <c r="K20" s="445"/>
+      <c r="L20" s="445"/>
+      <c r="M20" s="445"/>
+    </row>
+    <row r="21" spans="5:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="E21" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Sp</v>
       </c>
-      <c r="F21" s="431" t="s">
+      <c r="F21" s="440" t="s">
         <v>37</v>
       </c>
-      <c r="G21" s="432" t="s">
+      <c r="G21" s="441" t="s">
         <v>36</v>
       </c>
-      <c r="H21" s="430"/>
-[...7 lines deleted...]
-      <c r="E22" s="415" t="str">
+      <c r="H21" s="439"/>
+      <c r="I21" s="445"/>
+      <c r="J21" s="445"/>
+      <c r="K21" s="445"/>
+      <c r="L21" s="445"/>
+      <c r="M21" s="445"/>
+    </row>
+    <row r="22" spans="5:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="E22" s="424" t="str">
         <f t="shared" si="0"/>
         <v>G</v>
       </c>
-      <c r="F22" s="431" t="s">
+      <c r="F22" s="440" t="s">
         <v>39</v>
       </c>
-      <c r="G22" s="432" t="s">
+      <c r="G22" s="441" t="s">
         <v>38</v>
       </c>
-      <c r="H22" s="430"/>
-[...7 lines deleted...]
-      <c r="E23" s="415" t="str">
+      <c r="H22" s="439"/>
+      <c r="I22" s="445"/>
+      <c r="J22" s="445"/>
+      <c r="K22" s="445"/>
+      <c r="L22" s="445"/>
+      <c r="M22" s="445"/>
+    </row>
+    <row r="23" spans="5:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="E23" s="424" t="str">
         <f t="shared" si="0"/>
         <v>U</v>
       </c>
-      <c r="F23" s="431" t="s">
+      <c r="F23" s="440" t="s">
         <v>41</v>
       </c>
-      <c r="G23" s="432" t="s">
+      <c r="G23" s="441" t="s">
         <v>40</v>
       </c>
-      <c r="H23" s="430"/>
-[...7 lines deleted...]
-      <c r="E24" s="415" t="str">
+      <c r="H23" s="439"/>
+      <c r="I23" s="445"/>
+      <c r="J23" s="445"/>
+      <c r="K23" s="445"/>
+      <c r="L23" s="445"/>
+      <c r="M23" s="445"/>
+    </row>
+    <row r="24" spans="5:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="E24" s="424" t="str">
         <f t="shared" si="0"/>
         <v>V</v>
       </c>
-      <c r="F24" s="431" t="s">
+      <c r="F24" s="440" t="s">
         <v>43</v>
       </c>
-      <c r="G24" s="432" t="s">
+      <c r="G24" s="441" t="s">
         <v>42</v>
       </c>
-      <c r="H24" s="430"/>
-[...7 lines deleted...]
-      <c r="E25" s="415" t="str">
+      <c r="H24" s="439"/>
+      <c r="I24" s="445"/>
+      <c r="J24" s="445"/>
+      <c r="K24" s="445"/>
+      <c r="L24" s="445"/>
+      <c r="M24" s="445"/>
+    </row>
+    <row r="25" spans="5:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="E25" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Tore</v>
       </c>
-      <c r="F25" s="431" t="s">
+      <c r="F25" s="440" t="s">
         <v>45</v>
       </c>
-      <c r="G25" s="432" t="s">
+      <c r="G25" s="441" t="s">
         <v>44</v>
       </c>
-      <c r="H25" s="430"/>
-[...7 lines deleted...]
-      <c r="E26" s="415" t="str">
+      <c r="H25" s="439"/>
+      <c r="I25" s="445"/>
+      <c r="J25" s="445"/>
+      <c r="K25" s="445"/>
+      <c r="L25" s="445"/>
+      <c r="M25" s="445"/>
+    </row>
+    <row r="26" spans="5:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="E26" s="424" t="str">
         <f t="shared" si="0"/>
         <v>TD</v>
       </c>
-      <c r="F26" s="431" t="s">
+      <c r="F26" s="440" t="s">
         <v>47</v>
       </c>
-      <c r="G26" s="432" t="s">
+      <c r="G26" s="441" t="s">
         <v>46</v>
       </c>
-      <c r="H26" s="430"/>
-[...7 lines deleted...]
-      <c r="E27" s="415" t="str">
+      <c r="H26" s="439"/>
+      <c r="I26" s="445"/>
+      <c r="J26" s="445"/>
+      <c r="K26" s="445"/>
+      <c r="L26" s="445"/>
+      <c r="M26" s="445"/>
+    </row>
+    <row r="27" spans="5:13" ht="15" x14ac:dyDescent="0.25">
+      <c r="E27" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Pkt</v>
       </c>
-      <c r="F27" s="431" t="s">
+      <c r="F27" s="440" t="s">
         <v>49</v>
       </c>
-      <c r="G27" s="432" t="s">
+      <c r="G27" s="441" t="s">
         <v>48</v>
       </c>
-      <c r="H27" s="430"/>
-[...7 lines deleted...]
-      <c r="E28" s="415" t="str">
+      <c r="H27" s="439"/>
+      <c r="I27" s="445"/>
+      <c r="J27" s="445"/>
+      <c r="K27" s="445"/>
+      <c r="L27" s="445"/>
+      <c r="M27" s="445"/>
+    </row>
+    <row r="28" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E28" s="424" t="str">
         <f t="shared" si="0"/>
         <v>erz. Tore</v>
       </c>
-      <c r="F28" s="431" t="s">
+      <c r="F28" s="440" t="s">
         <v>51</v>
       </c>
-      <c r="G28" s="432" t="s">
+      <c r="G28" s="441" t="s">
         <v>50</v>
       </c>
-      <c r="H28" s="430"/>
-[...7 lines deleted...]
-      <c r="E29" s="415" t="str">
+      <c r="H28" s="439"/>
+      <c r="I28" s="445"/>
+      <c r="J28" s="445"/>
+      <c r="K28" s="445"/>
+      <c r="L28" s="445"/>
+      <c r="M28" s="445"/>
+    </row>
+    <row r="29" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E29" s="424" t="str">
         <f t="shared" si="0"/>
         <v>ATore</v>
       </c>
-      <c r="F29" s="431" t="s">
+      <c r="F29" s="440" t="s">
         <v>53</v>
       </c>
-      <c r="G29" s="432" t="s">
+      <c r="G29" s="441" t="s">
         <v>52</v>
       </c>
-      <c r="H29" s="430"/>
-[...7 lines deleted...]
-      <c r="E30" s="415" t="str">
+      <c r="H29" s="439"/>
+      <c r="I29" s="445"/>
+      <c r="J29" s="445"/>
+      <c r="K29" s="445"/>
+      <c r="L29" s="445"/>
+      <c r="M29" s="445"/>
+    </row>
+    <row r="30" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E30" s="424" t="str">
         <f t="shared" si="0"/>
         <v>AGew</v>
       </c>
-      <c r="F30" s="431" t="s">
+      <c r="F30" s="440" t="s">
         <v>55</v>
       </c>
-      <c r="G30" s="432" t="s">
+      <c r="G30" s="441" t="s">
         <v>54</v>
       </c>
-      <c r="H30" s="430"/>
-[...7 lines deleted...]
-      <c r="E31" s="415" t="str">
+      <c r="H30" s="439"/>
+      <c r="I30" s="445"/>
+      <c r="J30" s="445"/>
+      <c r="K30" s="445"/>
+      <c r="L30" s="445"/>
+      <c r="M30" s="445"/>
+    </row>
+    <row r="31" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E31" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Hinspiel</v>
       </c>
-      <c r="F31" s="431" t="s">
+      <c r="F31" s="440" t="s">
         <v>57</v>
       </c>
-      <c r="G31" s="432" t="s">
+      <c r="G31" s="441" t="s">
         <v>56</v>
       </c>
-      <c r="H31" s="430"/>
-[...7 lines deleted...]
-      <c r="E32" s="415" t="str">
+      <c r="H31" s="439"/>
+      <c r="I31" s="445"/>
+      <c r="J31" s="445"/>
+      <c r="K31" s="445"/>
+      <c r="L31" s="445"/>
+      <c r="M31" s="445"/>
+    </row>
+    <row r="32" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E32" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Rückspiel</v>
       </c>
-      <c r="F32" s="431" t="s">
+      <c r="F32" s="440" t="s">
         <v>59</v>
       </c>
-      <c r="G32" s="432" t="s">
+      <c r="G32" s="441" t="s">
         <v>58</v>
       </c>
-      <c r="H32" s="430"/>
-[...7 lines deleted...]
-      <c r="E33" s="415" t="str">
+      <c r="H32" s="439"/>
+      <c r="I32" s="445"/>
+      <c r="J32" s="445"/>
+      <c r="K32" s="445"/>
+      <c r="L32" s="445"/>
+      <c r="M32" s="445"/>
+    </row>
+    <row r="33" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E33" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Elfmeter-schießen</v>
       </c>
-      <c r="F33" s="431" t="s">
+      <c r="F33" s="440" t="s">
         <v>61</v>
       </c>
-      <c r="G33" s="432" t="s">
+      <c r="G33" s="441" t="s">
         <v>60</v>
       </c>
-      <c r="H33" s="430"/>
-[...7 lines deleted...]
-      <c r="E34" s="415" t="str">
+      <c r="H33" s="439"/>
+      <c r="I33" s="445"/>
+      <c r="J33" s="445"/>
+      <c r="K33" s="445"/>
+      <c r="L33" s="445"/>
+      <c r="M33" s="445"/>
+    </row>
+    <row r="34" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E34" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Achtelfinale</v>
       </c>
-      <c r="F34" s="431" t="s">
+      <c r="F34" s="440" t="s">
         <v>63</v>
       </c>
-      <c r="G34" s="432" t="s">
+      <c r="G34" s="441" t="s">
         <v>62</v>
       </c>
-      <c r="H34" s="430"/>
-[...7 lines deleted...]
-      <c r="E35" s="415" t="str">
+      <c r="H34" s="439"/>
+      <c r="I34" s="445"/>
+      <c r="J34" s="445"/>
+      <c r="K34" s="445"/>
+      <c r="L34" s="445"/>
+      <c r="M34" s="445"/>
+    </row>
+    <row r="35" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E35" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Viertelfinale</v>
       </c>
-      <c r="F35" s="431" t="s">
+      <c r="F35" s="440" t="s">
         <v>65</v>
       </c>
-      <c r="G35" s="432" t="s">
+      <c r="G35" s="441" t="s">
         <v>64</v>
       </c>
-      <c r="H35" s="430"/>
-[...7 lines deleted...]
-      <c r="E36" s="415" t="str">
+      <c r="H35" s="439"/>
+      <c r="I35" s="445"/>
+      <c r="J35" s="445"/>
+      <c r="K35" s="445"/>
+      <c r="L35" s="445"/>
+      <c r="M35" s="445"/>
+    </row>
+    <row r="36" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E36" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Halbfinale</v>
       </c>
-      <c r="F36" s="431" t="s">
+      <c r="F36" s="440" t="s">
         <v>67</v>
       </c>
-      <c r="G36" s="432" t="s">
+      <c r="G36" s="441" t="s">
         <v>66</v>
       </c>
-      <c r="H36" s="430"/>
-[...7 lines deleted...]
-      <c r="E37" s="415" t="str">
+      <c r="H36" s="439"/>
+      <c r="I36" s="445"/>
+      <c r="J36" s="445"/>
+      <c r="K36" s="445"/>
+      <c r="L36" s="445"/>
+      <c r="M36" s="445"/>
+    </row>
+    <row r="37" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E37" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Finale</v>
       </c>
-      <c r="F37" s="431" t="s">
+      <c r="F37" s="440" t="s">
         <v>69</v>
       </c>
-      <c r="G37" s="432" t="s">
+      <c r="G37" s="441" t="s">
         <v>68</v>
       </c>
-      <c r="H37" s="430"/>
-[...7 lines deleted...]
-      <c r="E38" s="415" t="str">
+      <c r="H37" s="439"/>
+      <c r="I37" s="445"/>
+      <c r="J37" s="445"/>
+      <c r="K37" s="445"/>
+      <c r="L37" s="445"/>
+      <c r="M37" s="445"/>
+    </row>
+    <row r="38" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E38" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Play-Offs</v>
       </c>
-      <c r="F38" s="431" t="s">
+      <c r="F38" s="440" t="s">
         <v>71</v>
       </c>
-      <c r="G38" s="432" t="s">
+      <c r="G38" s="441" t="s">
         <v>70</v>
       </c>
-      <c r="H38" s="430"/>
-[...7 lines deleted...]
-      <c r="E39" s="415" t="str">
+      <c r="H38" s="439"/>
+      <c r="I38" s="445"/>
+      <c r="J38" s="445"/>
+      <c r="K38" s="445"/>
+      <c r="L38" s="445"/>
+      <c r="M38" s="445"/>
+    </row>
+    <row r="39" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E39" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Liga-Rang</v>
       </c>
-      <c r="F39" s="431" t="s">
+      <c r="F39" s="440" t="s">
         <v>73</v>
       </c>
-      <c r="G39" s="432" t="s">
+      <c r="G39" s="441" t="s">
         <v>72</v>
       </c>
-      <c r="H39" s="430"/>
-[...7 lines deleted...]
-      <c r="E40" s="415" t="str">
+      <c r="H39" s="439"/>
+      <c r="I39" s="445"/>
+      <c r="J39" s="445"/>
+      <c r="K39" s="445"/>
+      <c r="L39" s="445"/>
+      <c r="M39" s="445"/>
+    </row>
+    <row r="40" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E40" s="424" t="str">
         <f t="shared" si="0"/>
         <v>in der Ligaphase</v>
       </c>
-      <c r="F40" s="431" t="s">
+      <c r="F40" s="440" t="s">
         <v>75</v>
       </c>
-      <c r="G40" s="432" t="s">
+      <c r="G40" s="441" t="s">
         <v>74</v>
       </c>
-      <c r="H40" s="430"/>
-[...18 lines deleted...]
-      <c r="E42" s="415" t="str">
+      <c r="H40" s="439"/>
+      <c r="I40" s="445"/>
+      <c r="J40" s="445"/>
+      <c r="K40" s="445"/>
+      <c r="L40" s="445"/>
+      <c r="M40" s="445"/>
+    </row>
+    <row r="41" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E41" s="424"/>
+      <c r="F41" s="440"/>
+      <c r="G41" s="441"/>
+      <c r="H41" s="439"/>
+      <c r="I41" s="445"/>
+      <c r="J41" s="445"/>
+      <c r="K41" s="445"/>
+      <c r="L41" s="445"/>
+      <c r="M41" s="445"/>
+    </row>
+    <row r="42" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E42" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Liga-Tabelle</v>
       </c>
-      <c r="F42" s="431" t="s">
+      <c r="F42" s="440" t="s">
         <v>77</v>
       </c>
-      <c r="G42" s="432" t="s">
+      <c r="G42" s="441" t="s">
         <v>76</v>
       </c>
-      <c r="H42" s="430"/>
-[...7 lines deleted...]
-      <c r="E43" s="415" t="str">
+      <c r="H42" s="439"/>
+      <c r="I42" s="445"/>
+      <c r="J42" s="445"/>
+      <c r="K42" s="445"/>
+      <c r="L42" s="445"/>
+      <c r="M42" s="445"/>
+    </row>
+    <row r="43" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E43" s="424" t="str">
         <f t="shared" si="0"/>
         <v>TABELLE UNGÜLTIG</v>
       </c>
-      <c r="F43" s="431" t="s">
+      <c r="F43" s="440" t="s">
         <v>79</v>
       </c>
-      <c r="G43" s="432" t="s">
+      <c r="G43" s="441" t="s">
         <v>78</v>
       </c>
-      <c r="H43" s="430"/>
-[...7 lines deleted...]
-      <c r="E44" s="415" t="str">
+      <c r="H43" s="439"/>
+      <c r="I43" s="424"/>
+      <c r="J43" s="424"/>
+      <c r="K43" s="424"/>
+      <c r="L43" s="424"/>
+      <c r="M43" s="424"/>
+    </row>
+    <row r="44" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E44" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Teilnehmer und Ablaufplan</v>
       </c>
-      <c r="F44" s="431" t="s">
+      <c r="F44" s="440" t="s">
         <v>81</v>
       </c>
-      <c r="G44" s="432" t="s">
+      <c r="G44" s="441" t="s">
         <v>80</v>
       </c>
-      <c r="H44" s="430"/>
-[...7 lines deleted...]
-      <c r="E45" s="415" t="str">
+      <c r="H44" s="439"/>
+      <c r="I44" s="424"/>
+      <c r="J44" s="424"/>
+      <c r="K44" s="424"/>
+      <c r="L44" s="424"/>
+      <c r="M44" s="424"/>
+    </row>
+    <row r="45" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E45" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Teilnehmer</v>
       </c>
-      <c r="F45" s="431" t="s">
+      <c r="F45" s="440" t="s">
         <v>83</v>
       </c>
-      <c r="G45" s="432" t="s">
+      <c r="G45" s="441" t="s">
         <v>82</v>
       </c>
-      <c r="H45" s="430"/>
-[...7 lines deleted...]
-      <c r="E46" s="415" t="str">
+      <c r="H45" s="439"/>
+      <c r="I45" s="424"/>
+      <c r="J45" s="424"/>
+      <c r="K45" s="424"/>
+      <c r="L45" s="424"/>
+      <c r="M45" s="424"/>
+    </row>
+    <row r="46" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E46" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Ablaufplan</v>
       </c>
-      <c r="F46" s="431" t="s">
+      <c r="F46" s="440" t="s">
         <v>85</v>
       </c>
-      <c r="G46" s="432" t="s">
+      <c r="G46" s="441" t="s">
         <v>84</v>
       </c>
-      <c r="H46" s="430"/>
-[...7 lines deleted...]
-      <c r="E47" s="415" t="str">
+      <c r="H46" s="439"/>
+      <c r="I46" s="424"/>
+      <c r="J46" s="424"/>
+      <c r="K46" s="424"/>
+      <c r="L46" s="424"/>
+      <c r="M46" s="424"/>
+    </row>
+    <row r="47" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E47" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Spiel-Nr.</v>
       </c>
-      <c r="F47" s="431" t="s">
+      <c r="F47" s="440" t="s">
         <v>87</v>
       </c>
-      <c r="G47" s="432" t="s">
+      <c r="G47" s="441" t="s">
         <v>86</v>
       </c>
-      <c r="H47" s="430"/>
-[...7 lines deleted...]
-      <c r="E48" s="415" t="str">
+      <c r="H47" s="439"/>
+      <c r="I47" s="424"/>
+      <c r="J47" s="424"/>
+      <c r="K47" s="424"/>
+      <c r="L47" s="424"/>
+      <c r="M47" s="424"/>
+    </row>
+    <row r="48" spans="5:13" x14ac:dyDescent="0.3">
+      <c r="E48" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Paarungen</v>
       </c>
-      <c r="F48" s="431" t="s">
+      <c r="F48" s="440" t="s">
         <v>89</v>
       </c>
-      <c r="G48" s="432" t="s">
+      <c r="G48" s="441" t="s">
         <v>88</v>
       </c>
-      <c r="H48" s="430"/>
-[...7 lines deleted...]
-      <c r="E49" s="415" t="str">
+      <c r="H48" s="439"/>
+      <c r="I48" s="424"/>
+      <c r="J48" s="424"/>
+      <c r="K48" s="424"/>
+      <c r="L48" s="424"/>
+      <c r="M48" s="424"/>
+    </row>
+    <row r="49" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E49" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Sprache wählen</v>
       </c>
-      <c r="F49" s="431" t="s">
+      <c r="F49" s="440" t="s">
         <v>90</v>
       </c>
-      <c r="G49" s="432" t="s">
-[...5 lines deleted...]
-      <c r="E50" s="415" t="str">
+      <c r="G49" s="441" t="s">
+        <v>0</v>
+      </c>
+      <c r="H49" s="439"/>
+    </row>
+    <row r="50" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E50" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Überschriften</v>
       </c>
-      <c r="F50" s="431" t="s">
+      <c r="F50" s="440" t="s">
         <v>91</v>
       </c>
-      <c r="G50" s="432" t="s">
+      <c r="G50" s="441" t="s">
         <v>6</v>
       </c>
-      <c r="H50" s="430"/>
-[...2 lines deleted...]
-      <c r="E51" s="415" t="str">
+      <c r="H50" s="439"/>
+    </row>
+    <row r="51" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E51" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Meldungen</v>
       </c>
-      <c r="F51" s="431" t="s">
+      <c r="F51" s="440" t="s">
         <v>93</v>
       </c>
-      <c r="G51" s="432" t="s">
+      <c r="G51" s="441" t="s">
         <v>92</v>
       </c>
-      <c r="H51" s="430"/>
-[...2 lines deleted...]
-      <c r="E52" s="415" t="str">
+      <c r="H51" s="439"/>
+    </row>
+    <row r="52" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E52" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Deine Überschriften</v>
       </c>
-      <c r="F52" s="431" t="s">
+      <c r="F52" s="440" t="s">
         <v>95</v>
       </c>
-      <c r="G52" s="432" t="s">
+      <c r="G52" s="441" t="s">
         <v>94</v>
       </c>
-      <c r="H52" s="430"/>
-[...2 lines deleted...]
-      <c r="E53" s="415" t="str">
+      <c r="H52" s="439"/>
+    </row>
+    <row r="53" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E53" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Anzahl der Punkte für einen Sieg:</v>
       </c>
-      <c r="F53" s="431" t="s">
+      <c r="F53" s="440" t="s">
         <v>97</v>
       </c>
-      <c r="G53" s="432" t="s">
+      <c r="G53" s="441" t="s">
         <v>96</v>
       </c>
-      <c r="H53" s="430"/>
-[...2 lines deleted...]
-      <c r="E54" s="415" t="str">
+      <c r="H53" s="439"/>
+    </row>
+    <row r="54" spans="5:8" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="E54" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Einzelne Teams im Vergleich für einen bestimmten Zeitraum</v>
       </c>
-      <c r="F54" s="437" t="s">
+      <c r="F54" s="446" t="s">
         <v>99</v>
       </c>
-      <c r="G54" s="438" t="s">
+      <c r="G54" s="447" t="s">
         <v>98</v>
       </c>
-      <c r="H54" s="430"/>
-[...2 lines deleted...]
-      <c r="E55" s="415" t="str">
+      <c r="H54" s="439"/>
+    </row>
+    <row r="55" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E55" s="424" t="str">
         <f t="shared" si="0"/>
         <v>von</v>
       </c>
-      <c r="F55" s="431" t="s">
+      <c r="F55" s="440" t="s">
         <v>101</v>
       </c>
-      <c r="G55" s="432" t="s">
+      <c r="G55" s="441" t="s">
         <v>100</v>
       </c>
-      <c r="H55" s="430"/>
-[...2 lines deleted...]
-      <c r="E56" s="415" t="str">
+      <c r="H55" s="439"/>
+    </row>
+    <row r="56" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E56" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Abkürzung</v>
       </c>
-      <c r="F56" s="431" t="s">
+      <c r="F56" s="440" t="s">
         <v>103</v>
       </c>
-      <c r="G56" s="432" t="s">
+      <c r="G56" s="441" t="s">
         <v>102</v>
       </c>
-      <c r="H56" s="430"/>
-[...2 lines deleted...]
-      <c r="E57" s="415" t="str">
+      <c r="H56" s="439"/>
+    </row>
+    <row r="57" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E57" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Länge der Abkürzungen:</v>
       </c>
-      <c r="F57" s="431" t="s">
+      <c r="F57" s="440" t="s">
         <v>105</v>
       </c>
-      <c r="G57" s="432" t="s">
+      <c r="G57" s="441" t="s">
         <v>104</v>
       </c>
-      <c r="H57" s="430"/>
-[...2 lines deleted...]
-      <c r="E58" s="415" t="str">
+      <c r="H57" s="439"/>
+    </row>
+    <row r="58" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E58" s="424" t="str">
         <f t="shared" si="0"/>
         <v>bis</v>
       </c>
-      <c r="F58" s="431" t="s">
+      <c r="F58" s="440" t="s">
         <v>107</v>
       </c>
-      <c r="G58" s="432" t="s">
+      <c r="G58" s="441" t="s">
         <v>106</v>
       </c>
-      <c r="H58" s="430"/>
-[...2 lines deleted...]
-      <c r="E59" s="415" t="str">
+      <c r="H58" s="439"/>
+    </row>
+    <row r="59" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E59" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Datum</v>
       </c>
-      <c r="F59" s="431" t="s">
+      <c r="F59" s="440" t="s">
         <v>109</v>
       </c>
-      <c r="G59" s="432" t="s">
+      <c r="G59" s="441" t="s">
         <v>108</v>
       </c>
-      <c r="H59" s="430"/>
-[...2 lines deleted...]
-      <c r="E60" s="415" t="str">
+      <c r="H59" s="439"/>
+    </row>
+    <row r="60" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E60" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Spiel gegen</v>
       </c>
-      <c r="F60" s="431" t="s">
+      <c r="F60" s="440" t="s">
         <v>111</v>
       </c>
-      <c r="G60" s="432" t="s">
+      <c r="G60" s="441" t="s">
         <v>110</v>
       </c>
-      <c r="H60" s="430"/>
-[...2 lines deleted...]
-      <c r="E61" s="415" t="str">
+      <c r="H60" s="439"/>
+    </row>
+    <row r="61" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E61" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Anmerkung</v>
       </c>
-      <c r="F61" s="431" t="s">
+      <c r="F61" s="440" t="s">
         <v>113</v>
       </c>
-      <c r="G61" s="432" t="s">
+      <c r="G61" s="441" t="s">
         <v>112</v>
       </c>
-      <c r="H61" s="430"/>
-[...2 lines deleted...]
-      <c r="E62" s="415" t="str">
+      <c r="H61" s="439"/>
+    </row>
+    <row r="62" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E62" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Zeit</v>
       </c>
-      <c r="F62" s="431" t="s">
+      <c r="F62" s="440" t="s">
         <v>115</v>
       </c>
-      <c r="G62" s="432" t="s">
+      <c r="G62" s="441" t="s">
         <v>114</v>
       </c>
-      <c r="H62" s="430"/>
-[...2 lines deleted...]
-      <c r="E63" s="415" t="str">
+      <c r="H62" s="439"/>
+    </row>
+    <row r="63" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E63" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Bonus</v>
       </c>
-      <c r="F63" s="427" t="s">
+      <c r="F63" s="436" t="s">
         <v>116</v>
       </c>
-      <c r="G63" s="428" t="s">
+      <c r="G63" s="437" t="s">
         <v>116</v>
       </c>
-      <c r="H63" s="430"/>
-[...2 lines deleted...]
-      <c r="E64" s="415" t="str">
+      <c r="H63" s="439"/>
+    </row>
+    <row r="64" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E64" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Team</v>
       </c>
-      <c r="F64" s="431" t="s">
+      <c r="F64" s="440" t="s">
         <v>117</v>
       </c>
-      <c r="G64" s="432" t="s">
+      <c r="G64" s="441" t="s">
         <v>117</v>
       </c>
-      <c r="H64" s="439"/>
-[...2 lines deleted...]
-      <c r="E65" s="415" t="str">
+      <c r="H64" s="448"/>
+    </row>
+    <row r="65" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E65" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Strafpunkte</v>
       </c>
-      <c r="F65" s="431" t="s">
+      <c r="F65" s="440" t="s">
         <v>119</v>
       </c>
-      <c r="G65" s="432" t="s">
+      <c r="G65" s="441" t="s">
         <v>118</v>
       </c>
-      <c r="H65" s="439"/>
-[...2 lines deleted...]
-      <c r="E66" s="415" t="str">
+      <c r="H65" s="448"/>
+    </row>
+    <row r="66" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E66" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Strafp.</v>
       </c>
-      <c r="F66" s="431" t="s">
+      <c r="F66" s="440" t="s">
         <v>121</v>
       </c>
-      <c r="G66" s="432" t="s">
+      <c r="G66" s="441" t="s">
         <v>120</v>
       </c>
-      <c r="H66" s="439"/>
-[...3 lines deleted...]
-      <c r="F67" s="440" t="str">
+      <c r="H66" s="448"/>
+    </row>
+    <row r="67" spans="5:8" ht="28.8" x14ac:dyDescent="0.55000000000000004">
+      <c r="E67" s="424"/>
+      <c r="F67" s="449" t="str">
         <f>$E$51</f>
         <v>Meldungen</v>
       </c>
-      <c r="G67" s="441"/>
-[...9 lines deleted...]
-      <c r="E69" s="415" t="str">
+      <c r="G67" s="450"/>
+      <c r="H67" s="451"/>
+    </row>
+    <row r="68" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E68" s="424"/>
+      <c r="F68" s="452"/>
+      <c r="G68" s="453"/>
+      <c r="H68" s="454"/>
+    </row>
+    <row r="69" spans="5:8" ht="52.8" x14ac:dyDescent="0.3">
+      <c r="E69" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Doppelte Spielpaarungen und Spiele gegen sich selbst
 führen in der Gesamttabelle zu falschen Werten!</v>
       </c>
-      <c r="F69" s="437" t="s">
+      <c r="F69" s="446" t="s">
         <v>123</v>
       </c>
-      <c r="G69" s="438" t="s">
+      <c r="G69" s="447" t="s">
         <v>122</v>
       </c>
-      <c r="H69" s="445"/>
-[...2 lines deleted...]
-      <c r="E70" s="415" t="str">
+      <c r="H69" s="454"/>
+    </row>
+    <row r="70" spans="5:8" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="E70" s="424" t="str">
         <f t="shared" si="0"/>
         <v>Bei Punktgleichheit entscheiden folgende Kriterien:</v>
       </c>
-      <c r="F70" s="437" t="s">
+      <c r="F70" s="446" t="s">
         <v>125</v>
       </c>
-      <c r="G70" s="444" t="s">
+      <c r="G70" s="453" t="s">
         <v>124</v>
       </c>
-      <c r="H70" s="445"/>
-[...2 lines deleted...]
-      <c r="E71" s="415" t="str">
+      <c r="H70" s="454"/>
+    </row>
+    <row r="71" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E71" s="424" t="str">
         <f t="shared" ref="E71:E90" si="1">IF($C$3,F71,IF($C$4,G71,IF($H71&lt;&gt;"",$H71,$F71)))</f>
         <v>Bessere Tordifferenz</v>
       </c>
-      <c r="F71" s="437" t="s">
+      <c r="F71" s="446" t="s">
         <v>127</v>
       </c>
-      <c r="G71" s="446" t="s">
+      <c r="G71" s="455" t="s">
         <v>126</v>
       </c>
-      <c r="H71" s="447"/>
-[...2 lines deleted...]
-      <c r="E72" s="415" t="str">
+      <c r="H71" s="456"/>
+    </row>
+    <row r="72" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E72" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl erzielter Tore</v>
       </c>
-      <c r="F72" s="437" t="s">
+      <c r="F72" s="446" t="s">
         <v>129</v>
       </c>
-      <c r="G72" s="446" t="s">
+      <c r="G72" s="455" t="s">
         <v>128</v>
       </c>
-      <c r="H72" s="447"/>
-[...2 lines deleted...]
-      <c r="E73" s="415" t="str">
+      <c r="H72" s="456"/>
+    </row>
+    <row r="73" spans="5:8" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="E73" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl erzielter Auswärtstore</v>
       </c>
-      <c r="F73" s="437" t="s">
+      <c r="F73" s="446" t="s">
         <v>131</v>
       </c>
-      <c r="G73" s="446" t="s">
+      <c r="G73" s="455" t="s">
         <v>130</v>
       </c>
-      <c r="H73" s="447"/>
-[...2 lines deleted...]
-      <c r="E74" s="415" t="str">
+      <c r="H73" s="456"/>
+    </row>
+    <row r="74" spans="5:8" x14ac:dyDescent="0.3">
+      <c r="E74" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl von Siegen</v>
       </c>
-      <c r="F74" s="437" t="s">
+      <c r="F74" s="446" t="s">
         <v>133</v>
       </c>
-      <c r="G74" s="446" t="s">
+      <c r="G74" s="455" t="s">
         <v>132</v>
       </c>
-      <c r="H74" s="447"/>
-[...2 lines deleted...]
-      <c r="E75" s="415" t="str">
+      <c r="H74" s="456"/>
+    </row>
+    <row r="75" spans="5:8" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="E75" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl von Auswärtssiegen</v>
       </c>
-      <c r="F75" s="437" t="s">
+      <c r="F75" s="446" t="s">
         <v>135</v>
       </c>
-      <c r="G75" s="446" t="s">
+      <c r="G75" s="455" t="s">
         <v>134</v>
       </c>
-      <c r="H75" s="447"/>
-[...2 lines deleted...]
-      <c r="E76" s="415" t="str">
+      <c r="H75" s="456"/>
+    </row>
+    <row r="76" spans="5:8" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="E76" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Diese fünf Kriterien werden in der Tabelle oben berücksichtigt.</v>
       </c>
-      <c r="F76" s="437" t="s">
+      <c r="F76" s="446" t="s">
         <v>137</v>
       </c>
-      <c r="G76" s="446" t="s">
+      <c r="G76" s="455" t="s">
         <v>136</v>
       </c>
-      <c r="H76" s="447"/>
-[...2 lines deleted...]
-      <c r="E77" s="415" t="str">
+      <c r="H76" s="456"/>
+    </row>
+    <row r="77" spans="5:8" ht="52.8" x14ac:dyDescent="0.3">
+      <c r="E77" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Am Ende der Ligaphase werden bei Gleichstand zusätzlich folgende Kriterien herangezogen:</v>
       </c>
-      <c r="F77" s="437" t="s">
+      <c r="F77" s="446" t="s">
         <v>139</v>
       </c>
-      <c r="G77" s="446" t="s">
+      <c r="G77" s="455" t="s">
         <v>138</v>
       </c>
-      <c r="H77" s="447"/>
-[...2 lines deleted...]
-      <c r="E78" s="415" t="str">
+      <c r="H77" s="456"/>
+    </row>
+    <row r="78" spans="5:8" ht="39.6" x14ac:dyDescent="0.3">
+      <c r="E78" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl von Punkten, die die acht Gegner des betreffenden Klubs erspielt haben</v>
       </c>
-      <c r="F78" s="437" t="s">
+      <c r="F78" s="446" t="s">
         <v>141</v>
       </c>
-      <c r="G78" s="446" t="s">
+      <c r="G78" s="455" t="s">
         <v>140</v>
       </c>
-      <c r="H78" s="447"/>
-[...2 lines deleted...]
-      <c r="E79" s="415" t="str">
+      <c r="H78" s="456"/>
+    </row>
+    <row r="79" spans="5:8" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="E79" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Bessere gemeinsame Tordifferenz der acht Gegner</v>
       </c>
-      <c r="F79" s="437" t="s">
+      <c r="F79" s="446" t="s">
         <v>143</v>
       </c>
-      <c r="G79" s="446" t="s">
+      <c r="G79" s="455" t="s">
         <v>142</v>
       </c>
-      <c r="H79" s="447"/>
-[...2 lines deleted...]
-      <c r="E80" s="415" t="str">
+      <c r="H79" s="456"/>
+    </row>
+    <row r="80" spans="5:8" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="E80" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Höhere Anzahl erzielter Tore der acht Gegner</v>
       </c>
-      <c r="F80" s="437" t="s">
+      <c r="F80" s="446" t="s">
         <v>145</v>
       </c>
-      <c r="G80" s="446" t="s">
+      <c r="G80" s="455" t="s">
         <v>144</v>
       </c>
-      <c r="H80" s="447"/>
-[...2 lines deleted...]
-      <c r="E81" s="415" t="str">
+      <c r="H80" s="456"/>
+    </row>
+    <row r="81" spans="5:9" x14ac:dyDescent="0.3">
+      <c r="E81" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Fairplay-Wertung</v>
       </c>
-      <c r="F81" s="437" t="s">
+      <c r="F81" s="446" t="s">
         <v>147</v>
       </c>
-      <c r="G81" s="446" t="s">
+      <c r="G81" s="455" t="s">
         <v>146</v>
       </c>
-      <c r="H81" s="447"/>
-[...3 lines deleted...]
-      <c r="E82" s="415" t="str">
+      <c r="H81" s="456"/>
+      <c r="I81" s="424"/>
+    </row>
+    <row r="82" spans="5:9" x14ac:dyDescent="0.3">
+      <c r="E82" s="424" t="str">
         <f t="shared" si="1"/>
         <v>UEFA-Koeffizient</v>
       </c>
-      <c r="F82" s="437" t="s">
+      <c r="F82" s="446" t="s">
         <v>149</v>
       </c>
-      <c r="G82" s="446" t="s">
+      <c r="G82" s="455" t="s">
         <v>148</v>
       </c>
-      <c r="H82" s="447"/>
-[...3 lines deleted...]
-      <c r="E83" s="415" t="str">
+      <c r="H82" s="456"/>
+      <c r="I82" s="424"/>
+    </row>
+    <row r="83" spans="5:9" ht="52.8" x14ac:dyDescent="0.3">
+      <c r="E83" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Sollte dieser Fall eintreten, kann auf dem Tabellenblatt 'Tie_Break' ein Bonuspunkt für das bessere Team eingetragen werden.</v>
       </c>
-      <c r="F83" s="437" t="s">
+      <c r="F83" s="446" t="s">
         <v>151</v>
       </c>
-      <c r="G83" s="446" t="s">
+      <c r="G83" s="455" t="s">
         <v>150</v>
       </c>
-      <c r="H83" s="447"/>
-[...3 lines deleted...]
-      <c r="E84" s="415" t="str">
+      <c r="H83" s="456"/>
+      <c r="I83" s="424"/>
+    </row>
+    <row r="84" spans="5:9" x14ac:dyDescent="0.3">
+      <c r="E84" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Zum Vergleich:</v>
       </c>
-      <c r="F84" s="437" t="s">
+      <c r="F84" s="446" t="s">
         <v>153</v>
       </c>
-      <c r="G84" s="446" t="s">
+      <c r="G84" s="455" t="s">
         <v>152</v>
       </c>
-      <c r="H84" s="447"/>
-[...3 lines deleted...]
-      <c r="E85" s="415" t="str">
+      <c r="H84" s="456"/>
+      <c r="I84" s="424"/>
+    </row>
+    <row r="85" spans="5:9" x14ac:dyDescent="0.3">
+      <c r="E85" s="424" t="str">
         <f t="shared" si="1"/>
         <v>doppelt</v>
       </c>
-      <c r="F85" s="448" t="s">
+      <c r="F85" s="457" t="s">
         <v>155</v>
       </c>
-      <c r="G85" s="449" t="s">
+      <c r="G85" s="458" t="s">
         <v>154</v>
       </c>
-      <c r="H85" s="450"/>
-[...3 lines deleted...]
-      <c r="E86" s="415" t="str">
+      <c r="H85" s="459"/>
+      <c r="I85" s="424"/>
+    </row>
+    <row r="86" spans="5:9" x14ac:dyDescent="0.3">
+      <c r="E86" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Hier klicken und Sprache wählen</v>
       </c>
-      <c r="F86" s="451" t="s">
+      <c r="F86" s="460" t="s">
         <v>156</v>
       </c>
-      <c r="G86" s="452" t="s">
+      <c r="G86" s="461" t="s">
         <v>3</v>
       </c>
-      <c r="H86" s="453"/>
-[...3 lines deleted...]
-      <c r="E87" s="415" t="str">
+      <c r="H86" s="462"/>
+      <c r="I86" s="424"/>
+    </row>
+    <row r="87" spans="5:9" x14ac:dyDescent="0.3">
+      <c r="E87" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Doppelte Namen</v>
       </c>
-      <c r="F87" s="454" t="s">
+      <c r="F87" s="463" t="s">
         <v>158</v>
       </c>
-      <c r="G87" s="455" t="s">
+      <c r="G87" s="464" t="s">
         <v>157</v>
       </c>
-      <c r="H87" s="453"/>
-[...3 lines deleted...]
-      <c r="E88" s="415" t="str">
+      <c r="H87" s="462"/>
+      <c r="I87" s="424"/>
+    </row>
+    <row r="88" spans="5:9" ht="26.4" x14ac:dyDescent="0.3">
+      <c r="E88" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Diese Teams haben beim Rückspiel Heimrecht.</v>
       </c>
-      <c r="F88" s="456" t="s">
+      <c r="F88" s="465" t="s">
         <v>160</v>
       </c>
-      <c r="G88" s="457" t="s">
+      <c r="G88" s="466" t="s">
         <v>159</v>
       </c>
-      <c r="H88" s="447"/>
-[...3 lines deleted...]
-      <c r="E89" s="415" t="str">
+      <c r="H88" s="456"/>
+      <c r="I88" s="424"/>
+    </row>
+    <row r="89" spans="5:9" x14ac:dyDescent="0.3">
+      <c r="E89" s="424" t="str">
         <f t="shared" si="1"/>
         <v>Erläuterung</v>
       </c>
-      <c r="F89" s="456" t="s">
+      <c r="F89" s="465" t="s">
         <v>162</v>
       </c>
-      <c r="G89" s="458" t="s">
+      <c r="G89" s="467" t="s">
         <v>161</v>
       </c>
-      <c r="H89" s="447"/>
-[...3 lines deleted...]
-      <c r="E90" s="415" t="str">
+      <c r="H89" s="456"/>
+      <c r="I89" s="424"/>
+    </row>
+    <row r="90" spans="5:9" ht="15" thickBot="1" x14ac:dyDescent="0.35">
+      <c r="E90" s="424" t="str">
         <f t="shared" si="1"/>
         <v xml:space="preserve"> : </v>
       </c>
-      <c r="F90" s="459" t="s">
+      <c r="F90" s="468" t="s">
         <v>164</v>
       </c>
-      <c r="G90" s="460" t="s">
+      <c r="G90" s="469" t="s">
         <v>163</v>
       </c>
-      <c r="H90" s="461"/>
-[...35 lines deleted...]
-      <c r="I95" s="462"/>
+      <c r="H90" s="470"/>
+      <c r="I90" s="424"/>
+    </row>
+    <row r="91" spans="5:9" ht="15" thickTop="1" x14ac:dyDescent="0.3">
+      <c r="E91" s="424"/>
+      <c r="F91" s="424"/>
+      <c r="G91" s="424"/>
+      <c r="H91" s="424"/>
+      <c r="I91" s="424"/>
+    </row>
+    <row r="92" spans="5:9" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="E92" s="424"/>
+      <c r="F92" s="424"/>
+      <c r="G92" s="424"/>
+      <c r="H92" s="424"/>
+      <c r="I92" s="424"/>
+    </row>
+    <row r="93" spans="5:9" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="E93" s="424"/>
+      <c r="F93" s="424"/>
+      <c r="G93" s="424"/>
+      <c r="H93" s="424"/>
+      <c r="I93" s="424"/>
+    </row>
+    <row r="94" spans="5:9" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="E94" s="424"/>
+      <c r="F94" s="424"/>
+      <c r="G94" s="424"/>
+      <c r="H94" s="424"/>
+      <c r="I94" s="424"/>
+    </row>
+    <row r="95" spans="5:9" ht="15" hidden="1" x14ac:dyDescent="0.25">
+      <c r="E95" s="424"/>
+      <c r="F95" s="424"/>
+      <c r="G95" s="424"/>
+      <c r="H95" s="424"/>
+      <c r="I95" s="471"/>
     </row>
   </sheetData>
   <sheetProtection sheet="1" objects="1" scenarios="1" selectLockedCells="1"/>
   <mergeCells count="7">
     <mergeCell ref="F1:H1"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="F2:G2"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:F4"/>
     <mergeCell ref="G3:G4"/>
   </mergeCells>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J1" xr:uid="{00000000-0002-0000-0700-000000000000}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="J1">
       <formula1>$B$3:$B$5</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <ignoredErrors>
     <ignoredError sqref="E6:E90 C3:C5" unlockedFormula="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>